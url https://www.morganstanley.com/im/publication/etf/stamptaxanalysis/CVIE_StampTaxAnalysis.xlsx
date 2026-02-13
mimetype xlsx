--- v0 (2025-12-23)
+++ v1 (2026-02-13)
@@ -1,1056 +1,1015 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...18 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Portfolio Management\MSIM ETF\1-Queue\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A82FE151-E61A-4E79-9851-A7947C799AA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9A1B1A5F-5594-4B0F-ADC9-FDB418CA02BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A35C281F-7B2A-40F2-8C7A-2241F838E99E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{5BAD1909-A227-4592-A3DD-F38314581141}"/>
   </bookViews>
   <sheets>
-    <sheet name="CVIE_Stamp Tax" sheetId="24" r:id="rId1"/>
+    <sheet name="CVIE_Stamp Tax" sheetId="4" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId3"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId4"/>
-    <sheet name="Sheet4" sheetId="4" r:id="rId5"/>
-[...18 lines deleted...]
-    <sheet name="Sheet23" sheetId="23" r:id="rId24"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H81" i="24" l="1"/>
-[...78 lines deleted...]
-  <c r="H2" i="24"/>
+  <c r="H81" i="4" l="1"/>
+  <c r="H80" i="4"/>
+  <c r="H79" i="4"/>
+  <c r="H78" i="4"/>
+  <c r="H77" i="4"/>
+  <c r="H76" i="4"/>
+  <c r="H75" i="4"/>
+  <c r="H74" i="4"/>
+  <c r="H73" i="4"/>
+  <c r="H72" i="4"/>
+  <c r="H71" i="4"/>
+  <c r="H70" i="4"/>
+  <c r="H69" i="4"/>
+  <c r="H68" i="4"/>
+  <c r="H67" i="4"/>
+  <c r="H66" i="4"/>
+  <c r="H65" i="4"/>
+  <c r="H64" i="4"/>
+  <c r="H63" i="4"/>
+  <c r="H62" i="4"/>
+  <c r="H61" i="4"/>
+  <c r="H60" i="4"/>
+  <c r="H59" i="4"/>
+  <c r="H58" i="4"/>
+  <c r="H57" i="4"/>
+  <c r="H56" i="4"/>
+  <c r="H55" i="4"/>
+  <c r="H54" i="4"/>
+  <c r="H53" i="4"/>
+  <c r="H52" i="4"/>
+  <c r="H51" i="4"/>
+  <c r="H50" i="4"/>
+  <c r="H49" i="4"/>
+  <c r="H48" i="4"/>
+  <c r="H47" i="4"/>
+  <c r="H46" i="4"/>
+  <c r="H45" i="4"/>
+  <c r="H44" i="4"/>
+  <c r="H43" i="4"/>
+  <c r="H42" i="4"/>
+  <c r="H41" i="4"/>
+  <c r="H40" i="4"/>
+  <c r="H39" i="4"/>
+  <c r="H38" i="4"/>
+  <c r="H37" i="4"/>
+  <c r="H36" i="4"/>
+  <c r="H35" i="4"/>
+  <c r="H34" i="4"/>
+  <c r="H33" i="4"/>
+  <c r="H32" i="4"/>
+  <c r="H31" i="4"/>
+  <c r="H30" i="4"/>
+  <c r="H29" i="4"/>
+  <c r="H28" i="4"/>
+  <c r="H27" i="4"/>
+  <c r="H26" i="4"/>
+  <c r="H25" i="4"/>
+  <c r="H24" i="4"/>
+  <c r="H23" i="4"/>
+  <c r="H22" i="4"/>
+  <c r="H21" i="4"/>
+  <c r="H20" i="4"/>
+  <c r="H19" i="4"/>
+  <c r="H18" i="4"/>
+  <c r="H17" i="4"/>
+  <c r="H16" i="4"/>
+  <c r="H15" i="4"/>
+  <c r="H14" i="4"/>
+  <c r="H13" i="4"/>
+  <c r="H12" i="4"/>
+  <c r="H11" i="4"/>
+  <c r="H10" i="4"/>
+  <c r="H9" i="4"/>
+  <c r="H8" i="4"/>
+  <c r="H7" i="4"/>
+  <c r="H6" i="4"/>
+  <c r="H5" i="4"/>
+  <c r="H4" i="4"/>
+  <c r="H3" i="4"/>
+  <c r="H2" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="249">
   <si>
     <t>ETF</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Ticker or Issue description</t>
   </si>
   <si>
     <t>Fund Weight (%)</t>
   </si>
   <si>
     <t>Basket Weight (%)</t>
   </si>
   <si>
     <t>Fund/Basket Difference (%)</t>
   </si>
   <si>
     <t>CVIE</t>
   </si>
   <si>
+    <t>BHJYC05</t>
+  </si>
+  <si>
+    <t>GB00BHJYC057</t>
+  </si>
+  <si>
+    <t>InterContinental Hotels Group PLC</t>
+  </si>
+  <si>
+    <t>0540528</t>
+  </si>
+  <si>
+    <t>GB0005405286</t>
+  </si>
+  <si>
+    <t>HSBC Holdings Plc</t>
+  </si>
+  <si>
+    <t>0989529</t>
+  </si>
+  <si>
+    <t>GB0009895292</t>
+  </si>
+  <si>
+    <t>AstraZeneca PLC</t>
+  </si>
+  <si>
+    <t>B63H849</t>
+  </si>
+  <si>
+    <t>GB00B63H8491</t>
+  </si>
+  <si>
+    <t>Rolls-Royce Holdings plc</t>
+  </si>
+  <si>
+    <t>BVZK7T9</t>
+  </si>
+  <si>
+    <t>GB00BVZK7T90</t>
+  </si>
+  <si>
+    <t>Unilever PLC</t>
+  </si>
+  <si>
+    <t>BN7SWP6</t>
+  </si>
+  <si>
+    <t>GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t>GSK plc</t>
+  </si>
+  <si>
+    <t>0263494</t>
+  </si>
+  <si>
+    <t>GB0002634946</t>
+  </si>
+  <si>
+    <t>BAE Systems plc</t>
+  </si>
+  <si>
+    <t>0870612</t>
+  </si>
+  <si>
+    <t>GB0008706128</t>
+  </si>
+  <si>
+    <t>Lloyds Banking Group plc</t>
+  </si>
+  <si>
+    <t>3134865</t>
+  </si>
+  <si>
+    <t>GB0031348658</t>
+  </si>
+  <si>
+    <t>Barclays PLC</t>
+  </si>
+  <si>
+    <t>BDR05C0</t>
+  </si>
+  <si>
+    <t>GB00BDR05C01</t>
+  </si>
+  <si>
+    <t>National Grid plc</t>
+  </si>
+  <si>
+    <t>BWFGQN1</t>
+  </si>
+  <si>
+    <t>GB00BWFGQN14</t>
+  </si>
+  <si>
+    <t>Spirax Group plc.</t>
+  </si>
+  <si>
+    <t>BTK05J6</t>
+  </si>
+  <si>
+    <t>GB00BTK05J60</t>
+  </si>
+  <si>
+    <t>Anglo American plc</t>
+  </si>
+  <si>
     <t>3208986</t>
   </si>
   <si>
     <t>GB0032089863</t>
   </si>
   <si>
     <t>Next plc</t>
   </si>
   <si>
-    <t>BWFGQN1</t>
-[...11 lines deleted...]
-    <t>GB00B24CGK77</t>
+    <t>BLGZ986</t>
+  </si>
+  <si>
+    <t>GB00BLGZ9862</t>
+  </si>
+  <si>
+    <t>Tesco PLC</t>
+  </si>
+  <si>
+    <t>BM8PJY7</t>
+  </si>
+  <si>
+    <t>GB00BM8PJY71</t>
+  </si>
+  <si>
+    <t>NatWest Group Plc</t>
+  </si>
+  <si>
+    <t>BMX86B7</t>
+  </si>
+  <si>
+    <t>GB00BMX86B70</t>
+  </si>
+  <si>
+    <t>Haleon PLC</t>
+  </si>
+  <si>
+    <t>0408284</t>
+  </si>
+  <si>
+    <t>GB0004082847</t>
+  </si>
+  <si>
+    <t>Standard Chartered PLC</t>
+  </si>
+  <si>
+    <t>BD6K457</t>
+  </si>
+  <si>
+    <t>GB00BD6K4575</t>
+  </si>
+  <si>
+    <t>Compass Group PLC</t>
+  </si>
+  <si>
+    <t>B2B0DG9</t>
+  </si>
+  <si>
+    <t>GB00B2B0DG97</t>
+  </si>
+  <si>
+    <t>RELX PLC</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>Diageo plc</t>
+  </si>
+  <si>
+    <t>BH4HKS3</t>
+  </si>
+  <si>
+    <t>GB00BH4HKS39</t>
+  </si>
+  <si>
+    <t>Vodafone Group Public Limited Company</t>
+  </si>
+  <si>
+    <t>B1YW440</t>
+  </si>
+  <si>
+    <t>GB00B1YW4409</t>
+  </si>
+  <si>
+    <t>3i Group plc</t>
+  </si>
+  <si>
+    <t>B0SWJX3</t>
+  </si>
+  <si>
+    <t>GB00B0SWJX34</t>
+  </si>
+  <si>
+    <t>London Stock Exchange Group plc</t>
+  </si>
+  <si>
+    <t>B19NLV4</t>
+  </si>
+  <si>
+    <t>GB00B19NLV48</t>
+  </si>
+  <si>
+    <t>Experian PLC</t>
+  </si>
+  <si>
+    <t>0709954</t>
+  </si>
+  <si>
+    <t>GB0007099541</t>
+  </si>
+  <si>
+    <t>Prudential plc</t>
+  </si>
+  <si>
+    <t>0560399</t>
+  </si>
+  <si>
+    <t>GB0005603997</t>
+  </si>
+  <si>
+    <t>Legal &amp; General Group Plc</t>
+  </si>
+  <si>
+    <t>B0744B3</t>
+  </si>
+  <si>
+    <t>GB00B0744B38</t>
+  </si>
+  <si>
+    <t>Bunzl plc</t>
+  </si>
+  <si>
+    <t>3091357</t>
+  </si>
+  <si>
+    <t>GB0030913577</t>
+  </si>
+  <si>
+    <t>BT Group plc</t>
+  </si>
+  <si>
+    <t>BPQY8M8</t>
+  </si>
+  <si>
+    <t>GB00BPQY8M80</t>
+  </si>
+  <si>
+    <t>Aviva plc</t>
+  </si>
+  <si>
+    <t>BGXQNP2</t>
+  </si>
+  <si>
+    <t>GB00BGXQNP29</t>
+  </si>
+  <si>
+    <t>Phoenix Group Holdings plc</t>
+  </si>
+  <si>
+    <t>0045614</t>
+  </si>
+  <si>
+    <t>GB0000456144</t>
+  </si>
+  <si>
+    <t>Antofagasta plc</t>
+  </si>
+  <si>
+    <t>0242493</t>
+  </si>
+  <si>
+    <t>IE0002424939</t>
+  </si>
+  <si>
+    <t>DCC Plc</t>
+  </si>
+  <si>
+    <t>0405207</t>
+  </si>
+  <si>
+    <t>GB0004052071</t>
+  </si>
+  <si>
+    <t>Halma plc</t>
+  </si>
+  <si>
+    <t>BMJ6DW5</t>
+  </si>
+  <si>
+    <t>GB00BMJ6DW54</t>
+  </si>
+  <si>
+    <t>Informa Plc</t>
+  </si>
+  <si>
+    <t>BP0RGD0</t>
+  </si>
+  <si>
+    <t>GB00BP0RGD03</t>
+  </si>
+  <si>
+    <t>Berkeley Group Holdings plc</t>
+  </si>
+  <si>
+    <t>BNGDN82</t>
+  </si>
+  <si>
+    <t>GB00BNGDN821</t>
+  </si>
+  <si>
+    <t>Melrose Industries PLC</t>
+  </si>
+  <si>
+    <t>B5M6XQ7</t>
+  </si>
+  <si>
+    <t>ES0177542018</t>
+  </si>
+  <si>
+    <t>International Consolidated Airlines Group SA</t>
+  </si>
+  <si>
+    <t>B1FH8J7</t>
+  </si>
+  <si>
+    <t>GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t>Severn Trent Plc</t>
+  </si>
+  <si>
+    <t>B082RF1</t>
+  </si>
+  <si>
+    <t>GB00B082RF11</t>
+  </si>
+  <si>
+    <t>Rentokil Initial plc</t>
+  </si>
+  <si>
+    <t>BKFB1C6</t>
+  </si>
+  <si>
+    <t>GB00BKFB1C65</t>
+  </si>
+  <si>
+    <t>M&amp;G Plc</t>
+  </si>
+  <si>
+    <t>BP9LHF2</t>
+  </si>
+  <si>
+    <t>GB00BP9LHF23</t>
+  </si>
+  <si>
+    <t>Schroders PLC</t>
+  </si>
+  <si>
+    <t>0922320</t>
+  </si>
+  <si>
+    <t>GB0009223206</t>
+  </si>
+  <si>
+    <t>Smith &amp; Nephew plc</t>
+  </si>
+  <si>
+    <t>3319521</t>
+  </si>
+  <si>
+    <t>GB0033195214</t>
+  </si>
+  <si>
+    <t>Kingfisher Plc</t>
+  </si>
+  <si>
+    <t>0673123</t>
+  </si>
+  <si>
+    <t>GB0006731235</t>
+  </si>
+  <si>
+    <t>Associated British Foods plc</t>
+  </si>
+  <si>
+    <t>0790873</t>
+  </si>
+  <si>
+    <t>GB0007908733</t>
+  </si>
+  <si>
+    <t>SSE PLC</t>
+  </si>
+  <si>
+    <t>B8C3BL0</t>
+  </si>
+  <si>
+    <t>GB00B8C3BL03</t>
+  </si>
+  <si>
+    <t>Sage Group plc</t>
+  </si>
+  <si>
+    <t>0682538</t>
+  </si>
+  <si>
+    <t>GB0006825383</t>
+  </si>
+  <si>
+    <t>Persimmon Plc</t>
+  </si>
+  <si>
+    <t>B1WY233</t>
+  </si>
+  <si>
+    <t>GB00B1WY2338</t>
+  </si>
+  <si>
+    <t>Smiths Group Plc</t>
+  </si>
+  <si>
+    <t>3127489</t>
+  </si>
+  <si>
+    <t>GB0031274896</t>
+  </si>
+  <si>
+    <t>Marks and Spencer Group plc</t>
+  </si>
+  <si>
+    <t>B019KW7</t>
+  </si>
+  <si>
+    <t>GB00B019KW72</t>
+  </si>
+  <si>
+    <t>J Sainsbury plc</t>
+  </si>
+  <si>
+    <t>B033F22</t>
+  </si>
+  <si>
+    <t>GB00B033F229</t>
+  </si>
+  <si>
+    <t>Centrica plc</t>
+  </si>
+  <si>
+    <t>BD3VFW7</t>
+  </si>
+  <si>
+    <t>GB00BD3VFW73</t>
+  </si>
+  <si>
+    <t>ConvaTec Group Plc</t>
+  </si>
+  <si>
+    <t>BL9YR75</t>
+  </si>
+  <si>
+    <t>GB00BL9YR756</t>
+  </si>
+  <si>
+    <t>Wise PLC Class A</t>
+  </si>
+  <si>
+    <t>B4WFW71</t>
+  </si>
+  <si>
+    <t>GB00B4WFW713</t>
+  </si>
+  <si>
+    <t>LondonMetric Property Plc</t>
+  </si>
+  <si>
+    <t>BYW0PQ6</t>
+  </si>
+  <si>
+    <t>GB00BYW0PQ60</t>
+  </si>
+  <si>
+    <t>Land Securities Group PLC</t>
+  </si>
+  <si>
+    <t>0878230</t>
+  </si>
+  <si>
+    <t>GB0008782301</t>
+  </si>
+  <si>
+    <t>Taylor Wimpey plc</t>
+  </si>
+  <si>
+    <t>0081180</t>
+  </si>
+  <si>
+    <t>GB0000811801</t>
+  </si>
+  <si>
+    <t>Barratt Redrow plc</t>
+  </si>
+  <si>
+    <t>BJFFLV0</t>
+  </si>
+  <si>
+    <t>GB00BJFFLV09</t>
+  </si>
+  <si>
+    <t>Croda International Plc</t>
+  </si>
+  <si>
+    <t>B9895B7</t>
+  </si>
+  <si>
+    <t>CH0198251305</t>
+  </si>
+  <si>
+    <t>Coca-Cola HBC AG</t>
+  </si>
+  <si>
+    <t>BVZG4R4</t>
+  </si>
+  <si>
+    <t>NL0015002MS2</t>
+  </si>
+  <si>
+    <t>Magnum Ice Cream Co. N.V.</t>
+  </si>
+  <si>
+    <t>B0LCW08</t>
+  </si>
+  <si>
+    <t>GB00B0LCW083</t>
+  </si>
+  <si>
+    <t>Hikma Pharmaceuticals Plc</t>
+  </si>
+  <si>
+    <t>B8KF9B4</t>
+  </si>
+  <si>
+    <t>JE00B8KF9B49</t>
+  </si>
+  <si>
+    <t>WPP Plc</t>
+  </si>
+  <si>
+    <t>B17BBQ5</t>
+  </si>
+  <si>
+    <t>GB00B17BBQ50</t>
+  </si>
+  <si>
+    <t>Investec plc</t>
+  </si>
+  <si>
+    <t>B5ZN1N8</t>
+  </si>
+  <si>
+    <t>GB00B5ZN1N88</t>
+  </si>
+  <si>
+    <t>SEGRO plc</t>
+  </si>
+  <si>
+    <t>B39J2M4</t>
+  </si>
+  <si>
+    <t>GB00B39J2M42</t>
+  </si>
+  <si>
+    <t>United Utilities Group PLC</t>
+  </si>
+  <si>
+    <t>BSZBP53</t>
+  </si>
+  <si>
+    <t>GB00BSZBP530</t>
   </si>
   <si>
     <t>Reckitt Benckiser Group plc</t>
   </si>
   <si>
-    <t>0989529</t>
-[...14 lines deleted...]
-    <t>HSBC Holdings Plc</t>
+    <t>BVYVFW2</t>
+  </si>
+  <si>
+    <t>GB00BVYVFW23</t>
+  </si>
+  <si>
+    <t>Autotrader Group PLC</t>
+  </si>
+  <si>
+    <t>BGDT3G2</t>
+  </si>
+  <si>
+    <t>GB00BGDT3G23</t>
+  </si>
+  <si>
+    <t>Rightmove plc</t>
+  </si>
+  <si>
+    <t>0946580</t>
+  </si>
+  <si>
+    <t>GB0009465807</t>
+  </si>
+  <si>
+    <t>Weir Group PLC</t>
+  </si>
+  <si>
+    <t>0557681</t>
+  </si>
+  <si>
+    <t>GB0005576813</t>
+  </si>
+  <si>
+    <t>Howden Joinery Group PLC</t>
+  </si>
+  <si>
+    <t>3163836</t>
+  </si>
+  <si>
+    <t>GB0031638363</t>
+  </si>
+  <si>
+    <t>Intertek Group plc</t>
+  </si>
+  <si>
+    <t>0182663</t>
+  </si>
+  <si>
+    <t>GB0001826634</t>
+  </si>
+  <si>
+    <t>Diploma PLC</t>
+  </si>
+  <si>
+    <t>BYT1DJ1</t>
+  </si>
+  <si>
+    <t>GB00BYT1DJ19</t>
+  </si>
+  <si>
+    <t>ICG plc</t>
+  </si>
+  <si>
+    <t>B02J639</t>
+  </si>
+  <si>
+    <t>GB00B02J6398</t>
+  </si>
+  <si>
+    <t>Admiral Group plc</t>
+  </si>
+  <si>
+    <t>0677608</t>
+  </si>
+  <si>
+    <t>GB0006776081</t>
+  </si>
+  <si>
+    <t>Pearson PLC</t>
+  </si>
+  <si>
+    <t>0766937</t>
+  </si>
+  <si>
+    <t>GB0007669376</t>
+  </si>
+  <si>
+    <t>St. James's Place Plc</t>
+  </si>
+  <si>
+    <t>B1KJJ40</t>
+  </si>
+  <si>
+    <t>GB00B1KJJ408</t>
+  </si>
+  <si>
+    <t>Whitbread PLC</t>
+  </si>
+  <si>
+    <t>BYQ0JC6</t>
+  </si>
+  <si>
+    <t>GB00BYQ0JC66</t>
+  </si>
+  <si>
+    <t>Beazley Plc</t>
+  </si>
+  <si>
+    <t>BGLP8L2</t>
+  </si>
+  <si>
+    <t>GB00BGLP8L22</t>
+  </si>
+  <si>
+    <t>IMI plc</t>
   </si>
   <si>
     <t>0053673</t>
   </si>
   <si>
     <t>GB0000536739</t>
   </si>
   <si>
     <t>Ashtead Group plc</t>
-  </si>
-[...664 lines deleted...]
-    <t>WPP Plc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000%"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 3" xfId="1" xr:uid="{6F19E6AF-004E-4138-AA95-CB0389654AE2}"/>
-[...1 lines deleted...]
-    <cellStyle name="Percent 2" xfId="2" xr:uid="{CBBC5522-3C59-489D-B180-7407B57D54B6}"/>
+    <cellStyle name="Normal 3" xfId="1" xr:uid="{F92D1F4F-0EE7-4AB1-ACA1-B65626323E15}"/>
+    <cellStyle name="Normal 5" xfId="3" xr:uid="{00A48366-0B7F-404C-A8C4-1414501259F1}"/>
+    <cellStyle name="Percent 2" xfId="2" xr:uid="{230A9DFA-3C2A-4D6C-9B94-2821BFE661AF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1329,51 +1288,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0EFFB626-606F-48BE-9025-4C4D16BFC69D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{114EF3B9-AF80-4A3A-A9B5-2D94FEEBB1B0}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:H163"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="E2" sqref="E2:G81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="10.140625" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17.28515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="25.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="256" width="9.140625" style="3"/>
     <col min="257" max="257" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="15.7109375" style="3" customWidth="1"/>
     <col min="259" max="259" width="10.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="17.28515625" style="3" customWidth="1"/>
     <col min="261" max="261" width="36.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="262" max="262" width="15.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="263" max="263" width="17.5703125" style="3" bestFit="1" customWidth="1"/>
@@ -1948,2203 +1907,2203 @@
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="6">
-        <v>1.1537335823013223E-3</v>
+        <v>1.2619024278138545E-3</v>
       </c>
       <c r="G2" s="6">
-        <v>1.1438581193476613E-3</v>
+        <v>1.327529809614911E-3</v>
       </c>
       <c r="H2" s="7">
         <f>ABS(G2-F2)</f>
-        <v>9.875462953660985E-6</v>
+        <v>6.5627381801056442E-5</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="6">
-        <v>2.5520873536962309E-4</v>
+        <v>1.0916254652088814E-2</v>
       </c>
       <c r="G3" s="6">
-        <v>2.4769521347651563E-4</v>
+        <v>1.0944907185933489E-2</v>
       </c>
       <c r="H3" s="7">
         <f>ABS(G3-F3)</f>
-        <v>7.5135218931074595E-6</v>
+        <v>2.8652533844675601E-5</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="6">
-        <v>2.0016363320693245E-3</v>
+        <v>1.1882876456926766E-2</v>
       </c>
       <c r="G4" s="6">
-        <v>1.9968273178052887E-3</v>
+        <v>1.1905049619243262E-2</v>
       </c>
       <c r="H4" s="7">
         <f>ABS(G4-F4)</f>
-        <v>4.8090142640358491E-6</v>
+        <v>2.2173162316495645E-5</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="6">
-        <v>1.1826203416930173E-2</v>
+        <v>5.9389085585039797E-3</v>
       </c>
       <c r="G5" s="6">
-        <v>1.1821614424166148E-2</v>
+        <v>5.9548538974139482E-3</v>
       </c>
       <c r="H5" s="7">
         <f>ABS(G5-F5)</f>
-        <v>4.5889927640253153E-6</v>
+        <v>1.5945338909968514E-5</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="6">
-        <v>1.0946817440631083E-2</v>
+        <v>6.2227580514025334E-3</v>
       </c>
       <c r="G6" s="6">
-        <v>1.0951282134812428E-2</v>
+        <v>6.2363676944697105E-3</v>
       </c>
       <c r="H6" s="7">
         <f>ABS(G6-F6)</f>
-        <v>4.4646941813452495E-6</v>
+        <v>1.360964306717713E-5</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="6">
-        <v>1.4630067833697475E-3</v>
+        <v>4.838757473404268E-3</v>
       </c>
       <c r="G7" s="6">
-        <v>1.4596205065279643E-3</v>
+        <v>4.8511731000347559E-3</v>
       </c>
       <c r="H7" s="7">
         <f>ABS(G7-F7)</f>
-        <v>3.3862768417831923E-6</v>
+        <v>1.2415626630487946E-5</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="6">
-        <v>2.4931683587577883E-4</v>
+        <v>3.7454996218526933E-3</v>
       </c>
       <c r="G8" s="6">
-        <v>2.4632945575744518E-4</v>
+        <v>3.7555755709843841E-3</v>
       </c>
       <c r="H8" s="7">
         <f>ABS(G8-F8)</f>
-        <v>2.9873801183336502E-6</v>
+        <v>1.0075949131690791E-5</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="6">
-        <v>6.0884293573887352E-3</v>
+        <v>3.5530708822959687E-3</v>
       </c>
       <c r="G9" s="6">
-        <v>6.0912965921113135E-3</v>
+        <v>3.5628422515666331E-3</v>
       </c>
       <c r="H9" s="7">
         <f>ABS(G9-F9)</f>
-        <v>2.8672347225783268E-6</v>
+        <v>9.7713692706643922E-6</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="6">
-        <v>2.9146096517366338E-4</v>
+        <v>3.2747740567689088E-3</v>
       </c>
       <c r="G10" s="6">
-        <v>2.8918880892171375E-4</v>
+        <v>3.2834578475235852E-3</v>
       </c>
       <c r="H10" s="7">
         <f>ABS(G10-F10)</f>
-        <v>2.272156251949633E-6</v>
+        <v>8.6837907546763633E-6</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="6">
-        <v>4.127063153474376E-4</v>
+        <v>3.6129083662411613E-3</v>
       </c>
       <c r="G11" s="6">
-        <v>4.1051217168969775E-4</v>
+        <v>3.6213135571013387E-3</v>
       </c>
       <c r="H11" s="7">
         <f>ABS(G11-F11)</f>
-        <v>2.1941436577398513E-6</v>
+        <v>8.4051908601774465E-6</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="6">
-        <v>1.4154370767262402E-3</v>
+        <v>2.6626480450380862E-4</v>
       </c>
       <c r="G12" s="6">
-        <v>1.4132999738614147E-3</v>
+        <v>2.5937586112164502E-4</v>
       </c>
       <c r="H12" s="7">
         <f>ABS(G12-F12)</f>
-        <v>2.1371028648255273E-6</v>
+        <v>6.8889433821635987E-6</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="6">
-        <v>1.5874491810967493E-3</v>
+        <v>3.7069111761953502E-3</v>
       </c>
       <c r="G13" s="6">
-        <v>1.5854327812312547E-3</v>
+        <v>3.7136207283232532E-3</v>
       </c>
       <c r="H13" s="7">
         <f>ABS(G13-F13)</f>
-        <v>2.0163998654945323E-6</v>
+        <v>6.7095521279030013E-6</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="6">
-        <v>3.6655511377196377E-3</v>
+        <v>9.9201557463765035E-4</v>
       </c>
       <c r="G14" s="6">
-        <v>3.6675281540955282E-3</v>
+        <v>9.8613492071587968E-4</v>
       </c>
       <c r="H14" s="7">
         <f>ABS(G14-F14)</f>
-        <v>1.9770163758904558E-6</v>
+        <v>5.8806539217706733E-6</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="6">
-        <v>1.1994147712698839E-3</v>
+        <v>2.1333142667108243E-3</v>
       </c>
       <c r="G15" s="6">
-        <v>1.1975019041941348E-3</v>
+        <v>2.1385378891363009E-3</v>
       </c>
       <c r="H15" s="7">
         <f>ABS(G15-F15)</f>
-        <v>1.912867075749055E-6</v>
+        <v>5.2236224254765574E-6</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="6">
-        <v>6.0654511287736631E-4</v>
+        <v>2.1846056680965313E-3</v>
       </c>
       <c r="G16" s="6">
-        <v>6.0476980361215459E-4</v>
+        <v>2.1897417881306821E-3</v>
       </c>
       <c r="H16" s="7">
         <f>ABS(G16-F16)</f>
-        <v>1.7753092652117225E-6</v>
+        <v>5.1361200341507908E-6</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="6">
-        <v>3.6364927274555188E-3</v>
+        <v>1.5935968919996071E-3</v>
       </c>
       <c r="G17" s="6">
-        <v>3.6382253102397949E-3</v>
+        <v>1.5979559392016868E-3</v>
       </c>
       <c r="H17" s="7">
         <f>ABS(G17-F17)</f>
-        <v>1.7325827842760815E-6</v>
+        <v>4.359047202079705E-6</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F18" s="6">
-        <v>5.9725332816392633E-4</v>
+        <v>1.8095354526604056E-3</v>
       </c>
       <c r="G18" s="6">
-        <v>5.956107536394565E-4</v>
+        <v>1.8138717550455021E-3</v>
       </c>
       <c r="H18" s="7">
         <f>ABS(G18-F18)</f>
-        <v>1.6425745244698234E-6</v>
+        <v>4.3363023850965295E-6</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="6">
-        <v>3.5970394614844273E-3</v>
+        <v>2.311916146933496E-3</v>
       </c>
       <c r="G19" s="6">
-        <v>3.5986082611241918E-3</v>
+        <v>2.3162368515460083E-3</v>
       </c>
       <c r="H19" s="7">
         <f>ABS(G19-F19)</f>
-        <v>1.5687996397645287E-6</v>
+        <v>4.3207046125123653E-6</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="6">
-        <v>4.9272294356011959E-4</v>
+        <v>2.0570548433283091E-3</v>
       </c>
       <c r="G20" s="6">
-        <v>4.9118051949292396E-4</v>
+        <v>2.0612359760977242E-3</v>
       </c>
       <c r="H20" s="7">
         <f>ABS(G20-F20)</f>
-        <v>1.5424240671956316E-6</v>
+        <v>4.1811327694150566E-6</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>68</v>
       </c>
       <c r="F21" s="6">
-        <v>4.4514911406499224E-3</v>
+        <v>1.9802049624979621E-3</v>
       </c>
       <c r="G21" s="6">
-        <v>4.4530317276477022E-3</v>
+        <v>1.9841796377791645E-3</v>
       </c>
       <c r="H21" s="7">
         <f>ABS(G21-F21)</f>
-        <v>1.540586997779772E-6</v>
+        <v>3.9746752812023882E-6</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>71</v>
       </c>
       <c r="F22" s="6">
-        <v>3.2697671847632379E-3</v>
+        <v>1.4036466525914676E-3</v>
       </c>
       <c r="G22" s="6">
-        <v>3.2683064659565744E-3</v>
+        <v>1.4073770013808651E-3</v>
       </c>
       <c r="H22" s="7">
         <f>ABS(G22-F22)</f>
-        <v>1.4607188066634996E-6</v>
+        <v>3.7303487893975036E-6</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="6">
-        <v>2.1555630744919216E-4</v>
+        <v>1.170206104561156E-3</v>
       </c>
       <c r="G23" s="6">
-        <v>2.141534515716394E-4</v>
+        <v>1.1731655915884676E-3</v>
       </c>
       <c r="H23" s="7">
         <f>ABS(G23-F23)</f>
-        <v>1.4028558775527607E-6</v>
+        <v>2.9594870273115699E-6</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F24" s="6">
-        <v>1.3636519899321085E-3</v>
+        <v>1.5581525841571694E-3</v>
       </c>
       <c r="G24" s="6">
-        <v>1.3622921660683114E-3</v>
+        <v>1.5610401799030309E-3</v>
       </c>
       <c r="H24" s="7">
         <f>ABS(G24-F24)</f>
-        <v>1.3598238637971011E-6</v>
+        <v>2.8875957458615251E-6</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F25" s="6">
-        <v>2.9820170975366077E-3</v>
+        <v>1.2128896442829987E-3</v>
       </c>
       <c r="G25" s="6">
-        <v>2.9808690649917634E-3</v>
+        <v>1.2157732953471099E-3</v>
       </c>
       <c r="H25" s="7">
         <f>ABS(G25-F25)</f>
-        <v>1.1480325448442845E-6</v>
+        <v>2.883651064111226E-6</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F26" s="6">
-        <v>3.7205053233638219E-4</v>
+        <v>1.1246254627326883E-3</v>
       </c>
       <c r="G26" s="6">
-        <v>3.709840809753635E-4</v>
+        <v>1.1273631580971336E-3</v>
       </c>
       <c r="H26" s="7">
         <f>ABS(G26-F26)</f>
-        <v>1.0664513610186897E-6</v>
+        <v>2.7376953644453299E-6</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="6">
-        <v>5.4148307134918008E-4</v>
+        <v>9.3950923931431863E-4</v>
       </c>
       <c r="G27" s="6">
-        <v>5.4045400971045477E-4</v>
+        <v>9.4171527249925014E-4</v>
       </c>
       <c r="H27" s="7">
         <f>ABS(G27-F27)</f>
-        <v>1.0290616387253126E-6</v>
+        <v>2.2060331849315133E-6</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>87</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="6">
-        <v>3.5441823056388147E-4</v>
+        <v>2.3799792200436255E-4</v>
       </c>
       <c r="G28" s="6">
-        <v>3.5341096980583391E-4</v>
+        <v>2.3580967923168055E-4</v>
       </c>
       <c r="H28" s="7">
         <f>ABS(G28-F28)</f>
-        <v>1.007260758047559E-6</v>
+        <v>2.1882427726820032E-6</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="6">
-        <v>1.9582108661725115E-4</v>
+        <v>8.0985740315438876E-4</v>
       </c>
       <c r="G29" s="6">
-        <v>1.9491085315461978E-4</v>
+        <v>8.1204344697247415E-4</v>
       </c>
       <c r="H29" s="7">
         <f>ABS(G29-F29)</f>
-        <v>9.1023346263137818E-7</v>
+        <v>2.1860438180853863E-6</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F30" s="6">
-        <v>1.5827343255319607E-3</v>
+        <v>9.502281036302048E-4</v>
       </c>
       <c r="G30" s="6">
-        <v>1.5835634554213134E-3</v>
+        <v>9.5204306417273252E-4</v>
       </c>
       <c r="H30" s="7">
         <f>ABS(G30-F30)</f>
-        <v>8.2912988935267967E-7</v>
+        <v>1.8149605425277259E-6</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>98</v>
       </c>
       <c r="F31" s="6">
-        <v>2.0005032619262409E-3</v>
+        <v>6.7272300574086228E-4</v>
       </c>
       <c r="G31" s="6">
-        <v>1.9997002242378363E-3</v>
+        <v>6.7450652323603269E-4</v>
       </c>
       <c r="H31" s="7">
         <f>ABS(G31-F31)</f>
-        <v>8.030376884046557E-7</v>
+        <v>1.7835174951704065E-6</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>99</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F32" s="6">
-        <v>1.7633133927954787E-4</v>
+        <v>1.7169714235780612E-3</v>
       </c>
       <c r="G32" s="6">
-        <v>1.7555863287687916E-4</v>
+        <v>1.7187310770907763E-3</v>
       </c>
       <c r="H32" s="7">
         <f>ABS(G32-F32)</f>
-        <v>7.7270640266871257E-7</v>
+        <v>1.7596535127151289E-6</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>102</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F33" s="6">
-        <v>6.2826944900976935E-4</v>
+        <v>6.8301681291698215E-4</v>
       </c>
       <c r="G33" s="6">
-        <v>6.2752510041151318E-4</v>
+        <v>6.8476709892134038E-4</v>
       </c>
       <c r="H33" s="7">
         <f>ABS(G33-F33)</f>
-        <v>7.4434859825616914E-7</v>
+        <v>1.7502860043582327E-6</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F34" s="6">
-        <v>3.3229206746194532E-3</v>
+        <v>1.3017435287231525E-3</v>
       </c>
       <c r="G34" s="6">
-        <v>3.322211936326677E-3</v>
+        <v>1.3034165035264507E-3</v>
       </c>
       <c r="H34" s="7">
         <f>ABS(G34-F34)</f>
-        <v>7.0873829277617872E-7</v>
+        <v>1.6729748032982827E-6</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F35" s="6">
-        <v>2.6516548906171592E-4</v>
+        <v>8.8108622953319378E-4</v>
       </c>
       <c r="G35" s="6">
-        <v>2.6446798098524014E-4</v>
+        <v>8.827416696753907E-4</v>
       </c>
       <c r="H35" s="7">
         <f>ABS(G35-F35)</f>
-        <v>6.9750807647577222E-7</v>
+        <v>1.6554401421969237E-6</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F36" s="6">
-        <v>7.5894010986681448E-4</v>
+        <v>3.0235229683769573E-4</v>
       </c>
       <c r="G36" s="6">
-        <v>7.5825583583498824E-4</v>
+        <v>3.0078030868688075E-4</v>
       </c>
       <c r="H36" s="7">
         <f>ABS(G36-F36)</f>
-        <v>6.8427403182623817E-7</v>
+        <v>1.5719881508149871E-6</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>116</v>
       </c>
       <c r="F37" s="6">
-        <v>3.683721437306487E-4</v>
+        <v>5.619239669314625E-4</v>
       </c>
       <c r="G37" s="6">
-        <v>3.677215889217376E-4</v>
+        <v>5.633333008815308E-4</v>
       </c>
       <c r="H37" s="7">
         <f>ABS(G37-F37)</f>
-        <v>6.5055480891109546E-7</v>
+        <v>1.4093339500682953E-6</v>
       </c>
     </row>
     <row r="38" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>117</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F38" s="6">
-        <v>3.1378749607368869E-4</v>
+        <v>5.3545198737338286E-4</v>
       </c>
       <c r="G38" s="6">
-        <v>3.1318567342098955E-4</v>
+        <v>5.368327297847874E-4</v>
       </c>
       <c r="H38" s="7">
         <f>ABS(G38-F38)</f>
-        <v>6.0182265269913878E-7</v>
+        <v>1.3807424114045327E-6</v>
       </c>
     </row>
     <row r="39" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F39" s="6">
-        <v>1.2811859019112959E-3</v>
+        <v>5.2283101107801976E-4</v>
       </c>
       <c r="G39" s="6">
-        <v>1.2817525896268549E-3</v>
+        <v>5.2420525412511291E-4</v>
       </c>
       <c r="H39" s="7">
         <f>ABS(G39-F39)</f>
-        <v>5.6668771555900069E-7</v>
+        <v>1.3742430470931434E-6</v>
       </c>
     </row>
     <row r="40" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>124</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F40" s="6">
-        <v>2.7428797839128868E-4</v>
+        <v>5.8586251420854796E-4</v>
       </c>
       <c r="G40" s="6">
-        <v>2.7380467432800435E-4</v>
+        <v>5.8723404695264377E-4</v>
       </c>
       <c r="H40" s="7">
         <f>ABS(G40-F40)</f>
-        <v>4.8330406328433214E-7</v>
+        <v>1.371532744095811E-6</v>
       </c>
     </row>
     <row r="41" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>126</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>127</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>128</v>
       </c>
       <c r="F41" s="6">
-        <v>2.1428404483185217E-3</v>
+        <v>4.7806915886691032E-4</v>
       </c>
       <c r="G41" s="6">
-        <v>2.1433184496442155E-3</v>
+        <v>4.7918297759073192E-4</v>
       </c>
       <c r="H41" s="7">
         <f>ABS(G41-F41)</f>
-        <v>4.7800132569383175E-7</v>
+        <v>1.1138187238216089E-6</v>
       </c>
     </row>
     <row r="42" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>129</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>130</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>131</v>
       </c>
       <c r="F42" s="6">
-        <v>1.8845402468595546E-3</v>
+        <v>5.6325879481222533E-4</v>
       </c>
       <c r="G42" s="6">
-        <v>1.8840881338226059E-3</v>
+        <v>5.6430605041090775E-4</v>
       </c>
       <c r="H42" s="7">
         <f>ABS(G42-F42)</f>
-        <v>4.5211303694868595E-7</v>
+        <v>1.0472555986824157E-6</v>
       </c>
     </row>
     <row r="43" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>132</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>133</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F43" s="6">
-        <v>2.9673847202499874E-4</v>
+        <v>7.413594501423582E-4</v>
       </c>
       <c r="G43" s="6">
-        <v>2.9629159857553616E-4</v>
+        <v>7.4237978863210172E-4</v>
       </c>
       <c r="H43" s="7">
         <f>ABS(G43-F43)</f>
-        <v>4.4687344946258041E-7</v>
+        <v>1.0203384897435183E-6</v>
       </c>
     </row>
     <row r="44" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F44" s="6">
-        <v>1.1362804922863388E-3</v>
+        <v>4.8580208930055672E-4</v>
       </c>
       <c r="G44" s="6">
-        <v>1.1358920737073914E-3</v>
+        <v>4.8680756723509631E-4</v>
       </c>
       <c r="H44" s="7">
         <f>ABS(G44-F44)</f>
-        <v>3.8841857894736549E-7</v>
+        <v>1.0054779345395953E-6</v>
       </c>
     </row>
     <row r="45" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="6">
-        <v>1.2621269722773139E-3</v>
+        <v>3.5197822224486224E-4</v>
       </c>
       <c r="G45" s="6">
-        <v>1.2625150010151733E-3</v>
+        <v>3.509807162513676E-4</v>
       </c>
       <c r="H45" s="7">
         <f>ABS(G45-F45)</f>
-        <v>3.8802873785935207E-7</v>
+        <v>9.9750599349463951E-7</v>
       </c>
     </row>
     <row r="46" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>141</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F46" s="6">
-        <v>1.0233420427810315E-3</v>
+        <v>1.3423266333936021E-3</v>
       </c>
       <c r="G46" s="6">
-        <v>1.0229587812051958E-3</v>
+        <v>1.3432868401734856E-3</v>
       </c>
       <c r="H46" s="7">
         <f>ABS(G46-F46)</f>
-        <v>3.8326157583571177E-7</v>
+        <v>9.6020677988351705E-7</v>
       </c>
     </row>
     <row r="47" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>145</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F47" s="6">
-        <v>7.6409994806642936E-4</v>
+        <v>5.1004334278702062E-4</v>
       </c>
       <c r="G47" s="6">
-        <v>7.6447132936483257E-4</v>
+        <v>5.1097184433563498E-4</v>
       </c>
       <c r="H47" s="7">
         <f>ABS(G47-F47)</f>
-        <v>3.7138129840321148E-7</v>
+        <v>9.2850154861435531E-7</v>
       </c>
     </row>
     <row r="48" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F48" s="6">
-        <v>2.0425748207940839E-3</v>
+        <v>2.2939524842917396E-4</v>
       </c>
       <c r="G48" s="6">
-        <v>2.0429185473883741E-3</v>
+        <v>2.2848438996953335E-4</v>
       </c>
       <c r="H48" s="7">
         <f>ABS(G48-F48)</f>
-        <v>3.4372659429024802E-7</v>
+        <v>9.1085845964060277E-7</v>
       </c>
     </row>
     <row r="49" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>151</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F49" s="6">
-        <v>7.6270645914400421E-4</v>
+        <v>6.2834056344336468E-4</v>
       </c>
       <c r="G49" s="6">
-        <v>7.6237407129659126E-4</v>
+        <v>6.2903572070853626E-4</v>
       </c>
       <c r="H49" s="7">
         <f>ABS(G49-F49)</f>
-        <v>3.3238784741295487E-7</v>
+        <v>6.9515726517158094E-7</v>
       </c>
     </row>
     <row r="50" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>153</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>154</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>155</v>
       </c>
       <c r="F50" s="6">
-        <v>4.1435856904838657E-4</v>
+        <v>2.7777071171069834E-4</v>
       </c>
       <c r="G50" s="6">
-        <v>4.1403062024619237E-4</v>
+        <v>2.7845363571135407E-4</v>
       </c>
       <c r="H50" s="7">
         <f>ABS(G50-F50)</f>
-        <v>3.2794880219419974E-7</v>
+        <v>6.8292400065572429E-7</v>
       </c>
     </row>
     <row r="51" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>156</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>157</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F51" s="6">
-        <v>4.3112942415917608E-4</v>
+        <v>4.3059152516695427E-4</v>
       </c>
       <c r="G51" s="6">
-        <v>4.3080914673115618E-4</v>
+        <v>4.3124932124969008E-4</v>
       </c>
       <c r="H51" s="7">
         <f>ABS(G51-F51)</f>
-        <v>3.2027742801989849E-7</v>
+        <v>6.5779608273580127E-7</v>
       </c>
     </row>
     <row r="52" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>160</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>161</v>
       </c>
       <c r="F52" s="6">
-        <v>6.121132624264532E-3</v>
+        <v>3.4222156739804768E-4</v>
       </c>
       <c r="G52" s="6">
-        <v>6.1208189702140394E-3</v>
+        <v>3.4286167802864183E-4</v>
       </c>
       <c r="H52" s="7">
         <f>ABS(G52-F52)</f>
-        <v>3.136540504926344E-7</v>
+        <v>6.4011063059414347E-7</v>
       </c>
     </row>
     <row r="53" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>163</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>164</v>
       </c>
       <c r="F53" s="6">
-        <v>2.5810897320113616E-3</v>
+        <v>2.4488528390890233E-4</v>
       </c>
       <c r="G53" s="6">
-        <v>2.5814014081027526E-3</v>
+        <v>2.454475945815327E-4</v>
       </c>
       <c r="H53" s="7">
         <f>ABS(G53-F53)</f>
-        <v>3.1167609139100619E-7</v>
+        <v>5.623106726303749E-7</v>
       </c>
     </row>
     <row r="54" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>165</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>166</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F54" s="6">
-        <v>7.1533987444553915E-4</v>
+        <v>3.7520320547091112E-4</v>
       </c>
       <c r="G54" s="6">
-        <v>7.1565146200032426E-4</v>
+        <v>3.7575900784026948E-4</v>
       </c>
       <c r="H54" s="7">
         <f>ABS(G54-F54)</f>
-        <v>3.1158755478511661E-7</v>
+        <v>5.5580236935835704E-7</v>
       </c>
     </row>
     <row r="55" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>168</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>169</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F55" s="6">
-        <v>3.2790184969122625E-3</v>
+        <v>2.1728278742752803E-4</v>
       </c>
       <c r="G55" s="6">
-        <v>3.2793297796608555E-3</v>
+        <v>2.178208440663679E-4</v>
       </c>
       <c r="H55" s="7">
         <f>ABS(G55-F55)</f>
-        <v>3.1128274859300309E-7</v>
+        <v>5.3805663883987258E-7</v>
       </c>
     </row>
     <row r="56" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>171</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>172</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F56" s="6">
-        <v>3.2573213292643594E-4</v>
+        <v>2.2866344255751387E-4</v>
       </c>
       <c r="G56" s="6">
-        <v>3.2543720178021941E-4</v>
+        <v>2.2912738439241273E-4</v>
       </c>
       <c r="H56" s="7">
         <f>ABS(G56-F56)</f>
-        <v>2.9493114621652241E-7</v>
+        <v>4.6394183489886103E-7</v>
       </c>
     </row>
     <row r="57" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>174</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>175</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F57" s="6">
-        <v>1.364968061993122E-4</v>
+        <v>2.1499163738496706E-4</v>
       </c>
       <c r="G57" s="6">
-        <v>1.3622042681761637E-4</v>
+        <v>2.1543801220113307E-4</v>
       </c>
       <c r="H57" s="7">
         <f>ABS(G57-F57)</f>
-        <v>2.7637938169582663E-7</v>
+        <v>4.4637481616600807E-7</v>
       </c>
     </row>
     <row r="58" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>177</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>178</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F58" s="6">
-        <v>1.8515624539564505E-3</v>
+        <v>2.615917241251163E-4</v>
       </c>
       <c r="G58" s="6">
-        <v>1.8518374132909575E-3</v>
+        <v>2.6202697440599643E-4</v>
       </c>
       <c r="H58" s="7">
         <f>ABS(G58-F58)</f>
-        <v>2.7495933450699325E-7</v>
+        <v>4.3525028088013239E-7</v>
       </c>
     </row>
     <row r="59" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>181</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>182</v>
       </c>
       <c r="F59" s="6">
-        <v>1.3797922836769581E-4</v>
+        <v>2.4207828321267519E-4</v>
       </c>
       <c r="G59" s="6">
-        <v>1.3770841878962101E-4</v>
+        <v>2.4250869818945154E-4</v>
       </c>
       <c r="H59" s="7">
         <f>ABS(G59-F59)</f>
-        <v>2.7080957807479452E-7</v>
+        <v>4.304149767763517E-7</v>
       </c>
     </row>
     <row r="60" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>183</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>184</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F60" s="6">
-        <v>1.2984453525540784E-3</v>
+        <v>5.5698110688224103E-4</v>
       </c>
       <c r="G60" s="6">
-        <v>1.2987155500055509E-3</v>
+        <v>5.5656393327959503E-4</v>
       </c>
       <c r="H60" s="7">
         <f>ABS(G60-F60)</f>
-        <v>2.701974514724044E-7</v>
+        <v>4.1717360264599112E-7</v>
       </c>
     </row>
     <row r="61" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B61" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F61" s="6">
-        <v>6.7423345057618909E-4</v>
+        <v>3.038974028929843E-4</v>
       </c>
       <c r="G61" s="6">
-        <v>6.7446446499496793E-4</v>
+        <v>3.0431455146281722E-4</v>
       </c>
       <c r="H61" s="7">
         <f>ABS(G61-F61)</f>
-        <v>2.3101441877883874E-7</v>
+        <v>4.171485698329291E-7</v>
       </c>
     </row>
     <row r="62" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B62" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>190</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>191</v>
       </c>
       <c r="F62" s="6">
-        <v>5.7020740538966767E-4</v>
+        <v>1.8557534492765621E-4</v>
       </c>
       <c r="G62" s="6">
-        <v>5.7041238710574878E-4</v>
+        <v>1.8516769974521614E-4</v>
       </c>
       <c r="H62" s="7">
         <f>ABS(G62-F62)</f>
-        <v>2.0498171608110839E-7</v>
+        <v>4.0764518244006402E-7</v>
       </c>
     </row>
     <row r="63" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>192</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>193</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>194</v>
       </c>
       <c r="F63" s="6">
-        <v>4.923072649698876E-4</v>
+        <v>1.711218023108179E-4</v>
       </c>
       <c r="G63" s="6">
-        <v>4.9250996804869798E-4</v>
+        <v>1.7151597521195832E-4</v>
       </c>
       <c r="H63" s="7">
         <f>ABS(G63-F63)</f>
-        <v>2.0270307881037689E-7</v>
+        <v>3.9417290114042306E-7</v>
       </c>
     </row>
     <row r="64" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>195</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>196</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F64" s="6">
-        <v>2.672586852808706E-4</v>
+        <v>2.0994844981109609E-4</v>
       </c>
       <c r="G64" s="6">
-        <v>2.6708523948474179E-4</v>
+        <v>2.1034003127286084E-4</v>
       </c>
       <c r="H64" s="7">
         <f>ABS(G64-F64)</f>
-        <v>1.7344579612881212E-7</v>
+        <v>3.9158146176475404E-7</v>
       </c>
     </row>
     <row r="65" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B65" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>198</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>199</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F65" s="6">
-        <v>4.1775310547890554E-4</v>
+        <v>1.8204412846634582E-4</v>
       </c>
       <c r="G65" s="6">
-        <v>4.1758806810992426E-4</v>
+        <v>1.8169045507491642E-4</v>
       </c>
       <c r="H65" s="7">
         <f>ABS(G65-F65)</f>
-        <v>1.6503736898127765E-7</v>
+        <v>3.5367339142939767E-7</v>
       </c>
     </row>
     <row r="66" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B66" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>201</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>202</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F66" s="6">
-        <v>5.7124644665913901E-4</v>
+        <v>6.3683933584141961E-4</v>
       </c>
       <c r="G66" s="6">
-        <v>5.7140949990043674E-4</v>
+        <v>6.3648593317979722E-4</v>
       </c>
       <c r="H66" s="7">
         <f>ABS(G66-F66)</f>
-        <v>1.6305324129772814E-7</v>
+        <v>3.5340266162238974E-7</v>
       </c>
     </row>
     <row r="67" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B67" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>204</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>205</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>206</v>
       </c>
       <c r="F67" s="6">
-        <v>2.6845200130745379E-4</v>
+        <v>1.878800115221083E-3</v>
       </c>
       <c r="G67" s="6">
-        <v>2.6829092137319662E-4</v>
+        <v>1.8784659267305922E-3</v>
       </c>
       <c r="H67" s="7">
         <f>ABS(G67-F67)</f>
-        <v>1.6107993425717136E-7</v>
+        <v>3.3418849049084848E-7</v>
       </c>
     </row>
     <row r="68" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>207</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>208</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F68" s="6">
-        <v>2.6994500010341348E-4</v>
+        <v>1.9024465995924348E-4</v>
       </c>
       <c r="G68" s="6">
-        <v>2.6980871599400152E-4</v>
+        <v>1.9057846226006538E-4</v>
       </c>
       <c r="H68" s="7">
         <f>ABS(G68-F68)</f>
-        <v>1.3628410941196774E-7</v>
+        <v>3.3380230082190017E-7</v>
       </c>
     </row>
     <row r="69" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B69" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>210</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>211</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F69" s="6">
-        <v>3.2445868646977991E-4</v>
+        <v>2.057089459256881E-4</v>
       </c>
       <c r="G69" s="6">
-        <v>3.2433430966026939E-4</v>
+        <v>2.060416151844037E-4</v>
       </c>
       <c r="H69" s="7">
         <f>ABS(G69-F69)</f>
-        <v>1.2437680951051531E-7</v>
+        <v>3.3266925871560846E-7</v>
       </c>
     </row>
     <row r="70" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B70" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>213</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>214</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F70" s="6">
-        <v>9.7449888710316411E-4</v>
+        <v>6.0442878109348661E-4</v>
       </c>
       <c r="G70" s="6">
-        <v>9.7461351373449346E-4</v>
+        <v>6.0468500593479637E-4</v>
       </c>
       <c r="H70" s="7">
         <f>ABS(G70-F70)</f>
-        <v>1.1462663132935126E-7</v>
+        <v>2.5622484130976078E-7</v>
       </c>
     </row>
     <row r="71" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B71" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>216</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>218</v>
       </c>
       <c r="F71" s="6">
-        <v>2.3333809659854731E-4</v>
+        <v>2.8728959962605685E-4</v>
       </c>
       <c r="G71" s="6">
-        <v>2.3322602169874822E-4</v>
+        <v>2.8751945494991983E-4</v>
       </c>
       <c r="H71" s="7">
         <f>ABS(G71-F71)</f>
-        <v>1.1207489979909242E-7</v>
+        <v>2.2985532386297913E-7</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B72" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>219</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>220</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F72" s="6">
-        <v>4.5943108633587188E-4</v>
+        <v>5.204622023107045E-4</v>
       </c>
       <c r="G72" s="6">
-        <v>4.593509952785323E-4</v>
+        <v>5.2026108653195169E-4</v>
       </c>
       <c r="H72" s="7">
         <f>ABS(G72-F72)</f>
-        <v>8.0091057339578414E-8</v>
+        <v>2.0111577875281655E-7</v>
       </c>
     </row>
     <row r="73" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>222</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>223</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>224</v>
       </c>
       <c r="F73" s="6">
-        <v>2.0000654381193691E-4</v>
+        <v>3.4595957312711712E-4</v>
       </c>
       <c r="G73" s="6">
-        <v>1.9992875690651252E-4</v>
+        <v>3.4578755104923691E-4</v>
       </c>
       <c r="H73" s="7">
         <f>ABS(G73-F73)</f>
-        <v>7.7786905424386118E-8</v>
+        <v>1.720220778802118E-7</v>
       </c>
     </row>
     <row r="74" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B74" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>225</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>226</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>227</v>
       </c>
       <c r="F74" s="6">
-        <v>6.4406771184861284E-4</v>
+        <v>2.8112968485058295E-4</v>
       </c>
       <c r="G74" s="6">
-        <v>6.4413872799247071E-4</v>
+        <v>2.812848944043612E-4</v>
       </c>
       <c r="H74" s="7">
         <f>ABS(G74-F74)</f>
-        <v>7.1016143857877134E-8</v>
+        <v>1.5520955377824799E-7</v>
       </c>
     </row>
     <row r="75" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B75" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>228</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>229</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>230</v>
       </c>
       <c r="F75" s="6">
-        <v>2.4519261532307925E-4</v>
+        <v>2.8827885941827E-4</v>
       </c>
       <c r="G75" s="6">
-        <v>2.4524988055607446E-4</v>
+        <v>2.881422269607285E-4</v>
       </c>
       <c r="H75" s="7">
         <f>ABS(G75-F75)</f>
-        <v>5.7265232995210719E-8</v>
+        <v>1.3663245754149799E-7</v>
       </c>
     </row>
     <row r="76" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>231</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>232</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>233</v>
       </c>
       <c r="F76" s="6">
-        <v>2.1085613368126079E-4</v>
+        <v>2.1621025573971051E-4</v>
       </c>
       <c r="G76" s="6">
-        <v>2.1090929601885687E-4</v>
+        <v>2.163304473107883E-4</v>
       </c>
       <c r="H76" s="7">
         <f>ABS(G76-F76)</f>
-        <v>5.316233759607809E-8</v>
+        <v>1.2019157107778658E-7</v>
       </c>
     </row>
     <row r="77" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>234</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>235</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F77" s="6">
-        <v>2.2944890224408193E-4</v>
+        <v>2.6041329442203474E-4</v>
       </c>
       <c r="G77" s="6">
-        <v>2.2939908438394455E-4</v>
+        <v>2.6051934613569391E-4</v>
       </c>
       <c r="H77" s="7">
         <f>ABS(G77-F77)</f>
-        <v>4.9817860137374263E-8</v>
+        <v>1.0605171365916802E-7</v>
       </c>
     </row>
     <row r="78" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B78" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>238</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F78" s="6">
-        <v>4.7361612978873602E-4</v>
+        <v>2.5893616444768835E-4</v>
       </c>
       <c r="G78" s="6">
-        <v>4.7366277712130407E-4</v>
+        <v>2.5886567688306901E-4</v>
       </c>
       <c r="H78" s="7">
         <f>ABS(G78-F78)</f>
-        <v>4.6647332568048108E-8</v>
+        <v>7.0487564619338416E-8</v>
       </c>
     </row>
     <row r="79" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B79" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>240</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>241</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>242</v>
       </c>
       <c r="F79" s="6">
-        <v>2.0841175569627772E-4</v>
+        <v>1.8491421057327282E-4</v>
       </c>
       <c r="G79" s="6">
-        <v>2.0837684820840398E-4</v>
+        <v>1.8497067095055432E-4</v>
       </c>
       <c r="H79" s="7">
         <f>ABS(G79-F79)</f>
-        <v>3.4907487873739925E-8</v>
+        <v>5.6460377281504579E-8</v>
       </c>
     </row>
     <row r="80" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>243</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>244</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>245</v>
       </c>
       <c r="F80" s="6">
-        <v>2.8587804957252554E-4</v>
+        <v>1.4463059330522892E-4</v>
       </c>
       <c r="G80" s="6">
-        <v>2.858961288725796E-4</v>
+        <v>1.4468332116767432E-4</v>
       </c>
       <c r="H80" s="7">
         <f>ABS(G80-F80)</f>
-        <v>1.8079300054057394E-8</v>
+        <v>5.2727862445397025E-8</v>
       </c>
     </row>
     <row r="81" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="4">
-        <v>46013</v>
+        <v>46065</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>246</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>247</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>248</v>
       </c>
       <c r="F81" s="6">
-        <v>2.3605768293003717E-4</v>
+        <v>1.3442507632272379E-3</v>
       </c>
       <c r="G81" s="6">
-        <v>2.3607440495812488E-4</v>
+        <v>1.3442897317413078E-3</v>
       </c>
       <c r="H81" s="7">
         <f>ABS(G81-F81)</f>
-        <v>1.6722028087717096E-8</v>
+        <v>3.8968514069889423E-8</v>
       </c>
     </row>
     <row r="82" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="B82" s="4"/>
       <c r="D82" s="5"/>
       <c r="F82" s="6"/>
       <c r="G82" s="6"/>
       <c r="H82" s="7"/>
     </row>
     <row r="83" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="B83" s="4"/>
       <c r="D83" s="5"/>
       <c r="F83" s="6"/>
       <c r="G83" s="6"/>
       <c r="H83" s="7"/>
     </row>
     <row r="84" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="B84" s="4"/>
       <c r="D84" s="5"/>
       <c r="F84" s="6"/>
       <c r="G84" s="6"/>
       <c r="H84" s="7"/>
     </row>
     <row r="85" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="B85" s="4"/>
@@ -4684,360 +4643,100 @@
       <c r="F161" s="6"/>
       <c r="G161" s="6"/>
       <c r="H161" s="7"/>
     </row>
     <row r="162" spans="2:8" ht="15" x14ac:dyDescent="0.25">
       <c r="B162" s="4"/>
       <c r="D162" s="5"/>
       <c r="F162" s="6"/>
       <c r="G162" s="6"/>
       <c r="H162" s="7"/>
     </row>
     <row r="163" spans="2:8" ht="15" x14ac:dyDescent="0.25">
       <c r="B163" s="4"/>
       <c r="D163" s="5"/>
       <c r="E163" s="8"/>
       <c r="F163" s="9"/>
       <c r="G163" s="9"/>
       <c r="H163" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...118 lines deleted...]
-
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{84630869-39DC-4B40-8297-6EDF4DAEACA6}">
-[...59 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD1B07DF-8F47-4990-8B9E-F8AA22E2F986}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E33CA029-4983-4E93-BB64-837A13FE5ABB}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30DF446A-15AD-435B-85FC-C8B5B48102A7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0388EABE-1FA7-435F-AAA7-E5D96BCB4B3D}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4F03A8B-CAE1-4E63-8F65-38DAE955303E}">
-[...59 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD47AAAC-91DD-4B8C-B7CB-C4E0FFB69E6B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4DE1FE5-1C64-470C-97E0-0158081BA206}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>24</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="24" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>CVIE_Stamp Tax</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
-      <vt:lpstr>Sheet4</vt:lpstr>
-[...18 lines deleted...]
-      <vt:lpstr>Sheet23</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Paraport</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Lang Chang</dc:creator>
+  <dc:creator>Maximilian Lutz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>