--- v0 (2025-12-25)
+++ v1 (2026-02-17)
@@ -10,2389 +10,2494 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1219" uniqueCount="917">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="944">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Short Maturity Euro Bond Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 30-Nov-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 31-Jan-2026</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>A1 TOWERS HOLDING GMBH:5.250 13JUL2028</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>XS2644414125</t>
   </si>
   <si>
     <t>BRBRMW4</t>
   </si>
   <si>
     <t>ABN AMRO BANK NV:2.569 28FEB2029</t>
   </si>
   <si>
     <t>XS3167412587</t>
   </si>
   <si>
     <t>BVPP9Q5</t>
   </si>
   <si>
-    <t>ACHMEA HYPOTHEEKBANK N.V.:2.750 10DEC2027</t>
+    <t>ACHMEA BANK NV:2.750 10DEC2027</t>
   </si>
   <si>
     <t>XS2958382645</t>
   </si>
   <si>
     <t>BQT5FF7</t>
   </si>
   <si>
-    <t>ADIF ALTA VELOCIDAD:3.125 31JAN2030</t>
+    <t>ADIF HIGH SPEED:3.125 31JAN2030</t>
   </si>
   <si>
     <t>ES0200002139</t>
   </si>
   <si>
     <t>BMD7QP8</t>
   </si>
   <si>
-    <t>AIR LIQUIDE FINANCE:2.625 05NOV2029</t>
+    <t>AIR LIQUIDE FINANCE SA:2.625 05NOV2029</t>
   </si>
   <si>
     <t>FR0014013VW7</t>
   </si>
   <si>
     <t>BVLCYJ8</t>
   </si>
   <si>
-    <t>ALD INTERNATIONAL SA:3.875 16JUL2029</t>
+    <t>ALLIANDER NV:2.625 09SEP2027</t>
+  </si>
+  <si>
+    <t>XS2531420730</t>
+  </si>
+  <si>
+    <t>BP2B5G6</t>
+  </si>
+  <si>
+    <t>AMCO ASSET MANAGEMENT COMPANY SPA:3.250 02APR2030</t>
+  </si>
+  <si>
+    <t>IT0005643249</t>
+  </si>
+  <si>
+    <t>BTLQWY7</t>
+  </si>
+  <si>
+    <t>AMERICAN MEDICAL SYSTEMS EUROPE BV:3.375 08MAR2029</t>
+  </si>
+  <si>
+    <t>XS2772266420</t>
+  </si>
+  <si>
+    <t>BSNSFF6</t>
+  </si>
+  <si>
+    <t>AMPRION GMBH:2.750 30SEP2029</t>
+  </si>
+  <si>
+    <t>DE000A460N20</t>
+  </si>
+  <si>
+    <t>BV88ZG3</t>
+  </si>
+  <si>
+    <t>AMPRION GMBH:3.450 22SEP2027</t>
+  </si>
+  <si>
+    <t>DE000A30VPL3</t>
+  </si>
+  <si>
+    <t>BPLQ012</t>
+  </si>
+  <si>
+    <t>ANZ NEW ZEALAND INTL LTD (LONDON BRANCH):NOTE 0.895 23MAR2027</t>
+  </si>
+  <si>
+    <t>XS2459053943</t>
+  </si>
+  <si>
+    <t>BNHSHY0</t>
+  </si>
+  <si>
+    <t>ARAB BANK FOR ECONOMIC DEVELOPMENT IN AF:3.000 20MAR2028</t>
+  </si>
+  <si>
+    <t>XS3023904520</t>
+  </si>
+  <si>
+    <t>BSBGLR6</t>
+  </si>
+  <si>
+    <t>ARAB BANK FOR ECONOMIC DEVELOPMENT IN AF:3.750 25JAN2027</t>
+  </si>
+  <si>
+    <t>XS2746667570</t>
+  </si>
+  <si>
+    <t>BRJYPS4</t>
+  </si>
+  <si>
+    <t>ARION BANKI HF:4.625 21NOV2028</t>
+  </si>
+  <si>
+    <t>XS2817920080</t>
+  </si>
+  <si>
+    <t>BNRQZP1</t>
+  </si>
+  <si>
+    <t>ARION BANKI HF:NOTE 0.050 05OCT2026</t>
+  </si>
+  <si>
+    <t>XS2391348740</t>
+  </si>
+  <si>
+    <t>BM8JQB5</t>
+  </si>
+  <si>
+    <t>ASB BANK LTD:3.185 16APR2029</t>
+  </si>
+  <si>
+    <t>XS2919279633</t>
+  </si>
+  <si>
+    <t>BS0CY10</t>
+  </si>
+  <si>
+    <t>ASB BANK LTD:4.500 16MAR2027</t>
+  </si>
+  <si>
+    <t>XS2597991988</t>
+  </si>
+  <si>
+    <t>BNHPPV4</t>
+  </si>
+  <si>
+    <t>ASIAN DEVELOPMENT BANK:0.000 24OCT2029</t>
+  </si>
+  <si>
+    <t>XS2068071641</t>
+  </si>
+  <si>
+    <t>BJLL1L2</t>
+  </si>
+  <si>
+    <t>ASIAN DEVELOPMENT BANK:2.950 05JUN2029</t>
+  </si>
+  <si>
+    <t>XS2834272002</t>
+  </si>
+  <si>
+    <t>BNNRL50</t>
+  </si>
+  <si>
+    <t>ASTM SPA:1.000 25NOV2026</t>
+  </si>
+  <si>
+    <t>XS2412267358</t>
+  </si>
+  <si>
+    <t>BPG9MP4</t>
+  </si>
+  <si>
+    <t>ATHENE GLOBAL FUNDING:2.916 21MAY2027</t>
+  </si>
+  <si>
+    <t>XS3078642314</t>
+  </si>
+  <si>
+    <t>BRJF1N4</t>
+  </si>
+  <si>
+    <t>AUSNET SERVICES HOLDINGS PTY LTD:1.625 11MAR2081</t>
+  </si>
+  <si>
+    <t>XS2308313860</t>
+  </si>
+  <si>
+    <t>BKQN541</t>
+  </si>
+  <si>
+    <t>AUSTRALIA AND NEW ZEALAND BANKING GROUP:2.466 21MAY2027</t>
+  </si>
+  <si>
+    <t>XS2822525205</t>
+  </si>
+  <si>
+    <t>BNSP278</t>
+  </si>
+  <si>
+    <t>AXA LOGISTICS EUROPE MASTER SCA:0.375 15NOV2026</t>
+  </si>
+  <si>
+    <t>XS2407019798</t>
+  </si>
+  <si>
+    <t>BLH0C69</t>
+  </si>
+  <si>
+    <t>AYVENS SA:3.875 16JUL2029</t>
   </si>
   <si>
     <t>FR001400RGV6</t>
   </si>
   <si>
     <t>BS6ZNF0</t>
   </si>
   <si>
-    <t>ALLIANDER NV:2.625 09SEP2027</t>
-[...17 lines deleted...]
-    <t>AMERISOURCEBERGEN CORP:2.875 22MAY2028</t>
+    <t>BANCO BILBAO VIZCAYA ARGENTARIA SA:2.505 07JUN2027</t>
+  </si>
+  <si>
+    <t>BMIDJBMR6</t>
+  </si>
+  <si>
+    <t>XS2835902839</t>
+  </si>
+  <si>
+    <t>BNNXSD5</t>
+  </si>
+  <si>
+    <t>BANCO SANTANDER SA:3.250 02APR2029</t>
+  </si>
+  <si>
+    <t>XS2908735504</t>
+  </si>
+  <si>
+    <t>BQPG792</t>
+  </si>
+  <si>
+    <t>BANCO SANTANDER TOTTA SA:NOTE 3.375 19APR2028</t>
+  </si>
+  <si>
+    <t>PTBSPAOM0008</t>
+  </si>
+  <si>
+    <t>BMTNZV9</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA CORP:2.568 28JAN2028</t>
+  </si>
+  <si>
+    <t>XS2987787939</t>
+  </si>
+  <si>
+    <t>BM8H6M0</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA CORP:2.626 30OCT2029</t>
+  </si>
+  <si>
+    <t>XS3217583395</t>
+  </si>
+  <si>
+    <t>BTNNV50</t>
+  </si>
+  <si>
+    <t>BANK OF MONTREAL:2.688 28OCT2029</t>
+  </si>
+  <si>
+    <t>XS3218066788</t>
+  </si>
+  <si>
+    <t>BMW8663</t>
+  </si>
+  <si>
+    <t>BANK OF MONTREAL:NOTE 0.125 26JAN2027</t>
+  </si>
+  <si>
+    <t>XS2430951744</t>
+  </si>
+  <si>
+    <t>BPNXL18</t>
+  </si>
+  <si>
+    <t>BANK OF NEW ZEALAND:3.661 17JUL2029</t>
+  </si>
+  <si>
+    <t>XS2861553167</t>
+  </si>
+  <si>
+    <t>BPLZMY6</t>
+  </si>
+  <si>
+    <t>BANK OF NEW ZEALAND:NOTE 2.708 18JUN2030</t>
+  </si>
+  <si>
+    <t>XS3097000403</t>
+  </si>
+  <si>
+    <t>BNC2N94</t>
+  </si>
+  <si>
+    <t>BANK OF NOVA SCOTIA:2.599 10JUN2027</t>
+  </si>
+  <si>
+    <t>XS2838482052</t>
+  </si>
+  <si>
+    <t>BP085X6</t>
+  </si>
+  <si>
+    <t>BANK OF NOVA SCOTIA:NOTE 3.250 18JAN2028</t>
+  </si>
+  <si>
+    <t>XS2576390459</t>
+  </si>
+  <si>
+    <t>BQFM154</t>
+  </si>
+  <si>
+    <t>BANK POLSKA KASA OPIEKI SA:4.000 24SEP2030</t>
+  </si>
+  <si>
+    <t>XS2906339747</t>
+  </si>
+  <si>
+    <t>BSRGZ78</t>
+  </si>
+  <si>
+    <t>BANK POLSKA KASA OPIEKI SA:5.500 23NOV2027</t>
+  </si>
+  <si>
+    <t>XS2724428193</t>
+  </si>
+  <si>
+    <t>BLFDJJ2</t>
+  </si>
+  <si>
+    <t>BANQUE DEVELOPPT CONSEIL EUROPE 9:1.000 13APR2029</t>
+  </si>
+  <si>
+    <t>XS2468525451</t>
+  </si>
+  <si>
+    <t>BMFLC05</t>
+  </si>
+  <si>
+    <t>BANQUE ET CAISSE DEPARGNE DE LETAT LUXEM:3.250 19MAR2031</t>
+  </si>
+  <si>
+    <t>XS3019311581</t>
+  </si>
+  <si>
+    <t>BMHVRC0</t>
+  </si>
+  <si>
+    <t>BANQUE FEDERATIVE DU CREDIT MUTUEL SA:2.375 24MAR2026</t>
+  </si>
+  <si>
+    <t>XS1385945131</t>
+  </si>
+  <si>
+    <t>BZ77VQ1</t>
+  </si>
+  <si>
+    <t>BANQUE FEDERATIVE DU CREDIT MUTUEL SA:2.390 14JAN2028</t>
+  </si>
+  <si>
+    <t>FR0014015EN7</t>
+  </si>
+  <si>
+    <t>BANQUE FEDERATIVE DU CREDIT MUTUEL SA:3.000 07MAY2030</t>
+  </si>
+  <si>
+    <t>FR001400ZB28</t>
+  </si>
+  <si>
+    <t>BTZN3R4</t>
+  </si>
+  <si>
+    <t>BARCLAYS PLC:2.798 08MAY2028</t>
+  </si>
+  <si>
+    <t>XS2815894071</t>
+  </si>
+  <si>
+    <t>BQ66HY6</t>
+  </si>
+  <si>
+    <t>BARRY CALLEBAUT:3.750 19FEB2028</t>
+  </si>
+  <si>
+    <t>BE6360448615</t>
+  </si>
+  <si>
+    <t>BTZKLK4</t>
+  </si>
+  <si>
+    <t>BAYER AG:4.000 26AUG2026</t>
+  </si>
+  <si>
+    <t>XS2630111982</t>
+  </si>
+  <si>
+    <t>BRBMT39</t>
+  </si>
+  <si>
+    <t>BELGIUM KINGDOM OF (GOVERNMENT):2.600 22OCT2030</t>
+  </si>
+  <si>
+    <t>BE0000365743</t>
+  </si>
+  <si>
+    <t>BVBD0J3</t>
+  </si>
+  <si>
+    <t>BMW FIN N.V.:2.625 27JAN2029</t>
+  </si>
+  <si>
+    <t>XS3280518856</t>
+  </si>
+  <si>
+    <t>BV4MHV8</t>
+  </si>
+  <si>
+    <t>BMW INTERNATIONAL INVESTMENT BV:2.482 09OCT2026</t>
+  </si>
+  <si>
+    <t>XS2915279140</t>
+  </si>
+  <si>
+    <t>BQWPMZ3</t>
+  </si>
+  <si>
+    <t>BMW INTERNATIONAL INVESTMENT BV:3.000 27AUG2027</t>
+  </si>
+  <si>
+    <t>XS2887901325</t>
+  </si>
+  <si>
+    <t>BQXJQK7</t>
+  </si>
+  <si>
+    <t>BNG BANK NV:2.500 21MAY2030</t>
+  </si>
+  <si>
+    <t>XS3076285389</t>
+  </si>
+  <si>
+    <t>BMGHPK3</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA:1.125 15JAN2032</t>
+  </si>
+  <si>
+    <t>FR0013476611</t>
+  </si>
+  <si>
+    <t>BKMG1Q8</t>
+  </si>
+  <si>
+    <t>BP CAPITAL MARKETS PLC:3.250 31DEC2079</t>
+  </si>
+  <si>
+    <t>BMI8S8RE8</t>
+  </si>
+  <si>
+    <t>XS2193661324</t>
+  </si>
+  <si>
+    <t>BL57NX6</t>
+  </si>
+  <si>
+    <t>BPCE SA:1.250 13JAN2042</t>
+  </si>
+  <si>
+    <t>FR0014005V34</t>
+  </si>
+  <si>
+    <t>BNVT7N8</t>
+  </si>
+  <si>
+    <t>BPCE SA:5.750 01JUN2033</t>
+  </si>
+  <si>
+    <t>FR001400I7P8</t>
+  </si>
+  <si>
+    <t>BRRFJ54</t>
+  </si>
+  <si>
+    <t>BPER BANCA SPA:NOTE 3.750 22OCT2028</t>
+  </si>
+  <si>
+    <t>IT0005571952</t>
+  </si>
+  <si>
+    <t>BP6JLJ1</t>
+  </si>
+  <si>
+    <t>CA AUTO BANK SPA (DUBLIN BRANCH):2.838 27JAN2028</t>
+  </si>
+  <si>
+    <t>XS2901447016</t>
+  </si>
+  <si>
+    <t>BP6RL95</t>
+  </si>
+  <si>
+    <t>CA AUTO BANK SPA (DUBLIN BRANCH):3.750 12APR2027</t>
+  </si>
+  <si>
+    <t>XS2800653581</t>
+  </si>
+  <si>
+    <t>BQFHBJ3</t>
+  </si>
+  <si>
+    <t>CAIXA CENTRAL DE CREDITO AGRICOLA MUTUO:3.250 29JAN2031</t>
+  </si>
+  <si>
+    <t>PTCCCPOM0003</t>
+  </si>
+  <si>
+    <t>BLC88Q0</t>
+  </si>
+  <si>
+    <t>CAIXABANK SA:1.250 18JUN2031</t>
+  </si>
+  <si>
+    <t>XS2310118976</t>
+  </si>
+  <si>
+    <t>BMZ3NT7</t>
+  </si>
+  <si>
+    <t>CANADIAN IMPERIAL BANK OF COMMER:0.000 18JAN2028</t>
+  </si>
+  <si>
+    <t>XS3281863574</t>
+  </si>
+  <si>
+    <t>CANADIAN IMPERIAL BANK OF COMMER:2.500 07MAY2030</t>
+  </si>
+  <si>
+    <t>XS3067311145</t>
+  </si>
+  <si>
+    <t>BSJN9N1</t>
+  </si>
+  <si>
+    <t>CANADIAN IMPERIAL BANK OF COMMER:NOTE 0.010 07OCT2026</t>
+  </si>
+  <si>
+    <t>XS2393661397</t>
+  </si>
+  <si>
+    <t>BM8SL06</t>
+  </si>
+  <si>
+    <t>CANARY WHARF GROUP INVESTMENT HOLDINGS P:1.750 07APR2026</t>
+  </si>
+  <si>
+    <t>XS2327414061</t>
+  </si>
+  <si>
+    <t>BMTR8Y5</t>
+  </si>
+  <si>
+    <t>CAPGEMINI SE:2.500 25SEP2028</t>
+  </si>
+  <si>
+    <t>FR0014012SB9</t>
+  </si>
+  <si>
+    <t>BSBK0C6</t>
+  </si>
+  <si>
+    <t>CARREFOUR:2.875 07MAY2029</t>
+  </si>
+  <si>
+    <t>FR001400ZEK7</t>
+  </si>
+  <si>
+    <t>BTJV4D7</t>
+  </si>
+  <si>
+    <t>CARREFOUR:2.875 08DEC2028</t>
+  </si>
+  <si>
+    <t>FR0014012GV2</t>
+  </si>
+  <si>
+    <t>BVPD1H4</t>
+  </si>
+  <si>
+    <t>CATERPILLAR FINANCIAL SERVICES CORP:2.439 10JUN2027</t>
+  </si>
+  <si>
+    <t>XS3090072391</t>
+  </si>
+  <si>
+    <t>BTDQ579</t>
+  </si>
+  <si>
+    <t>CDP FINANCIAL INC:3.000 11APR2029</t>
+  </si>
+  <si>
+    <t>XS2800676525</t>
+  </si>
+  <si>
+    <t>BQXNZ35</t>
+  </si>
+  <si>
+    <t>CELLNEX FINANCE COMPANY SA:3.625 24JAN2029</t>
+  </si>
+  <si>
+    <t>XS2826616596</t>
+  </si>
+  <si>
+    <t>BQ1LGL6</t>
+  </si>
+  <si>
+    <t>CENCORA INC:2.875 22MAY2028</t>
   </si>
   <si>
     <t>XS3071246295</t>
   </si>
   <si>
     <t>BNYHXN1</t>
   </si>
   <si>
-    <t>AMPRION GMBH:2.750 30SEP2029</t>
-[...401 lines deleted...]
-    <t>BRE BK SA:8.375 11SEP2027</t>
+    <t>CENTRAL BANK OF SAVINGS BANKS FINLAND PL:0.000 02FEB2028</t>
+  </si>
+  <si>
+    <t>XS3285515352</t>
+  </si>
+  <si>
+    <t>CESKA SPORITELNA AS:5.943 29JUN2027</t>
+  </si>
+  <si>
+    <t>XS2638560156</t>
+  </si>
+  <si>
+    <t>BQNHCJ2</t>
+  </si>
+  <si>
+    <t>CESKOSLOVENSKA OBCHODNA BANKA AS:NOTE 3.375 03JUL2029</t>
+  </si>
+  <si>
+    <t>SK4000025284</t>
+  </si>
+  <si>
+    <t>BR2PKC3</t>
+  </si>
+  <si>
+    <t>CHILE (REPUBLIC OF):1.440 01FEB2029</t>
+  </si>
+  <si>
+    <t>XS1760409042</t>
+  </si>
+  <si>
+    <t>BD0MXJ6</t>
+  </si>
+  <si>
+    <t>CHINA DEVELOPMENT BANK:3.375 16APR2027</t>
+  </si>
+  <si>
+    <t>XS2800342318</t>
+  </si>
+  <si>
+    <t>BP6RCR0</t>
+  </si>
+  <si>
+    <t>CITIGROUP INC:0.500 08OCT2027</t>
+  </si>
+  <si>
+    <t>XS2063232727</t>
+  </si>
+  <si>
+    <t>BKLX7Z1</t>
+  </si>
+  <si>
+    <t>CITIGROUP INC:2.648 14MAY2028</t>
+  </si>
+  <si>
+    <t>XS2819338091</t>
+  </si>
+  <si>
+    <t>BM8HQ97</t>
+  </si>
+  <si>
+    <t>CITIGROUP INC:2.928 22OCT2030</t>
+  </si>
+  <si>
+    <t>XS3214409750</t>
+  </si>
+  <si>
+    <t>BVPW825</t>
+  </si>
+  <si>
+    <t>CITIGROUP INC:3.139 29APR2029</t>
+  </si>
+  <si>
+    <t>XS3058827802</t>
+  </si>
+  <si>
+    <t>BS2G368</t>
+  </si>
+  <si>
+    <t>COLONIAL SFL SOCIMI SA:3.250 22JAN2030</t>
+  </si>
+  <si>
+    <t>XS2979643991</t>
+  </si>
+  <si>
+    <t>BTWN7H5</t>
+  </si>
+  <si>
+    <t>COMMERZBANK AG:2.560 03MAR2028</t>
+  </si>
+  <si>
+    <t>DE000CZ45ZM5</t>
+  </si>
+  <si>
+    <t>BMV7520</t>
+  </si>
+  <si>
+    <t>COMMERZBANK AG:2.782 12MAR2027</t>
+  </si>
+  <si>
+    <t>DE000CZ45YA3</t>
+  </si>
+  <si>
+    <t>BM8SWG9</t>
+  </si>
+  <si>
+    <t>COMMERZBANK AG:3.125 26NOV2030</t>
+  </si>
+  <si>
+    <t>DE000CZ457N3</t>
+  </si>
+  <si>
+    <t>BSDYWX1</t>
+  </si>
+  <si>
+    <t>COMMERZBANK AG:4.875 16OCT2034</t>
+  </si>
+  <si>
+    <t>DE000CZ45YE5</t>
+  </si>
+  <si>
+    <t>BSVHST0</t>
+  </si>
+  <si>
+    <t>COMMONWEALTH BANK OF AUSTRALIA:2.580 15DEC2027</t>
+  </si>
+  <si>
+    <t>XS2975281903</t>
+  </si>
+  <si>
+    <t>BT3NHR4</t>
+  </si>
+  <si>
+    <t>COMPASS GROUP PLC:2.625 15JAN2029</t>
+  </si>
+  <si>
+    <t>XS3232968803</t>
+  </si>
+  <si>
+    <t>BR1DQC0</t>
+  </si>
+  <si>
+    <t>COOPERATIEVE RABOBANK UA:2.586 16JUL2028</t>
+  </si>
+  <si>
+    <t>XS2860946867</t>
+  </si>
+  <si>
+    <t>BSF1R35</t>
+  </si>
+  <si>
+    <t>CORPORACION ANDINA DE FOMENTO:3.625 13FEB2030</t>
+  </si>
+  <si>
+    <t>XS2763029571</t>
+  </si>
+  <si>
+    <t>BRRGMH0</t>
+  </si>
+  <si>
+    <t>COVENTRY BLDG:3.125 29OCT2029</t>
+  </si>
+  <si>
+    <t>XS2925933413</t>
+  </si>
+  <si>
+    <t>BT9N9Z0</t>
+  </si>
+  <si>
+    <t>CREDIT AGRICOLE SA:3.125 26JAN2029</t>
+  </si>
+  <si>
+    <t>FR001400SVD1</t>
+  </si>
+  <si>
+    <t>BT9M3M2</t>
+  </si>
+  <si>
+    <t>CREDIT MUTUEL ARKEA:3.375 19SEP2027</t>
+  </si>
+  <si>
+    <t>FR001400CQ85</t>
+  </si>
+  <si>
+    <t>BPMQ7N2</t>
+  </si>
+  <si>
+    <t>CREDIT MUTUEL HOME LOAN SFH SA:NOTE 3.000 23JUL2029</t>
+  </si>
+  <si>
+    <t>FR001400RNW0</t>
+  </si>
+  <si>
+    <t>BP5DT01</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>XXXX1</t>
+  </si>
+  <si>
+    <t>DAIMLER TRUCK INTERNATIONAL FINANCE BV:3.125 23MAR2028</t>
+  </si>
+  <si>
+    <t>XS2900306171</t>
+  </si>
+  <si>
+    <t>BMZLF95</t>
+  </si>
+  <si>
+    <t>DAIMLER TRUCK INTERNATIONAL FINANCE BV:3.875 19JUN2026</t>
+  </si>
+  <si>
+    <t>XS2623129256</t>
+  </si>
+  <si>
+    <t>BQWSLW2</t>
+  </si>
+  <si>
+    <t>DANSKE BANK A/S:2.329 11NOV2027</t>
+  </si>
+  <si>
+    <t>XS3226698879</t>
+  </si>
+  <si>
+    <t>BVV57Q5</t>
+  </si>
+  <si>
+    <t>DANSKE BANK A/S:2.516 01OCT2028</t>
+  </si>
+  <si>
+    <t>XS3192981853</t>
+  </si>
+  <si>
+    <t>BVZKW83</t>
+  </si>
+  <si>
+    <t>DANSKE BANK A/S:2.681 10APR2027</t>
+  </si>
+  <si>
+    <t>XS2798276270</t>
+  </si>
+  <si>
+    <t>BQBBBS8</t>
+  </si>
+  <si>
+    <t>DBS BANK LTD (LONDON BRANCH):2.4288 03JAN2029</t>
+  </si>
+  <si>
+    <t>XS3105239928</t>
+  </si>
+  <si>
+    <t>BVRTSG8</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG:4.000 12JUL2028</t>
+  </si>
+  <si>
+    <t>DE000A383J95</t>
+  </si>
+  <si>
+    <t>BPK7XX9</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG:4.000 24JUN2032</t>
+  </si>
+  <si>
+    <t>DE000DL19WN3</t>
+  </si>
+  <si>
+    <t>BNHST66</t>
+  </si>
+  <si>
+    <t>DEVELOPMENT BANK OF JAPAN INC:2.500 04SEP2029</t>
+  </si>
+  <si>
+    <t>XS3170163367</t>
+  </si>
+  <si>
+    <t>BVY4LT0</t>
+  </si>
+  <si>
+    <t>DEVELOPMENT BANK OF JAPAN INC:2.625 11SEP2028</t>
+  </si>
+  <si>
+    <t>XS2883451044</t>
+  </si>
+  <si>
+    <t>BP6SM39</t>
+  </si>
+  <si>
+    <t>DEVELOPMENT BANK OF JAPAN INC:3.500 13SEP2027</t>
+  </si>
+  <si>
+    <t>XS2677519196</t>
+  </si>
+  <si>
+    <t>BNTW6Z4</t>
+  </si>
+  <si>
+    <t>DIAGEO FINANCE PLC:2.335 20JUN2026</t>
+  </si>
+  <si>
+    <t>XS2844409271</t>
+  </si>
+  <si>
+    <t>BPBSYR2</t>
+  </si>
+  <si>
+    <t>DNB BANK ASA:4.500 19JUL2028</t>
+  </si>
+  <si>
+    <t>XS2652069480</t>
+  </si>
+  <si>
+    <t>BN2T458</t>
+  </si>
+  <si>
+    <t>DS SMITH LTD:4.375 27JUL2027</t>
+  </si>
+  <si>
+    <t>XS2654097927</t>
+  </si>
+  <si>
+    <t>BPLYV91</t>
+  </si>
+  <si>
+    <t>EATON CAPITAL UNLIMITED CO:0.128 08MAR2026</t>
+  </si>
+  <si>
+    <t>XS2310747915</t>
+  </si>
+  <si>
+    <t>BMCDJB4</t>
+  </si>
+  <si>
+    <t>ELECTRICITE DE FRANCE SA:3.750 05JUN2027</t>
+  </si>
+  <si>
+    <t>FR001400M9L7</t>
+  </si>
+  <si>
+    <t>BMWDZ27</t>
+  </si>
+  <si>
+    <t>ELM BV FOR JULIUS BAER:3.375 19JUN2030</t>
+  </si>
+  <si>
+    <t>XS3086867440</t>
+  </si>
+  <si>
+    <t>BTFH161</t>
+  </si>
+  <si>
+    <t>EMIRATES TELECOMMUNICATIONS GROUP COMPAN:2.750 18JUN2026</t>
+  </si>
+  <si>
+    <t>XS1077882394</t>
+  </si>
+  <si>
+    <t>BNBL2J5</t>
+  </si>
+  <si>
+    <t>ENBW INTERNATIONAL FIANCE BV:3.625 22NOV2026</t>
+  </si>
+  <si>
+    <t>XS2558395351</t>
+  </si>
+  <si>
+    <t>BP397Q3</t>
+  </si>
+  <si>
+    <t>ENEL FINANCE INTERNATIONAL NV:0.250 28MAY2026</t>
+  </si>
+  <si>
+    <t>XS2390400633</t>
+  </si>
+  <si>
+    <t>BNQN3D7</t>
+  </si>
+  <si>
+    <t>ENEL FINANCE INTERNATIONAL NV:2.625 24FEB2028</t>
+  </si>
+  <si>
+    <t>BMIEJ4LH3</t>
+  </si>
+  <si>
+    <t>XS3008888953</t>
+  </si>
+  <si>
+    <t>BQ7YCG6</t>
+  </si>
+  <si>
+    <t>ENEL SPA:4.750 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2770512064</t>
+  </si>
+  <si>
+    <t>BLD5M91</t>
+  </si>
+  <si>
+    <t>ENEL SPA:6.375 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2576550086</t>
+  </si>
+  <si>
+    <t>BQ3PW07</t>
+  </si>
+  <si>
+    <t>ENGIE SA:3.625 06DEC2026</t>
+  </si>
+  <si>
+    <t>FR001400MF78</t>
+  </si>
+  <si>
+    <t>BNKB8V0</t>
+  </si>
+  <si>
+    <t>EQUINIX EUROPE 2 FINANCING CORPORATION L:3.250 19MAY2029</t>
+  </si>
+  <si>
+    <t>XS3073596341</t>
+  </si>
+  <si>
+    <t>BTZDC99</t>
+  </si>
+  <si>
+    <t>ESSILORLUXOTTICA SA:2.875 05MAR2029</t>
+  </si>
+  <si>
+    <t>FR001400RYN6</t>
+  </si>
+  <si>
+    <t>BKVF0S1</t>
+  </si>
+  <si>
+    <t>EUROBANK SA:3.250 12MAR2030</t>
+  </si>
+  <si>
+    <t>XS2956845262</t>
+  </si>
+  <si>
+    <t>BQWNRN0</t>
+  </si>
+  <si>
+    <t>EUROBANK SA:4.000 24SEP2030</t>
+  </si>
+  <si>
+    <t>XS2904504979</t>
+  </si>
+  <si>
+    <t>BN2C8K0</t>
+  </si>
+  <si>
+    <t>EUROGRID GMBH:3.075 18OCT2027</t>
+  </si>
+  <si>
+    <t>XS2919679816</t>
+  </si>
+  <si>
+    <t>BS2F3X2</t>
+  </si>
+  <si>
+    <t>EUROPEAN FINANCIAL STABILITY FACILITY:0.050 17OCT2029</t>
+  </si>
+  <si>
+    <t>EU000A1G0EE0</t>
+  </si>
+  <si>
+    <t>BJR62P2</t>
+  </si>
+  <si>
+    <t>EUROPEAN UNION:2.875 05OCT2029</t>
+  </si>
+  <si>
+    <t>BMIDPY9U7</t>
+  </si>
+  <si>
+    <t>EU000A3L1CN4</t>
+  </si>
+  <si>
+    <t>BS6ZMZ3</t>
+  </si>
+  <si>
+    <t>EUROPEAN UNION:3.125 05DEC2028</t>
+  </si>
+  <si>
+    <t>EU000A3K4EN5</t>
+  </si>
+  <si>
+    <t>BP46SK4</t>
+  </si>
+  <si>
+    <t>FED DESJA QUEBEC:2.683 29MAY2030</t>
+  </si>
+  <si>
+    <t>XS3081960380</t>
+  </si>
+  <si>
+    <t>BTNML57</t>
+  </si>
+  <si>
+    <t>FED DESJA QUEBEC:NOTE 3.125 30MAY2029</t>
+  </si>
+  <si>
+    <t>XS2829867527</t>
+  </si>
+  <si>
+    <t>BS44CL8</t>
+  </si>
+  <si>
+    <t>FINGRID OYJ:2.750 04DEC2029</t>
+  </si>
+  <si>
+    <t>XS2950696869</t>
+  </si>
+  <si>
+    <t>BNBQ9C2</t>
+  </si>
+  <si>
+    <t>FIRST ABU DHABI BANK PJSC:0.125 16FEB2026</t>
+  </si>
+  <si>
+    <t>XS2300313041</t>
+  </si>
+  <si>
+    <t>BLH22Y3</t>
+  </si>
+  <si>
+    <t>FISERV FUNDING UNLIMITED CO:2.875 15JUN2028</t>
+  </si>
+  <si>
+    <t>XS3060656884</t>
+  </si>
+  <si>
+    <t>BPJKJM0</t>
+  </si>
+  <si>
+    <t>FORD MOTOR CREDIT COMPANY LLC:3.778 16SEP2029</t>
+  </si>
+  <si>
+    <t>BMIFFU477</t>
+  </si>
+  <si>
+    <t>XS3172177738</t>
+  </si>
+  <si>
+    <t>BVSYKL1</t>
+  </si>
+  <si>
+    <t>FORTIVE CORP:3.700 13FEB2026</t>
+  </si>
+  <si>
+    <t>BMID2NM49</t>
+  </si>
+  <si>
+    <t>XS2764789231</t>
+  </si>
+  <si>
+    <t>BSHRH86</t>
+  </si>
+  <si>
+    <t>FRANCE (REPUBLIC OF):0.750 25MAY2028</t>
+  </si>
+  <si>
+    <t>FR0013286192</t>
+  </si>
+  <si>
+    <t>BFCMG88</t>
+  </si>
+  <si>
+    <t>FRANCE (REPUBLIC OF):2.750 25FEB2030</t>
+  </si>
+  <si>
+    <t>FR001400PM68</t>
+  </si>
+  <si>
+    <t>BRDX877</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE AG:3.125 08DEC2028</t>
+  </si>
+  <si>
+    <t>XS3036647694</t>
+  </si>
+  <si>
+    <t>BMY9NP2</t>
+  </si>
+  <si>
+    <t>FRESENIUS SE &amp; CO. KGAA:2.750 15SEP2029</t>
+  </si>
+  <si>
+    <t>XS3178858497</t>
+  </si>
+  <si>
+    <t>BVK9RZ7</t>
+  </si>
+  <si>
+    <t>GACI FIRST INVESTMENT CO:2.750 14OCT2028</t>
+  </si>
+  <si>
+    <t>BMIFLZGS0</t>
+  </si>
+  <si>
+    <t>XS3204094620</t>
+  </si>
+  <si>
+    <t>BNNV0V1</t>
+  </si>
+  <si>
+    <t>GALDERMA FINANCE EUROPE BV:3.500 20MAR2030</t>
+  </si>
+  <si>
+    <t>XS3025205850</t>
+  </si>
+  <si>
+    <t>BPDHN14</t>
+  </si>
+  <si>
+    <t>GENERAL MOTORS FINANCIAL COMPANY INC:3.100 04AUG2029</t>
+  </si>
+  <si>
+    <t>XS3140075816</t>
+  </si>
+  <si>
+    <t>BN7KDH1</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:2.737 18DEC2029</t>
+  </si>
+  <si>
+    <t>BMIFXRDZ2</t>
+  </si>
+  <si>
+    <t>XS3255333158</t>
+  </si>
+  <si>
+    <t>BR1YLZ1</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:2.834 23JAN2029</t>
+  </si>
+  <si>
+    <t>XS2983840435</t>
+  </si>
+  <si>
+    <t>BTWVC29</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:3.002 23SEP2027</t>
+  </si>
+  <si>
+    <t>XS2389353181</t>
+  </si>
+  <si>
+    <t>BKMQSN4</t>
+  </si>
+  <si>
+    <t>HARLEY-DAVIDSON FINANCIAL:5.125 05APR2026</t>
+  </si>
+  <si>
+    <t>XS2607183980</t>
+  </si>
+  <si>
+    <t>BN7KCX0</t>
+  </si>
+  <si>
+    <t>HEINEKEN NV:2.565 03OCT2028</t>
+  </si>
+  <si>
+    <t>XS3195038206</t>
+  </si>
+  <si>
+    <t>BVMS2J1</t>
+  </si>
+  <si>
+    <t>HEMSO TREASURY OYJ:0.000 19JAN2028</t>
+  </si>
+  <si>
+    <t>XS2281473111</t>
+  </si>
+  <si>
+    <t>BMC7T83</t>
+  </si>
+  <si>
+    <t>HSBC HOLDINGS PLC:3.313 13MAY2030</t>
+  </si>
+  <si>
+    <t>XS3069291196</t>
+  </si>
+  <si>
+    <t>BT9Q959</t>
+  </si>
+  <si>
+    <t>HSBC HOLDINGS PLC:3.445 25SEP2030</t>
+  </si>
+  <si>
+    <t>XS2904540775</t>
+  </si>
+  <si>
+    <t>BSNXYH6</t>
+  </si>
+  <si>
+    <t>HSBC UK BANK PLC:2.625 25MAY2030</t>
+  </si>
+  <si>
+    <t>XS3020847268</t>
+  </si>
+  <si>
+    <t>BT227J4</t>
+  </si>
+  <si>
+    <t>HYUNDAI CAP SVC:2.861 21JAN2029</t>
+  </si>
+  <si>
+    <t>XS3268973453</t>
+  </si>
+  <si>
+    <t>BP7NGQ4</t>
+  </si>
+  <si>
+    <t>IBERDROLA FINANZAS SAU:4.875 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2580221658</t>
+  </si>
+  <si>
+    <t>BL69MT0</t>
+  </si>
+  <si>
+    <t>INFORMA PLC:3.000 23OCT2027</t>
+  </si>
+  <si>
+    <t>XS2919101498</t>
+  </si>
+  <si>
+    <t>BSF0613</t>
+  </si>
+  <si>
+    <t>ING GROEP NV:1.250 16FEB2027</t>
+  </si>
+  <si>
+    <t>XS2443920249</t>
+  </si>
+  <si>
+    <t>BNYDZH7</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL BUSINESS MACHINES CORP:0.000 03FEB2028</t>
+  </si>
+  <si>
+    <t>XS3289845631</t>
+  </si>
+  <si>
+    <t>INTL BANK FOR RECONSTRUCT:0.000 21FEB2030</t>
+  </si>
+  <si>
+    <t>XS2122894855</t>
+  </si>
+  <si>
+    <t>BKTH5J5</t>
+  </si>
+  <si>
+    <t>INVITALIA PARTECIPAZIONI SPA:3.125 18JUL2030</t>
+  </si>
+  <si>
+    <t>XS3114394995</t>
+  </si>
+  <si>
+    <t>BTRG0C5</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):0.650 28OCT2027</t>
+  </si>
+  <si>
+    <t>IT0005388175</t>
+  </si>
+  <si>
+    <t>BKWBF72</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):1.600 22NOV2028</t>
+  </si>
+  <si>
+    <t>IT0005517195</t>
+  </si>
+  <si>
+    <t>BP5J5P6</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):1.600 28JUN2030</t>
+  </si>
+  <si>
+    <t>IT0005497000</t>
+  </si>
+  <si>
+    <t>BLDC9F7</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):2.000 14MAR2028</t>
+  </si>
+  <si>
+    <t>IT0005532723</t>
+  </si>
+  <si>
+    <t>BNKCRS3</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):2.853 15OCT2030</t>
+  </si>
+  <si>
+    <t>IT0005491250</t>
+  </si>
+  <si>
+    <t>BMZM305</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):2.950 01JUL2030</t>
+  </si>
+  <si>
+    <t>IT0005637399</t>
+  </si>
+  <si>
+    <t>BSNNZ95</t>
+  </si>
+  <si>
+    <t>JAB HOLD:1.750 25JUN2026</t>
+  </si>
+  <si>
+    <t>DE000A1919G4</t>
+  </si>
+  <si>
+    <t>BFXG7J7</t>
+  </si>
+  <si>
+    <t>JAPAN FINANCE ORG FOR MUN:0.050 12FEB2027</t>
+  </si>
+  <si>
+    <t>XS2113121904</t>
+  </si>
+  <si>
+    <t>BK5BXJ7</t>
+  </si>
+  <si>
+    <t>JDE PEETS NV:2.788 11DEC2027</t>
+  </si>
+  <si>
+    <t>XS3248357926</t>
+  </si>
+  <si>
+    <t>BPSPXD5</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE &amp; CO:3.674 06JUN2028</t>
+  </si>
+  <si>
+    <t>XS2838379712</t>
+  </si>
+  <si>
+    <t>BR3T9G1</t>
+  </si>
+  <si>
+    <t>KBC GROEP NV:2.616 16OCT2029</t>
+  </si>
+  <si>
+    <t>BE0390258276</t>
+  </si>
+  <si>
+    <t>BVR1BC1</t>
+  </si>
+  <si>
+    <t>KBC GROEP NV:2.710 03SEP2028</t>
+  </si>
+  <si>
+    <t>BE0390192582</t>
+  </si>
+  <si>
+    <t>BNRNP30</t>
+  </si>
+  <si>
+    <t>KBC IFIMA SA:2.393 04MAR2026</t>
+  </si>
+  <si>
+    <t>XS2775174340</t>
+  </si>
+  <si>
+    <t>BQC5QV7</t>
+  </si>
+  <si>
+    <t>KEB HANA BANK:2.875 23JAN2028</t>
+  </si>
+  <si>
+    <t>XS2974114899</t>
+  </si>
+  <si>
+    <t>BSVGMG2</t>
+  </si>
+  <si>
+    <t>KEB HANA BANK:NOTE 3.750 04MAY2026</t>
+  </si>
+  <si>
+    <t>XS2594123585</t>
+  </si>
+  <si>
+    <t>BQFK158</t>
+  </si>
+  <si>
+    <t>KERING SA:3.625 05SEP2027</t>
+  </si>
+  <si>
+    <t>FR001400KHZ0</t>
+  </si>
+  <si>
+    <t>BR85243</t>
+  </si>
+  <si>
+    <t>KOOKMIN BANK:2.750 21JAN2028</t>
+  </si>
+  <si>
+    <t>XS2901481460</t>
+  </si>
+  <si>
+    <t>BRPSLV5</t>
+  </si>
+  <si>
+    <t>KOREA (REPUBLIC OF):0.000 15OCT2026</t>
+  </si>
+  <si>
+    <t>XS2376820259</t>
+  </si>
+  <si>
+    <t>BN4LK32</t>
+  </si>
+  <si>
+    <t>KOREA (REPUBLIC OF):2.250 03JUL2028</t>
+  </si>
+  <si>
+    <t>XS3095441021</t>
+  </si>
+  <si>
+    <t>BQB6DP4</t>
+  </si>
+  <si>
+    <t>KOREA HOUSING FINANCE CORP:2.765 02SEP2030</t>
+  </si>
+  <si>
+    <t>XS3149806971</t>
+  </si>
+  <si>
+    <t>BTXP930</t>
+  </si>
+  <si>
+    <t>KOREA HOUSING FINANCE CORP:3.124 18MAR2029</t>
+  </si>
+  <si>
+    <t>XS2779847842</t>
+  </si>
+  <si>
+    <t>BMVRT84</t>
+  </si>
+  <si>
+    <t>KOREA HOUSING FINANCE CORP:NOTE 0.010 29JUN2026</t>
+  </si>
+  <si>
+    <t>XS2355599353</t>
+  </si>
+  <si>
+    <t>BLD3BX2</t>
+  </si>
+  <si>
+    <t>KOREA LAND &amp; HOUSING CORP:2.375 19NOV2028</t>
+  </si>
+  <si>
+    <t>XS3222522859</t>
+  </si>
+  <si>
+    <t>BS84883</t>
+  </si>
+  <si>
+    <t>LANSFNGAR BANK:2.625 06OCT2028</t>
+  </si>
+  <si>
+    <t>XS3198655279</t>
+  </si>
+  <si>
+    <t>BR4ZX00</t>
+  </si>
+  <si>
+    <t>LANSFNGAR BANK:3.250 22JAN2030</t>
+  </si>
+  <si>
+    <t>XS2982126927</t>
+  </si>
+  <si>
+    <t>BTWTG54</t>
+  </si>
+  <si>
+    <t>LANSFNGAR BANK:4.000 18JAN2027</t>
+  </si>
+  <si>
+    <t>XS2577054716</t>
+  </si>
+  <si>
+    <t>BQWS274</t>
+  </si>
+  <si>
+    <t>LEASYS ITALIA SPA:2.535 22SEP2027</t>
+  </si>
+  <si>
+    <t>XS3187014231</t>
+  </si>
+  <si>
+    <t>BVN74F7</t>
+  </si>
+  <si>
+    <t>LEASYS SAS:3.875 12OCT2027</t>
+  </si>
+  <si>
+    <t>XS2859392248</t>
+  </si>
+  <si>
+    <t>BRV54W2</t>
+  </si>
+  <si>
+    <t>LITHUANIA (REPUBLIC OF):2.875 28JAN2030</t>
+  </si>
+  <si>
+    <t>XS2979761769</t>
+  </si>
+  <si>
+    <t>BS9GKT3</t>
+  </si>
+  <si>
+    <t>LSEG NETHERLANDS BV:2.750 20SEP2027</t>
+  </si>
+  <si>
+    <t>XS2904651093</t>
+  </si>
+  <si>
+    <t>BN2C8J9</t>
+  </si>
+  <si>
+    <t>LSEG NETHERLANDS BV:4.125 29SEP2026</t>
+  </si>
+  <si>
+    <t>XS2679903950</t>
+  </si>
+  <si>
+    <t>BRDVNK9</t>
+  </si>
+  <si>
+    <t>LUMINOR BANK AS (ESTONIA):4.042 10SEP2028</t>
+  </si>
+  <si>
+    <t>XS2888497067</t>
+  </si>
+  <si>
+    <t>BMW8157</t>
+  </si>
+  <si>
+    <t>LUXEMBOURG (GRAND DUCHY OF):1.375 25MAY2029</t>
+  </si>
+  <si>
+    <t>LU2475493826</t>
+  </si>
+  <si>
+    <t>BNVQPW4</t>
+  </si>
+  <si>
+    <t>LVMH MOET HENNESSY LOUIS VUITTON:2.750 07NOV2027</t>
+  </si>
+  <si>
+    <t>FR001400TSJ2</t>
+  </si>
+  <si>
+    <t>BMWG8K5</t>
+  </si>
+  <si>
+    <t>MACQUARIE BANK LTD:2.497 18DEC2026</t>
+  </si>
+  <si>
+    <t>XS2963566380</t>
+  </si>
+  <si>
+    <t>BNNK1L5</t>
+  </si>
+  <si>
+    <t>MACQUARIE BANK LTD:2.778 25FEB2030</t>
+  </si>
+  <si>
+    <t>XS3009687081</t>
+  </si>
+  <si>
+    <t>BQXSR89</t>
+  </si>
+  <si>
+    <t>MACQUARIE BANK LTD:NOTE 2.574 15SEP2027</t>
+  </si>
+  <si>
+    <t>XS2531803828</t>
+  </si>
+  <si>
+    <t>BPLZZH0</t>
+  </si>
+  <si>
+    <t>MAGNUM ICC FINANCE BV:2.750 26FEB2029</t>
+  </si>
+  <si>
+    <t>XS3238400249</t>
+  </si>
+  <si>
+    <t>BVPJCS0</t>
+  </si>
+  <si>
+    <t>MBANK SA:8.375 11SEP2027</t>
   </si>
   <si>
     <t>XS2680046021</t>
   </si>
   <si>
     <t>BP5JM33</t>
   </si>
   <si>
-    <t>CAIXABANK SA:1.250 18JUN2031</t>
-[...776 lines deleted...]
-    <t>HUNGARIAN DEVELOPMENT BANK:4.375 27JUN2030</t>
+    <t>MERCEDES-BENZ FINANCE CANADA INC:2.280 14JAN2028</t>
+  </si>
+  <si>
+    <t>XS3271067590</t>
+  </si>
+  <si>
+    <t>MEXICO (UNITED MEXICAN STATES) (GOVERNME:3.500 19SEP2029</t>
+  </si>
+  <si>
+    <t>XS3185370890</t>
+  </si>
+  <si>
+    <t>BVN5N09</t>
+  </si>
+  <si>
+    <t>MEXICO (UNITED MEXICAN STATES) (GOVERNME:3.875 16MAY2031</t>
+  </si>
+  <si>
+    <t>BMIG20533</t>
+  </si>
+  <si>
+    <t>XS3265539729</t>
+  </si>
+  <si>
+    <t>BNYL504</t>
+  </si>
+  <si>
+    <t>MFB MAGYAR FEJLESZTESI BANK ZRT:4.375 27JUN2030</t>
   </si>
   <si>
     <t>XS3081701362</t>
   </si>
   <si>
     <t>BVF8ZN3</t>
   </si>
   <si>
-    <t>IBERDROLA FINANZAS SAU:4.875 31DEC2079</t>
-[...8 lines deleted...]
-    <t>ICADE SANTE SAS:5.500 19SEP2028</t>
+    <t>NATIONAL AUSTRALIA BANK LTD:3.612 22JAN2036</t>
+  </si>
+  <si>
+    <t>XS3276167577</t>
+  </si>
+  <si>
+    <t>BV98S74</t>
+  </si>
+  <si>
+    <t>NATIONAL AUSTRALIA BANK LTD:NOTE 0.625 16MAR2027</t>
+  </si>
+  <si>
+    <t>XS2450391581</t>
+  </si>
+  <si>
+    <t>BP83Y70</t>
+  </si>
+  <si>
+    <t>NATIONAL AUSTRALIA BANK LTD:NOTE 2.723 27AUG2030</t>
+  </si>
+  <si>
+    <t>XS3159209579</t>
+  </si>
+  <si>
+    <t>BV6GZQ9</t>
+  </si>
+  <si>
+    <t>NATIONAL BK OF CANADA:NOTE 0.010 29SEP2026</t>
+  </si>
+  <si>
+    <t>XS2390837495</t>
+  </si>
+  <si>
+    <t>BMWY6T4</t>
+  </si>
+  <si>
+    <t>NATIONAL BK OF CANADA:NOTE 2.750 20JAN2031</t>
+  </si>
+  <si>
+    <t>XS3275405309</t>
+  </si>
+  <si>
+    <t>BWBYC86</t>
+  </si>
+  <si>
+    <t>NATIONAL GRID NORTH AMERICA INC:3.247 25NOV2029</t>
+  </si>
+  <si>
+    <t>XS2947149360</t>
+  </si>
+  <si>
+    <t>BR53QQ0</t>
+  </si>
+  <si>
+    <t>NATIONWIDE BUILDING SOCIETY:2.838 27JAN2029</t>
+  </si>
+  <si>
+    <t>XS2986730708</t>
+  </si>
+  <si>
+    <t>BS45SW4</t>
+  </si>
+  <si>
+    <t>NATIONWIDE BUILDING SOCIETY:3.105 03FEB2031</t>
+  </si>
+  <si>
+    <t>XS3285027713</t>
+  </si>
+  <si>
+    <t>BWRNGX0</t>
+  </si>
+  <si>
+    <t>NATIONWIDE BUILDING SOCIETY:4.000 18MAR2028</t>
+  </si>
+  <si>
+    <t>XS3087807916</t>
+  </si>
+  <si>
+    <t>BQB6DL0</t>
+  </si>
+  <si>
+    <t>NATIONWIDE BUILDING SOCIETY:4.625 29OCT2028</t>
+  </si>
+  <si>
+    <t>XS3087810548</t>
+  </si>
+  <si>
+    <t>BV6LZ31</t>
+  </si>
+  <si>
+    <t>NATWEST GROUP PLC:3.240 13MAY2030</t>
+  </si>
+  <si>
+    <t>BMIEV94L8</t>
+  </si>
+  <si>
+    <t>XS3069320474</t>
+  </si>
+  <si>
+    <t>BS493Q5</t>
+  </si>
+  <si>
+    <t>NE PROPERTY COOPERATIEF UA:1.875 09OCT2026</t>
+  </si>
+  <si>
+    <t>XS2063535970</t>
+  </si>
+  <si>
+    <t>BK5MWH1</t>
+  </si>
+  <si>
+    <t>NEW YORK LIFE GLOBAL FUNDING:2.482 09JUL2027</t>
+  </si>
+  <si>
+    <t>XS2856691469</t>
+  </si>
+  <si>
+    <t>BSMW6L2</t>
+  </si>
+  <si>
+    <t>NEW ZEALAND LOCAL GOVERNMENT FUNDING AGE:2.875 01APR2030</t>
+  </si>
+  <si>
+    <t>XS3037674952</t>
+  </si>
+  <si>
+    <t>BSRHM92</t>
+  </si>
+  <si>
+    <t>NORDDEUTSCHE LANDESBANK GIROZENT:4.375 10DEC2035</t>
+  </si>
+  <si>
+    <t>XS3176776931</t>
+  </si>
+  <si>
+    <t>BSSH967</t>
+  </si>
+  <si>
+    <t>NORDEA BANK ABP:2.302 24DEC2027</t>
+  </si>
+  <si>
+    <t>XS3258578890</t>
+  </si>
+  <si>
+    <t>BSMRRX6</t>
+  </si>
+  <si>
+    <t>NORDEA BANK ABP:2.414 23OCT2028</t>
+  </si>
+  <si>
+    <t>XS3215430060</t>
+  </si>
+  <si>
+    <t>BW5ZL33</t>
+  </si>
+  <si>
+    <t>NORDEA BANK ABP:2.750 02MAY2030</t>
+  </si>
+  <si>
+    <t>XS3062936649</t>
+  </si>
+  <si>
+    <t>BTZHNY3</t>
+  </si>
+  <si>
+    <t>NYKREDIT REALKREDIT A/S:2.630 24JAN2027</t>
+  </si>
+  <si>
+    <t>DK0030522818</t>
+  </si>
+  <si>
+    <t>BS45SY6</t>
+  </si>
+  <si>
+    <t>Net Other Assets</t>
+  </si>
+  <si>
+    <t>XXXX2</t>
+  </si>
+  <si>
+    <t>OMERS FINANCE TRUST:3.125 25JAN2029</t>
+  </si>
+  <si>
+    <t>XS2690137612</t>
+  </si>
+  <si>
+    <t>BPK9HC2</t>
+  </si>
+  <si>
+    <t>OP CORPORATE BANK PLC:2.406 30JAN2029</t>
+  </si>
+  <si>
+    <t>XS3284416677</t>
+  </si>
+  <si>
+    <t>ORANGE SA:1.750 31DEC2079</t>
+  </si>
+  <si>
+    <t>FR00140005L7</t>
+  </si>
+  <si>
+    <t>BQGHM77</t>
+  </si>
+  <si>
+    <t>ORANGE SA:2.500 13NOV2028</t>
+  </si>
+  <si>
+    <t>FR00140144A7</t>
+  </si>
+  <si>
+    <t>BTWXBC8</t>
+  </si>
+  <si>
+    <t>ORIX CORP:1.919 20APR2026</t>
+  </si>
+  <si>
+    <t>XS2447987483</t>
+  </si>
+  <si>
+    <t>BPSLTC4</t>
+  </si>
+  <si>
+    <t>ORSTED A/S:3.625 01MAR2026</t>
+  </si>
+  <si>
+    <t>XS2591026856</t>
+  </si>
+  <si>
+    <t>BNVXT23</t>
+  </si>
+  <si>
+    <t>OTP BANKA DD:3.500 20MAY2028</t>
+  </si>
+  <si>
+    <t>XS3050686321</t>
+  </si>
+  <si>
+    <t>BV98D02</t>
+  </si>
+  <si>
+    <t>PERMANENT TSB GROUP HOLDINGS PLC:6.625 30JUN2029</t>
+  </si>
+  <si>
+    <t>XS2641927574</t>
+  </si>
+  <si>
+    <t>BMY8BH7</t>
+  </si>
+  <si>
+    <t>PIRAEUS BANK SA:3.000 03DEC2028</t>
+  </si>
+  <si>
+    <t>XS3085616079</t>
+  </si>
+  <si>
+    <t>BTNQV37</t>
+  </si>
+  <si>
+    <t>PIRAEUS BANK SA:4.625 17JUL2029</t>
+  </si>
+  <si>
+    <t>XS2845167613</t>
+  </si>
+  <si>
+    <t>BSFXNG6</t>
+  </si>
+  <si>
+    <t>PKO BANK HIPOTECZNY SA:2.500 12JUN2029</t>
+  </si>
+  <si>
+    <t>XS3097942141</t>
+  </si>
+  <si>
+    <t>BVK1J79</t>
+  </si>
+  <si>
+    <t>PLUXEE NV:3.500 04SEP2028</t>
+  </si>
+  <si>
+    <t>FR001400OF01</t>
+  </si>
+  <si>
+    <t>BQBBFV9</t>
+  </si>
+  <si>
+    <t>POLAND (REPUBLIC OF):2.875 15JAN2031</t>
+  </si>
+  <si>
+    <t>XS3268040964</t>
+  </si>
+  <si>
+    <t>BRJNQF5</t>
+  </si>
+  <si>
+    <t>POWSZECHNA KASA OSZCZEDNOSCI BANK POLSKI:3.375 16JUN2028</t>
+  </si>
+  <si>
+    <t>XS2965663656</t>
+  </si>
+  <si>
+    <t>BTKVZT9</t>
+  </si>
+  <si>
+    <t>POWSZECHNA KASA OSZCZEDNOSCI BANK POLSKI:3.875 12SEP2027</t>
+  </si>
+  <si>
+    <t>XS2890435865</t>
+  </si>
+  <si>
+    <t>BPMPNS6</t>
+  </si>
+  <si>
+    <t>PRAEMIA HEALTHCARE SA:5.500 19SEP2028</t>
   </si>
   <si>
     <t>FR001400KL23</t>
   </si>
   <si>
     <t>BNNJDC7</t>
   </si>
   <si>
-    <t>INFORMA PLC:3.000 23OCT2027</t>
-[...661 lines deleted...]
-  <si>
     <t>QNB FINANCE LTD:3.000 30SEP2030</t>
   </si>
   <si>
     <t>XS3192254806</t>
   </si>
   <si>
     <t>BRWD7D7</t>
   </si>
   <si>
-    <t>RABOBANK NEDERLAND:2.591 16JUL2028</t>
-[...17 lines deleted...]
-    <t>RAIFFEISEN SWITZERLAND:5.230 01NOV2027</t>
+    <t>RAIFFEISEN SCHWEIZ GENOSSENSCHAF:5.230 01NOV2027</t>
   </si>
   <si>
     <t>CH1224575899</t>
   </si>
   <si>
     <t>BMYZ800</t>
   </si>
   <si>
     <t>RCI BANQUE:3.500 17JAN2028</t>
   </si>
   <si>
     <t>FR001400WK95</t>
   </si>
   <si>
     <t>BT3NSK4</t>
   </si>
   <si>
     <t>RCI BANQUE:4.875 14JUN2028</t>
   </si>
   <si>
     <t>FR001400IEQ0</t>
   </si>
   <si>
     <t>BPYS4G8</t>
   </si>
   <si>
     <t>REWE INTERNATIONAL FINANCE BV:2.750 03JUL2028</t>
   </si>
   <si>
     <t>XS3090081467</t>
   </si>
   <si>
     <t>BTXTL36</t>
   </si>
   <si>
     <t>ROMANIA (REPUBLIC OF):5.250 10MAR2030</t>
   </si>
   <si>
     <t>XS2999533271</t>
   </si>
   <si>
     <t>BSNZDM0</t>
   </si>
   <si>
-    <t>ROYAL BANK OF CANADA:2.794 13JUN2029</t>
+    <t>ROYAL BANK OF CANADA:2.880 13JUN2029</t>
   </si>
   <si>
     <t>XS3094269241</t>
   </si>
   <si>
     <t>BSJR6W1</t>
   </si>
   <si>
     <t>ROYAL BANK OF CANADA:NOTE 0.125 26APR2027</t>
   </si>
   <si>
     <t>XS2436159847</t>
   </si>
   <si>
     <t>BL6J353</t>
   </si>
   <si>
-    <t>ROYAL BANK OF SCOTLAND GROUP PLC:PFD:3.240 13MAY2030</t>
-[...11 lines deleted...]
-    <t>RTE EDF TRANSPORT SA:2.625 08JUL2029</t>
+    <t>RTE RESEAU DE TRANSPORT D ELECTR:2.625 08JUL2029</t>
   </si>
   <si>
     <t>FR0014011276</t>
   </si>
   <si>
     <t>BRVW9P1</t>
   </si>
   <si>
-    <t>RTE EDF TRANSPORT SA:2.875 02OCT2028</t>
+    <t>RTE RESEAU DE TRANSPORT D ELECTR:2.875 02OCT2028</t>
   </si>
   <si>
     <t>FR001400SZ60</t>
   </si>
   <si>
     <t>BL54BG6</t>
   </si>
   <si>
     <t>RWE AG:2.125 24MAY2026</t>
   </si>
   <si>
     <t>XS2482936247</t>
   </si>
   <si>
     <t>BPMP6X2</t>
   </si>
   <si>
     <t>SANTANDER UK PLC:NOTE 1.125 12MAR2027</t>
   </si>
   <si>
     <t>BMIAPUX91</t>
   </si>
   <si>
     <t>XS2466426215</t>
   </si>
   <si>
     <t>BNDB271</t>
   </si>
   <si>
     <t>SANTANDER UK PLC:NOTE 2.625 12APR2028</t>
   </si>
   <si>
     <t>XS2984226626</t>
   </si>
   <si>
     <t>BP48XC7</t>
   </si>
   <si>
     <t>SARTORIUS FINANCE BV:4.250 14SEP2026</t>
   </si>
   <si>
     <t>XS2678111050</t>
   </si>
   <si>
     <t>BMHFV08</t>
   </si>
   <si>
-    <t>SAUDI ARABIA GOVERNMENT DEVELOPMENT BOND:0.625 03MAR2030</t>
+    <t>SAUDI ARABIA KINGDOM OF (GOVERNMENT):0.625 03MAR2030</t>
   </si>
   <si>
     <t>XS2308197693</t>
   </si>
   <si>
     <t>BM8GX04</t>
   </si>
   <si>
     <t>SEB SA:3.625 24JUN2030</t>
   </si>
   <si>
     <t>FR0014010ME0</t>
   </si>
   <si>
     <t>BPX1PH6</t>
   </si>
   <si>
     <t>SECURITAS TREASURY IRELAND DAC:4.250 04APR2027</t>
   </si>
   <si>
     <t>XS2607381436</t>
   </si>
   <si>
     <t>BNXGM32</t>
   </si>
   <si>
     <t>SELP FINANCE SARL:3.750 10AUG2027</t>
   </si>
   <si>
     <t>XS2511906310</t>
   </si>
   <si>
     <t>BPW6XF6</t>
   </si>
   <si>
     <t>SHINHAN BANK:NOTE 3.320 29JAN2027</t>
   </si>
   <si>
     <t>XS2740452649</t>
   </si>
   <si>
     <t>BRK48L7</t>
   </si>
   <si>
-    <t>SIEMENS FINANCIERINGSMAATSCHAPPI:2.366 27MAY2027</t>
+    <t>SIEMENS FINANCIERINGSMAATSCHAPPIJ N.V.:2.366 27MAY2027</t>
   </si>
   <si>
     <t>XS3078501767</t>
   </si>
   <si>
     <t>BRJF1H8</t>
   </si>
   <si>
     <t>SIKA CAPITAL BV:3.750 03NOV2026</t>
   </si>
   <si>
     <t>XS2616008541</t>
   </si>
   <si>
     <t>BQ84ML0</t>
   </si>
   <si>
     <t>SKANDINAVISKA ENSKILDA BANKEN AB:0.750 03NOV2031</t>
   </si>
   <si>
     <t>XS2404247384</t>
   </si>
   <si>
     <t>BLN7RQ9</t>
   </si>
   <si>
     <t>SKANDINAVISKA ENSKILDA BANKEN AB:3.375 19MAR2030</t>
   </si>
   <si>
     <t>XS3029220392</t>
   </si>
   <si>
     <t>BMHVL95</t>
   </si>
   <si>
     <t>SNAM SPA:4.500 31DEC2079</t>
   </si>
   <si>
     <t>XS2896350175</t>
   </si>
   <si>
     <t>BTFJ0T3</t>
   </si>
   <si>
-    <t>SOCIETA PER LA GESTIONE DI ATTIVITA SGA:3.250 02APR2030</t>
-[...7 lines deleted...]
-  <si>
     <t>SOCIETATEA ENERGETICA ELECTRICA SA:4.375 14JUL2030</t>
   </si>
   <si>
     <t>XS3111004241</t>
   </si>
   <si>
     <t>BT7KTY2</t>
   </si>
   <si>
     <t>SOCIETE GENERALE SA:3.000 12FEB2027</t>
   </si>
   <si>
     <t>FR001400U1B5</t>
   </si>
   <si>
     <t>BSPS2W0</t>
   </si>
   <si>
     <t>SOCIETE GENERALE SA:4.250 28SEP2026</t>
   </si>
   <si>
     <t>FR001400KZP3</t>
   </si>
   <si>
     <t>BQXSSR5</t>
   </si>
   <si>
-    <t>SODEXO ASSET MANAGEMENT 2 BV:3.500 04SEP2028</t>
-[...17 lines deleted...]
-    <t>SPAIN GOVERNMENT BOND:3.500 31MAY2029</t>
+    <t>SPAIN (KINGDOM OF):2.700 31JAN2030</t>
+  </si>
+  <si>
+    <t>ES0000012O00</t>
+  </si>
+  <si>
+    <t>BLGTZG8</t>
+  </si>
+  <si>
+    <t>SPAIN (KINGDOM OF):3.500 31MAY2029</t>
   </si>
   <si>
     <t>ES0000012M51</t>
   </si>
   <si>
     <t>BRWHV37</t>
   </si>
   <si>
-    <t>SPAREBANK 1 SR BANK:3.625 12MAR2029</t>
+    <t>SPAREBANK 1 SOR-NORGE ASA:3.625 12MAR2029</t>
   </si>
   <si>
     <t>XS2781419424</t>
   </si>
   <si>
     <t>BM8BYH3</t>
   </si>
   <si>
-    <t>SPI ELECTRICITY &amp; GAS AUSTRALIA HOLDINGS:1.625 11MAR2081</t>
-[...7 lines deleted...]
-  <si>
     <t>SUMITOMO MITSUI BANKING CORP:NOTE 0.267 18JUN2026</t>
   </si>
   <si>
     <t>XS2008801297</t>
   </si>
   <si>
     <t>BJGS420</t>
   </si>
   <si>
     <t>SUMITOMO MITSUI BANKING CORP:NOTE 2.737 18FEB2030</t>
   </si>
   <si>
     <t>XS2984119896</t>
   </si>
   <si>
     <t>BTZH3X2</t>
   </si>
   <si>
     <t>SVENSKA HANDELSBANKEN AB:3.750 05MAY2026</t>
   </si>
   <si>
     <t>XS2618499177</t>
   </si>
   <si>
     <t>BN4KLV4</t>
@@ -2412,339 +2517,315 @@
   <si>
     <t>XS2827694170</t>
   </si>
   <si>
     <t>BS3FS25</t>
   </si>
   <si>
     <t>TATRA BANKA AS:NOTE 2.750 09OCT2028</t>
   </si>
   <si>
     <t>SK4000026043</t>
   </si>
   <si>
     <t>BMV7VD3</t>
   </si>
   <si>
     <t>TEMASEK FINANCIAL I LTD:3.250 15FEB2027</t>
   </si>
   <si>
     <t>XS2586779782</t>
   </si>
   <si>
     <t>BMXHN46</t>
   </si>
   <si>
-    <t>TERNA - RETE ELETTRICA NAZIONALE:2.375 31DEC2079</t>
+    <t>TERNA RETE ELETTRICA NAZIONALE SPA:2.375 31DEC2079</t>
   </si>
   <si>
     <t>XS2437854487</t>
   </si>
   <si>
     <t>BMC7G26</t>
   </si>
   <si>
-    <t>THALYS MEDICAL TECHNOLOGY GROUP INC:3.375 16APR2027</t>
-[...8 lines deleted...]
-    <t>THERMO FISHER SCIENTIFIC (FINANCE I) BV:0.000 01DEC2027</t>
+    <t>THERMO FISHER SCIENTIFIC (FINANCE I) BV:2.341 01DEC2027</t>
   </si>
   <si>
     <t>XS3241801847</t>
   </si>
   <si>
-    <t>TORONTO-DOMINION BANK/THE:2.614 10SEP2027</t>
+    <t>BPSPWR2</t>
+  </si>
+  <si>
+    <t>TORONTO-DOMINION BANK/THE:2.649 10SEP2027</t>
   </si>
   <si>
     <t>XS2898732289</t>
   </si>
   <si>
     <t>BQB68J3</t>
   </si>
   <si>
     <t>TORONTO-DOMINION BANK/THE:NOTE 0.864 24MAR2027</t>
   </si>
   <si>
     <t>XS2461741212</t>
   </si>
   <si>
     <t>BNHSZX5</t>
   </si>
   <si>
     <t>TORONTO-DOMINION BANK/THE:NOTE 3.191 16FEB2029</t>
   </si>
   <si>
     <t>XS2782117464</t>
   </si>
   <si>
     <t>BM8NJJ6</t>
   </si>
   <si>
     <t>TOYOTA MOTOR FIN (NET) BV:2.750 28JAN2030</t>
   </si>
   <si>
     <t>XS3206563549</t>
   </si>
   <si>
     <t>BMGDKY0</t>
   </si>
   <si>
     <t>TOYOTA MOTOR FIN (NET) BV:3.125 21APR2028</t>
   </si>
   <si>
     <t>XS2972972017</t>
   </si>
   <si>
     <t>BTGTSK9</t>
   </si>
   <si>
-    <t>TOYOTA MOTOR FIN (NET) BV:3.375 13JAN2026</t>
-[...7 lines deleted...]
-  <si>
     <t>TRANSDEV GROUP SA:3.054 21MAY2028</t>
   </si>
   <si>
     <t>FR001400ZPC0</t>
   </si>
   <si>
     <t>BMGDF56</t>
   </si>
   <si>
-    <t>TRAPEZA PEIRAIOS AE:3.000 03DEC2028</t>
-[...16 lines deleted...]
-  <si>
     <t>TRATON FINANCE LUXEMBOURG SA:2.766 21AUG2026</t>
   </si>
   <si>
     <t>DE000A3L2ZN4</t>
   </si>
   <si>
     <t>BMY3FY7</t>
   </si>
   <si>
     <t>TRATON FINANCE LUXEMBOURG SA:3.375 14JAN2028</t>
   </si>
   <si>
     <t>DE000A3L69X8</t>
   </si>
   <si>
     <t>BSHWWS6</t>
   </si>
   <si>
     <t>TRATON FINANCE LUXEMBOURG SA:4.500 23NOV2026</t>
   </si>
   <si>
     <t>DE000A3LQ9S2</t>
   </si>
   <si>
     <t>BLF9HT6</t>
   </si>
   <si>
-    <t>UBS AG/LONDON:2.446 21NOV2027</t>
+    <t>UBS AG (LONDON BRANCH):2.446 21NOV2027</t>
   </si>
   <si>
     <t>XS3239180071</t>
   </si>
   <si>
     <t>BSJQ1B2</t>
   </si>
   <si>
     <t>UBS GROUP AG:2.875 12FEB2030</t>
   </si>
   <si>
     <t>CH1414003454</t>
   </si>
   <si>
     <t>BSRL3R9</t>
   </si>
   <si>
     <t>UBS SWITZERLAND AG:2.746 19MAY2030</t>
   </si>
   <si>
     <t>CH1433241275</t>
   </si>
   <si>
     <t>BMGFC73</t>
   </si>
   <si>
     <t>UBS SWITZERLAND AG:NOTE 2.783 09SEP2030</t>
   </si>
   <si>
     <t>CH1478430817</t>
   </si>
   <si>
     <t>BSBK093</t>
   </si>
   <si>
     <t>UBS SWITZERLAND AG:NOTE 3.304 05MAR2029</t>
   </si>
   <si>
     <t>CH1331113469</t>
   </si>
   <si>
     <t>BQC5SG6</t>
   </si>
   <si>
-    <t>UNICAJA BANCO SA:1.000 01DEC2026</t>
-[...8 lines deleted...]
-    <t>UNICREDIT BANK AG:NOTE 0.010 28SEP2026</t>
+    <t>UNICREDIT BANK CZECH REPUBLIC A:2.625 03MAR2030</t>
+  </si>
+  <si>
+    <t>XS3168205659</t>
+  </si>
+  <si>
+    <t>BVPJ7K7</t>
+  </si>
+  <si>
+    <t>UNICREDIT BANK CZECH REPUBLIC A:NOTE 3.750 20JUN2028</t>
+  </si>
+  <si>
+    <t>XS2637445276</t>
+  </si>
+  <si>
+    <t>BPX2G09</t>
+  </si>
+  <si>
+    <t>UNICREDIT BANK GMBH:NOTE 0.010 28SEP2026</t>
   </si>
   <si>
     <t>DE000HV2AYN4</t>
   </si>
   <si>
     <t>BP6QD96</t>
   </si>
   <si>
-    <t>UNICREDIT BANK CZECH REPUBLIC AS:2.625 03MAR2030</t>
-[...14 lines deleted...]
-    <t>BPX2G09</t>
+    <t>UNICREDIT BANK GMBH:NOTE 2.625 14JAN2031</t>
+  </si>
+  <si>
+    <t>DE000HV2A1C7</t>
+  </si>
+  <si>
+    <t>BN7RKX7</t>
   </si>
   <si>
     <t>UNICREDIT SPA:2.751 20NOV2028</t>
   </si>
   <si>
     <t>IT0005622912</t>
   </si>
   <si>
     <t>BT6PRJ9</t>
   </si>
   <si>
     <t>UNICREDIT SPA:3.875 11JUN2028</t>
   </si>
   <si>
     <t>IT0005598971</t>
   </si>
   <si>
     <t>BRDY933</t>
   </si>
   <si>
     <t>UNIVERSAL MUSIC GROUP NV:3.000 30JUN2027</t>
   </si>
   <si>
     <t>XS2496288593</t>
   </si>
   <si>
     <t>BLDCFQ0</t>
   </si>
   <si>
     <t>US BANCORP:2.866 21MAY2028</t>
   </si>
   <si>
     <t>XS2823936039</t>
   </si>
   <si>
     <t>BPJK5Z5</t>
   </si>
   <si>
+    <t>VOLKSWAGEN BK GMBH:3.125 10DEC2029</t>
+  </si>
+  <si>
+    <t>XS3249926935</t>
+  </si>
+  <si>
+    <t>BVRWQX0</t>
+  </si>
+  <si>
     <t>VOLKSWAGEN FINANCIAL SERVICES AG:3.250 19MAY2027</t>
   </si>
   <si>
     <t>XS2941360963</t>
   </si>
   <si>
     <t>BT6NWS7</t>
   </si>
   <si>
     <t>VOLKSWAGEN FINANCIAL SERVICES AG:3.750 10SEP2026</t>
   </si>
   <si>
     <t>XS2837886014</t>
   </si>
   <si>
     <t>BRXCNZ7</t>
   </si>
   <si>
-    <t>VW INTL FIN N.V.:7.500 31DEC2079</t>
+    <t>VOLKSWAGEN INTERNATIONAL FIN NV:7.500 31DEC2079</t>
   </si>
   <si>
     <t>BMICDVQR6</t>
   </si>
   <si>
     <t>XS2675884576</t>
   </si>
   <si>
     <t>BR852D2</t>
   </si>
   <si>
     <t>WESTPAC BANKING CORP:0.766 13MAY2031</t>
   </si>
   <si>
     <t>XS2342206591</t>
   </si>
   <si>
     <t>BNZFS62</t>
   </si>
   <si>
-    <t>WESTPAC BANKING CORP:2.489 14JAN2028</t>
+    <t>WESTPAC BANKING CORP:2.500 14JAN2028</t>
   </si>
   <si>
     <t>XS2976283130</t>
   </si>
   <si>
     <t>BR4SB72</t>
   </si>
   <si>
     <t>WESTPAC BANKING CORP:2.585 14MAY2030</t>
   </si>
   <si>
     <t>XS3067881832</t>
   </si>
   <si>
     <t>BTZPNY7</t>
   </si>
   <si>
     <t>WESTPAC BANKING CORP:NOTE 1.079 05APR2027</t>
   </si>
   <si>
     <t>XS2463967286</t>
   </si>
   <si>
     <t>BP8ZFR3</t>
   </si>
@@ -2754,51 +2835,51 @@
   <si>
     <t>XS2908093805</t>
   </si>
   <si>
     <t>BL549X9</t>
   </si>
   <si>
     <t>WSTPC SECURIT NZ:1.099 24MAR2026</t>
   </si>
   <si>
     <t>XS2448001813</t>
   </si>
   <si>
     <t>BPP3H74</t>
   </si>
   <si>
     <t>YORKSHIRE BUILDING SOCIETY:2.750 28JAN2030</t>
   </si>
   <si>
     <t>XS2986729015</t>
   </si>
   <si>
     <t>BSB7LN5</t>
   </si>
   <si>
-    <t>ZURCHER KANTONALBANK:0.000 15MAY2026</t>
+    <t>ZUERCHER KANTONALBANK:0.000 15MAY2026</t>
   </si>
   <si>
     <t>CH1111393000</t>
   </si>
   <si>
     <t>BL9YL51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="0"/>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -3160,51 +3241,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E321"/>
+  <dimension ref="A1:E331"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
@@ -3275,5141 +3356,5311 @@
       </c>
       <c r="C11" t="s" s="0">
         <v>20</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>21</v>
       </c>
       <c r="E11" t="n" s="0">
         <v>0.09</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>26</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>27</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.44</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>29</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>30</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.38</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>32</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>33</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.14</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.07</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>38</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>39</v>
       </c>
       <c r="E17" t="n" s="0">
         <v>0.13</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>41</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>42</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.05</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>44</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>45</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.29</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.12</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>50</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>51</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.23</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>53</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>54</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.45</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>56</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>57</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.44</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.33</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>62</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>63</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>65</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>66</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.44</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>68</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>69</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.02</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>71</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>72</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.15</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>74</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>75</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.36</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>77</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>78</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.27</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>80</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>81</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.12</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>83</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>84</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.09</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>86</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>87</v>
       </c>
       <c r="E33" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B34" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C34" t="s" s="0">
         <v>89</v>
       </c>
-      <c r="C34" t="s" s="0">
+      <c r="D34" t="s" s="0">
         <v>90</v>
       </c>
-      <c r="D34" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E34" t="n" s="0">
-        <v>0.21</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>93</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>94</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.07</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>96</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>97</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.35</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>99</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>100</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.67</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>102</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>103</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>1.73</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>105</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>106</v>
       </c>
       <c r="E39" t="n" s="0">
         <v>0.27</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C40" t="s" s="0">
         <v>108</v>
       </c>
       <c r="D40" t="s" s="0">
         <v>109</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.29</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>111</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>112</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.29</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>114</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>115</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>0.66</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>117</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>118</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.23</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>120</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>121</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.35</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>123</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>124</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.16</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>126</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>127</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.61</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>128</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C47" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>130</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.09</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>132</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>133</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.2</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>135</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>136</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>138</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>139</v>
       </c>
       <c r="E50" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>141</v>
       </c>
       <c r="D51" t="s" s="0">
-        <v>142</v>
+        <v>16</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.16</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C52" t="s" s="0">
         <v>143</v>
       </c>
-      <c r="B52" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s" s="0">
+      <c r="D52" t="s" s="0">
         <v>144</v>
       </c>
-      <c r="D52" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E52" t="n" s="0">
-        <v>0.16</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C53" t="s" s="0">
         <v>146</v>
       </c>
-      <c r="B53" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s" s="0">
+      <c r="D53" t="s" s="0">
         <v>147</v>
       </c>
-      <c r="D53" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E53" t="n" s="0">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C54" t="s" s="0">
         <v>149</v>
       </c>
-      <c r="B54" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s" s="0">
+      <c r="D54" t="s" s="0">
         <v>150</v>
       </c>
-      <c r="D54" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E54" t="n" s="0">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C55" t="s" s="0">
         <v>152</v>
       </c>
-      <c r="B55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s" s="0">
+      <c r="D55" t="s" s="0">
         <v>153</v>
       </c>
-      <c r="D55" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E55" t="n" s="0">
-        <v>1.67</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C56" t="s" s="0">
         <v>155</v>
       </c>
-      <c r="B56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s" s="0">
+      <c r="D56" t="s" s="0">
         <v>156</v>
       </c>
-      <c r="D56" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E56" t="n" s="0">
-        <v>0.1</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C57" t="s" s="0">
         <v>158</v>
       </c>
-      <c r="B57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s" s="0">
+      <c r="D57" t="s" s="0">
         <v>159</v>
       </c>
-      <c r="D57" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E57" t="n" s="0">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C58" t="s" s="0">
         <v>161</v>
       </c>
-      <c r="B58" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s" s="0">
+      <c r="D58" t="s" s="0">
         <v>162</v>
       </c>
-      <c r="D58" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E58" t="n" s="0">
-        <v>0.21</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C59" t="s" s="0">
         <v>164</v>
       </c>
-      <c r="B59" s="6" t="s">
+      <c r="D59" t="s" s="0">
         <v>165</v>
       </c>
-      <c r="C59" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E59" t="n" s="0">
-        <v>0.28</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C60" t="s" s="0">
+        <v>167</v>
+      </c>
+      <c r="D60" t="s" s="0">
         <v>168</v>
       </c>
-      <c r="B60" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E60" t="n" s="0">
-        <v>0.15</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C61" t="s" s="0">
+        <v>170</v>
+      </c>
+      <c r="D61" t="s" s="0">
         <v>171</v>
       </c>
-      <c r="B61" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E61" t="n" s="0">
-        <v>0.14</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="C62" t="s" s="0">
         <v>174</v>
       </c>
-      <c r="B62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s" s="0">
+      <c r="D62" t="s" s="0">
         <v>175</v>
       </c>
-      <c r="D62" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E62" t="n" s="0">
-        <v>0.33</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C63" t="s" s="0">
         <v>177</v>
       </c>
-      <c r="B63" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s" s="0">
+      <c r="D63" t="s" s="0">
         <v>178</v>
       </c>
-      <c r="D63" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E63" t="n" s="0">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C64" t="s" s="0">
         <v>180</v>
       </c>
-      <c r="B64" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s" s="0">
+      <c r="D64" t="s" s="0">
         <v>181</v>
       </c>
-      <c r="D64" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E64" t="n" s="0">
-        <v>0.21</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C65" t="s" s="0">
         <v>183</v>
       </c>
-      <c r="B65" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s" s="0">
+      <c r="D65" t="s" s="0">
         <v>184</v>
       </c>
-      <c r="D65" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E65" t="n" s="0">
-        <v>0.36</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C66" t="s" s="0">
         <v>186</v>
       </c>
-      <c r="B66" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s" s="0">
+      <c r="D66" t="s" s="0">
         <v>187</v>
       </c>
-      <c r="D66" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E66" t="n" s="0">
-        <v>0.58</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C67" t="s" s="0">
         <v>189</v>
       </c>
-      <c r="B67" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s" s="0">
+      <c r="D67" t="s" s="0">
         <v>190</v>
       </c>
-      <c r="D67" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E67" t="n" s="0">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C68" t="s" s="0">
         <v>192</v>
       </c>
-      <c r="B68" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s" s="0">
+      <c r="D68" t="s" s="0">
         <v>193</v>
       </c>
-      <c r="D68" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E68" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C69" t="s" s="0">
         <v>195</v>
       </c>
-      <c r="B69" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s" s="0">
+      <c r="D69" t="s" s="0">
         <v>196</v>
       </c>
-      <c r="D69" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E69" t="n" s="0">
-        <v>0.27</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C70" t="s" s="0">
         <v>198</v>
       </c>
-      <c r="B70" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" t="s" s="0">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.14</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C71" t="s" s="0">
+        <v>200</v>
+      </c>
+      <c r="D71" t="s" s="0">
         <v>201</v>
       </c>
-      <c r="B71" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E71" t="n" s="0">
-        <v>0.53</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C72" t="s" s="0">
+        <v>203</v>
+      </c>
+      <c r="D72" t="s" s="0">
         <v>204</v>
       </c>
-      <c r="B72" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E72" t="n" s="0">
-        <v>0.03</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C73" t="s" s="0">
+        <v>206</v>
+      </c>
+      <c r="D73" t="s" s="0">
         <v>207</v>
       </c>
-      <c r="B73" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" t="n" s="0">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C74" t="s" s="0">
+        <v>209</v>
+      </c>
+      <c r="D74" t="s" s="0">
         <v>210</v>
       </c>
-      <c r="B74" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E74" t="n" s="0">
-        <v>0.31</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C75" t="s" s="0">
+        <v>212</v>
+      </c>
+      <c r="D75" t="s" s="0">
         <v>213</v>
       </c>
-      <c r="B75" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E75" t="n" s="0">
-        <v>0.49</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C76" t="s" s="0">
+        <v>215</v>
+      </c>
+      <c r="D76" t="s" s="0">
         <v>216</v>
       </c>
-      <c r="B76" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E76" t="n" s="0">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C77" t="s" s="0">
+        <v>218</v>
+      </c>
+      <c r="D77" t="s" s="0">
         <v>219</v>
       </c>
-      <c r="B77" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E77" t="n" s="0">
-        <v>0.13</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C78" t="s" s="0">
+        <v>221</v>
+      </c>
+      <c r="D78" t="s" s="0">
         <v>222</v>
       </c>
-      <c r="B78" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E78" t="n" s="0">
-        <v>0.29</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C79" t="s" s="0">
+        <v>224</v>
+      </c>
+      <c r="D79" t="s" s="0">
         <v>225</v>
       </c>
-      <c r="B79" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E79" t="n" s="0">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C80" t="s" s="0">
+        <v>227</v>
+      </c>
+      <c r="D80" t="s" s="0">
         <v>228</v>
       </c>
-      <c r="B80" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E80" t="n" s="0">
-        <v>0.73</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C81" t="s" s="0">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D81" t="s" s="0">
-        <v>233</v>
+        <v>16</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.07</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C82" t="s" s="0">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.08</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D84" t="s" s="0">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.12</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C85" t="s" s="0">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D85" t="s" s="0">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.1</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D86" t="s" s="0">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C87" t="s" s="0">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D87" t="s" s="0">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.53</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.06</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D89" t="s" s="0">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D90" t="s" s="0">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>262</v>
+        <v>16</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D91" t="s" s="0">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>2.61</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C92" t="s" s="0">
+        <v>262</v>
+      </c>
+      <c r="D92" t="s" s="0">
         <v>263</v>
       </c>
-      <c r="B92" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E92" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C93" t="s" s="0">
+        <v>265</v>
+      </c>
+      <c r="D93" t="s" s="0">
         <v>266</v>
       </c>
-      <c r="B93" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" t="n" s="0">
-        <v>0.23</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C94" t="s" s="0">
+        <v>268</v>
+      </c>
+      <c r="D94" t="s" s="0">
         <v>269</v>
       </c>
-      <c r="B94" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E94" t="n" s="0">
-        <v>0.09</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C95" t="s" s="0">
+        <v>271</v>
+      </c>
+      <c r="D95" t="s" s="0">
         <v>272</v>
       </c>
-      <c r="B95" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E95" t="n" s="0">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C96" t="s" s="0">
+        <v>274</v>
+      </c>
+      <c r="D96" t="s" s="0">
         <v>275</v>
       </c>
-      <c r="B96" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E96" t="n" s="0">
-        <v>0.21</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C97" t="s" s="0">
+        <v>277</v>
+      </c>
+      <c r="D97" t="s" s="0">
         <v>278</v>
       </c>
-      <c r="B97" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E97" t="n" s="0">
-        <v>0.54</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C98" t="s" s="0">
+        <v>280</v>
+      </c>
+      <c r="D98" t="s" s="0">
         <v>281</v>
       </c>
-      <c r="B98" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E98" t="n" s="0">
-        <v>0.18</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C99" t="s" s="0">
+        <v>283</v>
+      </c>
+      <c r="D99" t="s" s="0">
         <v>284</v>
       </c>
-      <c r="B99" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E99" t="n" s="0">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C100" t="s" s="0">
+        <v>286</v>
+      </c>
+      <c r="D100" t="s" s="0">
         <v>287</v>
-      </c>
-[...7 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E100" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C101" t="s" s="0">
+        <v>289</v>
+      </c>
+      <c r="D101" t="s" s="0">
         <v>290</v>
       </c>
-      <c r="B101" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" t="n" s="0">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C102" t="s" s="0">
+        <v>292</v>
+      </c>
+      <c r="D102" t="s" s="0">
         <v>293</v>
       </c>
-      <c r="B102" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E102" t="n" s="0">
-        <v>0.35</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>16</v>
+        <v>295</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D103" t="s" s="0">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.36</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C104" t="s" s="0">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="D104" t="s" s="0">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.23</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.14</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.31</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.2</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.36</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.28</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>327</v>
+        <v>16</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.1</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.18</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.17</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.05</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="E119" t="n" s="0">
         <v>0.3</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.08</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.29</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>358</v>
+        <v>16</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.51</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>16</v>
+        <v>357</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>1.78</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.07</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.4</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.5</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.12</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>0.24</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.05</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>386</v>
+        <v>16</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>390</v>
+        <v>16</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.08</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>16</v>
+        <v>388</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>3.05</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>2.49</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.04</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.08</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>406</v>
+        <v>16</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.43</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="D139" t="s" s="0">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.12</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.29</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>16</v>
+        <v>410</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.14</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>16</v>
+        <v>414</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.18</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="D143" t="s" s="0">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>0.08</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>0.25</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D145" t="s" s="0">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>16</v>
+        <v>430</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.23</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D148" t="s" s="0">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.48</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="D149" t="s" s="0">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.1</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
+        <v>439</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="C150" t="s" s="0">
+        <v>441</v>
+      </c>
+      <c r="D150" t="s" s="0">
         <v>442</v>
       </c>
-      <c r="B150" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E150" t="n" s="0">
-        <v>0.36</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C151" t="s" s="0">
+        <v>444</v>
+      </c>
+      <c r="D151" t="s" s="0">
         <v>445</v>
       </c>
-      <c r="B151" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E151" t="n" s="0">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C152" t="s" s="0">
+        <v>447</v>
+      </c>
+      <c r="D152" t="s" s="0">
         <v>448</v>
       </c>
-      <c r="B152" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E152" t="n" s="0">
-        <v>0.13</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C153" t="s" s="0">
+        <v>450</v>
+      </c>
+      <c r="D153" t="s" s="0">
         <v>451</v>
       </c>
-      <c r="B153" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E153" t="n" s="0">
-        <v>0.21</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C154" t="s" s="0">
+        <v>453</v>
+      </c>
+      <c r="D154" t="s" s="0">
         <v>454</v>
       </c>
-      <c r="B154" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E154" t="n" s="0">
-        <v>0.03</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C155" t="s" s="0">
+        <v>456</v>
+      </c>
+      <c r="D155" t="s" s="0">
         <v>457</v>
       </c>
-      <c r="B155" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E155" t="n" s="0">
-        <v>0.6</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C156" t="s" s="0">
+        <v>459</v>
+      </c>
+      <c r="D156" t="s" s="0">
         <v>460</v>
       </c>
-      <c r="B156" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E156" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C157" t="s" s="0">
+        <v>462</v>
+      </c>
+      <c r="D157" t="s" s="0">
         <v>463</v>
       </c>
-      <c r="B157" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E157" t="n" s="0">
-        <v>0.1</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C158" t="s" s="0">
+        <v>465</v>
+      </c>
+      <c r="D158" t="s" s="0">
         <v>466</v>
       </c>
-      <c r="B158" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E158" t="n" s="0">
-        <v>1.12</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C159" t="s" s="0">
+        <v>468</v>
+      </c>
+      <c r="D159" t="s" s="0">
         <v>469</v>
       </c>
-      <c r="B159" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E159" t="n" s="0">
-        <v>2.51</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C160" t="s" s="0">
+        <v>471</v>
+      </c>
+      <c r="D160" t="s" s="0">
         <v>472</v>
       </c>
-      <c r="B160" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E160" t="n" s="0">
-        <v>1.05</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C161" t="s" s="0">
+        <v>474</v>
+      </c>
+      <c r="D161" t="s" s="0">
         <v>475</v>
       </c>
-      <c r="B161" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E161" t="n" s="0">
-        <v>0.52</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C162" t="s" s="0">
+        <v>477</v>
+      </c>
+      <c r="D162" t="s" s="0">
         <v>478</v>
       </c>
-      <c r="B162" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E162" t="n" s="0">
-        <v>2.01</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>483</v>
+        <v>16</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>4.61</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>1.21</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.19</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.22</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.29</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.22</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.17</v>
+        <v>4.96</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.31</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.19</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.28</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.29</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.44</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B176" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="E176" t="n" s="0">
         <v>0.28</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.27</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.45</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.28</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.12</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.11</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.12</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="B185" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.12</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="B186" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.57</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.18</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.08</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.07</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="B190" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>1.88</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D191" t="s" s="0">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.19</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>0.29</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D193" t="s" s="0">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.49</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>0.35</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.09</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>0.34</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="D197" t="s" s="0">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>0.27</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="D198" t="s" s="0">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.44</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.47</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="B201" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.67</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B202" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.28</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.12</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="B204" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="D204" t="s" s="0">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="E204" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="B205" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>609</v>
+        <v>16</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.07</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="B206" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.02</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>16</v>
+        <v>610</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.08</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="B208" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.4</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="B209" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.04</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B210" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.14</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.08</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="B212" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.19</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B213" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.08</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>635</v>
+        <v>16</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>-0.24</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
+        <v>634</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C215" t="s" s="0">
+        <v>635</v>
+      </c>
+      <c r="D215" t="s" s="0">
         <v>636</v>
       </c>
-      <c r="B215" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E215" t="n" s="0">
-        <v>0.43</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C216" t="s" s="0">
+        <v>638</v>
+      </c>
+      <c r="D216" t="s" s="0">
         <v>639</v>
       </c>
-      <c r="B216" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E216" t="n" s="0">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
+        <v>640</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C217" t="s" s="0">
+        <v>641</v>
+      </c>
+      <c r="D217" t="s" s="0">
         <v>642</v>
       </c>
-      <c r="B217" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E217" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C218" t="s" s="0">
+        <v>644</v>
+      </c>
+      <c r="D218" t="s" s="0">
         <v>645</v>
       </c>
-      <c r="B218" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E218" t="n" s="0">
-        <v>0.18</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="C219" t="s" s="0">
         <v>648</v>
       </c>
-      <c r="B219" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C219" t="s" s="0">
+      <c r="D219" t="s" s="0">
         <v>649</v>
       </c>
-      <c r="D219" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E219" t="n" s="0">
-        <v>0.15</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C220" t="s" s="0">
         <v>651</v>
       </c>
-      <c r="B220" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C220" t="s" s="0">
+      <c r="D220" t="s" s="0">
         <v>652</v>
       </c>
-      <c r="D220" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E220" t="n" s="0">
-        <v>0.33</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
+        <v>653</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C221" t="s" s="0">
         <v>654</v>
       </c>
-      <c r="B221" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C221" t="s" s="0">
+      <c r="D221" t="s" s="0">
         <v>655</v>
       </c>
-      <c r="D221" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E221" t="n" s="0">
-        <v>0.42</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
+        <v>656</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C222" t="s" s="0">
         <v>657</v>
       </c>
-      <c r="B222" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C222" t="s" s="0">
+      <c r="D222" t="s" s="0">
         <v>658</v>
       </c>
-      <c r="D222" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E222" t="n" s="0">
-        <v>0.26</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C223" t="s" s="0">
         <v>660</v>
       </c>
-      <c r="B223" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C223" t="s" s="0">
+      <c r="D223" t="s" s="0">
         <v>661</v>
       </c>
-      <c r="D223" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E223" t="n" s="0">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
+        <v>662</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C224" t="s" s="0">
         <v>663</v>
       </c>
-      <c r="B224" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C224" t="s" s="0">
+      <c r="D224" t="s" s="0">
         <v>664</v>
       </c>
-      <c r="D224" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E224" t="n" s="0">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
+        <v>665</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C225" t="s" s="0">
         <v>666</v>
       </c>
-      <c r="B225" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C225" t="s" s="0">
+      <c r="D225" t="s" s="0">
         <v>667</v>
       </c>
-      <c r="D225" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E225" t="n" s="0">
-        <v>0.22</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
+        <v>668</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C226" t="s" s="0">
         <v>669</v>
       </c>
-      <c r="B226" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C226" t="s" s="0">
+      <c r="D226" t="s" s="0">
         <v>670</v>
       </c>
-      <c r="D226" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E226" t="n" s="0">
-        <v>0.15</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
+        <v>671</v>
+      </c>
+      <c r="B227" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C227" t="s" s="0">
         <v>672</v>
       </c>
-      <c r="B227" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C227" t="s" s="0">
+      <c r="D227" t="s" s="0">
         <v>673</v>
       </c>
-      <c r="D227" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E227" t="n" s="0">
-        <v>0.2</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="B228" s="6" t="s">
         <v>675</v>
       </c>
-      <c r="B228" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" t="s" s="0">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.2</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
+        <v>676</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C229" t="s" s="0">
+        <v>677</v>
+      </c>
+      <c r="D229" t="s" s="0">
         <v>678</v>
       </c>
-      <c r="B229" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E229" t="n" s="0">
-        <v>0.19</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>683</v>
+        <v>16</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="B231" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.08</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="B232" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="B233" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>1.63</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="B234" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.25</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="B235" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.53</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>700</v>
+        <v>16</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.23</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="B237" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.26</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="B238" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="B239" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.26</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>713</v>
+        <v>16</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.39</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="B241" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.34</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="B242" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="B243" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.55</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="B244" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="B245" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.12</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="B246" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="B247" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.35</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="B249" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="B250" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.39</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="B252" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.23</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="B253" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.26</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="B254" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.02</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="B255" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.28</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>16</v>
+        <v>757</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.14</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="B257" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.21</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="B258" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="B259" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>7.75</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="B260" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.16</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="B261" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.23</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B262" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.23</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="B263" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.33</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="B264" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="B265" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.24</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B266" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.11</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B267" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.36</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B268" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.27</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="B269" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="B270" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.37</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="B271" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>16</v>
+        <v>804</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="B272" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.29</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="B273" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.35</v>
+        <v>6.72</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="B274" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.76</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="B275" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.29</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="B276" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.12</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="B277" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.26</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="B278" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.06</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B279" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="D279" t="s" s="0">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="B280" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D280" t="s" s="0">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.24</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="B281" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="D281" t="s" s="0">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.2</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B282" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D282" t="s" s="0">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.14</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="B283" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="D283" t="s" s="0">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.26</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D284" t="s" s="0">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.07</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="B285" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="D285" t="s" s="0">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.4</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="B286" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D286" t="s" s="0">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.47</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B287" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D287" t="s" s="0">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.4</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="B288" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D288" t="s" s="0">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.39</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="D289" t="s" s="0">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.3</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="B290" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="D290" t="s" s="0">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.15</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="B291" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="D291" t="s" s="0">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.18</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="D292" t="s" s="0">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.31</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="D293" t="s" s="0">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.19</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="B294" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="D294" t="s" s="0">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.16</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B295" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="D295" t="s" s="0">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.28</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B296" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="D296" t="s" s="0">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.14</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="B297" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="D297" t="s" s="0">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.12</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="B298" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="D298" t="s" s="0">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>0.1</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>890</v>
+        <v>16</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="D299" t="s" s="0">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>0.29</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D300" t="s" s="0">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="D301" t="s" s="0">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.12</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="B302" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="D302" t="s" s="0">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.5</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="B303" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="D303" t="s" s="0">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.5</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="B304" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D304" t="s" s="0">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.12</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D305" t="s" s="0">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="E305" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="B306" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="D306" t="s" s="0">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.41</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
+        <v>910</v>
+      </c>
+      <c r="B307" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C307" t="s" s="0">
+        <v>911</v>
+      </c>
+      <c r="D307" t="s" s="0">
+        <v>912</v>
+      </c>
+      <c r="E307" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="308" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A308" s="4" t="s">
+        <v>913</v>
+      </c>
+      <c r="B308" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C308" t="s" s="0">
         <v>914</v>
       </c>
-      <c r="B307" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C307" t="s" s="0">
+      <c r="D308" t="s" s="0">
         <v>915</v>
       </c>
-      <c r="D307" t="s" s="0">
+      <c r="E308" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="309" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A309" s="4" t="s">
         <v>916</v>
       </c>
-      <c r="E307" t="n" s="0">
-[...22 lines deleted...]
-      <c r="A315" s="11" t="s">
+      <c r="B309" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="C309" t="s" s="0">
+        <v>918</v>
+      </c>
+      <c r="D309" t="s" s="0">
+        <v>919</v>
+      </c>
+      <c r="E309" t="n" s="0">
+        <v>0.28</v>
+      </c>
+    </row>
+    <row r="310" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A310" s="4" t="s">
+        <v>920</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C310" t="s" s="0">
+        <v>921</v>
+      </c>
+      <c r="D310" t="s" s="0">
+        <v>922</v>
+      </c>
+      <c r="E310" t="n" s="0">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="311" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A311" s="4" t="s">
+        <v>923</v>
+      </c>
+      <c r="B311" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C311" t="s" s="0">
+        <v>924</v>
+      </c>
+      <c r="D311" t="s" s="0">
+        <v>925</v>
+      </c>
+      <c r="E311" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="312" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A312" s="4" t="s">
+        <v>926</v>
+      </c>
+      <c r="B312" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C312" t="s" s="0">
+        <v>927</v>
+      </c>
+      <c r="D312" t="s" s="0">
+        <v>928</v>
+      </c>
+      <c r="E312" t="n" s="0">
+        <v>0.48</v>
+      </c>
+    </row>
+    <row r="313" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A313" s="4" t="s">
+        <v>929</v>
+      </c>
+      <c r="B313" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C313" t="s" s="0">
+        <v>930</v>
+      </c>
+      <c r="D313" t="s" s="0">
+        <v>931</v>
+      </c>
+      <c r="E313" t="n" s="0">
+        <v>0.48</v>
+      </c>
+    </row>
+    <row r="314" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A314" s="4" t="s">
+        <v>932</v>
+      </c>
+      <c r="B314" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C314" t="s" s="0">
+        <v>933</v>
+      </c>
+      <c r="D314" t="s" s="0">
+        <v>934</v>
+      </c>
+      <c r="E314" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="315" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A315" s="4" t="s">
+        <v>935</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C315" t="s" s="0">
+        <v>936</v>
+      </c>
+      <c r="D315" t="s" s="0">
+        <v>937</v>
+      </c>
+      <c r="E315" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="316" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A316" s="4" t="s">
+        <v>938</v>
+      </c>
+      <c r="B316" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C316" t="s" s="0">
+        <v>939</v>
+      </c>
+      <c r="D316" t="s" s="0">
+        <v>940</v>
+      </c>
+      <c r="E316" t="n" s="0">
+        <v>0.48</v>
+      </c>
+    </row>
+    <row r="317" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A317" s="4" t="s">
+        <v>941</v>
+      </c>
+      <c r="B317" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C317" t="s" s="0">
+        <v>942</v>
+      </c>
+      <c r="D317" t="s" s="0">
+        <v>943</v>
+      </c>
+      <c r="E317" t="n" s="0">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B322" s="2"/>
+    </row>
+    <row r="323" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A323" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B323" s="2"/>
+    </row>
+    <row r="324" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A324" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B324" s="2"/>
+    </row>
+    <row r="325" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B315" s="11"/>
-[...4 lines deleted...]
-      <c r="A316" s="10" t="s">
+      <c r="B325" s="11"/>
+      <c r="C325" s="12"/>
+      <c r="D325" s="12"/>
+    </row>
+    <row r="326" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A326" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B316" s="9"/>
-[...18 lines deleted...]
-      <c r="A319" s="7" t="str">
+      <c r="B326" s="9"/>
+      <c r="C326" s="9"/>
+      <c r="D326" s="9"/>
+    </row>
+    <row r="327" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A327" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B327" s="9"/>
+      <c r="C327" s="9"/>
+      <c r="D327" s="9"/>
+    </row>
+    <row r="328" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B328" s="2"/>
+    </row>
+    <row r="329" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A329" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B319" s="2"/>
-[...11 lines deleted...]
-      <c r="B321" s="2"/>
+      <c r="B329" s="2"/>
+    </row>
+    <row r="330" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A330" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B330" s="2"/>
+    </row>
+    <row r="331" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A331" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B331" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A315:D315"/>
-    <mergeCell ref="A316:D317"/>
+    <mergeCell ref="A325:D325"/>
+    <mergeCell ref="A326:D327"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>