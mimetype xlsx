--- v0 (2025-12-05)
+++ v1 (2025-12-21)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1223" uniqueCount="1118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="1154">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global Credit Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> L’ensemble des positions | au 31-oct.-2025</t>
+    <t xml:space="preserve"> L’ensemble des positions | au 30-nov.-2025</t>
   </si>
   <si>
     <t>Nom du titre</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% du portefeuille</t>
   </si>
   <si>
     <t>ABBVIE INC:5.600 15MAR2055</t>
   </si>
   <si>
     <t>00287YEB1</t>
   </si>
   <si>
     <t>US00287YEB11</t>
   </si>
@@ -210,108 +210,120 @@
   <si>
     <t>XS2829852842</t>
   </si>
   <si>
     <t>BS84LG2</t>
   </si>
   <si>
     <t>ALLIANZ SE:2.121 08JUL2050</t>
   </si>
   <si>
     <t>DE000A254TM8</t>
   </si>
   <si>
     <t>BM952V4</t>
   </si>
   <si>
     <t>ALLIANZ SE:5.824 25JUL2053</t>
   </si>
   <si>
     <t>DE000A351U49</t>
   </si>
   <si>
     <t>BRJB5H4</t>
   </si>
   <si>
-    <t>AMAZONCOM INC:3.875 22AUG2037</t>
-[...8 lines deleted...]
-    <t>BF199R0</t>
+    <t>ALPHABET INC:4.700 15NOV2035</t>
+  </si>
+  <si>
+    <t>02079KAY3</t>
+  </si>
+  <si>
+    <t>US02079KAY38</t>
+  </si>
+  <si>
+    <t>BVSWFD2</t>
+  </si>
+  <si>
+    <t>AMAZONCOM INC:5.450 20NOV2055</t>
+  </si>
+  <si>
+    <t>023135CW4</t>
+  </si>
+  <si>
+    <t>US023135CW42</t>
+  </si>
+  <si>
+    <t>BSNY253</t>
   </si>
   <si>
     <t>AMERICAN ELECTRIC POWER CO INC:5.800 15MAR2056</t>
   </si>
   <si>
     <t>02557TAE9</t>
   </si>
   <si>
     <t>US02557TAE91</t>
   </si>
   <si>
     <t>BRWFZG2</t>
   </si>
   <si>
     <t>AMERICAN EXPRESS COMPANY:5.085 30JAN2031</t>
   </si>
   <si>
     <t>025816DY2</t>
   </si>
   <si>
     <t>US025816DY24</t>
   </si>
   <si>
     <t>BMCZSD5</t>
   </si>
   <si>
     <t>AMERICAN NATIONAL GROUP INC:7.000 01DEC2055</t>
   </si>
   <si>
     <t>025676AR8</t>
   </si>
   <si>
     <t>US025676AR82</t>
   </si>
   <si>
     <t>BV6P1K2</t>
   </si>
   <si>
     <t>AMPHENOL CORP:4.625 15FEB2036</t>
   </si>
   <si>
     <t>032095BA8</t>
   </si>
   <si>
     <t>US032095BA89</t>
   </si>
   <si>
-    <t>BRCDJB9</t>
+    <t>BQ3R6H8</t>
   </si>
   <si>
     <t>ANHEUSER BUSCH INBEV SA:3.950 22MAR2044</t>
   </si>
   <si>
     <t>BE6350704175</t>
   </si>
   <si>
     <t>BQ9D4B0</t>
   </si>
   <si>
     <t>ANHEUSER-BUSCH INBEV WORLDWIDE INC:4.375 15APR2038</t>
   </si>
   <si>
     <t>035240AM2</t>
   </si>
   <si>
     <t>US035240AM26</t>
   </si>
   <si>
     <t>BFYT256</t>
   </si>
   <si>
     <t>ANZ GROUP HOLDINGS LTD:5.101 03FEB2033</t>
   </si>
@@ -519,50 +531,59 @@
   <si>
     <t>BANK OF AMERICA CORP:5.872 15SEP2034</t>
   </si>
   <si>
     <t>06051GLU1</t>
   </si>
   <si>
     <t>US06051GLU12</t>
   </si>
   <si>
     <t>BNNJDR2</t>
   </si>
   <si>
     <t>BANK OF AMERICA CORP:5.933 15SEP2027</t>
   </si>
   <si>
     <t>06051GLV9</t>
   </si>
   <si>
     <t>US06051GLV94</t>
   </si>
   <si>
     <t>BNNJDV6</t>
   </si>
   <si>
+    <t>BANK OF IRELAND GROUP PLC:3.625 10NOV2036</t>
+  </si>
+  <si>
+    <t>XS3225871121</t>
+  </si>
+  <si>
+    <t>BTTM786</t>
+  </si>
+  <si>
     <t>BANK OF NOVA SCOTIA:8.000 27JAN2084</t>
   </si>
   <si>
     <t>0641598V1</t>
   </si>
   <si>
     <t>US0641598V18</t>
   </si>
   <si>
     <t>BRXGPQ4</t>
   </si>
   <si>
     <t>BANQUE FEDERATIVE DU CREDIT MUTUEL/ FRAN:5.125 13JAN2033</t>
   </si>
   <si>
     <t>FR001400F323</t>
   </si>
   <si>
     <t>BPXYVX3</t>
   </si>
   <si>
     <t>BASF SE:3.750 29JUN2032</t>
   </si>
   <si>
     <t>XS2491542457</t>
@@ -624,50 +645,59 @@
   <si>
     <t>BPGLSK7</t>
   </si>
   <si>
     <t>BELROSE FUNDING TRUST II:6.792 15MAY2055</t>
   </si>
   <si>
     <t>08079KAA2</t>
   </si>
   <si>
     <t>US08079KAA25</t>
   </si>
   <si>
     <t>BV99DN8</t>
   </si>
   <si>
     <t>BLACKSTONE PROPERTY PARTNERS EUROPE HOLD:1.250 26APR2027</t>
   </si>
   <si>
     <t>XS2247718435</t>
   </si>
   <si>
     <t>BMF76Z6</t>
   </si>
   <si>
+    <t>BMS IRELAND CAPITAL FUNDING DAC:4.581 10NOV2055</t>
+  </si>
+  <si>
+    <t>XS3215466767</t>
+  </si>
+  <si>
+    <t>BP9QC63</t>
+  </si>
+  <si>
     <t>BMW US CAPITAL LLC:4.850 13AUG2031</t>
   </si>
   <si>
     <t>05565ECS2</t>
   </si>
   <si>
     <t>US05565ECS28</t>
   </si>
   <si>
     <t>BT3P7P8</t>
   </si>
   <si>
     <t>BNC SANT SERFIN:5.621 10DEC2029</t>
   </si>
   <si>
     <t>05969BAF0</t>
   </si>
   <si>
     <t>US05969BAF04</t>
   </si>
   <si>
     <t>BS9GD50</t>
   </si>
   <si>
     <t>BNP PARIBAS SA:1.250 13JUL2031</t>
@@ -681,86 +711,86 @@
   <si>
     <t>BNP PARIBAS SA:2.871 19APR2032</t>
   </si>
   <si>
     <t>09659W2P8</t>
   </si>
   <si>
     <t>US09659W2P81</t>
   </si>
   <si>
     <t>BLR4TL5</t>
   </si>
   <si>
     <t>BP CAPITAL MARKETS PLC:4.875 31DEC2079</t>
   </si>
   <si>
     <t>05565QDV7</t>
   </si>
   <si>
     <t>US05565QDV77</t>
   </si>
   <si>
     <t>BL6JT66</t>
   </si>
   <si>
-    <t>BRISTOL-MYERS SQUIBB CO:5.650 22FEB2064</t>
-[...10 lines deleted...]
-  <si>
     <t>BROADCOM INC:2.450 15FEB2031</t>
   </si>
   <si>
     <t>11135FCQ2</t>
   </si>
   <si>
     <t>US11135FCQ28</t>
   </si>
   <si>
     <t>BW5T4Z8</t>
   </si>
   <si>
     <t>BROADCOM INC:3.187 15NOV2036</t>
   </si>
   <si>
     <t>11135FBQ3</t>
   </si>
   <si>
     <t>US11135FBQ37</t>
   </si>
   <si>
     <t>BMCP6S6</t>
   </si>
   <si>
+    <t>BROOKFIELD ASSET MANAGEMENT LIMITED:4.653 15NOV2030</t>
+  </si>
+  <si>
+    <t>113004AB1</t>
+  </si>
+  <si>
+    <t>US113004AB12</t>
+  </si>
+  <si>
+    <t>BVMPY41</t>
+  </si>
+  <si>
     <t>BROOKFIELD ASSET MANAGEMENT LIMITED:5.795 24APR2035</t>
   </si>
   <si>
     <t>113004AA3</t>
   </si>
   <si>
     <t>US113004AA39</t>
   </si>
   <si>
     <t>BSTS107</t>
   </si>
   <si>
     <t>BUILDING MATERIALS CORP OF AMERICA:2.250 21NOV2026</t>
   </si>
   <si>
     <t>XS2080766475</t>
   </si>
   <si>
     <t>BK72RG3</t>
   </si>
   <si>
     <t>CAIXABANK SA:4.000 05MAR2037</t>
   </si>
   <si>
     <t>XS3016984372</t>
@@ -768,95 +798,119 @@
   <si>
     <t>BPJL019</t>
   </si>
   <si>
     <t>CAIXABANK SA:4.375 08AUG2036</t>
   </si>
   <si>
     <t>XS2875107307</t>
   </si>
   <si>
     <t>BRJQSS1</t>
   </si>
   <si>
     <t>CATERPILLAR INC:5.200 15MAY2035</t>
   </si>
   <si>
     <t>149123CL3</t>
   </si>
   <si>
     <t>US149123CL34</t>
   </si>
   <si>
     <t>BMVF8D6</t>
   </si>
   <si>
+    <t>CB RICHARD ELLIS SERV, INC.:4.900 15JAN2033</t>
+  </si>
+  <si>
+    <t>12505BAL4</t>
+  </si>
+  <si>
+    <t>US12505BAL45</t>
+  </si>
+  <si>
+    <t>BP9M6F8</t>
+  </si>
+  <si>
     <t>CELANESE US HOLDINGS LLC:6.850 15NOV2028</t>
   </si>
   <si>
     <t>15089QAW4</t>
   </si>
   <si>
     <t>US15089QAW42</t>
   </si>
   <si>
     <t>BMZ6BF8</t>
   </si>
   <si>
     <t>CELANESE US HOLDINGS LLC:7.200 15NOV2033</t>
   </si>
   <si>
     <t>15089QAY0</t>
   </si>
   <si>
     <t>US15089QAY08</t>
   </si>
   <si>
     <t>BRBDWD3</t>
   </si>
   <si>
     <t>CELLNEX TELECOM SA:1.875 26JUN2029</t>
   </si>
   <si>
     <t>XS2193658619</t>
   </si>
   <si>
     <t>BMY7D56</t>
   </si>
   <si>
     <t>CENTENE CORP:2.500 01MAR2031</t>
   </si>
   <si>
     <t>15135BAX9</t>
   </si>
   <si>
     <t>US15135BAX91</t>
   </si>
   <si>
     <t>BKP8G66</t>
   </si>
   <si>
+    <t>CHARLES SCHWAB CORP:4.914 14NOV2036</t>
+  </si>
+  <si>
+    <t>808513CL7</t>
+  </si>
+  <si>
+    <t>US808513CL74</t>
+  </si>
+  <si>
+    <t>BS84CZ8</t>
+  </si>
+  <si>
     <t>CHARLES SCHWAB CORP:5.853 19MAY2034</t>
   </si>
   <si>
     <t>808513CE3</t>
   </si>
   <si>
     <t>US808513CE32</t>
   </si>
   <si>
     <t>BP4YBS7</t>
   </si>
   <si>
     <t>CHARTER COMMUNICATIONS OPERATING:3.500 01MAR2042</t>
   </si>
   <si>
     <t>161175CE2</t>
   </si>
   <si>
     <t>US161175CE27</t>
   </si>
   <si>
     <t>BN7G7R7</t>
   </si>
   <si>
     <t>CHARTER COMMUNICATIONS OPERATING:4.400 01DEC2061</t>
@@ -1194,87 +1248,78 @@
   <si>
     <t>BR4XZT7</t>
   </si>
   <si>
     <t>DTE ENERGY COMPANY:5.200 01APR2030</t>
   </si>
   <si>
     <t>233331BN6</t>
   </si>
   <si>
     <t>US233331BN66</t>
   </si>
   <si>
     <t>BQXSW39</t>
   </si>
   <si>
     <t>DUKE ENERGY CORP:3.100 15JUN2028</t>
   </si>
   <si>
     <t>XS2488626610</t>
   </si>
   <si>
     <t>BMY28H8</t>
   </si>
   <si>
-    <t>E.ON AG:4.125 25MAR2044</t>
-[...7 lines deleted...]
-  <si>
     <t>EDF SA:4.375 17JUN2036</t>
   </si>
   <si>
     <t>FR001400QR70</t>
   </si>
   <si>
     <t>BS5WN96</t>
   </si>
   <si>
     <t>EMIRATES TELECOMMUNICATION CORP:0.375 17MAY2028</t>
   </si>
   <si>
     <t>XS2339427747</t>
   </si>
   <si>
     <t>BL9YL62</t>
   </si>
   <si>
-    <t>ENBRIDGE INC:5.550 20JUN2035</t>
-[...8 lines deleted...]
-    <t>BR11215</t>
+    <t>ENBRIDGE INC:5.200 20NOV2035</t>
+  </si>
+  <si>
+    <t>29250NCP8</t>
+  </si>
+  <si>
+    <t>US29250NCP87</t>
+  </si>
+  <si>
+    <t>BSPVH57</t>
   </si>
   <si>
     <t>ENBW ENERGIE BADEN-WUERTTEMBERG AG:4.500 28JUL2055</t>
   </si>
   <si>
     <t>XS3134523011</t>
   </si>
   <si>
     <t>BRXZTC5</t>
   </si>
   <si>
     <t>ENEL SPA:1.375 31DEC2079</t>
   </si>
   <si>
     <t>XS2312744217</t>
   </si>
   <si>
     <t>BMV35T5</t>
   </si>
   <si>
     <t>ENERGY TRANSFER EQUITY LP:5.600 01SEP2034</t>
   </si>
   <si>
     <t>29273VBA7</t>
   </si>
@@ -1323,62 +1368,50 @@
   <si>
     <t>ENGIE SA:5.625 10APR2034</t>
   </si>
   <si>
     <t>29286DAB1</t>
   </si>
   <si>
     <t>US29286DAB10</t>
   </si>
   <si>
     <t>BQBBVT9</t>
   </si>
   <si>
     <t>ENTERPRISE PROD OPER LLC:5.200 15JAN2036</t>
   </si>
   <si>
     <t>29379VCL5</t>
   </si>
   <si>
     <t>US29379VCL53</t>
   </si>
   <si>
     <t>BVDD8P3</t>
   </si>
   <si>
-    <t>ENTERPRISE PROD OPER LLC:5.350 31JAN2033</t>
-[...10 lines deleted...]
-  <si>
     <t>EQT CORP:4.500 15JAN2029</t>
   </si>
   <si>
     <t>26884LAX7</t>
   </si>
   <si>
     <t>US26884LAX73</t>
   </si>
   <si>
     <t>BMYPT85</t>
   </si>
   <si>
     <t>EQT CORP:4.750 15JAN2031</t>
   </si>
   <si>
     <t>26884LBD0</t>
   </si>
   <si>
     <t>US26884LBD01</t>
   </si>
   <si>
     <t>BMYPTC9</t>
   </si>
   <si>
     <t>EQT CORP:6.500 01JUL2027</t>
@@ -1464,50 +1497,62 @@
   <si>
     <t>FISERV INC:4.500 24MAY2031</t>
   </si>
   <si>
     <t>BMIC0EBV5</t>
   </si>
   <si>
     <t>XS2626288257</t>
   </si>
   <si>
     <t>BNTD1R4</t>
   </si>
   <si>
     <t>FISERV INC:4.550 15FEB2031</t>
   </si>
   <si>
     <t>337738BP2</t>
   </si>
   <si>
     <t>US337738BP21</t>
   </si>
   <si>
     <t>BV6N838</t>
   </si>
   <si>
+    <t>FLORIDA POWER CORPORATION:4.850 01DEC2035</t>
+  </si>
+  <si>
+    <t>26444HAU5</t>
+  </si>
+  <si>
+    <t>US26444HAU59</t>
+  </si>
+  <si>
+    <t>BR11572</t>
+  </si>
+  <si>
     <t>FORD MOTOR CREDIT COMPANY LLC:7.350 06MAR2030</t>
   </si>
   <si>
     <t>345397C68</t>
   </si>
   <si>
     <t>US345397C684</t>
   </si>
   <si>
     <t>BQ0N1L8</t>
   </si>
   <si>
     <t>FORTITUDE GLOBAL FUNDING:4.625 06OCT2028</t>
   </si>
   <si>
     <t>34967GAA2</t>
   </si>
   <si>
     <t>US34967GAA22</t>
   </si>
   <si>
     <t>BR886K6</t>
   </si>
   <si>
     <t>FORTITUDE GROUP HOLDINGS LLC:6.250 01APR2030</t>
@@ -1590,72 +1635,84 @@
   <si>
     <t>GEORGIA-PACIFIC LLC:2.300 30APR2030</t>
   </si>
   <si>
     <t>37331NAK7</t>
   </si>
   <si>
     <t>US37331NAK72</t>
   </si>
   <si>
     <t>BMT6GX7</t>
   </si>
   <si>
     <t>GILEAD SCIENCES INC:4.750 01MAR2046</t>
   </si>
   <si>
     <t>375558BD4</t>
   </si>
   <si>
     <t>US375558BD48</t>
   </si>
   <si>
     <t>BYMYP35</t>
   </si>
   <si>
-    <t>GLOBAL ATLANTIC FIN CO:6.750 15MAR2054</t>
+    <t>GLOBAL ATLANTIC (FIN) CO:6.750 15MAR2054</t>
   </si>
   <si>
     <t>37959GAF4</t>
   </si>
   <si>
     <t>US37959GAF46</t>
   </si>
   <si>
     <t>BP9R1N6</t>
   </si>
   <si>
-    <t>GLOBAL PAYMENTS INC.:5.950 15AUG2052</t>
-[...8 lines deleted...]
-    <t>BP6L0G7</t>
+    <t>GLOBAL ATLANTIC (FIN) CO:7.250 01MAR2056</t>
+  </si>
+  <si>
+    <t>37959GAH0</t>
+  </si>
+  <si>
+    <t>US37959GAH02</t>
+  </si>
+  <si>
+    <t>BTVHR12</t>
+  </si>
+  <si>
+    <t>GLOBAL PAYMENTS INC.:5.550 15NOV2035</t>
+  </si>
+  <si>
+    <t>37940XAY8</t>
+  </si>
+  <si>
+    <t>US37940XAY85</t>
+  </si>
+  <si>
+    <t>BTWXB51</t>
   </si>
   <si>
     <t>GOLDMAN SACHS GROUP INC/THE:5.330 23JUL2035</t>
   </si>
   <si>
     <t>38141GB37</t>
   </si>
   <si>
     <t>US38141GB375</t>
   </si>
   <si>
     <t>BRC1656</t>
   </si>
   <si>
     <t>GSK CONSUMER HEALTHCARE CAPITAL UK PLC:4.625 18SEP2033</t>
   </si>
   <si>
     <t>XS2902086706</t>
   </si>
   <si>
     <t>BRQPHB7</t>
   </si>
   <si>
     <t>HA SUSTAINABLE INFRASTRUCTURE CAPITAL IN:6.150 15JAN2031</t>
   </si>
@@ -1692,59 +1749,50 @@
   <si>
     <t>BV4FL59</t>
   </si>
   <si>
     <t>HEXCEL CORP:5.875 26FEB2035</t>
   </si>
   <si>
     <t>428291AP3</t>
   </si>
   <si>
     <t>US428291AP36</t>
   </si>
   <si>
     <t>BRQN8X0</t>
   </si>
   <si>
     <t>HISCOX LTD:7.000 11JUN2036</t>
   </si>
   <si>
     <t>XS3085134594</t>
   </si>
   <si>
     <t>BQTX9D7</t>
   </si>
   <si>
-    <t>HSBC HOLDINGS PLC:2.256 13NOV2026</t>
-[...7 lines deleted...]
-  <si>
     <t>HSBC HOLDINGS PLC:2.804 24MAY2032</t>
   </si>
   <si>
     <t>404280CT4</t>
   </si>
   <si>
     <t>US404280CT42</t>
   </si>
   <si>
     <t>BN44R07</t>
   </si>
   <si>
     <t>HUNTINGTON NATL BK:4.871 12APR2028</t>
   </si>
   <si>
     <t>44644MAK7</t>
   </si>
   <si>
     <t>US44644MAK71</t>
   </si>
   <si>
     <t>BTJX0W4</t>
   </si>
   <si>
     <t>HYATT HOTELS CORP:5.050 30MAR2028</t>
@@ -1779,59 +1827,50 @@
   <si>
     <t>BL69MT0</t>
   </si>
   <si>
     <t>IBERDROLA INTERNATIONAL BV:1.825 31DEC2079</t>
   </si>
   <si>
     <t>XS2295333988</t>
   </si>
   <si>
     <t>BKPLQW1</t>
   </si>
   <si>
     <t>ICON INVESTMENTS SIX DESIGNATED ACTIVITY:5.809 08MAY2027</t>
   </si>
   <si>
     <t>45115AAA2</t>
   </si>
   <si>
     <t>US45115AAA25</t>
   </si>
   <si>
     <t>BQSB3H4</t>
   </si>
   <si>
-    <t>ING GROEP NV:1.000 13NOV2030</t>
-[...7 lines deleted...]
-  <si>
     <t>ING GROEP NV:1.750 16FEB2031</t>
   </si>
   <si>
     <t>XS2443920751</t>
   </si>
   <si>
     <t>BNYDZJ9</t>
   </si>
   <si>
     <t>ING GROEP NV:3.875 20AUG2037</t>
   </si>
   <si>
     <t>XS3153087559</t>
   </si>
   <si>
     <t>BVN4748</t>
   </si>
   <si>
     <t>INTESA SANPAOLO SPA:7.200 28NOV2033</t>
   </si>
   <si>
     <t>46115HCD7</t>
   </si>
   <si>
     <t>US46115HCD70</t>
@@ -2037,143 +2076,179 @@
   <si>
     <t>MACQUARIE AIRFINANCE HOLDINGS LTD:5.200 27MAR2028</t>
   </si>
   <si>
     <t>55609NAF5</t>
   </si>
   <si>
     <t>US55609NAF50</t>
   </si>
   <si>
     <t>BMHSG79</t>
   </si>
   <si>
     <t>MACQUARIE AIRFINANCE HOLDINGS LTD:6.500 26MAR2031</t>
   </si>
   <si>
     <t>55609NAD0</t>
   </si>
   <si>
     <t>US55609NAD03</t>
   </si>
   <si>
     <t>BQ9D647</t>
   </si>
   <si>
+    <t>MAGNUM ICC FINANCE BV:4.000 26NOV2037</t>
+  </si>
+  <si>
+    <t>XS3238211943</t>
+  </si>
+  <si>
+    <t>BVPJCM4</t>
+  </si>
+  <si>
     <t>MAREX GROUP PLC:5.829 08MAY2028</t>
   </si>
   <si>
     <t>566539AB8</t>
   </si>
   <si>
     <t>US566539AB80</t>
   </si>
   <si>
     <t>BV8CDK5</t>
   </si>
   <si>
     <t>MAREX GROUP PLC:6.404 04NOV2029</t>
   </si>
   <si>
     <t>566539AA0</t>
   </si>
   <si>
     <t>US566539AA08</t>
   </si>
   <si>
     <t>BT03MF0</t>
   </si>
   <si>
     <t>MARS INC:5.200 01MAR2035</t>
   </si>
   <si>
     <t>571676BA2</t>
   </si>
   <si>
     <t>US571676BA26</t>
   </si>
   <si>
     <t>BR4XVJ9</t>
   </si>
   <si>
+    <t>MARS INC:5.700 01MAY2055</t>
+  </si>
+  <si>
+    <t>571676BC8</t>
+  </si>
+  <si>
+    <t>US571676BC81</t>
+  </si>
+  <si>
+    <t>BR4XVL1</t>
+  </si>
+  <si>
     <t>MARSH &amp; MCLENNAN COMPANIES INC:5.000 15MAR2035</t>
   </si>
   <si>
     <t>571748CC4</t>
   </si>
   <si>
     <t>US571748CC43</t>
   </si>
   <si>
     <t>BT03MR2</t>
   </si>
   <si>
     <t>MARSH &amp; MCLENNAN COMPANIES INC:5.400 15MAR2055</t>
   </si>
   <si>
     <t>571748CD2</t>
   </si>
   <si>
     <t>US571748CD26</t>
   </si>
   <si>
     <t>BT03MT4</t>
   </si>
   <si>
     <t>META PLATFORMS INC:5.550 15AUG2064</t>
   </si>
   <si>
     <t>30303M8W5</t>
   </si>
   <si>
     <t>US30303M8W51</t>
   </si>
   <si>
     <t>BT3NFK3</t>
   </si>
   <si>
     <t>META PLATFORMS INC:5.625 15NOV2055</t>
   </si>
   <si>
     <t>30303MAE2</t>
   </si>
   <si>
     <t>US30303MAE21</t>
   </si>
   <si>
+    <t>BSLN7H9</t>
+  </si>
+  <si>
     <t>METROPCS COMMUNICATIONS INC:5.125 15MAY2032</t>
   </si>
   <si>
     <t>87264ADS1</t>
   </si>
   <si>
     <t>US87264ADS15</t>
   </si>
   <si>
     <t>BMHSG24</t>
   </si>
   <si>
+    <t>MICRON TECHNOLOGY INC:5.300 15JAN2031</t>
+  </si>
+  <si>
+    <t>595112CD3</t>
+  </si>
+  <si>
+    <t>US595112CD31</t>
+  </si>
+  <si>
+    <t>BRF20S7</t>
+  </si>
+  <si>
     <t>MICRON TECHNOLOGY INC:6.050 01NOV2035</t>
   </si>
   <si>
     <t>595112CH4</t>
   </si>
   <si>
     <t>US595112CH45</t>
   </si>
   <si>
     <t>BTZJF09</t>
   </si>
   <si>
     <t>MICROSOFT CORP:2.525 01JUN2050</t>
   </si>
   <si>
     <t>594918CC6</t>
   </si>
   <si>
     <t>US594918CC64</t>
   </si>
   <si>
     <t>BM9DJ73</t>
   </si>
   <si>
     <t>MITSUBISHI HC FINANCE AMERICA LLC:5.150 24OCT2029</t>
@@ -2253,50 +2328,59 @@
   <si>
     <t>BNNPVW1</t>
   </si>
   <si>
     <t>NBN CO LTD:3.500 22MAR2030</t>
   </si>
   <si>
     <t>XS2788379126</t>
   </si>
   <si>
     <t>BSHSNK3</t>
   </si>
   <si>
     <t>NEWMONT MINING CORP:5.350 15MAR2034</t>
   </si>
   <si>
     <t>65163LAR0</t>
   </si>
   <si>
     <t>US65163LAR06</t>
   </si>
   <si>
     <t>BQTXQH0</t>
   </si>
   <si>
+    <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:3.996 15MAY2056</t>
+  </si>
+  <si>
+    <t>XS3176173568</t>
+  </si>
+  <si>
+    <t>BP9MBS6</t>
+  </si>
+  <si>
     <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:4.685 01SEP2027</t>
   </si>
   <si>
     <t>65339KCL2</t>
   </si>
   <si>
     <t>US65339KCL26</t>
   </si>
   <si>
     <t>BTFZQ82</t>
   </si>
   <si>
     <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:4.900 28FEB2028</t>
   </si>
   <si>
     <t>65339KCM0</t>
   </si>
   <si>
     <t>US65339KCM09</t>
   </si>
   <si>
     <t>BN2S9Y9</t>
   </si>
   <si>
     <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:5.900 15MAR2055</t>
@@ -2619,50 +2703,62 @@
   <si>
     <t>PRINCIPAL LIFE GLOBAL FNDG I:4.950 27NOV2029</t>
   </si>
   <si>
     <t>74256LFB0</t>
   </si>
   <si>
     <t>US74256LFB09</t>
   </si>
   <si>
     <t>BTG0DG3</t>
   </si>
   <si>
     <t>PROLOGIS EURO FINANCE LLC:1.875 05JAN2029</t>
   </si>
   <si>
     <t>BMI6S6ER1</t>
   </si>
   <si>
     <t>XS1861322383</t>
   </si>
   <si>
     <t>BG0KC61</t>
   </si>
   <si>
+    <t>PROTECTIVE LIFE CORP:4.700 15JAN2031</t>
+  </si>
+  <si>
+    <t>743674BF9</t>
+  </si>
+  <si>
+    <t>US743674BF93</t>
+  </si>
+  <si>
+    <t>BTVHQZ9</t>
+  </si>
+  <si>
     <t>QORVO INC:3.375 01APR2031</t>
   </si>
   <si>
     <t>74736KAJ0</t>
   </si>
   <si>
     <t>US74736KAJ07</t>
   </si>
   <si>
     <t>BMG5DW5</t>
   </si>
   <si>
     <t>RAIZEN FUELS FINANCE SA:5.700 17JAN2035</t>
   </si>
   <si>
     <t>75102XAD8</t>
   </si>
   <si>
     <t>US75102XAD84</t>
   </si>
   <si>
     <t>BS6RHH6</t>
   </si>
   <si>
     <t>RAYMOND JAMES FIN INC.:5.650 11SEP2055</t>
@@ -2673,50 +2769,53 @@
   <si>
     <t>US754730AK54</t>
   </si>
   <si>
     <t>BVSYVN0</t>
   </si>
   <si>
     <t>RLGH FINANCE BERMUDA LTD:6.750 02JUL2035</t>
   </si>
   <si>
     <t>XS3096112688</t>
   </si>
   <si>
     <t>BNC2NH2</t>
   </si>
   <si>
     <t>ROYAL BANK OF CANADA:4.305 03NOV2031</t>
   </si>
   <si>
     <t>78017DAQ1</t>
   </si>
   <si>
     <t>US78017DAQ16</t>
   </si>
   <si>
+    <t>BVK6JW9</t>
+  </si>
+  <si>
     <t>ROYAL BANK OF CANADA:4.498 06AUG2029</t>
   </si>
   <si>
     <t>78017DAK4</t>
   </si>
   <si>
     <t>US78017DAK46</t>
   </si>
   <si>
     <t>BPRB884</t>
   </si>
   <si>
     <t>ROYAL BANK OF CANADA:4.650 18OCT2030</t>
   </si>
   <si>
     <t>78017FZT3</t>
   </si>
   <si>
     <t>US78017FZT38</t>
   </si>
   <si>
     <t>BR4SL83</t>
   </si>
   <si>
     <t>ROYAL BANK OF CANADA:5.153 04FEB2031</t>
@@ -2733,104 +2832,80 @@
   <si>
     <t>ROYAL BANK OF SCOTLAND GROUP PLC:PFD:5.115 23MAY2031</t>
   </si>
   <si>
     <t>639057AV0</t>
   </si>
   <si>
     <t>US639057AV00</t>
   </si>
   <si>
     <t>BS6RHW1</t>
   </si>
   <si>
     <t>ROYAL CARIBBEAN CRUISES LTD.:5.375 15JAN2036</t>
   </si>
   <si>
     <t>78017TAB9</t>
   </si>
   <si>
     <t>US78017TAB98</t>
   </si>
   <si>
     <t>BV8CL67</t>
   </si>
   <si>
-    <t>ROYALTY PHARMA PLC:3.350 02SEP2051</t>
-[...10 lines deleted...]
-  <si>
     <t>ROYALTY PHARMA PLC:3.550 02SEP2050</t>
   </si>
   <si>
     <t>78081BAM5</t>
   </si>
   <si>
     <t>US78081BAM54</t>
   </si>
   <si>
     <t>BKP4QV9</t>
   </si>
   <si>
     <t>RWE AG:4.625 18JUN2055</t>
   </si>
   <si>
     <t>XS3094765735</t>
   </si>
   <si>
     <t>BVMF4N0</t>
   </si>
   <si>
     <t>SAMPO OYJ:2.500 03SEP2052</t>
   </si>
   <si>
     <t>XS2226645278</t>
   </si>
   <si>
     <t>BL649M7</t>
   </si>
   <si>
-    <t>SANTANDER UK GROUP HOLDINGS PLC:6.833 21NOV2026</t>
-[...10 lines deleted...]
-  <si>
     <t>SIEMENS FUNDING BV:5.900 28MAY2065</t>
   </si>
   <si>
     <t>82622RAG1</t>
   </si>
   <si>
     <t>US82622RAG11</t>
   </si>
   <si>
     <t>BS5YY99</t>
   </si>
   <si>
     <t>SKANDINAVISKA ENSKILDA BANKEN AB:0.750 03NOV2031</t>
   </si>
   <si>
     <t>XS2404247384</t>
   </si>
   <si>
     <t>BLN7RQ9</t>
   </si>
   <si>
     <t>SMBC AVIATION CAPITAL FINANCE DA:5.550 03APR2034</t>
   </si>
   <si>
     <t>78448TAM4</t>
@@ -2841,57 +2916,57 @@
   <si>
     <t>BRS7WL6</t>
   </si>
   <si>
     <t>SNAM SPA:4.500 31DEC2079</t>
   </si>
   <si>
     <t>XS2896350175</t>
   </si>
   <si>
     <t>BTFJ0T3</t>
   </si>
   <si>
     <t>SNAM SPA:5.750 28MAY2035</t>
   </si>
   <si>
     <t>83304JAB3</t>
   </si>
   <si>
     <t>US83304JAB35</t>
   </si>
   <si>
     <t>BS6S7F7</t>
   </si>
   <si>
-    <t>SOCIETE GENERALE SA:1.000 24NOV2030</t>
-[...5 lines deleted...]
-    <t>BNM52Z2</t>
+    <t>SOCIETE GENERALE SA:3.875 20NOV2035</t>
+  </si>
+  <si>
+    <t>FR0014014A53</t>
+  </si>
+  <si>
+    <t>BVMNMD0</t>
   </si>
   <si>
     <t>SOUTH BOW USA INFRASTRUCT 144A 4.911% 0:4.911 01SEP2027</t>
   </si>
   <si>
     <t>83007CAB8</t>
   </si>
   <si>
     <t>US83007CAB81</t>
   </si>
   <si>
     <t>BQT1J31</t>
   </si>
   <si>
     <t>STATE GRID OVERSEAS INVESTMENT (2016) LT:0.797 05AUG2026</t>
   </si>
   <si>
     <t>XS2152902719</t>
   </si>
   <si>
     <t>BLD0PJ7</t>
   </si>
   <si>
     <t>STELLANTIS FINANCE US INC:6.450 18MAR2035</t>
   </si>
@@ -3039,50 +3114,62 @@
   <si>
     <t>BTFK580</t>
   </si>
   <si>
     <t>TOTAL CAPITAL SA:5.638 05APR2064</t>
   </si>
   <si>
     <t>89157XAC5</t>
   </si>
   <si>
     <t>US89157XAC56</t>
   </si>
   <si>
     <t>BPW6WP9</t>
   </si>
   <si>
     <t>TOTALENERGIES SE:2.000 31DEC2079</t>
   </si>
   <si>
     <t>XS2432130610</t>
   </si>
   <si>
     <t>BNDX073</t>
   </si>
   <si>
+    <t>TRANSCONTINENTAL GAS PIPE LINE CORP:5.100 15MAR2036</t>
+  </si>
+  <si>
+    <t>893574AS2</t>
+  </si>
+  <si>
+    <t>US893574AS28</t>
+  </si>
+  <si>
+    <t>BP9MCF0</t>
+  </si>
+  <si>
     <t>TRATON FINANCE LUXEMBOURG SA:3.750 14JAN2031</t>
   </si>
   <si>
     <t>DE000A3L69Y6</t>
   </si>
   <si>
     <t>BSHT588</t>
   </si>
   <si>
     <t>UBER TECHNOLOGIES INC:4.300 15JAN2030</t>
   </si>
   <si>
     <t>90353TAN0</t>
   </si>
   <si>
     <t>US90353TAN00</t>
   </si>
   <si>
     <t>BQB6DG5</t>
   </si>
   <si>
     <t>UBER TECHNOLOGIES INC:4.800 15SEP2034</t>
   </si>
   <si>
     <t>90353TAP5</t>
@@ -3093,50 +3180,62 @@
   <si>
     <t>BQB6DH6</t>
   </si>
   <si>
     <t>UBS GROUP AG:2.875 02APR2032</t>
   </si>
   <si>
     <t>CH1174335740</t>
   </si>
   <si>
     <t>BNHSZ68</t>
   </si>
   <si>
     <t>UBS GROUP AG:3.091 14MAY2032</t>
   </si>
   <si>
     <t>225401AU2</t>
   </si>
   <si>
     <t>US225401AU28</t>
   </si>
   <si>
     <t>BMYY670</t>
   </si>
   <si>
+    <t>UBS GROUP AG:4.844 06NOV2033</t>
+  </si>
+  <si>
+    <t>902613BT4</t>
+  </si>
+  <si>
+    <t>US902613BT44</t>
+  </si>
+  <si>
+    <t>BVSYC15</t>
+  </si>
+  <si>
     <t>UNICREDIT SPA:4.000 05MAR2034</t>
   </si>
   <si>
     <t>IT0005585051</t>
   </si>
   <si>
     <t>BQS7V01</t>
   </si>
   <si>
     <t>UNICREDIT SPA:5.375 16APR2034</t>
   </si>
   <si>
     <t>IT0005580102</t>
   </si>
   <si>
     <t>BR87528</t>
   </si>
   <si>
     <t>UNITED AIRLINES 2024-1 CLASS A PASS THRO:5.450 15FEB2037</t>
   </si>
   <si>
     <t>90932WAA1</t>
   </si>
   <si>
     <t>US90932WAA18</t>
@@ -3156,111 +3255,120 @@
   <si>
     <t>BPDY7Z7</t>
   </si>
   <si>
     <t>UNITEDHEALTH GROUP INCORPORATED:5.875 15FEB2053</t>
   </si>
   <si>
     <t>91324PES7</t>
   </si>
   <si>
     <t>US91324PES74</t>
   </si>
   <si>
     <t>BLBRZR8</t>
   </si>
   <si>
     <t>UPJOHN FINANCE BV:1.908 23JUN2032</t>
   </si>
   <si>
     <t>XS2193983108</t>
   </si>
   <si>
     <t>BJK0PP2</t>
   </si>
   <si>
-    <t>US BANCORP:5.836 12JUN2034</t>
-[...10 lines deleted...]
-  <si>
     <t>VAR ENERGI ASA:3.875 12MAR2031</t>
   </si>
   <si>
     <t>XS3019303133</t>
   </si>
   <si>
     <t>BR4XP19</t>
   </si>
   <si>
     <t>VAR ENERGI ASA:5.875 22MAY2030</t>
   </si>
   <si>
     <t>92212WAF7</t>
   </si>
   <si>
     <t>US92212WAF77</t>
   </si>
   <si>
     <t>BMHDRH1</t>
   </si>
   <si>
     <t>VERIZON COMMUNICATIONS INC:1.850 18MAY2040</t>
   </si>
   <si>
     <t>XS2176561095</t>
   </si>
   <si>
     <t>BMFH5C6</t>
   </si>
   <si>
     <t>VERIZON COMMUNICATIONS INC:3.375 27OCT2036</t>
   </si>
   <si>
     <t>XS1708168890</t>
   </si>
   <si>
     <t>BF329N3</t>
   </si>
   <si>
+    <t>VERIZON COMMUNICATIONS INC:3.9962 15JUN2056</t>
+  </si>
+  <si>
+    <t>XS3226542861</t>
+  </si>
+  <si>
+    <t>BMHXSJ0</t>
+  </si>
+  <si>
     <t>VERIZON COMMUNICATIONS INC:4.780 15FEB2035</t>
   </si>
   <si>
     <t>92343VGY4</t>
   </si>
   <si>
     <t>US92343VGY48</t>
   </si>
   <si>
     <t>BN2RDG6</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC:5.875 30NOV2055</t>
+  </si>
+  <si>
+    <t>92343VHJ6</t>
+  </si>
+  <si>
+    <t>US92343VHJ61</t>
+  </si>
+  <si>
+    <t>BQ3SPR4</t>
   </si>
   <si>
     <t>VIRGINIA ELECTRIC AND POWER COMPANY:5.050 15AUG2034</t>
   </si>
   <si>
     <t>927804GR9</t>
   </si>
   <si>
     <t>US927804GR96</t>
   </si>
   <si>
     <t>BQ1P0M7</t>
   </si>
   <si>
     <t>VISTRA OPERATIONS COMPANY LLC:5.700 30DEC2034</t>
   </si>
   <si>
     <t>92840VAU6</t>
   </si>
   <si>
     <t>US92840VAU61</t>
   </si>
   <si>
     <t>BS89833</t>
   </si>
@@ -3763,81 +3871,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E322"/>
+  <dimension ref="A1:E331"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>1115</v>
+        <v>1151</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
@@ -3895,102 +4003,102 @@
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
         <v>0.64</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
         <v>0.48</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
         <v>0.39</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.22</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
         <v>0.18</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
@@ -4065,4971 +4173,5124 @@
       </c>
       <c r="C22" t="s" s="0">
         <v>64</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>65</v>
       </c>
       <c r="E22" t="n" s="0">
         <v>0.39</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>68</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>69</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.31</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>72</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>73</v>
       </c>
       <c r="E24" t="n" s="0">
         <v>0.18</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>76</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>77</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.48</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>80</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>81</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.19</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>84</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>85</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="C28" t="s" s="0">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D28" t="s" s="0">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.21</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>91</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>92</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.35</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="C30" t="s" s="0">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D30" t="s" s="0">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.55</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>98</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>99</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.33</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="C32" t="s" s="0">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D32" t="s" s="0">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.75</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>105</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>106</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.16</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>109</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>110</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.49</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>112</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>113</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>114</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.18</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>117</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>118</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="C37" t="s" s="0">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D37" t="s" s="0">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.56</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>124</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>125</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.09</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>127</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>128</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>129</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.63</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.15</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C41" t="s" s="0">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C42" t="s" s="0">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D42" t="s" s="0">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E42" t="n" s="0">
         <v>0.17</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>141</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>142</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.41</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>145</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>146</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.27</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>149</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>150</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.08</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>22</v>
+        <v>152</v>
       </c>
       <c r="C46" t="s" s="0">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D46" t="s" s="0">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.69</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.54</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>159</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>160</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.47</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>163</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>164</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>1.22</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>167</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>168</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.26</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>171</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>172</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>174</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>175</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.76</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
       <c r="C53" t="s" s="0">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D53" t="s" s="0">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>0.18</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C54" t="s" s="0">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D54" t="s" s="0">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.53</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C55" t="s" s="0">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.37</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="C56" t="s" s="0">
         <v>187</v>
       </c>
       <c r="D56" t="s" s="0">
         <v>188</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.29</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B57" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C57" t="s" s="0">
         <v>190</v>
       </c>
-      <c r="C57" t="s" s="0">
+      <c r="D57" t="s" s="0">
         <v>191</v>
       </c>
-      <c r="D57" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E57" t="n" s="0">
-        <v>0.31</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B58" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="B58" s="6" t="s">
+      <c r="C58" t="s" s="0">
         <v>194</v>
       </c>
-      <c r="C58" t="s" s="0">
+      <c r="D58" t="s" s="0">
         <v>195</v>
       </c>
-      <c r="D58" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E58" t="n" s="0">
-        <v>0.22</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B59" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="B59" s="6" t="s">
+      <c r="C59" t="s" s="0">
         <v>198</v>
       </c>
-      <c r="C59" t="s" s="0">
+      <c r="D59" t="s" s="0">
         <v>199</v>
       </c>
-      <c r="D59" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E59" t="n" s="0">
-        <v>0.24</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B60" s="6" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>202</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>203</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.5</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>204</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>205</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>206</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>207</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>208</v>
       </c>
       <c r="B62" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C62" t="s" s="0">
         <v>209</v>
       </c>
-      <c r="C62" t="s" s="0">
+      <c r="D62" t="s" s="0">
         <v>210</v>
       </c>
-      <c r="D62" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E62" t="n" s="0">
-        <v>0.31</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C63" t="s" s="0">
         <v>212</v>
       </c>
-      <c r="B63" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s" s="0">
+      <c r="D63" t="s" s="0">
         <v>213</v>
       </c>
-      <c r="D63" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E63" t="n" s="0">
-        <v>0.32</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B64" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="B64" s="6" t="s">
+      <c r="C64" t="s" s="0">
         <v>216</v>
       </c>
-      <c r="C64" t="s" s="0">
+      <c r="D64" t="s" s="0">
         <v>217</v>
       </c>
-      <c r="D64" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E64" t="n" s="0">
-        <v>0.27</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="B65" s="6" t="s">
         <v>219</v>
       </c>
-      <c r="B65" s="6" t="s">
+      <c r="C65" t="s" s="0">
         <v>220</v>
       </c>
-      <c r="C65" t="s" s="0">
+      <c r="D65" t="s" s="0">
         <v>221</v>
       </c>
-      <c r="D65" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E65" t="n" s="0">
-        <v>0.26</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C66" t="s" s="0">
         <v>223</v>
       </c>
-      <c r="B66" s="6" t="s">
+      <c r="D66" t="s" s="0">
         <v>224</v>
       </c>
-      <c r="C66" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E66" t="n" s="0">
-        <v>0.18</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="C67" t="s" s="0">
         <v>227</v>
       </c>
-      <c r="B67" s="6" t="s">
+      <c r="D67" t="s" s="0">
         <v>228</v>
       </c>
-      <c r="C67" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E67" t="n" s="0">
-        <v>0.33</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C68" t="s" s="0">
         <v>231</v>
       </c>
-      <c r="B68" s="6" t="s">
+      <c r="D68" t="s" s="0">
         <v>232</v>
       </c>
-      <c r="C68" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E68" t="n" s="0">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="C69" t="s" s="0">
         <v>235</v>
       </c>
-      <c r="B69" s="6" t="s">
+      <c r="D69" t="s" s="0">
         <v>236</v>
       </c>
-      <c r="C69" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E69" t="n" s="0">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="C70" t="s" s="0">
         <v>239</v>
       </c>
-      <c r="B70" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s" s="0">
+      <c r="D70" t="s" s="0">
         <v>240</v>
       </c>
-      <c r="D70" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E70" t="n" s="0">
-        <v>0.13</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B71" s="6" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C71" t="s" s="0">
         <v>243</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>244</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.53</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>245</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>22</v>
+        <v>246</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>249</v>
+        <v>22</v>
       </c>
       <c r="C73" t="s" s="0">
         <v>250</v>
       </c>
       <c r="D73" t="s" s="0">
         <v>251</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.31</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>252</v>
       </c>
       <c r="B74" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C74" t="s" s="0">
         <v>253</v>
       </c>
-      <c r="C74" t="s" s="0">
+      <c r="D74" t="s" s="0">
         <v>254</v>
       </c>
-      <c r="D74" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E74" t="n" s="0">
-        <v>0.51</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C75" t="s" s="0">
         <v>256</v>
       </c>
-      <c r="B75" s="6" t="s">
+      <c r="D75" t="s" s="0">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E75" t="n" s="0">
         <v>0.18</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="C76" t="s" s="0">
         <v>260</v>
       </c>
-      <c r="B76" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s" s="0">
+      <c r="D76" t="s" s="0">
         <v>261</v>
       </c>
-      <c r="D76" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E76" t="n" s="0">
-        <v>0.33</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="B77" s="6" t="s">
         <v>263</v>
       </c>
-      <c r="B77" s="6" t="s">
+      <c r="C77" t="s" s="0">
         <v>264</v>
       </c>
-      <c r="C77" t="s" s="0">
+      <c r="D77" t="s" s="0">
         <v>265</v>
       </c>
-      <c r="D77" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E77" t="n" s="0">
-        <v>0.73</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B78" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="B78" s="6" t="s">
+      <c r="C78" t="s" s="0">
         <v>268</v>
       </c>
-      <c r="C78" t="s" s="0">
+      <c r="D78" t="s" s="0">
         <v>269</v>
       </c>
-      <c r="D78" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="n" s="0">
-        <v>0.2</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B79" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="B79" s="6" t="s">
+      <c r="C79" t="s" s="0">
         <v>272</v>
       </c>
-      <c r="C79" t="s" s="0">
+      <c r="D79" t="s" s="0">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E79" t="n" s="0">
         <v>0.18</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C80" t="s" s="0">
         <v>275</v>
       </c>
-      <c r="B80" s="6" t="s">
+      <c r="D80" t="s" s="0">
         <v>276</v>
       </c>
-      <c r="C80" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E80" t="n" s="0">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="C81" t="s" s="0">
         <v>279</v>
       </c>
-      <c r="B81" s="6" t="s">
+      <c r="D81" t="s" s="0">
         <v>280</v>
       </c>
-      <c r="C81" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E81" t="n" s="0">
-        <v>0.13</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="C82" t="s" s="0">
         <v>283</v>
       </c>
-      <c r="B82" s="6" t="s">
+      <c r="D82" t="s" s="0">
         <v>284</v>
       </c>
-      <c r="C82" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E82" t="n" s="0">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="C83" t="s" s="0">
         <v>287</v>
       </c>
-      <c r="B83" s="6" t="s">
+      <c r="D83" t="s" s="0">
         <v>288</v>
       </c>
-      <c r="C83" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E83" t="n" s="0">
-        <v>0.34</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="C84" t="s" s="0">
         <v>291</v>
       </c>
-      <c r="B84" s="6" t="s">
+      <c r="D84" t="s" s="0">
         <v>292</v>
       </c>
-      <c r="C84" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E84" t="n" s="0">
-        <v>0.34</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="C85" t="s" s="0">
         <v>295</v>
       </c>
-      <c r="B85" s="6" t="s">
+      <c r="D85" t="s" s="0">
         <v>296</v>
       </c>
-      <c r="C85" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E85" t="n" s="0">
-        <v>0.32</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C86" t="s" s="0">
         <v>299</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s" s="0">
+      <c r="D86" t="s" s="0">
         <v>300</v>
       </c>
-      <c r="D86" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E86" t="n" s="0">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="B87" s="6" t="s">
         <v>302</v>
       </c>
-      <c r="B87" s="6" t="s">
+      <c r="C87" t="s" s="0">
         <v>303</v>
       </c>
-      <c r="C87" t="s" s="0">
+      <c r="D87" t="s" s="0">
         <v>304</v>
       </c>
-      <c r="D87" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E87" t="n" s="0">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B88" s="6" t="s">
         <v>306</v>
       </c>
-      <c r="B88" s="6" t="s">
+      <c r="C88" t="s" s="0">
         <v>307</v>
       </c>
-      <c r="C88" t="s" s="0">
+      <c r="D88" t="s" s="0">
         <v>308</v>
       </c>
-      <c r="D88" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E88" t="n" s="0">
-        <v>0.41</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="B89" s="6" t="s">
         <v>310</v>
       </c>
-      <c r="B89" s="6" t="s">
+      <c r="C89" t="s" s="0">
         <v>311</v>
       </c>
-      <c r="C89" t="s" s="0">
+      <c r="D89" t="s" s="0">
         <v>312</v>
       </c>
-      <c r="D89" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E89" t="n" s="0">
-        <v>0.36</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="B90" s="6" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C90" t="s" s="0">
         <v>315</v>
       </c>
       <c r="D90" t="s" s="0">
         <v>316</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.34</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>317</v>
       </c>
       <c r="B91" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C91" t="s" s="0">
         <v>318</v>
       </c>
-      <c r="C91" t="s" s="0">
+      <c r="D91" t="s" s="0">
         <v>319</v>
       </c>
-      <c r="D91" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E91" t="n" s="0">
-        <v>0.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="B92" s="6" t="s">
         <v>321</v>
       </c>
-      <c r="B92" s="6" t="s">
+      <c r="C92" t="s" s="0">
         <v>322</v>
       </c>
-      <c r="C92" t="s" s="0">
+      <c r="D92" t="s" s="0">
         <v>323</v>
       </c>
-      <c r="D92" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E92" t="n" s="0">
-        <v>0.51</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="B93" s="6" t="s">
         <v>325</v>
       </c>
-      <c r="B93" s="6" t="s">
+      <c r="C93" t="s" s="0">
         <v>326</v>
       </c>
-      <c r="C93" t="s" s="0">
+      <c r="D93" t="s" s="0">
         <v>327</v>
       </c>
-      <c r="D93" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E93" t="n" s="0">
-        <v>0.5</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="B94" s="6" t="s">
         <v>329</v>
       </c>
-      <c r="B94" s="6" t="s">
+      <c r="C94" t="s" s="0">
         <v>330</v>
       </c>
-      <c r="C94" t="s" s="0">
+      <c r="D94" t="s" s="0">
         <v>331</v>
       </c>
-      <c r="D94" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E94" t="n" s="0">
-        <v>0.15</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C95" t="s" s="0">
         <v>333</v>
       </c>
-      <c r="B95" s="6" t="s">
+      <c r="D95" t="s" s="0">
         <v>334</v>
       </c>
-      <c r="C95" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E95" t="n" s="0">
-        <v>0.07</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="C96" t="s" s="0">
         <v>337</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
       <c r="D96" t="s" s="0">
         <v>338</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>1.4</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>339</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>340</v>
       </c>
       <c r="C97" t="s" s="0">
         <v>341</v>
       </c>
       <c r="D97" t="s" s="0">
         <v>342</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.31</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
         <v>343</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>344</v>
       </c>
       <c r="C98" t="s" s="0">
         <v>345</v>
       </c>
       <c r="D98" t="s" s="0">
         <v>346</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.44</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
         <v>347</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>348</v>
       </c>
       <c r="C99" t="s" s="0">
         <v>349</v>
       </c>
       <c r="D99" t="s" s="0">
         <v>350</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>0.29</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>351</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>352</v>
       </c>
       <c r="C100" t="s" s="0">
         <v>353</v>
       </c>
       <c r="D100" t="s" s="0">
         <v>354</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.3</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>355</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>356</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="D101" t="s" s="0">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>0.19</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="C102" t="s" s="0">
         <v>359</v>
       </c>
-      <c r="B102" s="6" t="s">
+      <c r="D102" t="s" s="0">
         <v>360</v>
       </c>
-      <c r="C102" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E102" t="n" s="0">
-        <v>0.19</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C103" t="s" s="0">
         <v>363</v>
       </c>
-      <c r="B103" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s" s="0">
+      <c r="D103" t="s" s="0">
         <v>364</v>
       </c>
-      <c r="D103" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E103" t="n" s="0">
-        <v>0.62</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="B104" s="6" t="s">
         <v>366</v>
       </c>
-      <c r="B104" s="6" t="s">
+      <c r="C104" t="s" s="0">
         <v>367</v>
       </c>
-      <c r="C104" t="s" s="0">
+      <c r="D104" t="s" s="0">
         <v>368</v>
       </c>
-      <c r="D104" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E104" t="n" s="0">
-        <v>0.34</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="B105" s="6" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C105" t="s" s="0">
         <v>371</v>
       </c>
       <c r="D105" t="s" s="0">
         <v>372</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.36</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
         <v>373</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>22</v>
+        <v>374</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.26</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.14</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.17</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.42</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>388</v>
+        <v>22</v>
       </c>
       <c r="C110" t="s" s="0">
         <v>389</v>
       </c>
       <c r="D110" t="s" s="0">
         <v>390</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.49</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
         <v>391</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C111" t="s" s="0">
         <v>392</v>
       </c>
       <c r="D111" t="s" s="0">
         <v>393</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.6</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
         <v>394</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>22</v>
+        <v>395</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E112" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>22</v>
+        <v>402</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.16</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.27</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.17</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.33</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>414</v>
+        <v>22</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>22</v>
+        <v>419</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.17</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E120" t="n" s="0">
         <v>0.17</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>22</v>
+        <v>429</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>430</v>
+        <v>22</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.31</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>434</v>
+        <v>22</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.11</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>438</v>
+        <v>22</v>
       </c>
       <c r="C125" t="s" s="0">
         <v>439</v>
       </c>
       <c r="D125" t="s" s="0">
         <v>440</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.39</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>441</v>
       </c>
       <c r="B126" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C126" t="s" s="0">
         <v>442</v>
       </c>
-      <c r="C126" t="s" s="0">
+      <c r="D126" t="s" s="0">
         <v>443</v>
       </c>
-      <c r="D126" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E126" t="n" s="0">
-        <v>0.27</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="B127" s="6" t="s">
         <v>445</v>
       </c>
-      <c r="B127" s="6" t="s">
+      <c r="C127" t="s" s="0">
         <v>446</v>
       </c>
-      <c r="C127" t="s" s="0">
+      <c r="D127" t="s" s="0">
         <v>447</v>
       </c>
-      <c r="D127" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E127" t="n" s="0">
-        <v>0.26</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="B128" s="6" t="s">
         <v>449</v>
       </c>
-      <c r="B128" s="6" t="s">
+      <c r="C128" t="s" s="0">
         <v>450</v>
       </c>
-      <c r="C128" t="s" s="0">
+      <c r="D128" t="s" s="0">
         <v>451</v>
       </c>
-      <c r="D128" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E128" t="n" s="0">
-        <v>0.27</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="B129" s="6" t="s">
         <v>453</v>
       </c>
-      <c r="B129" s="6" t="s">
+      <c r="C129" t="s" s="0">
         <v>454</v>
       </c>
-      <c r="C129" t="s" s="0">
+      <c r="D129" t="s" s="0">
         <v>455</v>
       </c>
-      <c r="D129" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E129" t="n" s="0">
-        <v>0.18</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="B130" s="6" t="s">
         <v>457</v>
       </c>
-      <c r="B130" s="6" t="s">
+      <c r="C130" t="s" s="0">
         <v>458</v>
       </c>
-      <c r="C130" t="s" s="0">
+      <c r="D130" t="s" s="0">
         <v>459</v>
       </c>
-      <c r="D130" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E130" t="n" s="0">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="B131" s="6" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C131" t="s" s="0">
         <v>462</v>
       </c>
       <c r="D131" t="s" s="0">
         <v>463</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.17</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
         <v>464</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>465</v>
       </c>
       <c r="C132" t="s" s="0">
         <v>466</v>
       </c>
       <c r="D132" t="s" s="0">
         <v>467</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
         <v>468</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>469</v>
       </c>
       <c r="C133" t="s" s="0">
         <v>470</v>
       </c>
       <c r="D133" t="s" s="0">
         <v>471</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.27</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
         <v>472</v>
       </c>
       <c r="B134" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C134" t="s" s="0">
         <v>473</v>
       </c>
-      <c r="C134" t="s" s="0">
+      <c r="D134" t="s" s="0">
         <v>474</v>
       </c>
-      <c r="D134" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E134" t="n" s="0">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="B135" s="6" t="s">
         <v>476</v>
       </c>
-      <c r="B135" s="6" t="s">
+      <c r="C135" t="s" s="0">
         <v>477</v>
       </c>
-      <c r="C135" t="s" s="0">
+      <c r="D135" t="s" s="0">
         <v>478</v>
       </c>
-      <c r="D135" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E135" t="n" s="0">
-        <v>0.36</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="B136" s="6" t="s">
         <v>480</v>
       </c>
-      <c r="B136" s="6" t="s">
+      <c r="C136" t="s" s="0">
         <v>481</v>
       </c>
-      <c r="C136" t="s" s="0">
+      <c r="D136" t="s" s="0">
         <v>482</v>
       </c>
-      <c r="D136" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E136" t="n" s="0">
-        <v>0.29</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="B137" s="6" t="s">
         <v>484</v>
       </c>
-      <c r="B137" s="6" t="s">
+      <c r="C137" t="s" s="0">
         <v>485</v>
       </c>
-      <c r="C137" t="s" s="0">
+      <c r="D137" t="s" s="0">
         <v>486</v>
       </c>
-      <c r="D137" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E137" t="n" s="0">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="B138" s="6" t="s">
         <v>488</v>
       </c>
-      <c r="B138" s="6" t="s">
+      <c r="C138" t="s" s="0">
         <v>489</v>
       </c>
-      <c r="C138" t="s" s="0">
+      <c r="D138" t="s" s="0">
         <v>490</v>
       </c>
-      <c r="D138" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E138" t="n" s="0">
-        <v>0.15</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="B139" s="6" t="s">
         <v>492</v>
       </c>
-      <c r="B139" s="6" t="s">
+      <c r="C139" t="s" s="0">
         <v>493</v>
       </c>
-      <c r="C139" t="s" s="0">
+      <c r="D139" t="s" s="0">
         <v>494</v>
       </c>
-      <c r="D139" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E139" t="n" s="0">
-        <v>0.28</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="B140" s="6" t="s">
         <v>496</v>
       </c>
-      <c r="B140" s="6" t="s">
+      <c r="C140" t="s" s="0">
         <v>497</v>
       </c>
-      <c r="C140" t="s" s="0">
+      <c r="D140" t="s" s="0">
         <v>498</v>
       </c>
-      <c r="D140" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E140" t="n" s="0">
-        <v>0.31</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B141" s="6" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C141" t="s" s="0">
         <v>501</v>
       </c>
       <c r="D141" t="s" s="0">
         <v>502</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.51</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
         <v>503</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>504</v>
       </c>
       <c r="C142" t="s" s="0">
         <v>505</v>
       </c>
       <c r="D142" t="s" s="0">
         <v>506</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.23</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
         <v>507</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>508</v>
       </c>
       <c r="C143" t="s" s="0">
         <v>509</v>
       </c>
       <c r="D143" t="s" s="0">
         <v>510</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>0.21</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
         <v>511</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>22</v>
+        <v>512</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>0.79</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>515</v>
+        <v>22</v>
       </c>
       <c r="C145" t="s" s="0">
         <v>516</v>
       </c>
       <c r="D145" t="s" s="0">
         <v>517</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.18</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
         <v>518</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>519</v>
       </c>
       <c r="C146" t="s" s="0">
         <v>520</v>
       </c>
       <c r="D146" t="s" s="0">
         <v>521</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
         <v>522</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>523</v>
       </c>
       <c r="C147" t="s" s="0">
         <v>524</v>
       </c>
       <c r="D147" t="s" s="0">
         <v>525</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.54</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
         <v>526</v>
       </c>
       <c r="B148" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C148" t="s" s="0">
         <v>527</v>
       </c>
-      <c r="C148" t="s" s="0">
+      <c r="D148" t="s" s="0">
         <v>528</v>
       </c>
-      <c r="D148" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E148" t="n" s="0">
-        <v>0.15</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="B149" s="6" t="s">
         <v>530</v>
       </c>
-      <c r="B149" s="6" t="s">
+      <c r="C149" t="s" s="0">
         <v>531</v>
       </c>
-      <c r="C149" t="s" s="0">
+      <c r="D149" t="s" s="0">
         <v>532</v>
       </c>
-      <c r="D149" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E149" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="B150" s="6" t="s">
         <v>534</v>
       </c>
-      <c r="B150" s="6" t="s">
+      <c r="C150" t="s" s="0">
         <v>535</v>
       </c>
-      <c r="C150" t="s" s="0">
+      <c r="D150" t="s" s="0">
         <v>536</v>
       </c>
-      <c r="D150" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E150" t="n" s="0">
-        <v>0.95</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="B151" s="6" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C151" t="s" s="0">
         <v>539</v>
       </c>
       <c r="D151" t="s" s="0">
         <v>540</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.48</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
         <v>541</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>542</v>
       </c>
       <c r="C152" t="s" s="0">
         <v>543</v>
       </c>
       <c r="D152" t="s" s="0">
         <v>544</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.34</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
         <v>545</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>546</v>
       </c>
       <c r="C153" t="s" s="0">
         <v>547</v>
       </c>
       <c r="D153" t="s" s="0">
         <v>548</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
         <v>549</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>550</v>
       </c>
       <c r="C154" t="s" s="0">
         <v>551</v>
       </c>
       <c r="D154" t="s" s="0">
         <v>552</v>
       </c>
       <c r="E154" t="n" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
         <v>553</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>554</v>
       </c>
       <c r="C155" t="s" s="0">
         <v>555</v>
       </c>
       <c r="D155" t="s" s="0">
         <v>556</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>0.39</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
         <v>557</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C156" t="s" s="0">
         <v>558</v>
       </c>
       <c r="D156" t="s" s="0">
         <v>559</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
         <v>560</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>22</v>
+        <v>561</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>0.88</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D158" t="s" s="0">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.44</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.48</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.34</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>576</v>
+        <v>22</v>
       </c>
       <c r="C161" t="s" s="0">
         <v>577</v>
       </c>
       <c r="D161" t="s" s="0">
         <v>578</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.84</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
         <v>579</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>22</v>
+        <v>580</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.18</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>22</v>
+        <v>584</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>0.64</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.5</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>22</v>
+        <v>592</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>1.02</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.33</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.34</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.85</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>606</v>
+        <v>22</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.26</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>614</v>
+        <v>22</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>1.95</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.32</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.92</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.44</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.06</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.48</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.21</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.28</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.15</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>22</v>
+        <v>655</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.24</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>22</v>
+        <v>659</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.18</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.58</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>664</v>
+        <v>22</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.22</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>668</v>
+        <v>22</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.12</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.27</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>0.3</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>688</v>
+        <v>22</v>
       </c>
       <c r="C191" t="s" s="0">
         <v>689</v>
       </c>
       <c r="D191" t="s" s="0">
         <v>690</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.3</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
         <v>691</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>692</v>
       </c>
       <c r="C192" t="s" s="0">
         <v>693</v>
       </c>
       <c r="D192" t="s" s="0">
         <v>694</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>0.11</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
         <v>695</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>696</v>
       </c>
       <c r="C193" t="s" s="0">
         <v>697</v>
       </c>
       <c r="D193" t="s" s="0">
         <v>698</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.25</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
         <v>699</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>700</v>
       </c>
       <c r="C194" t="s" s="0">
         <v>701</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>22</v>
+        <v>702</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.54</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>0.36</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D197" t="s" s="0">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>0.21</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D198" t="s" s="0">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.49</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.33</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>22</v>
+        <v>728</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.37</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>22</v>
+        <v>732</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.45</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.26</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="D204" t="s" s="0">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.31</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>22</v>
+        <v>744</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.18</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.34</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>748</v>
+        <v>22</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.11</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>752</v>
+        <v>22</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.82</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.27</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>22</v>
+        <v>762</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.15</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="B213" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.25</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="D215" t="s" s="0">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>0.11</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="D216" t="s" s="0">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.34</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>783</v>
+        <v>22</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="D217" t="s" s="0">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.53</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>787</v>
+        <v>22</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.04</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="D219" t="s" s="0">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>795</v>
+        <v>22</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.51</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.12</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D222" t="s" s="0">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.19</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D223" t="s" s="0">
         <v>809</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.55</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
         <v>810</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>22</v>
+        <v>811</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D224" t="s" s="0">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.79</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D225" t="s" s="0">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.47</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D226" t="s" s="0">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.18</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D227" t="s" s="0">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.06</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>22</v>
+        <v>827</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D229" t="s" s="0">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.1</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.38</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>837</v>
+        <v>22</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.35</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.25</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>22</v>
+        <v>846</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.35</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>22</v>
+        <v>850</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.18</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>851</v>
+        <v>22</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.54</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>22</v>
+        <v>861</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.35</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.46</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.59</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>870</v>
+        <v>22</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.1</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>874</v>
+        <v>22</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.33</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.22</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>22</v>
+        <v>883</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.32</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>885</v>
+        <v>22</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>22</v>
+        <v>888</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.07</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.37</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.22</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.22</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.34</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.15</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.1</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>912</v>
+        <v>22</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.03</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>22</v>
+        <v>917</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.35</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>22</v>
+        <v>921</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.16</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.75</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.32</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>22</v>
+        <v>933</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.83</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.61</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>22</v>
+        <v>941</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.18</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>940</v>
+        <v>22</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="E259" t="n" s="0">
         <v>0.35</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="B260" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>1.02</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.22</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B262" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.5</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.46</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="B264" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="E264" t="n" s="0">
         <v>0.18</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.23</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>965</v>
+        <v>22</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.22</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.52</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="B268" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.27</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>22</v>
+        <v>979</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.42</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="B270" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>22</v>
+        <v>986</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.28</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.23</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>22</v>
+        <v>994</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.35</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>992</v>
+        <v>22</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.31</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="B275" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.57</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>999</v>
+        <v>22</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.48</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>1003</v>
+        <v>22</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>22</v>
+        <v>1010</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.67</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="B279" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="D279" t="s" s="0">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.18</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="D280" t="s" s="0">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>1017</v>
+        <v>22</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D281" t="s" s="0">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.22</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>22</v>
+        <v>1024</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="D282" t="s" s="0">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.59</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="D283" t="s" s="0">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.38</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D284" t="s" s="0">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.23</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>22</v>
+        <v>1035</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="D285" t="s" s="0">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.46</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>1034</v>
+        <v>22</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="D286" t="s" s="0">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.22</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="D287" t="s" s="0">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="D288" t="s" s="0">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.38</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="D289" t="s" s="0">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.3</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="D290" t="s" s="0">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.13</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>22</v>
+        <v>1057</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="D291" t="s" s="0">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.21</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>1056</v>
+        <v>22</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="D292" t="s" s="0">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.31</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="D293" t="s" s="0">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.2</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>22</v>
+        <v>1067</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="D294" t="s" s="0">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="D295" t="s" s="0">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.14</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="D296" t="s" s="0">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.26</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>1074</v>
+        <v>22</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="D297" t="s" s="0">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.31</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>1078</v>
+        <v>22</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="D298" t="s" s="0">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>0.31</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>22</v>
+        <v>1085</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="D299" t="s" s="0">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="D300" t="s" s="0">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="D301" t="s" s="0">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.35</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>1091</v>
+        <v>22</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="D302" t="s" s="0">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.19</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="D303" t="s" s="0">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.61</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="D304" t="s" s="0">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.78</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>22</v>
+        <v>1106</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="D305" t="s" s="0">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.33</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>22</v>
+        <v>1110</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="D306" t="s" s="0">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.33</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="C307" t="s" s="0">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="D307" t="s" s="0">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>0.48</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C308" t="s" s="0">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="D308" t="s" s="0">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="E308" t="n" s="0">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="309" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A309" s="4" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B309" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C309" t="s" s="0">
+        <v>1121</v>
+      </c>
+      <c r="D309" t="s" s="0">
+        <v>1122</v>
+      </c>
+      <c r="E309" t="n" s="0">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="310" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A310" s="4" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C310" t="s" s="0">
+        <v>1124</v>
+      </c>
+      <c r="D310" t="s" s="0">
+        <v>1125</v>
+      </c>
+      <c r="E310" t="n" s="0">
+        <v>0.35</v>
+      </c>
+    </row>
+    <row r="311" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A311" s="4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B311" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C311" t="s" s="0">
+        <v>1128</v>
+      </c>
+      <c r="D311" t="s" s="0">
+        <v>1129</v>
+      </c>
+      <c r="E311" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="312" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A312" s="4" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B312" s="6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C312" t="s" s="0">
+        <v>1132</v>
+      </c>
+      <c r="D312" t="s" s="0">
+        <v>1133</v>
+      </c>
+      <c r="E312" t="n" s="0">
+        <v>0.61</v>
+      </c>
+    </row>
+    <row r="313" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A313" s="4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B313" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C313" t="s" s="0">
+        <v>1136</v>
+      </c>
+      <c r="D313" t="s" s="0">
+        <v>1137</v>
+      </c>
+      <c r="E313" t="n" s="0">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="314" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A314" s="4" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B314" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C314" t="s" s="0">
+        <v>1139</v>
+      </c>
+      <c r="D314" t="s" s="0">
+        <v>1140</v>
+      </c>
+      <c r="E314" t="n" s="0">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="315" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A315" s="4" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C315" t="s" s="0">
+        <v>1142</v>
+      </c>
+      <c r="D315" t="s" s="0">
+        <v>1143</v>
+      </c>
+      <c r="E315" t="n" s="0">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="316" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A316" s="4" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B316" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C316" t="s" s="0">
+        <v>1146</v>
+      </c>
+      <c r="D316" t="s" s="0">
+        <v>1147</v>
+      </c>
+      <c r="E316" t="n" s="0">
+        <v>0.48</v>
+      </c>
+    </row>
+    <row r="317" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A317" s="4" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B317" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C317" t="s" s="0">
+        <v>1149</v>
+      </c>
+      <c r="D317" t="s" s="0">
+        <v>1150</v>
+      </c>
+      <c r="E317" t="n" s="0">
         <v>0.54</v>
       </c>
     </row>
-    <row r="313" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...48 lines deleted...]
-      <c r="A320" s="7" t="str">
+    <row r="322" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B322" s="2"/>
+    </row>
+    <row r="323" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A323" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B323" s="2"/>
+    </row>
+    <row r="324" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A324" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B324" s="2"/>
+    </row>
+    <row r="325" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="11" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B325" s="11"/>
+      <c r="C325" s="12"/>
+      <c r="D325" s="12"/>
+    </row>
+    <row r="326" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A326" s="10" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B326" s="9"/>
+      <c r="C326" s="9"/>
+      <c r="D326" s="9"/>
+    </row>
+    <row r="327" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A327" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B327" s="9"/>
+      <c r="C327" s="9"/>
+      <c r="D327" s="9"/>
+    </row>
+    <row r="328" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B328" s="2"/>
+    </row>
+    <row r="329" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A329" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B320" s="2"/>
-[...11 lines deleted...]
-      <c r="B322" s="2"/>
+      <c r="B329" s="2"/>
+    </row>
+    <row r="330" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A330" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B330" s="2"/>
+    </row>
+    <row r="331" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A331" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B331" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A316:D316"/>
-    <mergeCell ref="A317:D318"/>
+    <mergeCell ref="A325:D325"/>
+    <mergeCell ref="A326:D327"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>