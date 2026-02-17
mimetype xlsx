--- v1 (2025-12-21)
+++ v2 (2026-02-17)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="1154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1275" uniqueCount="1173">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global Credit Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> L’ensemble des positions | au 30-nov.-2025</t>
+    <t xml:space="preserve"> L’ensemble des positions | au 31-janv.-2026</t>
   </si>
   <si>
     <t>Nom du titre</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% du portefeuille</t>
   </si>
   <si>
     <t>ABBVIE INC:5.600 15MAR2055</t>
   </si>
   <si>
     <t>00287YEB1</t>
   </si>
   <si>
     <t>US00287YEB11</t>
   </si>
@@ -99,3405 +99,3462 @@
   <si>
     <t>ABN AMRO BANK NV:4.375 16JUL2036</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>XS2859413341</t>
   </si>
   <si>
     <t>BS6ZP54</t>
   </si>
   <si>
     <t>ABN AMRO BANK NV:4.988 03DEC2028</t>
   </si>
   <si>
     <t>00084DBD1</t>
   </si>
   <si>
     <t>US00084DBD12</t>
   </si>
   <si>
     <t>BTBKBP3</t>
   </si>
   <si>
-    <t>ACCORINVEST GROUP SA:5.375 15MAY2030</t>
+    <t>AIB GROUP PLC:5.871 28MAR2035</t>
+  </si>
+  <si>
+    <t>00135TAE4</t>
+  </si>
+  <si>
+    <t>US00135TAE47</t>
+  </si>
+  <si>
+    <t>BR86Z69</t>
+  </si>
+  <si>
+    <t>AIRCASTLE LTD:5.250 15MAR2030</t>
+  </si>
+  <si>
+    <t>00929JAB2</t>
+  </si>
+  <si>
+    <t>US00929JAB26</t>
+  </si>
+  <si>
+    <t>BV0Y5V4</t>
+  </si>
+  <si>
+    <t>ALASKA AIR PASS THROUGH TRUST 2020-1A:4.800 15AUG2027</t>
+  </si>
+  <si>
+    <t>01166VAA7</t>
+  </si>
+  <si>
+    <t>US01166VAA70</t>
+  </si>
+  <si>
+    <t>BM9MQD5</t>
+  </si>
+  <si>
+    <t>ALGONQUIN POWER &amp; UTILITIES CORP:5.365 15JUN2026</t>
+  </si>
+  <si>
+    <t>015857AF2</t>
+  </si>
+  <si>
+    <t>US015857AF21</t>
+  </si>
+  <si>
+    <t>BRS7VR5</t>
+  </si>
+  <si>
+    <t>ALLIANDER NV:4.500 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2829852842</t>
+  </si>
+  <si>
+    <t>BS84LG2</t>
+  </si>
+  <si>
+    <t>ALLIANZ SE:2.121 08JUL2050</t>
+  </si>
+  <si>
+    <t>DE000A254TM8</t>
+  </si>
+  <si>
+    <t>BM952V4</t>
+  </si>
+  <si>
+    <t>ALLIANZ SE:5.824 25JUL2053</t>
+  </si>
+  <si>
+    <t>DE000A351U49</t>
+  </si>
+  <si>
+    <t>BRJB5H4</t>
+  </si>
+  <si>
+    <t>ALPHABET INC:4.700 15NOV2035</t>
+  </si>
+  <si>
+    <t>02079KAY3</t>
+  </si>
+  <si>
+    <t>US02079KAY38</t>
+  </si>
+  <si>
+    <t>BVSWFD2</t>
+  </si>
+  <si>
+    <t>AMAZON.COM INC:5.450 20NOV2055</t>
+  </si>
+  <si>
+    <t>023135CW4</t>
+  </si>
+  <si>
+    <t>US023135CW42</t>
+  </si>
+  <si>
+    <t>BSNY253</t>
+  </si>
+  <si>
+    <t>AMERICAN ELECTRIC POWER COMPANY INC.:5.800 15MAR2056</t>
+  </si>
+  <si>
+    <t>02557TAE9</t>
+  </si>
+  <si>
+    <t>US02557TAE91</t>
+  </si>
+  <si>
+    <t>BRWFZG2</t>
+  </si>
+  <si>
+    <t>AMERICAN EXPRESS COMPANY:5.085 30JAN2031</t>
+  </si>
+  <si>
+    <t>025816DY2</t>
+  </si>
+  <si>
+    <t>US025816DY24</t>
+  </si>
+  <si>
+    <t>BMCZSD5</t>
+  </si>
+  <si>
+    <t>AMERICAN NATIONAL GROUP INC:7.000 01DEC2055</t>
+  </si>
+  <si>
+    <t>025676AR8</t>
+  </si>
+  <si>
+    <t>US025676AR82</t>
+  </si>
+  <si>
+    <t>BV6P1K2</t>
+  </si>
+  <si>
+    <t>AMPHENOL CORP:4.625 15FEB2036</t>
+  </si>
+  <si>
+    <t>032095BA8</t>
+  </si>
+  <si>
+    <t>US032095BA89</t>
+  </si>
+  <si>
+    <t>BQ3R6H8</t>
+  </si>
+  <si>
+    <t>AMPRION GMBH:4.580 15JAN2046</t>
+  </si>
+  <si>
+    <t>DE000A460EZ5</t>
+  </si>
+  <si>
+    <t>BN4G598</t>
+  </si>
+  <si>
+    <t>ANHEUSER BUSCH INBEV SA:3.950 22MAR2044</t>
+  </si>
+  <si>
+    <t>BE6350704175</t>
+  </si>
+  <si>
+    <t>BQ9D4B0</t>
+  </si>
+  <si>
+    <t>ANHEUSER-BUSCH INBEV WORLDWIDE INC:4.375 15APR2038</t>
+  </si>
+  <si>
+    <t>035240AM2</t>
+  </si>
+  <si>
+    <t>US035240AM26</t>
+  </si>
+  <si>
+    <t>BFYT256</t>
+  </si>
+  <si>
+    <t>APA INFRASTRUCTURE LTD:3.500 22MAR2030</t>
+  </si>
+  <si>
+    <t>XS1205617829</t>
+  </si>
+  <si>
+    <t>BWD24D7</t>
+  </si>
+  <si>
+    <t>APPLE INC:2.950 11SEP2049</t>
+  </si>
+  <si>
+    <t>037833DQ0</t>
+  </si>
+  <si>
+    <t>US037833DQ02</t>
+  </si>
+  <si>
+    <t>BJDSXS2</t>
+  </si>
+  <si>
+    <t>APTIV SWISS HOLDINGS LTD:3.100 01DEC2051</t>
+  </si>
+  <si>
+    <t>03835VAJ5</t>
+  </si>
+  <si>
+    <t>US03835VAJ52</t>
+  </si>
+  <si>
+    <t>BLR5N72</t>
+  </si>
+  <si>
+    <t>ARROW ELECTRONICS INC:5.150 21AUG2029</t>
+  </si>
+  <si>
+    <t>04273WAF8</t>
+  </si>
+  <si>
+    <t>US04273WAF86</t>
+  </si>
+  <si>
+    <t>BQXSG93</t>
+  </si>
+  <si>
+    <t>AS MILEAGE PLAN IP LTD:5.021 20OCT2029</t>
+  </si>
+  <si>
+    <t>00218QAA8</t>
+  </si>
+  <si>
+    <t>US00218QAA85</t>
+  </si>
+  <si>
+    <t>BRXFV52</t>
+  </si>
+  <si>
+    <t>AS MILEAGE PLAN IP LTD:5.308 20OCT2031</t>
+  </si>
+  <si>
+    <t>00218QAB6</t>
+  </si>
+  <si>
+    <t>US00218QAB68</t>
+  </si>
+  <si>
+    <t>BRXF958</t>
+  </si>
+  <si>
+    <t>ASSICURAZIONI GENERALI SPA:5.500 27OCT2047</t>
+  </si>
+  <si>
+    <t>XS1311440082</t>
+  </si>
+  <si>
+    <t>BYQ6128</t>
+  </si>
+  <si>
+    <t>AT&amp;T INC:3.800 01DEC2057</t>
+  </si>
+  <si>
+    <t>00206RMN9</t>
+  </si>
+  <si>
+    <t>US00206RMN97</t>
+  </si>
+  <si>
+    <t>BNYDPS8</t>
+  </si>
+  <si>
+    <t>AT&amp;T INC:6.000 30APR2056</t>
+  </si>
+  <si>
+    <t>00206RNK4</t>
+  </si>
+  <si>
+    <t>US00206RNK40</t>
+  </si>
+  <si>
+    <t>BVZLCK8</t>
+  </si>
+  <si>
+    <t>ATHENE GLOBAL FUNDING:4.950 07JAN2027</t>
+  </si>
+  <si>
+    <t>04685A4E8</t>
+  </si>
+  <si>
+    <t>US04685A4E88</t>
+  </si>
+  <si>
+    <t>BTTMWT2</t>
+  </si>
+  <si>
+    <t>AUSGRID FINANCE PTY LTD:0.875 07OCT2031</t>
+  </si>
+  <si>
+    <t>XS2391430837</t>
+  </si>
+  <si>
+    <t>BN717T4</t>
+  </si>
+  <si>
+    <t>AUSTRALIA AND NEW ZEALAND BANKING GROUP:5.101 03FEB2033</t>
+  </si>
+  <si>
+    <t>XS2577127967</t>
+  </si>
+  <si>
+    <t>BQB3FT3</t>
+  </si>
+  <si>
+    <t>AVERY DENNISON CORP:3.750 04NOV2034</t>
+  </si>
+  <si>
+    <t>XS2929962921</t>
+  </si>
+  <si>
+    <t>BT03MV6</t>
+  </si>
+  <si>
+    <t>AVERY DENNISON CORP:4.000 11SEP2035</t>
+  </si>
+  <si>
+    <t>XS3177014621</t>
+  </si>
+  <si>
+    <t>BVK9S43</t>
+  </si>
+  <si>
+    <t>AVIATION CAPITAL GROUP LLC:4.875 28JAN2033</t>
+  </si>
+  <si>
+    <t>05369AAU5</t>
+  </si>
+  <si>
+    <t>US05369AAU51</t>
+  </si>
+  <si>
+    <t>BV2FN88</t>
+  </si>
+  <si>
+    <t>AVOLON HOLDINGS FUNDING LTD:4.950 15JAN2028</t>
+  </si>
+  <si>
+    <t>05401AAW1</t>
+  </si>
+  <si>
+    <t>US05401AAW18</t>
+  </si>
+  <si>
+    <t>BQ2KRR5</t>
+  </si>
+  <si>
+    <t>AVOLON HOLDINGS FUNDING LTD:5.375 30MAY2030</t>
+  </si>
+  <si>
+    <t>05401AAZ4</t>
+  </si>
+  <si>
+    <t>US05401AAZ49</t>
+  </si>
+  <si>
+    <t>BMHSGQ8</t>
+  </si>
+  <si>
+    <t>AVOLON HOLDINGS FUNDING LTD:5.750 15NOV2029</t>
+  </si>
+  <si>
+    <t>05401AAV3</t>
+  </si>
+  <si>
+    <t>US05401AAV35</t>
+  </si>
+  <si>
+    <t>BM8JC95</t>
+  </si>
+  <si>
+    <t>AXA SA:3.250 28MAY2049</t>
+  </si>
+  <si>
+    <t>XS1799611642</t>
+  </si>
+  <si>
+    <t>BF4J2T0</t>
+  </si>
+  <si>
+    <t>BANCO SANTANDER MEXICO SA INSTITUCION DE:5.621 10DEC2029</t>
+  </si>
+  <si>
+    <t>05969BAF0</t>
+  </si>
+  <si>
+    <t>US05969BAF04</t>
+  </si>
+  <si>
+    <t>BS9GD50</t>
+  </si>
+  <si>
+    <t>BANCO SANTANDER SA:5.127 06NOV2035</t>
+  </si>
+  <si>
+    <t>05971KAS8</t>
+  </si>
+  <si>
+    <t>US05971KAS87</t>
+  </si>
+  <si>
+    <t>BSLTZD9</t>
+  </si>
+  <si>
+    <t>BANCO SANTANDER SA:5.750 23AUG2033</t>
+  </si>
+  <si>
+    <t>XS2626699982</t>
+  </si>
+  <si>
+    <t>BNRQXS0</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA CORP:5.288 25APR2034</t>
+  </si>
+  <si>
+    <t>06051GLH0</t>
+  </si>
+  <si>
+    <t>US06051GLH01</t>
+  </si>
+  <si>
+    <t>BMDLR57</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA CORP:5.872 15SEP2034</t>
+  </si>
+  <si>
+    <t>06051GLU1</t>
+  </si>
+  <si>
+    <t>US06051GLU12</t>
+  </si>
+  <si>
+    <t>BNNJDR2</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA CORP:5.933 15SEP2027</t>
+  </si>
+  <si>
+    <t>06051GLV9</t>
+  </si>
+  <si>
+    <t>US06051GLV94</t>
+  </si>
+  <si>
+    <t>BNNJDV6</t>
+  </si>
+  <si>
+    <t>BANK OF IRELAND GROUP PLC:3.625 10NOV2036</t>
+  </si>
+  <si>
+    <t>XS3225871121</t>
+  </si>
+  <si>
+    <t>BTTM786</t>
+  </si>
+  <si>
+    <t>BANK OF NOVA SCOTIA:4.813 02FEB2034</t>
+  </si>
+  <si>
+    <t>06418GAZ0</t>
+  </si>
+  <si>
+    <t>US06418GAZ00</t>
+  </si>
+  <si>
+    <t>BRBNW66</t>
+  </si>
+  <si>
+    <t>BANK OF NOVA SCOTIA:8.000 27JAN2084</t>
+  </si>
+  <si>
+    <t>0641598V1</t>
+  </si>
+  <si>
+    <t>US0641598V18</t>
+  </si>
+  <si>
+    <t>BRXGPQ4</t>
+  </si>
+  <si>
+    <t>BANQUE FEDERATIVE DU CREDIT MUTUEL SA:5.106 15JAN2036</t>
+  </si>
+  <si>
+    <t>06675DCS9</t>
+  </si>
+  <si>
+    <t>US06675DCS99</t>
+  </si>
+  <si>
+    <t>BN7BPK1</t>
+  </si>
+  <si>
+    <t>BANQUE FEDERATIVE DU CREDIT MUTUEL SA:5.125 13JAN2033</t>
+  </si>
+  <si>
+    <t>FR001400F323</t>
+  </si>
+  <si>
+    <t>BPXYVX3</t>
+  </si>
+  <si>
+    <t>BAYER AG:4.625 26MAY2033</t>
+  </si>
+  <si>
+    <t>XS2630111719</t>
+  </si>
+  <si>
+    <t>BR1XXK7</t>
+  </si>
+  <si>
+    <t>BAYER AG:5.500 13SEP2054</t>
+  </si>
+  <si>
+    <t>XS2900282133</t>
+  </si>
+  <si>
+    <t>BRBTGT5</t>
+  </si>
+  <si>
+    <t>BBVA BANCOMER SA INSTITUCION DE:7.625 11FEB2035</t>
+  </si>
+  <si>
+    <t>072912AA6</t>
+  </si>
+  <si>
+    <t>US072912AA61</t>
+  </si>
+  <si>
+    <t>BRJMMN2</t>
+  </si>
+  <si>
+    <t>BELL TELEPHONE COMPANY OF CANADA OR BELL:5.200 15FEB2034</t>
+  </si>
+  <si>
+    <t>0778FPAM1</t>
+  </si>
+  <si>
+    <t>US0778FPAM16</t>
+  </si>
+  <si>
+    <t>BPGLSK7</t>
+  </si>
+  <si>
+    <t>BELROSE FUNDING TRUST II:6.792 15MAY2055</t>
+  </si>
+  <si>
+    <t>08079KAA2</t>
+  </si>
+  <si>
+    <t>US08079KAA25</t>
+  </si>
+  <si>
+    <t>BV99DN8</t>
+  </si>
+  <si>
+    <t>BMS IRELAND CAPITAL FUNDING DAC:4.581 10NOV2055</t>
+  </si>
+  <si>
+    <t>XS3215466767</t>
+  </si>
+  <si>
+    <t>BP9QC63</t>
+  </si>
+  <si>
+    <t>BMW FIN N.V.:3.250 27JAN2032</t>
+  </si>
+  <si>
+    <t>XS3280519078</t>
+  </si>
+  <si>
+    <t>BV4MHX0</t>
+  </si>
+  <si>
+    <t>BMW US CAPITAL LLC:4.850 13AUG2031</t>
+  </si>
+  <si>
+    <t>05565ECS2</t>
+  </si>
+  <si>
+    <t>US05565ECS28</t>
+  </si>
+  <si>
+    <t>BT3P7P8</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA:1.250 13JUL2031</t>
+  </si>
+  <si>
+    <t>FR0014001GJ0</t>
+  </si>
+  <si>
+    <t>BNBTKT5</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA:2.871 19APR2032</t>
+  </si>
+  <si>
+    <t>09659W2P8</t>
+  </si>
+  <si>
+    <t>US09659W2P81</t>
+  </si>
+  <si>
+    <t>BLR4TL5</t>
+  </si>
+  <si>
+    <t>BP CAPITAL MARKETS PLC:4.875 31DEC2079</t>
+  </si>
+  <si>
+    <t>05565QDV7</t>
+  </si>
+  <si>
+    <t>US05565QDV77</t>
+  </si>
+  <si>
+    <t>BL6JT66</t>
+  </si>
+  <si>
+    <t>BPPE HOLDINGS SARL:1.250 26APR2027</t>
+  </si>
+  <si>
+    <t>XS2247718435</t>
+  </si>
+  <si>
+    <t>BMF76Z6</t>
+  </si>
+  <si>
+    <t>BROADCOM INC:2.450 15FEB2031</t>
+  </si>
+  <si>
+    <t>11135FCQ2</t>
+  </si>
+  <si>
+    <t>US11135FCQ28</t>
+  </si>
+  <si>
+    <t>BW5T4Z8</t>
+  </si>
+  <si>
+    <t>BROADCOM INC:3.187 15NOV2036</t>
+  </si>
+  <si>
+    <t>11135FBQ3</t>
+  </si>
+  <si>
+    <t>US11135FBQ37</t>
+  </si>
+  <si>
+    <t>BMCP6S6</t>
+  </si>
+  <si>
+    <t>BROADCOM INC:5.700 15JAN2056</t>
+  </si>
+  <si>
+    <t>11135FDD0</t>
+  </si>
+  <si>
+    <t>US11135FDD06</t>
+  </si>
+  <si>
+    <t>BVPC4Y9</t>
+  </si>
+  <si>
+    <t>BROOKFIELD ASSET MANAGEMENT LTD:4.653 15NOV2030</t>
+  </si>
+  <si>
+    <t>113004AB1</t>
+  </si>
+  <si>
+    <t>US113004AB12</t>
+  </si>
+  <si>
+    <t>BVMPY41</t>
+  </si>
+  <si>
+    <t>BROOKFIELD ASSET MANAGEMENT LTD:5.298 15JAN2036</t>
+  </si>
+  <si>
+    <t>113004AC9</t>
+  </si>
+  <si>
+    <t>US113004AC94</t>
+  </si>
+  <si>
+    <t>BVMPY52</t>
+  </si>
+  <si>
+    <t>CAIXABANK SA:3.875 20JAN2037</t>
+  </si>
+  <si>
+    <t>XS3261883105</t>
+  </si>
+  <si>
+    <t>BNYHZ46</t>
+  </si>
+  <si>
+    <t>CAIXABANK SA:4.000 05MAR2037</t>
+  </si>
+  <si>
+    <t>XS3016984372</t>
+  </si>
+  <si>
+    <t>BPJL019</t>
+  </si>
+  <si>
+    <t>CAIXABANK SA:4.375 08AUG2036</t>
+  </si>
+  <si>
+    <t>XS2875107307</t>
+  </si>
+  <si>
+    <t>BRJQSS1</t>
+  </si>
+  <si>
+    <t>CAIXABANK SA:6.840 13SEP2034</t>
+  </si>
+  <si>
+    <t>12803RAC8</t>
+  </si>
+  <si>
+    <t>US12803RAC88</t>
+  </si>
+  <si>
+    <t>BQBBDX7</t>
+  </si>
+  <si>
+    <t>CBRE SERVICES INC:4.900 15JAN2033</t>
+  </si>
+  <si>
+    <t>12505BAL4</t>
+  </si>
+  <si>
+    <t>US12505BAL45</t>
+  </si>
+  <si>
+    <t>BP9M6F8</t>
+  </si>
+  <si>
+    <t>CELANESE US HOLDINGS LLC:6.850 15NOV2028</t>
+  </si>
+  <si>
+    <t>15089QAW4</t>
+  </si>
+  <si>
+    <t>US15089QAW42</t>
+  </si>
+  <si>
+    <t>BMZ6BF8</t>
+  </si>
+  <si>
+    <t>CELANESE US HOLDINGS LLC:7.200 15NOV2033</t>
+  </si>
+  <si>
+    <t>15089QAY0</t>
+  </si>
+  <si>
+    <t>US15089QAY08</t>
+  </si>
+  <si>
+    <t>BRBDWD3</t>
+  </si>
+  <si>
+    <t>CELLNEX TELECOM SA:1.875 26JUN2029</t>
+  </si>
+  <si>
+    <t>XS2193658619</t>
+  </si>
+  <si>
+    <t>BMY7D56</t>
+  </si>
+  <si>
+    <t>CENTENE CORP:2.500 01MAR2031</t>
+  </si>
+  <si>
+    <t>15135BAX9</t>
+  </si>
+  <si>
+    <t>US15135BAX91</t>
+  </si>
+  <si>
+    <t>BKP8G66</t>
+  </si>
+  <si>
+    <t>CHARLES SCHWAB CORP:4.343 14NOV2031</t>
+  </si>
+  <si>
+    <t>808513CK9</t>
+  </si>
+  <si>
+    <t>US808513CK91</t>
+  </si>
+  <si>
+    <t>BS88ZS4</t>
+  </si>
+  <si>
+    <t>CHARLES SCHWAB CORP:4.914 14NOV2036</t>
+  </si>
+  <si>
+    <t>808513CL7</t>
+  </si>
+  <si>
+    <t>US808513CL74</t>
+  </si>
+  <si>
+    <t>BS84CZ8</t>
+  </si>
+  <si>
+    <t>CHARLES SCHWAB CORP:5.853 19MAY2034</t>
+  </si>
+  <si>
+    <t>808513CE3</t>
+  </si>
+  <si>
+    <t>US808513CE32</t>
+  </si>
+  <si>
+    <t>BP4YBS7</t>
+  </si>
+  <si>
+    <t>CHARTER COMMUNICATIONS OPERATING:3.500 01MAR2042</t>
+  </si>
+  <si>
+    <t>161175CE2</t>
+  </si>
+  <si>
+    <t>US161175CE27</t>
+  </si>
+  <si>
+    <t>BN7G7R7</t>
+  </si>
+  <si>
+    <t>CHARTER COMMUNICATIONS OPERATING:4.400 01DEC2061</t>
+  </si>
+  <si>
+    <t>161175CC6</t>
+  </si>
+  <si>
+    <t>US161175CC60</t>
+  </si>
+  <si>
+    <t>BMBP1C6</t>
+  </si>
+  <si>
+    <t>CHARTER COMMUNICATIONS OPERATING:5.375 01MAY2047</t>
+  </si>
+  <si>
+    <t>161175BL7</t>
+  </si>
+  <si>
+    <t>US161175BL78</t>
+  </si>
+  <si>
+    <t>BFF9P78</t>
+  </si>
+  <si>
+    <t>CHARTER COMMUNICATIONS OPERATING:6.484 23OCT2045</t>
+  </si>
+  <si>
+    <t>161175BA1</t>
+  </si>
+  <si>
+    <t>US161175BA14</t>
+  </si>
+  <si>
+    <t>BYQ7R23</t>
+  </si>
+  <si>
+    <t>CITIGROUP INC:4.952 07MAY2031</t>
+  </si>
+  <si>
+    <t>172967QA2</t>
+  </si>
+  <si>
+    <t>US172967QA24</t>
+  </si>
+  <si>
+    <t>BV8CSD3</t>
+  </si>
+  <si>
+    <t>COMCAST CORPORATION:2.887 01NOV2051</t>
+  </si>
+  <si>
+    <t>20030NDS7</t>
+  </si>
+  <si>
+    <t>US20030NDS71</t>
+  </si>
+  <si>
+    <t>BQ7XHB3</t>
+  </si>
+  <si>
+    <t>COMMERZBANK AG:4.000 21JAN2038</t>
+  </si>
+  <si>
+    <t>DE000CZ457W4</t>
+  </si>
+  <si>
+    <t>BSWVF23</t>
+  </si>
+  <si>
+    <t>COMMONWEALTH BANK OF AUSTRALIA:3.610 12SEP2034</t>
+  </si>
+  <si>
+    <t>202712BK0</t>
+  </si>
+  <si>
+    <t>US202712BK06</t>
+  </si>
+  <si>
+    <t>BK5W9M5</t>
+  </si>
+  <si>
+    <t>COMMONWEALTH BANK OF AUSTRALIA:3.788 26AUG2037</t>
+  </si>
+  <si>
+    <t>XS3156297213</t>
+  </si>
+  <si>
+    <t>BQT1KT4</t>
+  </si>
+  <si>
+    <t>COMMONWEALTH EDISON COMPANY:5.950 01JUN2055</t>
+  </si>
+  <si>
+    <t>202795KB5</t>
+  </si>
+  <si>
+    <t>US202795KB55</t>
+  </si>
+  <si>
+    <t>BTZHRZ2</t>
+  </si>
+  <si>
+    <t>CONCENTRIX CORP:6.650 02AUG2026</t>
+  </si>
+  <si>
+    <t>20602DAA9</t>
+  </si>
+  <si>
+    <t>US20602DAA90</t>
+  </si>
+  <si>
+    <t>BNTDW60</t>
+  </si>
+  <si>
+    <t>CONVEX GROUP LTD:6.500 21JAN2046</t>
+  </si>
+  <si>
+    <t>XS3251552561</t>
+  </si>
+  <si>
+    <t>BV2DH57</t>
+  </si>
+  <si>
+    <t>COPT DEFENSE PROPERTIES LP:2.750 15APR2031</t>
+  </si>
+  <si>
+    <t>22003BAM8</t>
+  </si>
+  <si>
+    <t>US22003BAM81</t>
+  </si>
+  <si>
+    <t>BMTYMJ9</t>
+  </si>
+  <si>
+    <t>CREDIT AGRICOLE SA:4.000 31DEC2079</t>
+  </si>
+  <si>
+    <t>FR0013533999</t>
+  </si>
+  <si>
+    <t>BLPJHJ6</t>
+  </si>
+  <si>
+    <t>CREDIT AGRICOLE SA:5.261 12JAN2037</t>
+  </si>
+  <si>
+    <t>22535WAU1</t>
+  </si>
+  <si>
+    <t>US22535WAU18</t>
+  </si>
+  <si>
+    <t>BV5L907</t>
+  </si>
+  <si>
+    <t>CRH AMERICA FINANCE INC:5.500 09JAN2035</t>
+  </si>
+  <si>
+    <t>12636YAF9</t>
+  </si>
+  <si>
+    <t>US12636YAF97</t>
+  </si>
+  <si>
+    <t>BR2NR71</t>
+  </si>
+  <si>
+    <t>CTR PARTNERSHIP LP:3.875 30JUN2028</t>
+  </si>
+  <si>
+    <t>126458AE8</t>
+  </si>
+  <si>
+    <t>US126458AE87</t>
+  </si>
+  <si>
+    <t>BMHRYM7</t>
+  </si>
+  <si>
+    <t>CVS HEALTH CORP:5.450 15SEP2035</t>
+  </si>
+  <si>
+    <t>126650EK2</t>
+  </si>
+  <si>
+    <t>US126650EK24</t>
+  </si>
+  <si>
+    <t>BPCPJK0</t>
+  </si>
+  <si>
+    <t>CVS HEALTH CORP:5.875 01JUN2053</t>
+  </si>
+  <si>
+    <t>126650DZ0</t>
+  </si>
+  <si>
+    <t>US126650DZ02</t>
+  </si>
+  <si>
+    <t>BRJVHT0</t>
+  </si>
+  <si>
+    <t>CVS HEALTH CORP:7.000 10MAR2055</t>
+  </si>
+  <si>
+    <t>126650EH9</t>
+  </si>
+  <si>
+    <t>US126650EH94</t>
+  </si>
+  <si>
+    <t>BR84NS1</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>XXXX1</t>
+  </si>
+  <si>
+    <t>DAI-ICHI LIFE INSURANCE CO LTD:6.200 31DEC2079</t>
+  </si>
+  <si>
+    <t>23381LAA2</t>
+  </si>
+  <si>
+    <t>US23381LAA26</t>
+  </si>
+  <si>
+    <t>BSKQRP7</t>
+  </si>
+  <si>
+    <t>DANSKE BANK A/S:4.420 12SEP2031</t>
+  </si>
+  <si>
+    <t>23636ABL4</t>
+  </si>
+  <si>
+    <t>US23636ABL44</t>
+  </si>
+  <si>
+    <t>BVK9VF5</t>
+  </si>
+  <si>
+    <t>DANSKE BANK A/S:5.019 04MAR2031</t>
+  </si>
+  <si>
+    <t>23636ABK6</t>
+  </si>
+  <si>
+    <t>US23636ABK60</t>
+  </si>
+  <si>
+    <t>BSJQPX2</t>
+  </si>
+  <si>
+    <t>DELTA AIR LINES INC:4.950 10JUL2028</t>
+  </si>
+  <si>
+    <t>247361A24</t>
+  </si>
+  <si>
+    <t>US247361A246</t>
+  </si>
+  <si>
+    <t>BT22M22</t>
+  </si>
+  <si>
+    <t>DELTA AIR LINES INC:5.250 10JUL2030</t>
+  </si>
+  <si>
+    <t>247361A32</t>
+  </si>
+  <si>
+    <t>US247361A329</t>
+  </si>
+  <si>
+    <t>BT22LZ8</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG (NEW YORK BRANC:5.297 09MAY2031</t>
+  </si>
+  <si>
+    <t>251526DA4</t>
+  </si>
+  <si>
+    <t>US251526DA41</t>
+  </si>
+  <si>
+    <t>BS5WQ97</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG:4.500 12JUL2035</t>
+  </si>
+  <si>
+    <t>DE000A383KA9</t>
+  </si>
+  <si>
+    <t>BPK7XZ1</t>
+  </si>
+  <si>
+    <t>DIGITAL DUTCH FINCO BV:3.875 15MAR2035</t>
+  </si>
+  <si>
+    <t>XS2976337753</t>
+  </si>
+  <si>
+    <t>BSHT9J7</t>
+  </si>
+  <si>
+    <t>DOMINION ENERGY INC:6.000 15FEB2056</t>
+  </si>
+  <si>
+    <t>25746UDZ9</t>
+  </si>
+  <si>
+    <t>US25746UDZ93</t>
+  </si>
+  <si>
+    <t>BV7G632</t>
+  </si>
+  <si>
+    <t>DT MIDSTREAM INC:5.800 15DEC2034</t>
+  </si>
+  <si>
+    <t>23345MAD9</t>
+  </si>
+  <si>
+    <t>US23345MAD92</t>
+  </si>
+  <si>
+    <t>BR4XZT7</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY CORP:3.100 15JUN2028</t>
+  </si>
+  <si>
+    <t>XS2488626610</t>
+  </si>
+  <si>
+    <t>BMY28H8</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY FLORIDA LLC:4.850 01DEC2035</t>
+  </si>
+  <si>
+    <t>26444HAU5</t>
+  </si>
+  <si>
+    <t>US26444HAU59</t>
+  </si>
+  <si>
+    <t>BR11572</t>
+  </si>
+  <si>
+    <t>ELECTRICITE DE FRANCE SA:4.375 17JUN2036</t>
+  </si>
+  <si>
+    <t>FR001400QR70</t>
+  </si>
+  <si>
+    <t>BS5WN96</t>
+  </si>
+  <si>
+    <t>EMIRATES TELECOMMUNICATIONS GROUP COMPAN:0.375 17MAY2028</t>
+  </si>
+  <si>
+    <t>XS2339427747</t>
+  </si>
+  <si>
+    <t>BL9YL62</t>
+  </si>
+  <si>
+    <t>ENBRIDGE INC:5.200 20NOV2035</t>
+  </si>
+  <si>
+    <t>29250NCP8</t>
+  </si>
+  <si>
+    <t>US29250NCP87</t>
+  </si>
+  <si>
+    <t>BSPVH57</t>
+  </si>
+  <si>
+    <t>ENBW ENERGIE BADEN WUERTTEMBERG:4.500 28JUL2055</t>
+  </si>
+  <si>
+    <t>XS3134523011</t>
+  </si>
+  <si>
+    <t>BRXZTC5</t>
+  </si>
+  <si>
+    <t>ENEL SPA:1.375 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2312744217</t>
+  </si>
+  <si>
+    <t>BMV35T5</t>
+  </si>
+  <si>
+    <t>ENERGY TRANSFER LP:5.600 01SEP2034</t>
+  </si>
+  <si>
+    <t>29273VBA7</t>
+  </si>
+  <si>
+    <t>US29273VBA70</t>
+  </si>
+  <si>
+    <t>BL569C4</t>
+  </si>
+  <si>
+    <t>ENGIE SA:4.000 31DEC2079</t>
+  </si>
+  <si>
+    <t>FR0014013BG2</t>
+  </si>
+  <si>
+    <t>BVZG8Y9</t>
+  </si>
+  <si>
+    <t>ENGIE SA:4.500 31DEC2079</t>
+  </si>
+  <si>
+    <t>FR0014013BH0</t>
+  </si>
+  <si>
+    <t>BVZG3Q6</t>
+  </si>
+  <si>
+    <t>ENGIE SA:4.750 31DEC2079</t>
+  </si>
+  <si>
+    <t>FR001400QOK5</t>
+  </si>
+  <si>
+    <t>BSLTP51</t>
+  </si>
+  <si>
+    <t>ENGIE SA:5.125 31DEC2079</t>
+  </si>
+  <si>
+    <t>FR001400QOL3</t>
+  </si>
+  <si>
+    <t>BSLTP40</t>
+  </si>
+  <si>
+    <t>ENGIE SA:5.625 10APR2034</t>
+  </si>
+  <si>
+    <t>29286DAB1</t>
+  </si>
+  <si>
+    <t>US29286DAB10</t>
+  </si>
+  <si>
+    <t>BQBBVT9</t>
+  </si>
+  <si>
+    <t>ENTERPRISE PRODUCTS OPERATING LLC:5.200 15JAN2036</t>
+  </si>
+  <si>
+    <t>29379VCL5</t>
+  </si>
+  <si>
+    <t>US29379VCL53</t>
+  </si>
+  <si>
+    <t>BVDD8P3</t>
+  </si>
+  <si>
+    <t>EQT CORP:4.500 15JAN2029</t>
+  </si>
+  <si>
+    <t>26884LAX7</t>
+  </si>
+  <si>
+    <t>US26884LAX73</t>
+  </si>
+  <si>
+    <t>BMYPT85</t>
+  </si>
+  <si>
+    <t>EQT CORP:4.750 15JAN2031</t>
+  </si>
+  <si>
+    <t>26884LBD0</t>
+  </si>
+  <si>
+    <t>US26884LBD01</t>
+  </si>
+  <si>
+    <t>BMYPTC9</t>
+  </si>
+  <si>
+    <t>EQT CORP:6.500 01JUL2027</t>
+  </si>
+  <si>
+    <t>26884LAT6</t>
+  </si>
+  <si>
+    <t>US26884LAT61</t>
+  </si>
+  <si>
+    <t>BMYPTD0</t>
+  </si>
+  <si>
+    <t>EQT CORP:7.500 01JUN2030</t>
+  </si>
+  <si>
+    <t>26884LBB4</t>
+  </si>
+  <si>
+    <t>US26884LBB45</t>
+  </si>
+  <si>
+    <t>BMYPT96</t>
+  </si>
+  <si>
+    <t>EQUITABLE FINANCIAL LIFE GLOBAL FUNDING:1.750 15NOV2030</t>
+  </si>
+  <si>
+    <t>29449WAD9</t>
+  </si>
+  <si>
+    <t>US29449WAD92</t>
+  </si>
+  <si>
+    <t>BM9RFF5</t>
+  </si>
+  <si>
+    <t>ERSTE GROUP BANK AG:3.625 26NOV2035</t>
+  </si>
+  <si>
+    <t>AT0000A3NRE3</t>
+  </si>
+  <si>
+    <t>BTRCB53</t>
+  </si>
+  <si>
+    <t>ESSENDI SA:5.375 15MAY2030</t>
   </si>
   <si>
     <t>BMIEVN2E5</t>
   </si>
   <si>
     <t>XS3049459749</t>
   </si>
   <si>
     <t>BVK4848</t>
   </si>
   <si>
-    <t>AGL CAPITAL CORPORATION:4.050 15SEP2028</t>
+    <t>EXPAND ENERGY CORP:5.700 15JAN2035</t>
+  </si>
+  <si>
+    <t>165167DH7</t>
+  </si>
+  <si>
+    <t>US165167DH73</t>
+  </si>
+  <si>
+    <t>BR4Y0K6</t>
+  </si>
+  <si>
+    <t>FIRSTENERGY CORP:3.400 01MAR2050</t>
+  </si>
+  <si>
+    <t>337932AM9</t>
+  </si>
+  <si>
+    <t>US337932AM94</t>
+  </si>
+  <si>
+    <t>BKMGC98</t>
+  </si>
+  <si>
+    <t>FISERV INC:4.500 24MAY2031</t>
+  </si>
+  <si>
+    <t>BMIC0EBV5</t>
+  </si>
+  <si>
+    <t>XS2626288257</t>
+  </si>
+  <si>
+    <t>BNTD1R4</t>
+  </si>
+  <si>
+    <t>FISERV INC:4.550 15FEB2031</t>
+  </si>
+  <si>
+    <t>337738BP2</t>
+  </si>
+  <si>
+    <t>US337738BP21</t>
+  </si>
+  <si>
+    <t>BV6N838</t>
+  </si>
+  <si>
+    <t>FORD MOTOR CREDIT COMPANY LLC:7.350 06MAR2030</t>
+  </si>
+  <si>
+    <t>345397C68</t>
+  </si>
+  <si>
+    <t>US345397C684</t>
+  </si>
+  <si>
+    <t>BQ0N1L8</t>
+  </si>
+  <si>
+    <t>FORTITUDE GLOBAL FUNDING:4.625 06OCT2028</t>
+  </si>
+  <si>
+    <t>34967GAA2</t>
+  </si>
+  <si>
+    <t>US34967GAA22</t>
+  </si>
+  <si>
+    <t>BR886K6</t>
+  </si>
+  <si>
+    <t>FORTITUDE GROUP HOLDINGS LLC:6.250 01APR2030</t>
+  </si>
+  <si>
+    <t>34966XAA6</t>
+  </si>
+  <si>
+    <t>US34966XAA63</t>
+  </si>
+  <si>
+    <t>BT3JVF8</t>
+  </si>
+  <si>
+    <t>FOUNDRY JV HOLDCO LLC:6.100 25JAN2036</t>
+  </si>
+  <si>
+    <t>350930AH6</t>
+  </si>
+  <si>
+    <t>US350930AH62</t>
+  </si>
+  <si>
+    <t>BRXZ561</t>
+  </si>
+  <si>
+    <t>GA GLOBAL FUNDING TRUST:4.133 16SEP2035</t>
+  </si>
+  <si>
+    <t>XS3175974289</t>
+  </si>
+  <si>
+    <t>BVSYJ69</t>
+  </si>
+  <si>
+    <t>GALAXY PIPELINE ASSETS BIDCO LTD:1.750 30SEP2027</t>
+  </si>
+  <si>
+    <t>36321PAA8</t>
+  </si>
+  <si>
+    <t>US36321PAA84</t>
+  </si>
+  <si>
+    <t>BNC1DW4</t>
+  </si>
+  <si>
+    <t>GENERAL MOTORS FINANCIAL COMPANY INC:2.400 10APR2028</t>
+  </si>
+  <si>
+    <t>37045XDH6</t>
+  </si>
+  <si>
+    <t>US37045XDH61</t>
+  </si>
+  <si>
+    <t>BLFJCP7</t>
+  </si>
+  <si>
+    <t>GENERAL MOTORS FINANCIAL COMPANY INC:5.450 08JAN2036</t>
+  </si>
+  <si>
+    <t>37045XFN1</t>
+  </si>
+  <si>
+    <t>US37045XFN12</t>
+  </si>
+  <si>
+    <t>BTY6404</t>
+  </si>
+  <si>
+    <t>GEORGIA POWER COMPANY:3.250 15MAR2051</t>
+  </si>
+  <si>
+    <t>373334KP5</t>
+  </si>
+  <si>
+    <t>US373334KP56</t>
+  </si>
+  <si>
+    <t>BLR77M1</t>
+  </si>
+  <si>
+    <t>GEORGIA-PACIFIC LLC:2.300 30APR2030</t>
+  </si>
+  <si>
+    <t>37331NAK7</t>
+  </si>
+  <si>
+    <t>US37331NAK72</t>
+  </si>
+  <si>
+    <t>BMT6GX7</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES INC:4.750 01MAR2046</t>
+  </si>
+  <si>
+    <t>375558BD4</t>
+  </si>
+  <si>
+    <t>US375558BD48</t>
+  </si>
+  <si>
+    <t>BYMYP35</t>
+  </si>
+  <si>
+    <t>GLOBAL ATLANTIC (FIN) CO:6.750 15MAR2054</t>
+  </si>
+  <si>
+    <t>37959GAF4</t>
+  </si>
+  <si>
+    <t>US37959GAF46</t>
+  </si>
+  <si>
+    <t>BP9R1N6</t>
+  </si>
+  <si>
+    <t>GLOBAL ATLANTIC (FIN) CO:7.250 01MAR2056</t>
+  </si>
+  <si>
+    <t>37959GAH0</t>
+  </si>
+  <si>
+    <t>US37959GAH02</t>
+  </si>
+  <si>
+    <t>BTVHR12</t>
+  </si>
+  <si>
+    <t>GLOBAL PAYMENTS INC.:5.550 15NOV2035</t>
+  </si>
+  <si>
+    <t>37940XAY8</t>
+  </si>
+  <si>
+    <t>US37940XAY85</t>
+  </si>
+  <si>
+    <t>BTWXB51</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:3.984 18DEC2036</t>
+  </si>
+  <si>
+    <t>BMIFXREJ7</t>
+  </si>
+  <si>
+    <t>XS3255333315</t>
+  </si>
+  <si>
+    <t>BRQNBW0</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:5.330 23JUL2035</t>
+  </si>
+  <si>
+    <t>38141GB37</t>
+  </si>
+  <si>
+    <t>US38141GB375</t>
+  </si>
+  <si>
+    <t>BRC1656</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:5.536 28JAN2036</t>
+  </si>
+  <si>
+    <t>38141GC44</t>
+  </si>
+  <si>
+    <t>US38141GC449</t>
+  </si>
+  <si>
+    <t>BTPF132</t>
+  </si>
+  <si>
+    <t>HA SUSTAINABLE INFRASTRUCTURE CAPITAL IN:6.150 15JAN2031</t>
+  </si>
+  <si>
+    <t>40408AAA9</t>
+  </si>
+  <si>
+    <t>US40408AAA97</t>
+  </si>
+  <si>
+    <t>BN4HDM0</t>
+  </si>
+  <si>
+    <t>HALEON UK CAPITAL PLC:4.625 18SEP2033</t>
+  </si>
+  <si>
+    <t>XS2902086706</t>
+  </si>
+  <si>
+    <t>BRQPHB7</t>
+  </si>
+  <si>
+    <t>HCA INC:6.200 01MAR2055</t>
+  </si>
+  <si>
+    <t>404119DC0</t>
+  </si>
+  <si>
+    <t>US404119DC05</t>
+  </si>
+  <si>
+    <t>BV4FL59</t>
+  </si>
+  <si>
+    <t>HEXCEL CORP:5.875 26FEB2035</t>
+  </si>
+  <si>
+    <t>428291AP3</t>
+  </si>
+  <si>
+    <t>US428291AP36</t>
+  </si>
+  <si>
+    <t>BRQN8X0</t>
+  </si>
+  <si>
+    <t>HISCOX LTD:7.000 11JUN2036</t>
+  </si>
+  <si>
+    <t>XS3085134594</t>
+  </si>
+  <si>
+    <t>BQTX9D7</t>
+  </si>
+  <si>
+    <t>HSBC HOLDINGS PLC:2.804 24MAY2032</t>
+  </si>
+  <si>
+    <t>404280CT4</t>
+  </si>
+  <si>
+    <t>US404280CT42</t>
+  </si>
+  <si>
+    <t>BN44R07</t>
+  </si>
+  <si>
+    <t>HUNTINGTON NATL BK:4.871 12APR2028</t>
+  </si>
+  <si>
+    <t>44644MAK7</t>
+  </si>
+  <si>
+    <t>US44644MAK71</t>
+  </si>
+  <si>
+    <t>BTJX0W4</t>
+  </si>
+  <si>
+    <t>HYATT HOTELS CORP:5.050 30MAR2028</t>
+  </si>
+  <si>
+    <t>448579AU6</t>
+  </si>
+  <si>
+    <t>US448579AU63</t>
+  </si>
+  <si>
+    <t>BTVL0X7</t>
+  </si>
+  <si>
+    <t>HYUNDAI CAPITAL AMERICA:5.300 24JUN2029</t>
+  </si>
+  <si>
+    <t>44891ADC8</t>
+  </si>
+  <si>
+    <t>US44891ADC80</t>
+  </si>
+  <si>
+    <t>BRSC341</t>
+  </si>
+  <si>
+    <t>IBERDROLA FINANZAS SAU:4.875 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2580221658</t>
+  </si>
+  <si>
+    <t>BL69MT0</t>
+  </si>
+  <si>
+    <t>IBERDROLA INTERNATIONAL BV:1.825 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2295333988</t>
+  </si>
+  <si>
+    <t>BKPLQW1</t>
+  </si>
+  <si>
+    <t>ICON INVESTMENTS SIX DAC:5.809 08MAY2027</t>
+  </si>
+  <si>
+    <t>45115AAA2</t>
+  </si>
+  <si>
+    <t>US45115AAA25</t>
+  </si>
+  <si>
+    <t>BQSB3H4</t>
+  </si>
+  <si>
+    <t>ING GROEP NV:1.750 16FEB2031</t>
+  </si>
+  <si>
+    <t>XS2443920751</t>
+  </si>
+  <si>
+    <t>BNYDZJ9</t>
+  </si>
+  <si>
+    <t>ING GROEP NV:3.875 20AUG2037</t>
+  </si>
+  <si>
+    <t>XS3153087559</t>
+  </si>
+  <si>
+    <t>BVN4748</t>
+  </si>
+  <si>
+    <t>INTESA SANPAOLO SPA:7.200 28NOV2033</t>
+  </si>
+  <si>
+    <t>46115HCD7</t>
+  </si>
+  <si>
+    <t>US46115HCD70</t>
+  </si>
+  <si>
+    <t>BQXRSF0</t>
+  </si>
+  <si>
+    <t>JAB HOLD:4.375 19MAY2035</t>
+  </si>
+  <si>
+    <t>DE000A4EA5P2</t>
+  </si>
+  <si>
+    <t>BTBN000</t>
+  </si>
+  <si>
+    <t>JAB HOLD:4.750 29JUN2032</t>
+  </si>
+  <si>
+    <t>BMIAZEGZ7</t>
+  </si>
+  <si>
+    <t>DE000A3K5HW7</t>
+  </si>
+  <si>
+    <t>BLDCBW8</t>
+  </si>
+  <si>
+    <t>JBS NV:6.250 01MAR2056</t>
+  </si>
+  <si>
+    <t>472140AH5</t>
+  </si>
+  <si>
+    <t>US472140AH52</t>
+  </si>
+  <si>
+    <t>BVMZJG8</t>
+  </si>
+  <si>
+    <t>JEFFERIES FINANCIAL GROUP INC:2.750 15OCT2032</t>
+  </si>
+  <si>
+    <t>47233JDX3</t>
+  </si>
+  <si>
+    <t>US47233JDX37</t>
+  </si>
+  <si>
+    <t>BKVDKS5</t>
+  </si>
+  <si>
+    <t>JEFFERIES FINANCIAL GROUP INC:5.500 15FEB2036</t>
+  </si>
+  <si>
+    <t>47233WLL1</t>
+  </si>
+  <si>
+    <t>US47233WLL18</t>
+  </si>
+  <si>
+    <t>BVMZJL3</t>
+  </si>
+  <si>
+    <t>JEFFERIES FINANCIAL GROUP INC:6.200 14APR2034</t>
+  </si>
+  <si>
+    <t>47233WEJ4</t>
+  </si>
+  <si>
+    <t>US47233WEJ45</t>
+  </si>
+  <si>
+    <t>BPBSCJ0</t>
+  </si>
+  <si>
+    <t>JERSEY CTL PWR &amp; LT CO:5.100 15JAN2035</t>
+  </si>
+  <si>
+    <t>476556DF9</t>
+  </si>
+  <si>
+    <t>US476556DF91</t>
+  </si>
+  <si>
+    <t>BS5YNB4</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE &amp; CO:5.766 22APR2035</t>
+  </si>
+  <si>
+    <t>46647PEH5</t>
+  </si>
+  <si>
+    <t>US46647PEH55</t>
+  </si>
+  <si>
+    <t>BQKVS00</t>
+  </si>
+  <si>
+    <t>KBC GROEP NV:6.324 21SEP2034</t>
+  </si>
+  <si>
+    <t>48241FAC8</t>
+  </si>
+  <si>
+    <t>US48241FAC86</t>
+  </si>
+  <si>
+    <t>BNNMML8</t>
+  </si>
+  <si>
+    <t>KEYBANK NATIONAL ASSOCIATION:5.850 15NOV2027</t>
+  </si>
+  <si>
+    <t>49327M3F9</t>
+  </si>
+  <si>
+    <t>US49327M3F97</t>
+  </si>
+  <si>
+    <t>BLKFRJ9</t>
+  </si>
+  <si>
+    <t>KKR &amp; CO INC:5.100 07AUG2035</t>
+  </si>
+  <si>
+    <t>48251WAB0</t>
+  </si>
+  <si>
+    <t>US48251WAB00</t>
+  </si>
+  <si>
+    <t>BV6KWG0</t>
+  </si>
+  <si>
+    <t>KRAFT HEINZ FOODS CO:4.375 01JUN2046</t>
+  </si>
+  <si>
+    <t>50077LAB2</t>
+  </si>
+  <si>
+    <t>US50077LAB27</t>
+  </si>
+  <si>
+    <t>BD7YG30</t>
+  </si>
+  <si>
+    <t>KROGER CO:5.000 15SEP2034</t>
+  </si>
+  <si>
+    <t>501044DV0</t>
+  </si>
+  <si>
+    <t>US501044DV05</t>
+  </si>
+  <si>
+    <t>BSFVBB1</t>
+  </si>
+  <si>
+    <t>LIBERTY MUTUAL GROUP INC:3.875 26SEP2035</t>
+  </si>
+  <si>
+    <t>XS3185662163</t>
+  </si>
+  <si>
+    <t>BQZ9GR2</t>
+  </si>
+  <si>
+    <t>LLOYDS BANKING GROUP PLC:4.375 05APR2034</t>
+  </si>
+  <si>
+    <t>XS2743047156</t>
+  </si>
+  <si>
+    <t>BQS7048</t>
+  </si>
+  <si>
+    <t>LOWES COMPANIES INC:4.500 15OCT2032</t>
+  </si>
+  <si>
+    <t>548661EW3</t>
+  </si>
+  <si>
+    <t>US548661EW30</t>
+  </si>
+  <si>
+    <t>BRWFZC8</t>
+  </si>
+  <si>
+    <t>LYB INTERNATIONAL FINANCE III LLC:5.875 15JAN2036</t>
+  </si>
+  <si>
+    <t>50249AAR4</t>
+  </si>
+  <si>
+    <t>US50249AAR41</t>
+  </si>
+  <si>
+    <t>BQ3RBT5</t>
+  </si>
+  <si>
+    <t>MACQUARIE AIRFINANCE HOLDINGS LTD:5.150 17MAR2030</t>
+  </si>
+  <si>
+    <t>55609NAE8</t>
+  </si>
+  <si>
+    <t>US55609NAE85</t>
+  </si>
+  <si>
+    <t>BRBQCW1</t>
+  </si>
+  <si>
+    <t>MACQUARIE AIRFINANCE HOLDINGS LTD:5.200 27MAR2028</t>
+  </si>
+  <si>
+    <t>55609NAF5</t>
+  </si>
+  <si>
+    <t>US55609NAF50</t>
+  </si>
+  <si>
+    <t>BMHSG79</t>
+  </si>
+  <si>
+    <t>MACQUARIE AIRFINANCE HOLDINGS LTD:6.500 26MAR2031</t>
+  </si>
+  <si>
+    <t>55609NAD0</t>
+  </si>
+  <si>
+    <t>US55609NAD03</t>
+  </si>
+  <si>
+    <t>BQ9D647</t>
+  </si>
+  <si>
+    <t>MAGNUM ICC FINANCE BV:4.000 26NOV2037</t>
+  </si>
+  <si>
+    <t>XS3238211943</t>
+  </si>
+  <si>
+    <t>BVPJCM4</t>
+  </si>
+  <si>
+    <t>MAREX GROUP PLC:5.829 08MAY2028</t>
+  </si>
+  <si>
+    <t>566539AB8</t>
+  </si>
+  <si>
+    <t>US566539AB80</t>
+  </si>
+  <si>
+    <t>BV8CDK5</t>
+  </si>
+  <si>
+    <t>MAREX GROUP PLC:6.404 04NOV2029</t>
+  </si>
+  <si>
+    <t>566539AA0</t>
+  </si>
+  <si>
+    <t>US566539AA08</t>
+  </si>
+  <si>
+    <t>BT03MF0</t>
+  </si>
+  <si>
+    <t>MARS INC:5.200 01MAR2035</t>
+  </si>
+  <si>
+    <t>571676BA2</t>
+  </si>
+  <si>
+    <t>US571676BA26</t>
+  </si>
+  <si>
+    <t>BR4XVJ9</t>
+  </si>
+  <si>
+    <t>MARS INC:5.700 01MAY2055</t>
+  </si>
+  <si>
+    <t>571676BC8</t>
+  </si>
+  <si>
+    <t>US571676BC81</t>
+  </si>
+  <si>
+    <t>BR4XVL1</t>
+  </si>
+  <si>
+    <t>MARSH &amp; MCLENNAN COMPANIES INC:5.000 15MAR2035</t>
+  </si>
+  <si>
+    <t>571748CC4</t>
+  </si>
+  <si>
+    <t>US571748CC43</t>
+  </si>
+  <si>
+    <t>BT03MR2</t>
+  </si>
+  <si>
+    <t>MARSH &amp; MCLENNAN COMPANIES INC:5.400 15MAR2055</t>
+  </si>
+  <si>
+    <t>571748CD2</t>
+  </si>
+  <si>
+    <t>US571748CD26</t>
+  </si>
+  <si>
+    <t>BT03MT4</t>
+  </si>
+  <si>
+    <t>META PLATFORMS INC:5.550 15AUG2064</t>
+  </si>
+  <si>
+    <t>30303M8W5</t>
+  </si>
+  <si>
+    <t>US30303M8W51</t>
+  </si>
+  <si>
+    <t>BT3NFK3</t>
+  </si>
+  <si>
+    <t>MICRON TECHNOLOGY INC:5.300 15JAN2031</t>
+  </si>
+  <si>
+    <t>595112CD3</t>
+  </si>
+  <si>
+    <t>US595112CD31</t>
+  </si>
+  <si>
+    <t>BRF20S7</t>
+  </si>
+  <si>
+    <t>MICRON TECHNOLOGY INC:6.050 01NOV2035</t>
+  </si>
+  <si>
+    <t>595112CH4</t>
+  </si>
+  <si>
+    <t>US595112CH45</t>
+  </si>
+  <si>
+    <t>BTZJF09</t>
+  </si>
+  <si>
+    <t>MICROSOFT CORP:2.525 01JUN2050</t>
+  </si>
+  <si>
+    <t>594918CC6</t>
+  </si>
+  <si>
+    <t>US594918CC64</t>
+  </si>
+  <si>
+    <t>BM9DJ73</t>
+  </si>
+  <si>
+    <t>MITSUBISHI CORP:4.875 09SEP2035</t>
+  </si>
+  <si>
+    <t>606769AN7</t>
+  </si>
+  <si>
+    <t>US606769AN73</t>
+  </si>
+  <si>
+    <t>BT8PBV7</t>
+  </si>
+  <si>
+    <t>MITSUBISHI HC FINANCE AMERICA LLC:5.150 24OCT2029</t>
+  </si>
+  <si>
+    <t>606790AC7</t>
+  </si>
+  <si>
+    <t>US606790AC79</t>
+  </si>
+  <si>
+    <t>BSY4W07</t>
+  </si>
+  <si>
+    <t>MOLSON COORS BEVERAGE CO:3.800 15JUN2032</t>
+  </si>
+  <si>
+    <t>BMIDHB8V5</t>
+  </si>
+  <si>
+    <t>XS2829203012</t>
+  </si>
+  <si>
+    <t>BS3FNV9</t>
+  </si>
+  <si>
+    <t>NATIONAL AUSTRALIA BANK LTD:2.332 21AUG2030</t>
+  </si>
+  <si>
+    <t>632525AU5</t>
+  </si>
+  <si>
+    <t>US632525AU59</t>
+  </si>
+  <si>
+    <t>BMTV3D1</t>
+  </si>
+  <si>
+    <t>NATIONAL GRID ELECTRICITY DISTRIBUTION (:5.750 16APR2032</t>
+  </si>
+  <si>
+    <t>GBP042921</t>
+  </si>
+  <si>
+    <t>XS0627336323</t>
+  </si>
+  <si>
+    <t>B4VRH62</t>
+  </si>
+  <si>
+    <t>NATIONWIDE BUILDING SOCIETY:4.000 30JUL2035</t>
+  </si>
+  <si>
+    <t>XS3059437460</t>
+  </si>
+  <si>
+    <t>BNKM965</t>
+  </si>
+  <si>
+    <t>NATWEST GROUP PLC:5.115 23MAY2031</t>
+  </si>
+  <si>
+    <t>639057AV0</t>
+  </si>
+  <si>
+    <t>US639057AV00</t>
+  </si>
+  <si>
+    <t>BS6RHW1</t>
+  </si>
+  <si>
+    <t>NBN CO LTD:2.500 08JAN2032</t>
+  </si>
+  <si>
+    <t>62878U2E1</t>
+  </si>
+  <si>
+    <t>US62878U2E13</t>
+  </si>
+  <si>
+    <t>BM8SXB1</t>
+  </si>
+  <si>
+    <t>NBN CO LTD:3.500 22MAR2030</t>
+  </si>
+  <si>
+    <t>XS2788379126</t>
+  </si>
+  <si>
+    <t>BSHSNK3</t>
+  </si>
+  <si>
+    <t>NEWMONT CORPORATION:5.350 15MAR2034</t>
+  </si>
+  <si>
+    <t>65163LAR0</t>
+  </si>
+  <si>
+    <t>US65163LAR06</t>
+  </si>
+  <si>
+    <t>BQTXQH0</t>
+  </si>
+  <si>
+    <t>NEXA RESOURCES SA:6.750 09APR2034</t>
+  </si>
+  <si>
+    <t>65290DAB9</t>
+  </si>
+  <si>
+    <t>US65290DAB91</t>
+  </si>
+  <si>
+    <t>BQD4DN4</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:3.996 15MAY2056</t>
+  </si>
+  <si>
+    <t>XS3176173568</t>
+  </si>
+  <si>
+    <t>BP9MBS6</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:4.685 01SEP2027</t>
+  </si>
+  <si>
+    <t>65339KCL2</t>
+  </si>
+  <si>
+    <t>US65339KCL26</t>
+  </si>
+  <si>
+    <t>BTFZQ82</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:4.900 28FEB2028</t>
+  </si>
+  <si>
+    <t>65339KCM0</t>
+  </si>
+  <si>
+    <t>US65339KCM09</t>
+  </si>
+  <si>
+    <t>BN2S9Y9</t>
+  </si>
+  <si>
+    <t>NIPPON LIFE INS:4.114 23JAN2055</t>
+  </si>
+  <si>
+    <t>XS2979680332</t>
+  </si>
+  <si>
+    <t>BP0BF24</t>
+  </si>
+  <si>
+    <t>NIPPON LIFE INS:4.165 02SEP2055</t>
+  </si>
+  <si>
+    <t>XS3166439904</t>
+  </si>
+  <si>
+    <t>BPCPL60</t>
+  </si>
+  <si>
+    <t>NLG GLOBAL FUNDING:5.400 23JAN2030</t>
+  </si>
+  <si>
+    <t>62915W2A0</t>
+  </si>
+  <si>
+    <t>US62915W2A05</t>
+  </si>
+  <si>
+    <t>BTWN7F3</t>
+  </si>
+  <si>
+    <t>NORTEGAS ENERGIA GRUPO SA:0.905 22JAN2031</t>
+  </si>
+  <si>
+    <t>XS2289797248</t>
+  </si>
+  <si>
+    <t>BMXYG48</t>
+  </si>
+  <si>
+    <t>NOVARTIS CAPITAL CORP:4.000 20NOV2045</t>
+  </si>
+  <si>
+    <t>66989HAK4</t>
+  </si>
+  <si>
+    <t>US66989HAK41</t>
+  </si>
+  <si>
+    <t>BD3S5K6</t>
+  </si>
+  <si>
+    <t>NUTRIEN LTD:5.250 12MAR2032</t>
+  </si>
+  <si>
+    <t>67077MBF4</t>
+  </si>
+  <si>
+    <t>US67077MBF41</t>
+  </si>
+  <si>
+    <t>BV6M181</t>
+  </si>
+  <si>
+    <t>NUVEEN LLC:5.850 15APR2034</t>
+  </si>
+  <si>
+    <t>67080LAD7</t>
+  </si>
+  <si>
+    <t>US67080LAD73</t>
+  </si>
+  <si>
+    <t>BSVHWL0</t>
+  </si>
+  <si>
+    <t>Net Other Assets</t>
+  </si>
+  <si>
+    <t>XXXX2</t>
+  </si>
+  <si>
+    <t>OCCIDENTAL PETROLEUM CORPORATION:6.125 01JAN2031</t>
+  </si>
+  <si>
+    <t>674599EF8</t>
+  </si>
+  <si>
+    <t>US674599EF81</t>
+  </si>
+  <si>
+    <t>BMHLJ91</t>
+  </si>
+  <si>
+    <t>OCCIDENTAL PETROLEUM CORPORATION:6.450 15SEP2036</t>
+  </si>
+  <si>
+    <t>674599DF9</t>
+  </si>
+  <si>
+    <t>US674599DF90</t>
+  </si>
+  <si>
+    <t>BK8VN61</t>
+  </si>
+  <si>
+    <t>OCCIDENTAL PETROLEUM CORPORATION:7.500 01MAY2031</t>
+  </si>
+  <si>
+    <t>674599DD4</t>
+  </si>
+  <si>
+    <t>US674599DD43</t>
+  </si>
+  <si>
+    <t>BKTC909</t>
+  </si>
+  <si>
+    <t>ONEOK INC:5.375 01JUN2029</t>
+  </si>
+  <si>
+    <t>682680CQ4</t>
+  </si>
+  <si>
+    <t>US682680CQ42</t>
+  </si>
+  <si>
+    <t>BVDCWD6</t>
+  </si>
+  <si>
+    <t>ONEOK INC:5.400 15OCT2035</t>
+  </si>
+  <si>
+    <t>682680DC4</t>
+  </si>
+  <si>
+    <t>US682680DC47</t>
+  </si>
+  <si>
+    <t>BVMX7Y6</t>
+  </si>
+  <si>
+    <t>ONEOK INC:6.050 01SEP2033</t>
+  </si>
+  <si>
+    <t>682680BL6</t>
+  </si>
+  <si>
+    <t>US682680BL63</t>
+  </si>
+  <si>
+    <t>BRBHJ23</t>
+  </si>
+  <si>
+    <t>OPTUS FINANCE:1.000 20JUN2029</t>
+  </si>
+  <si>
+    <t>XS2013539635</t>
+  </si>
+  <si>
+    <t>BJQ3RM6</t>
+  </si>
+  <si>
+    <t>ORACLE CORPORATION:3.600 01APR2050</t>
+  </si>
+  <si>
+    <t>68389XBX2</t>
+  </si>
+  <si>
+    <t>US68389XBX21</t>
+  </si>
+  <si>
+    <t>BM5JB02</t>
+  </si>
+  <si>
+    <t>ORACLE CORPORATION:5.200 26SEP2035</t>
+  </si>
+  <si>
+    <t>68389XDM4</t>
+  </si>
+  <si>
+    <t>US68389XDM48</t>
+  </si>
+  <si>
+    <t>BVBFJW5</t>
+  </si>
+  <si>
+    <t>ORACLE CORPORATION:5.500 27SEP2064</t>
+  </si>
+  <si>
+    <t>68389XCV5</t>
+  </si>
+  <si>
+    <t>US68389XCV55</t>
+  </si>
+  <si>
+    <t>BLFC9N3</t>
+  </si>
+  <si>
+    <t>ORANGE SA:4.750 13JAN2033</t>
+  </si>
+  <si>
+    <t>685218AE9</t>
+  </si>
+  <si>
+    <t>US685218AE91</t>
+  </si>
+  <si>
+    <t>BVPC3Q4</t>
+  </si>
+  <si>
+    <t>ORANGE SA:5.000 13JAN2036</t>
+  </si>
+  <si>
+    <t>685218AF6</t>
+  </si>
+  <si>
+    <t>US685218AF66</t>
+  </si>
+  <si>
+    <t>BVPC3T7</t>
+  </si>
+  <si>
+    <t>ORANGE SA:5.000 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS1115498260</t>
+  </si>
+  <si>
+    <t>BR17N21</t>
+  </si>
+  <si>
+    <t>PACIFIC GAS AND ELECTRIC COMPANY:5.700 01MAR2035</t>
+  </si>
+  <si>
+    <t>694308KU0</t>
+  </si>
+  <si>
+    <t>US694308KU01</t>
+  </si>
+  <si>
+    <t>BMTYVF8</t>
+  </si>
+  <si>
+    <t>PACIFIC LIFE INSURANCE COMPANY:5.950 15SEP2055</t>
+  </si>
+  <si>
+    <t>69448FAB7</t>
+  </si>
+  <si>
+    <t>US69448FAB76</t>
+  </si>
+  <si>
+    <t>BVZNBG3</t>
+  </si>
+  <si>
+    <t>PENSKE TRUCK LEASING CO LP / PTL:5.350 12JAN2027</t>
+  </si>
+  <si>
+    <t>709599BY9</t>
+  </si>
+  <si>
+    <t>US709599BY93</t>
+  </si>
+  <si>
+    <t>BR874Z4</t>
+  </si>
+  <si>
+    <t>PENSKE TRUCK LEASING CO LP:6.050 01AUG2028</t>
+  </si>
+  <si>
+    <t>709599BW3</t>
+  </si>
+  <si>
+    <t>US709599BW38</t>
+  </si>
+  <si>
+    <t>BNXJJP2</t>
+  </si>
+  <si>
+    <t>PFIZER INVESTMENT ENTERPRISES PTE LTD:5.340 19MAY2063</t>
+  </si>
+  <si>
+    <t>716973AH5</t>
+  </si>
+  <si>
+    <t>US716973AH54</t>
+  </si>
+  <si>
+    <t>BQ66TB7</t>
+  </si>
+  <si>
+    <t>PFIZER NETHERLANDS INTERNATIONAL FINANCE:4.250 19MAY2045</t>
+  </si>
+  <si>
+    <t>XS3019321549</t>
+  </si>
+  <si>
+    <t>BMGHPC5</t>
+  </si>
+  <si>
+    <t>PINNACLE FINANCIAL PARTNERS INC (PRE-MER:6.168 01NOV2030</t>
+  </si>
+  <si>
+    <t>87161CAP0</t>
+  </si>
+  <si>
+    <t>US87161CAP05</t>
+  </si>
+  <si>
+    <t>BRK1539</t>
+  </si>
+  <si>
+    <t>PNC FINANCIAL SERVICES GROUP INC (THE):5.575 29JAN2036</t>
+  </si>
+  <si>
+    <t>693475CC7</t>
+  </si>
+  <si>
+    <t>US693475CC77</t>
+  </si>
+  <si>
+    <t>BSPRXD5</t>
+  </si>
+  <si>
+    <t>PNC FINANCIAL SERVICES GROUP INC (THE):6.875 20OCT2034</t>
+  </si>
+  <si>
+    <t>693475BU8</t>
+  </si>
+  <si>
+    <t>US693475BU84</t>
+  </si>
+  <si>
+    <t>BMCLD16</t>
+  </si>
+  <si>
+    <t>POWER FINANCE CORPORATION LTD:3.350 16MAY2031</t>
+  </si>
+  <si>
+    <t>XS2282240907</t>
+  </si>
+  <si>
+    <t>BNDBC15</t>
+  </si>
+  <si>
+    <t>PRINCIPAL LIFE GLOBAL FUNDING II:4.950 27NOV2029</t>
+  </si>
+  <si>
+    <t>74256LFB0</t>
+  </si>
+  <si>
+    <t>US74256LFB09</t>
+  </si>
+  <si>
+    <t>BTG0DG3</t>
+  </si>
+  <si>
+    <t>PROLOGIS EURO FINANCE LLC:1.875 05JAN2029</t>
+  </si>
+  <si>
+    <t>BMI6S6ER1</t>
+  </si>
+  <si>
+    <t>XS1861322383</t>
+  </si>
+  <si>
+    <t>BG0KC61</t>
+  </si>
+  <si>
+    <t>PROTECTIVE LIFE CORP:4.700 15JAN2031</t>
+  </si>
+  <si>
+    <t>743674BF9</t>
+  </si>
+  <si>
+    <t>US743674BF93</t>
+  </si>
+  <si>
+    <t>BTVHQZ9</t>
+  </si>
+  <si>
+    <t>QORVO INC:3.375 01APR2031</t>
+  </si>
+  <si>
+    <t>74736KAJ0</t>
+  </si>
+  <si>
+    <t>US74736KAJ07</t>
+  </si>
+  <si>
+    <t>BMG5DW5</t>
+  </si>
+  <si>
+    <t>RAIZEN FUELS FINANCE SA:5.700 17JAN2035</t>
+  </si>
+  <si>
+    <t>75102XAD8</t>
+  </si>
+  <si>
+    <t>US75102XAD84</t>
+  </si>
+  <si>
+    <t>BS6RHH6</t>
+  </si>
+  <si>
+    <t>RAYMOND JAMES FINANCIAL INC.:5.650 11SEP2055</t>
+  </si>
+  <si>
+    <t>754730AK5</t>
+  </si>
+  <si>
+    <t>US754730AK54</t>
+  </si>
+  <si>
+    <t>BVSYVN0</t>
+  </si>
+  <si>
+    <t>RLGH FINANCE BERMUDA LTD:6.750 02JUL2035</t>
+  </si>
+  <si>
+    <t>XS3096112688</t>
+  </si>
+  <si>
+    <t>BNC2NH2</t>
+  </si>
+  <si>
+    <t>ROYAL BANK OF CANADA:4.305 03NOV2031</t>
+  </si>
+  <si>
+    <t>78017DAQ1</t>
+  </si>
+  <si>
+    <t>US78017DAQ16</t>
+  </si>
+  <si>
+    <t>BVK6JW9</t>
+  </si>
+  <si>
+    <t>ROYAL BANK OF CANADA:4.498 06AUG2029</t>
+  </si>
+  <si>
+    <t>78017DAK4</t>
+  </si>
+  <si>
+    <t>US78017DAK46</t>
+  </si>
+  <si>
+    <t>BPRB884</t>
+  </si>
+  <si>
+    <t>ROYAL BANK OF CANADA:4.650 18OCT2030</t>
+  </si>
+  <si>
+    <t>78017FZT3</t>
+  </si>
+  <si>
+    <t>US78017FZT38</t>
+  </si>
+  <si>
+    <t>BR4SL83</t>
+  </si>
+  <si>
+    <t>ROYAL CARIBBEAN CRUISES LTD:5.375 15JAN2036</t>
+  </si>
+  <si>
+    <t>78017TAB9</t>
+  </si>
+  <si>
+    <t>US78017TAB98</t>
+  </si>
+  <si>
+    <t>BV8CL67</t>
+  </si>
+  <si>
+    <t>ROYALTY PHARMA PLC:3.550 02SEP2050</t>
+  </si>
+  <si>
+    <t>78081BAM5</t>
+  </si>
+  <si>
+    <t>US78081BAM54</t>
+  </si>
+  <si>
+    <t>BKP4QV9</t>
+  </si>
+  <si>
+    <t>RWE AG:4.625 18JUN2055</t>
+  </si>
+  <si>
+    <t>XS3094765735</t>
+  </si>
+  <si>
+    <t>BVMF4N0</t>
+  </si>
+  <si>
+    <t>SAMPO OYJ:2.500 03SEP2052</t>
+  </si>
+  <si>
+    <t>XS2226645278</t>
+  </si>
+  <si>
+    <t>BL649M7</t>
+  </si>
+  <si>
+    <t>SANTANDER UK GROUP HOLDINGS PLC:5.136 22SEP2036</t>
+  </si>
+  <si>
+    <t>80281LAY1</t>
+  </si>
+  <si>
+    <t>US80281LAY11</t>
+  </si>
+  <si>
+    <t>BVPGHG4</t>
+  </si>
+  <si>
+    <t>SCENTRE MANAGEMENT LTD:1.450 28MAR2029</t>
+  </si>
+  <si>
+    <t>XS1968706520</t>
+  </si>
+  <si>
+    <t>BJVP200</t>
+  </si>
+  <si>
+    <t>SIEMENS FUNDING BV:5.900 28MAY2065</t>
+  </si>
+  <si>
+    <t>82622RAG1</t>
+  </si>
+  <si>
+    <t>US82622RAG11</t>
+  </si>
+  <si>
+    <t>BS5YY99</t>
+  </si>
+  <si>
+    <t>SKANDINAVISKA ENSKILDA BANKEN AB:0.750 03NOV2031</t>
+  </si>
+  <si>
+    <t>XS2404247384</t>
+  </si>
+  <si>
+    <t>BLN7RQ9</t>
+  </si>
+  <si>
+    <t>SMBC AVIATION CAPITAL FINANCE DA:5.550 03APR2034</t>
+  </si>
+  <si>
+    <t>78448TAM4</t>
+  </si>
+  <si>
+    <t>US78448TAM45</t>
+  </si>
+  <si>
+    <t>BRS7WL6</t>
+  </si>
+  <si>
+    <t>SNAM SPA:4.500 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2896350175</t>
+  </si>
+  <si>
+    <t>BTFJ0T3</t>
+  </si>
+  <si>
+    <t>SNAM SPA:5.750 28MAY2035</t>
+  </si>
+  <si>
+    <t>83304JAB3</t>
+  </si>
+  <si>
+    <t>US83304JAB35</t>
+  </si>
+  <si>
+    <t>BS6S7F7</t>
+  </si>
+  <si>
+    <t>SOCIETE GENERALE SA:3.875 20NOV2035</t>
+  </si>
+  <si>
+    <t>FR0014014A53</t>
+  </si>
+  <si>
+    <t>BVMNMD0</t>
+  </si>
+  <si>
+    <t>SOUTH BOW USA INFRASTRUCTURE HOLDINGS LL:4.911 01SEP2027</t>
+  </si>
+  <si>
+    <t>83007CAB8</t>
+  </si>
+  <si>
+    <t>US83007CAB81</t>
+  </si>
+  <si>
+    <t>BQT1J31</t>
+  </si>
+  <si>
+    <t>SOUTHERN COMPANY GAS CAPITAL CORPORATION:4.050 15SEP2028</t>
   </si>
   <si>
     <t>8426EPAJ7</t>
   </si>
   <si>
     <t>US8426EPAJ78</t>
   </si>
   <si>
     <t>BVZNBN0</t>
   </si>
   <si>
-    <t>AIB GROUP PLC:5.871 28MAR2035</t>
-[...1031 lines deleted...]
-    <t>DEUTSCHE ANNINGTON IMMOBILIEN SE:0.625 14DEC2029</t>
+    <t>STATE GRID OVERSEAS INVESTMENT BVI LTD:0.797 05AUG2026</t>
+  </si>
+  <si>
+    <t>XS2152902719</t>
+  </si>
+  <si>
+    <t>BLD0PJ7</t>
+  </si>
+  <si>
+    <t>STELLANTIS FINANCE US INC:6.450 18MAR2035</t>
+  </si>
+  <si>
+    <t>85855CAL4</t>
+  </si>
+  <si>
+    <t>US85855CAL46</t>
+  </si>
+  <si>
+    <t>BPCQL41</t>
+  </si>
+  <si>
+    <t>STELLANTIS FINANCIAL SERVICES US CORP:5.400 15SEP2030</t>
+  </si>
+  <si>
+    <t>85855FAB9</t>
+  </si>
+  <si>
+    <t>US85855FAB94</t>
+  </si>
+  <si>
+    <t>BVTDDQ3</t>
+  </si>
+  <si>
+    <t>T-MOBILE US INC:5.125 15MAY2032</t>
+  </si>
+  <si>
+    <t>87264ADS1</t>
+  </si>
+  <si>
+    <t>US87264ADS15</t>
+  </si>
+  <si>
+    <t>BMHSG24</t>
+  </si>
+  <si>
+    <t>T-MOBILE USA INC:5.750 15JAN2054</t>
+  </si>
+  <si>
+    <t>87264ADB8</t>
+  </si>
+  <si>
+    <t>US87264ADB89</t>
+  </si>
+  <si>
+    <t>BQBCJR6</t>
+  </si>
+  <si>
+    <t>TARGA RESOURCES CORP:4.900 15SEP2030</t>
+  </si>
+  <si>
+    <t>87612GAP6</t>
+  </si>
+  <si>
+    <t>US87612GAP63</t>
+  </si>
+  <si>
+    <t>BTPHX09</t>
+  </si>
+  <si>
+    <t>TELEFONICA EMISIONES SAU:4.055 24JAN2036</t>
+  </si>
+  <si>
+    <t>XS2753311393</t>
+  </si>
+  <si>
+    <t>BPJM8Y1</t>
+  </si>
+  <si>
+    <t>TELUS CORP:6.375 09JUN2056</t>
+  </si>
+  <si>
+    <t>87971MCQ4</t>
+  </si>
+  <si>
+    <t>US87971MCQ42</t>
+  </si>
+  <si>
+    <t>BQ689H9</t>
+  </si>
+  <si>
+    <t>TENNET HOLDING BV:4.625 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2783604742</t>
+  </si>
+  <si>
+    <t>BSHSKT1</t>
+  </si>
+  <si>
+    <t>TENNET NETHERLANDS BV:4.750 28OCT2042</t>
+  </si>
+  <si>
+    <t>XS2549715618</t>
+  </si>
+  <si>
+    <t>BMD5VL3</t>
+  </si>
+  <si>
+    <t>TERNA RETE ELETTRICA NAZIONALE SPA:2.375 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2437854487</t>
+  </si>
+  <si>
+    <t>BMC7G26</t>
+  </si>
+  <si>
+    <t>THERMO FISHER SCIENTIFIC (FINANCE I) BV:2.000 18OCT2051</t>
+  </si>
+  <si>
+    <t>XS2366415540</t>
+  </si>
+  <si>
+    <t>BNVT9W1</t>
+  </si>
+  <si>
+    <t>TORONTO-DOMINION BANK/THE:3.200 10MAR2032</t>
+  </si>
+  <si>
+    <t>89114TZV7</t>
+  </si>
+  <si>
+    <t>US89114TZV78</t>
+  </si>
+  <si>
+    <t>BNG28J5</t>
+  </si>
+  <si>
+    <t>TORONTO-DOMINION BANK/THE:4.030 23JAN2036</t>
+  </si>
+  <si>
+    <t>XS2980851351</t>
+  </si>
+  <si>
+    <t>BTGTSM1</t>
+  </si>
+  <si>
+    <t>TORONTO-DOMINION BANK/THE:5.146 10SEP2034</t>
+  </si>
+  <si>
+    <t>89116CQJ9</t>
+  </si>
+  <si>
+    <t>US89116CQJ98</t>
+  </si>
+  <si>
+    <t>BTFK580</t>
+  </si>
+  <si>
+    <t>TOTALENERGIES CAPITAL SA:5.638 05APR2064</t>
+  </si>
+  <si>
+    <t>89157XAC5</t>
+  </si>
+  <si>
+    <t>US89157XAC56</t>
+  </si>
+  <si>
+    <t>BPW6WP9</t>
+  </si>
+  <si>
+    <t>TOTALENERGIES CAPITAL USA LLC:4.569 13JAN2033</t>
+  </si>
+  <si>
+    <t>89158TAB5</t>
+  </si>
+  <si>
+    <t>US89158TAB52</t>
+  </si>
+  <si>
+    <t>BVPJV61</t>
+  </si>
+  <si>
+    <t>TOTALENERGIES SE:2.000 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS2432130610</t>
+  </si>
+  <si>
+    <t>BNDX073</t>
+  </si>
+  <si>
+    <t>TRANSCONTINENTAL GAS PIPE LINE COMPANY L:5.100 15MAR2036</t>
+  </si>
+  <si>
+    <t>893574AS2</t>
+  </si>
+  <si>
+    <t>US893574AS28</t>
+  </si>
+  <si>
+    <t>BP9MCF0</t>
+  </si>
+  <si>
+    <t>UBER TECHNOLOGIES INC:4.300 15JAN2030</t>
+  </si>
+  <si>
+    <t>90353TAN0</t>
+  </si>
+  <si>
+    <t>US90353TAN00</t>
+  </si>
+  <si>
+    <t>BQB6DG5</t>
+  </si>
+  <si>
+    <t>UBER TECHNOLOGIES INC:4.800 15SEP2034</t>
+  </si>
+  <si>
+    <t>90353TAP5</t>
+  </si>
+  <si>
+    <t>US90353TAP57</t>
+  </si>
+  <si>
+    <t>BQB6DH6</t>
+  </si>
+  <si>
+    <t>UBS GROUP AG:2.875 02APR2032</t>
+  </si>
+  <si>
+    <t>CH1174335740</t>
+  </si>
+  <si>
+    <t>BNHSZ68</t>
+  </si>
+  <si>
+    <t>UBS GROUP AG:4.844 06NOV2033</t>
+  </si>
+  <si>
+    <t>902613BT4</t>
+  </si>
+  <si>
+    <t>US902613BT44</t>
+  </si>
+  <si>
+    <t>BVSYC15</t>
+  </si>
+  <si>
+    <t>UNICREDIT SPA:4.000 05MAR2034</t>
+  </si>
+  <si>
+    <t>IT0005585051</t>
+  </si>
+  <si>
+    <t>BQS7V01</t>
+  </si>
+  <si>
+    <t>UNICREDIT SPA:5.375 16APR2034</t>
+  </si>
+  <si>
+    <t>IT0005580102</t>
+  </si>
+  <si>
+    <t>BR87528</t>
+  </si>
+  <si>
+    <t>UNITED AIRLINES 2024-1 CLASS A PASS THRO:5.450 15FEB2037</t>
+  </si>
+  <si>
+    <t>90932WAA1</t>
+  </si>
+  <si>
+    <t>US90932WAA18</t>
+  </si>
+  <si>
+    <t>BNM9JK8</t>
+  </si>
+  <si>
+    <t>UNITEDHEALTH GROUP INC:5.875 15FEB2053</t>
+  </si>
+  <si>
+    <t>91324PES7</t>
+  </si>
+  <si>
+    <t>US91324PES74</t>
+  </si>
+  <si>
+    <t>BLBRZR8</t>
+  </si>
+  <si>
+    <t>UPJOHN FINANCE BV:1.908 23JUN2032</t>
+  </si>
+  <si>
+    <t>XS2193983108</t>
+  </si>
+  <si>
+    <t>BJK0PP2</t>
+  </si>
+  <si>
+    <t>VAR ENERGI ASA:3.875 12MAR2031</t>
+  </si>
+  <si>
+    <t>XS3019303133</t>
+  </si>
+  <si>
+    <t>BR4XP19</t>
+  </si>
+  <si>
+    <t>VAR ENERGI ASA:5.875 22MAY2030</t>
+  </si>
+  <si>
+    <t>92212WAF7</t>
+  </si>
+  <si>
+    <t>US92212WAF77</t>
+  </si>
+  <si>
+    <t>BMHDRH1</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC:1.850 18MAY2040</t>
+  </si>
+  <si>
+    <t>XS2176561095</t>
+  </si>
+  <si>
+    <t>BMFH5C6</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC:3.375 27OCT2036</t>
+  </si>
+  <si>
+    <t>XS1708168890</t>
+  </si>
+  <si>
+    <t>BF329N3</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC:3.9962 15JUN2056</t>
+  </si>
+  <si>
+    <t>XS3226542861</t>
+  </si>
+  <si>
+    <t>BMHXSJ0</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC:4.780 15FEB2035</t>
+  </si>
+  <si>
+    <t>92343VGY4</t>
+  </si>
+  <si>
+    <t>US92343VGY48</t>
+  </si>
+  <si>
+    <t>BN2RDG6</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC:5.875 30NOV2055</t>
+  </si>
+  <si>
+    <t>92343VHJ6</t>
+  </si>
+  <si>
+    <t>US92343VHJ61</t>
+  </si>
+  <si>
+    <t>BQ3SPR4</t>
+  </si>
+  <si>
+    <t>VIRGINIA ELECTRIC AND POWER COMPANY:5.050 15AUG2034</t>
+  </si>
+  <si>
+    <t>927804GR9</t>
+  </si>
+  <si>
+    <t>US927804GR96</t>
+  </si>
+  <si>
+    <t>BQ1P0M7</t>
+  </si>
+  <si>
+    <t>VISTRA OPERATIONS COMPANY LLC:5.350 31JAN2036</t>
+  </si>
+  <si>
+    <t>92840VAZ5</t>
+  </si>
+  <si>
+    <t>US92840VAZ58</t>
+  </si>
+  <si>
+    <t>BNYL203</t>
+  </si>
+  <si>
+    <t>VISTRA OPERATIONS COMPANY LLC:5.700 30DEC2034</t>
+  </si>
+  <si>
+    <t>92840VAU6</t>
+  </si>
+  <si>
+    <t>US92840VAU61</t>
+  </si>
+  <si>
+    <t>BS89833</t>
+  </si>
+  <si>
+    <t>VOLKSWAGEN INTERNATIONAL FIN NV:3.875 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS1629774230</t>
+  </si>
+  <si>
+    <t>BYVMXX6</t>
+  </si>
+  <si>
+    <t>VOLKSWAGEN INTERNATIONAL FIN NV:4.625 31DEC2079</t>
+  </si>
+  <si>
+    <t>XS1048428442</t>
+  </si>
+  <si>
+    <t>BKWC0Q9</t>
+  </si>
+  <si>
+    <t>VOLKSWAGEN LEASING GMBH:4.000 11APR2031</t>
+  </si>
+  <si>
+    <t>XS2745726047</t>
+  </si>
+  <si>
+    <t>BRXGNN7</t>
+  </si>
+  <si>
+    <t>VONOVIA SE:0.625 14DEC2029</t>
   </si>
   <si>
     <t>DE000A3E5MH6</t>
   </si>
   <si>
     <t>BNR4L24</t>
   </si>
   <si>
-    <t>DEUTSCHE BANK AG (NEW YORK BRANC:5.297 09MAY2031</t>
-[...2224 lines deleted...]
-  <si>
     <t>WASTE MANAGEMENT INC:4.950 15MAR2035</t>
   </si>
   <si>
     <t>94106LCE7</t>
   </si>
   <si>
     <t>US94106LCE74</t>
   </si>
   <si>
     <t>BSHPMV8</t>
   </si>
   <si>
-    <t>WELLS FARGO &amp; CO:6.491 23OCT2034</t>
+    <t>WELLS FARGO &amp; COMPANY:6.491 23OCT2034</t>
   </si>
   <si>
     <t>95000U3H4</t>
   </si>
   <si>
     <t>US95000U3H45</t>
   </si>
   <si>
     <t>BLB0XT5</t>
   </si>
   <si>
-    <t>WESTERN POWER DISTRIBUTION WEST MIDLANDS:5.750 16APR2032</t>
-[...19 lines deleted...]
-  <si>
     <t>WESTPAC BANKING CORP:0.766 13MAY2031</t>
   </si>
   <si>
     <t>XS2342206591</t>
   </si>
   <si>
     <t>BNZFS62</t>
-  </si>
-[...10 lines deleted...]
-    <t>BTXR0Y4</t>
   </si>
   <si>
     <t>ZURICH FINANCE (IRELAND) DAC:3.000 19APR2051</t>
   </si>
   <si>
     <t>XS2283177561</t>
   </si>
   <si>
     <t>BMC7TT4</t>
   </si>
   <si>
     <t>Les positions correspondent à celles en vigueur à la date indiquée, sous réserve de modifications. Ces allocations de titres et de pourcentages sont données à titre indicatif uniquement et ne constituent pas un conseil d’investissement ou une recommandation au sujet des titres ou investissements cités et ne doivent pas être interprétées comme telles. Il n'y a aucune garantie qu’une stratégie atteindra son objectif d’investissement. Tout investissement comporte des risques, y compris la perte éventuelle du principal. Veuillez consulter le prospectus du fonds pour obtenir des informations plus complètes sur les risques.</t>
   </si>
   <si>
     <t>Les investisseurs doivent examiner attentivement les objectifs d’investissement, les risques, les charges et les frais associés au fonds avant de prendre une décision d’investissement. Le prospectus contient ces informations et d’autres informations concernant les fonds. Pour vous procurer un prospectus, téléchargez-le directement sur morganstanley.com/im. Veuillez lire attentivement le prospectus avant d’investir.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) est la division de gestion d’actifs de Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="0"/>
@@ -3871,81 +3928,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E331"/>
+  <dimension ref="A1:E335"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>1151</v>
+        <v>1170</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
@@ -3969,5328 +4026,5396 @@
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.53</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.64</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.17</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.48</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.39</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
         <v>0.23</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" t="s" s="0">
         <v>46</v>
       </c>
-      <c r="C17" t="s" s="0">
+      <c r="D17" t="s" s="0">
         <v>47</v>
       </c>
-      <c r="D17" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="n" s="0">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" t="s" s="0">
         <v>49</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="D18" t="s" s="0">
         <v>50</v>
       </c>
-      <c r="C18" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E18" t="n" s="0">
-        <v>0.39</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" t="s" s="0">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s" s="0">
         <v>53</v>
       </c>
-      <c r="B19" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" t="n" s="0">
-        <v>0.22</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" t="s" s="0">
+        <v>56</v>
+      </c>
+      <c r="D20" t="s" s="0">
         <v>57</v>
       </c>
-      <c r="B20" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="n" s="0">
-        <v>0.18</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" t="s" s="0">
         <v>60</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s" s="0">
+      <c r="D21" t="s" s="0">
         <v>61</v>
       </c>
-      <c r="D21" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="n" s="0">
-        <v>0.16</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>64</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>65</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.39</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>68</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>69</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.37</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>72</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>73</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>76</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>77</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C26" t="s" s="0">
         <v>79</v>
       </c>
-      <c r="C26" t="s" s="0">
+      <c r="D26" t="s" s="0">
         <v>80</v>
       </c>
-      <c r="D26" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="n" s="0">
-        <v>0.48</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C27" t="s" s="0">
         <v>82</v>
       </c>
-      <c r="B27" s="6" t="s">
+      <c r="D27" t="s" s="0">
         <v>83</v>
       </c>
-      <c r="C27" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E27" t="n" s="0">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" t="s" s="0">
         <v>86</v>
       </c>
-      <c r="B28" s="6" t="s">
+      <c r="D28" t="s" s="0">
         <v>87</v>
       </c>
-      <c r="C28" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E28" t="n" s="0">
-        <v>0.33</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" t="s" s="0">
+        <v>89</v>
+      </c>
+      <c r="D29" t="s" s="0">
         <v>90</v>
       </c>
-      <c r="B29" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E29" t="n" s="0">
-        <v>0.21</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C30" t="s" s="0">
         <v>93</v>
       </c>
-      <c r="B30" s="6" t="s">
+      <c r="D30" t="s" s="0">
         <v>94</v>
       </c>
-      <c r="C30" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E30" t="n" s="0">
-        <v>0.35</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C31" t="s" s="0">
         <v>97</v>
       </c>
-      <c r="B31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s" s="0">
+      <c r="D31" t="s" s="0">
         <v>98</v>
       </c>
-      <c r="D31" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="n" s="0">
-        <v>0.55</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="C32" t="s" s="0">
         <v>101</v>
       </c>
-      <c r="C32" t="s" s="0">
+      <c r="D32" t="s" s="0">
         <v>102</v>
       </c>
-      <c r="D32" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="n" s="0">
-        <v>0.33</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B33" s="6" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>105</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>106</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.75</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>109</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>110</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B35" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" t="s" s="0">
         <v>112</v>
       </c>
-      <c r="C35" t="s" s="0">
+      <c r="D35" t="s" s="0">
         <v>113</v>
       </c>
-      <c r="D35" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E35" t="n" s="0">
-        <v>0.49</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B36" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="B36" s="6" t="s">
+      <c r="C36" t="s" s="0">
         <v>116</v>
       </c>
-      <c r="C36" t="s" s="0">
+      <c r="D36" t="s" s="0">
         <v>117</v>
       </c>
-      <c r="D36" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E36" t="n" s="0">
-        <v>0.18</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B37" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="B37" s="6" t="s">
+      <c r="C37" t="s" s="0">
         <v>120</v>
       </c>
-      <c r="C37" t="s" s="0">
+      <c r="D37" t="s" s="0">
         <v>121</v>
       </c>
-      <c r="D37" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E37" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B38" s="6" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>124</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>125</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.57</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B39" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C39" t="s" s="0">
         <v>127</v>
       </c>
-      <c r="C39" t="s" s="0">
+      <c r="D39" t="s" s="0">
         <v>128</v>
       </c>
-      <c r="D39" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E39" t="n" s="0">
-        <v>0.09</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C40" t="s" s="0">
         <v>130</v>
       </c>
-      <c r="B40" s="6" t="s">
+      <c r="D40" t="s" s="0">
         <v>131</v>
       </c>
-      <c r="C40" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E40" t="n" s="0">
-        <v>0.64</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C41" t="s" s="0">
+        <v>133</v>
+      </c>
+      <c r="D41" t="s" s="0">
         <v>134</v>
       </c>
-      <c r="B41" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C42" t="s" s="0">
+        <v>136</v>
+      </c>
+      <c r="D42" t="s" s="0">
         <v>137</v>
       </c>
-      <c r="B42" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" t="n" s="0">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="C43" t="s" s="0">
         <v>140</v>
       </c>
-      <c r="B43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s" s="0">
+      <c r="D43" t="s" s="0">
         <v>141</v>
       </c>
-      <c r="D43" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="n" s="0">
-        <v>0.17</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B44" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="B44" s="6" t="s">
+      <c r="C44" t="s" s="0">
         <v>144</v>
       </c>
-      <c r="C44" t="s" s="0">
+      <c r="D44" t="s" s="0">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E44" t="n" s="0">
         <v>0.41</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B45" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="B45" s="6" t="s">
+      <c r="C45" t="s" s="0">
         <v>148</v>
       </c>
-      <c r="C45" t="s" s="0">
+      <c r="D45" t="s" s="0">
         <v>149</v>
       </c>
-      <c r="D45" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E45" t="n" s="0">
-        <v>0.26</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B46" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="B46" s="6" t="s">
+      <c r="C46" t="s" s="0">
         <v>152</v>
       </c>
-      <c r="C46" t="s" s="0">
+      <c r="D46" t="s" s="0">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E46" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C47" t="s" s="0">
         <v>155</v>
       </c>
-      <c r="B47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s" s="0">
+      <c r="D47" t="s" s="0">
         <v>156</v>
       </c>
-      <c r="D47" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E47" t="n" s="0">
-        <v>0.69</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B48" s="6" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>159</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>160</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.55</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>163</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>164</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.12</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B50" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C50" t="s" s="0">
         <v>166</v>
       </c>
-      <c r="C50" t="s" s="0">
+      <c r="D50" t="s" s="0">
         <v>167</v>
       </c>
-      <c r="D50" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E50" t="n" s="0">
-        <v>1.23</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="B51" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="B51" s="6" t="s">
+      <c r="C51" t="s" s="0">
         <v>170</v>
       </c>
-      <c r="C51" t="s" s="0">
+      <c r="D51" t="s" s="0">
         <v>171</v>
       </c>
-      <c r="D51" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E51" t="n" s="0">
-        <v>0.26</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B52" s="6" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>174</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>175</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.22</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>177</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>178</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>179</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>0.31</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>181</v>
       </c>
       <c r="D54" t="s" s="0">
         <v>182</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.76</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="C55" t="s" s="0">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.18</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>22</v>
+        <v>188</v>
       </c>
       <c r="C56" t="s" s="0">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.53</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>22</v>
+        <v>192</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>193</v>
+        <v>22</v>
       </c>
       <c r="C58" t="s" s="0">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D58" t="s" s="0">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.42</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="C59" t="s" s="0">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.31</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>202</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>203</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.23</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>204</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>205</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>206</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>207</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.23</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>208</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
       <c r="C62" t="s" s="0">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D62" t="s" s="0">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.5</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>22</v>
+        <v>213</v>
       </c>
       <c r="C63" t="s" s="0">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>215</v>
+        <v>22</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D64" t="s" s="0">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>0.3</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>219</v>
+        <v>22</v>
       </c>
       <c r="C65" t="s" s="0">
         <v>220</v>
       </c>
       <c r="D65" t="s" s="0">
         <v>221</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>222</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>22</v>
+        <v>223</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.32</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>226</v>
+        <v>22</v>
       </c>
       <c r="C67" t="s" s="0">
         <v>227</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>228</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.27</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>229</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>230</v>
       </c>
       <c r="C68" t="s" s="0">
         <v>231</v>
       </c>
       <c r="D68" t="s" s="0">
         <v>232</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.26</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>233</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>234</v>
       </c>
       <c r="C69" t="s" s="0">
         <v>235</v>
       </c>
       <c r="D69" t="s" s="0">
         <v>236</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.34</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>237</v>
       </c>
       <c r="B70" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C70" t="s" s="0">
         <v>238</v>
       </c>
-      <c r="C70" t="s" s="0">
+      <c r="D70" t="s" s="0">
         <v>239</v>
       </c>
-      <c r="D70" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E70" t="n" s="0">
-        <v>0.19</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="B71" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="B71" s="6" t="s">
+      <c r="C71" t="s" s="0">
         <v>242</v>
       </c>
-      <c r="C71" t="s" s="0">
+      <c r="D71" t="s" s="0">
         <v>243</v>
       </c>
-      <c r="D71" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E71" t="n" s="0">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="B72" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="B72" s="6" t="s">
+      <c r="C72" t="s" s="0">
         <v>246</v>
       </c>
-      <c r="C72" t="s" s="0">
+      <c r="D72" t="s" s="0">
         <v>247</v>
       </c>
-      <c r="D72" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E72" t="n" s="0">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="B73" s="6" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C73" t="s" s="0">
         <v>250</v>
       </c>
       <c r="D73" t="s" s="0">
         <v>251</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>252</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>22</v>
+        <v>253</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.53</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D75" t="s" s="0">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>259</v>
+        <v>22</v>
       </c>
       <c r="C76" t="s" s="0">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D76" t="s" s="0">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>263</v>
+        <v>22</v>
       </c>
       <c r="C77" t="s" s="0">
         <v>264</v>
       </c>
       <c r="D77" t="s" s="0">
         <v>265</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>0.22</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>266</v>
       </c>
       <c r="B78" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C78" t="s" s="0">
         <v>267</v>
       </c>
-      <c r="C78" t="s" s="0">
+      <c r="D78" t="s" s="0">
         <v>268</v>
       </c>
-      <c r="D78" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="n" s="0">
-        <v>0.49</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="B79" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="B79" s="6" t="s">
+      <c r="C79" t="s" s="0">
         <v>271</v>
       </c>
-      <c r="C79" t="s" s="0">
+      <c r="D79" t="s" s="0">
         <v>272</v>
       </c>
-      <c r="D79" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E79" t="n" s="0">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B80" s="6" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C80" t="s" s="0">
         <v>275</v>
       </c>
       <c r="D80" t="s" s="0">
         <v>276</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.33</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>277</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>278</v>
       </c>
       <c r="C81" t="s" s="0">
         <v>279</v>
       </c>
       <c r="D81" t="s" s="0">
         <v>280</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.73</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>281</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>282</v>
       </c>
       <c r="C82" t="s" s="0">
         <v>283</v>
       </c>
       <c r="D82" t="s" s="0">
         <v>284</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.33</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>285</v>
       </c>
       <c r="B83" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C83" t="s" s="0">
         <v>286</v>
       </c>
-      <c r="C83" t="s" s="0">
+      <c r="D83" t="s" s="0">
         <v>287</v>
       </c>
-      <c r="D83" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E83" t="n" s="0">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B84" s="6" t="s">
         <v>289</v>
       </c>
-      <c r="B84" s="6" t="s">
+      <c r="C84" t="s" s="0">
         <v>290</v>
       </c>
-      <c r="C84" t="s" s="0">
+      <c r="D84" t="s" s="0">
         <v>291</v>
       </c>
-      <c r="D84" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E84" t="n" s="0">
-        <v>0.18</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B85" s="6" t="s">
         <v>293</v>
       </c>
-      <c r="B85" s="6" t="s">
+      <c r="C85" t="s" s="0">
         <v>294</v>
       </c>
-      <c r="C85" t="s" s="0">
+      <c r="D85" t="s" s="0">
         <v>295</v>
       </c>
-      <c r="D85" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E85" t="n" s="0">
-        <v>0.18</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B86" s="6" t="s">
         <v>297</v>
       </c>
-      <c r="B86" s="6" t="s">
+      <c r="C86" t="s" s="0">
         <v>298</v>
       </c>
-      <c r="C86" t="s" s="0">
+      <c r="D86" t="s" s="0">
         <v>299</v>
       </c>
-      <c r="D86" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E86" t="n" s="0">
-        <v>0.12</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="B87" s="6" t="s">
         <v>301</v>
       </c>
-      <c r="B87" s="6" t="s">
+      <c r="C87" t="s" s="0">
         <v>302</v>
       </c>
-      <c r="C87" t="s" s="0">
+      <c r="D87" t="s" s="0">
         <v>303</v>
       </c>
-      <c r="D87" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E87" t="n" s="0">
-        <v>0.18</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B88" s="6" t="s">
         <v>305</v>
       </c>
-      <c r="B88" s="6" t="s">
+      <c r="C88" t="s" s="0">
         <v>306</v>
       </c>
-      <c r="C88" t="s" s="0">
+      <c r="D88" t="s" s="0">
         <v>307</v>
       </c>
-      <c r="D88" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E88" t="n" s="0">
-        <v>0.34</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="B89" s="6" t="s">
         <v>309</v>
       </c>
-      <c r="B89" s="6" t="s">
+      <c r="C89" t="s" s="0">
         <v>310</v>
       </c>
-      <c r="C89" t="s" s="0">
+      <c r="D89" t="s" s="0">
         <v>311</v>
       </c>
-      <c r="D89" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E89" t="n" s="0">
-        <v>0.33</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B90" s="6" t="s">
         <v>313</v>
       </c>
-      <c r="B90" s="6" t="s">
+      <c r="C90" t="s" s="0">
         <v>314</v>
       </c>
-      <c r="C90" t="s" s="0">
+      <c r="D90" t="s" s="0">
         <v>315</v>
       </c>
-      <c r="D90" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E90" t="n" s="0">
-        <v>0.32</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B91" s="6" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C91" t="s" s="0">
         <v>318</v>
       </c>
       <c r="D91" t="s" s="0">
         <v>319</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
         <v>320</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>321</v>
       </c>
       <c r="C92" t="s" s="0">
         <v>322</v>
       </c>
       <c r="D92" t="s" s="0">
         <v>323</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
         <v>324</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>325</v>
       </c>
       <c r="C93" t="s" s="0">
         <v>326</v>
       </c>
       <c r="D93" t="s" s="0">
         <v>327</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.41</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>328</v>
       </c>
       <c r="B94" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C94" t="s" s="0">
         <v>329</v>
       </c>
-      <c r="C94" t="s" s="0">
+      <c r="D94" t="s" s="0">
         <v>330</v>
       </c>
-      <c r="D94" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E94" t="n" s="0">
-        <v>0.37</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B95" s="6" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C95" t="s" s="0">
         <v>333</v>
       </c>
       <c r="D95" t="s" s="0">
         <v>334</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.34</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
         <v>335</v>
       </c>
       <c r="B96" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C96" t="s" s="0">
         <v>336</v>
       </c>
-      <c r="C96" t="s" s="0">
+      <c r="D96" t="s" s="0">
         <v>337</v>
       </c>
-      <c r="D96" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E96" t="n" s="0">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B97" s="6" t="s">
         <v>339</v>
       </c>
-      <c r="B97" s="6" t="s">
+      <c r="C97" t="s" s="0">
         <v>340</v>
       </c>
-      <c r="C97" t="s" s="0">
+      <c r="D97" t="s" s="0">
         <v>341</v>
       </c>
-      <c r="D97" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="n" s="0">
-        <v>0.51</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="B98" s="6" t="s">
         <v>343</v>
       </c>
-      <c r="B98" s="6" t="s">
+      <c r="C98" t="s" s="0">
         <v>344</v>
       </c>
-      <c r="C98" t="s" s="0">
+      <c r="D98" t="s" s="0">
         <v>345</v>
       </c>
-      <c r="D98" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E98" t="n" s="0">
-        <v>0.51</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C99" t="s" s="0">
         <v>347</v>
       </c>
-      <c r="B99" s="6" t="s">
+      <c r="D99" t="s" s="0">
         <v>348</v>
       </c>
-      <c r="C99" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E99" t="n" s="0">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="C100" t="s" s="0">
         <v>351</v>
       </c>
-      <c r="B100" s="6" t="s">
+      <c r="D100" t="s" s="0">
         <v>352</v>
       </c>
-      <c r="C100" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E100" t="n" s="0">
-        <v>0.07</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C101" t="s" s="0">
+        <v>354</v>
+      </c>
+      <c r="D101" t="s" s="0">
         <v>355</v>
       </c>
-      <c r="B101" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" t="n" s="0">
-        <v>3.15</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="B102" s="6" t="s">
         <v>357</v>
       </c>
-      <c r="B102" s="6" t="s">
+      <c r="C102" t="s" s="0">
         <v>358</v>
       </c>
-      <c r="C102" t="s" s="0">
+      <c r="D102" t="s" s="0">
         <v>359</v>
       </c>
-      <c r="D102" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E102" t="n" s="0">
-        <v>0.31</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="B103" s="6" t="s">
         <v>361</v>
       </c>
-      <c r="B103" s="6" t="s">
+      <c r="C103" t="s" s="0">
         <v>362</v>
       </c>
-      <c r="C103" t="s" s="0">
+      <c r="D103" t="s" s="0">
         <v>363</v>
       </c>
-      <c r="D103" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E103" t="n" s="0">
-        <v>0.44</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="B104" s="6" t="s">
         <v>365</v>
       </c>
-      <c r="B104" s="6" t="s">
+      <c r="C104" t="s" s="0">
         <v>366</v>
       </c>
-      <c r="C104" t="s" s="0">
+      <c r="D104" t="s" s="0">
         <v>367</v>
       </c>
-      <c r="D104" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E104" t="n" s="0">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="B105" s="6" t="s">
         <v>369</v>
       </c>
-      <c r="B105" s="6" t="s">
+      <c r="C105" t="s" s="0">
         <v>370</v>
       </c>
-      <c r="C105" t="s" s="0">
+      <c r="D105" t="s" s="0">
         <v>371</v>
       </c>
-      <c r="D105" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E105" t="n" s="0">
-        <v>0.3</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="B106" s="6" t="s">
         <v>373</v>
       </c>
-      <c r="B106" s="6" t="s">
+      <c r="C106" t="s" s="0">
         <v>374</v>
       </c>
-      <c r="C106" t="s" s="0">
+      <c r="D106" t="s" s="0">
         <v>375</v>
       </c>
-      <c r="D106" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E106" t="n" s="0">
-        <v>0.19</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="B107" s="6" t="s">
         <v>377</v>
       </c>
-      <c r="B107" s="6" t="s">
+      <c r="C107" t="s" s="0">
         <v>378</v>
       </c>
-      <c r="C107" t="s" s="0">
+      <c r="D107" t="s" s="0">
         <v>379</v>
       </c>
-      <c r="D107" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E107" t="n" s="0">
-        <v>0.19</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B108" s="6" t="s">
         <v>381</v>
       </c>
-      <c r="B108" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" t="s" s="0">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.62</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="C109" t="s" s="0">
         <v>384</v>
       </c>
-      <c r="B109" s="6" t="s">
+      <c r="D109" t="s" s="0">
         <v>385</v>
       </c>
-      <c r="C109" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E109" t="n" s="0">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="C110" t="s" s="0">
         <v>388</v>
       </c>
-      <c r="B110" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s" s="0">
+      <c r="D110" t="s" s="0">
         <v>389</v>
       </c>
-      <c r="D110" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E110" t="n" s="0">
-        <v>0.36</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B111" s="6" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C111" t="s" s="0">
         <v>392</v>
       </c>
       <c r="D111" t="s" s="0">
         <v>393</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.26</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
         <v>394</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>395</v>
       </c>
       <c r="C112" t="s" s="0">
         <v>396</v>
       </c>
       <c r="D112" t="s" s="0">
         <v>397</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.14</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
         <v>398</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>22</v>
+        <v>399</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.43</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>406</v>
+        <v>22</v>
       </c>
       <c r="C115" t="s" s="0">
         <v>407</v>
       </c>
       <c r="D115" t="s" s="0">
         <v>408</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.49</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
         <v>409</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C116" t="s" s="0">
         <v>410</v>
       </c>
       <c r="D116" t="s" s="0">
         <v>411</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.61</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
         <v>412</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>22</v>
+        <v>413</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>22</v>
+        <v>417</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E118" t="n" s="0">
         <v>0.16</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>419</v>
+        <v>22</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.26</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>22</v>
+        <v>424</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.17</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.33</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>429</v>
+        <v>22</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.08</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>22</v>
+        <v>434</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.17</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.17</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.18</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>22</v>
+        <v>444</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>445</v>
+        <v>22</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>449</v>
+        <v>22</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.42</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>453</v>
+        <v>22</v>
       </c>
       <c r="C129" t="s" s="0">
         <v>454</v>
       </c>
       <c r="D129" t="s" s="0">
         <v>455</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.27</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
         <v>456</v>
       </c>
       <c r="B130" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C130" t="s" s="0">
         <v>457</v>
       </c>
-      <c r="C130" t="s" s="0">
+      <c r="D130" t="s" s="0">
         <v>458</v>
       </c>
-      <c r="D130" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E130" t="n" s="0">
-        <v>0.26</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="B131" s="6" t="s">
         <v>460</v>
       </c>
-      <c r="B131" s="6" t="s">
+      <c r="C131" t="s" s="0">
         <v>461</v>
       </c>
-      <c r="C131" t="s" s="0">
+      <c r="D131" t="s" s="0">
         <v>462</v>
       </c>
-      <c r="D131" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E131" t="n" s="0">
-        <v>0.27</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="B132" s="6" t="s">
         <v>464</v>
       </c>
-      <c r="B132" s="6" t="s">
+      <c r="C132" t="s" s="0">
         <v>465</v>
       </c>
-      <c r="C132" t="s" s="0">
+      <c r="D132" t="s" s="0">
         <v>466</v>
       </c>
-      <c r="D132" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E132" t="n" s="0">
-        <v>0.18</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="B133" s="6" t="s">
         <v>468</v>
       </c>
-      <c r="B133" s="6" t="s">
+      <c r="C133" t="s" s="0">
         <v>469</v>
       </c>
-      <c r="C133" t="s" s="0">
+      <c r="D133" t="s" s="0">
         <v>470</v>
       </c>
-      <c r="D133" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E133" t="n" s="0">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="B134" s="6" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C134" t="s" s="0">
         <v>473</v>
       </c>
       <c r="D134" t="s" s="0">
         <v>474</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.17</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
         <v>475</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>476</v>
       </c>
       <c r="C135" t="s" s="0">
         <v>477</v>
       </c>
       <c r="D135" t="s" s="0">
         <v>478</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
         <v>479</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>480</v>
       </c>
       <c r="C136" t="s" s="0">
         <v>481</v>
       </c>
       <c r="D136" t="s" s="0">
         <v>482</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.27</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
         <v>483</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>484</v>
       </c>
       <c r="C137" t="s" s="0">
         <v>485</v>
       </c>
       <c r="D137" t="s" s="0">
         <v>486</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
         <v>487</v>
       </c>
       <c r="B138" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C138" t="s" s="0">
         <v>488</v>
       </c>
-      <c r="C138" t="s" s="0">
+      <c r="D138" t="s" s="0">
         <v>489</v>
       </c>
-      <c r="D138" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E138" t="n" s="0">
-        <v>0.36</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="B139" s="6" t="s">
         <v>491</v>
       </c>
-      <c r="B139" s="6" t="s">
+      <c r="C139" t="s" s="0">
         <v>492</v>
       </c>
-      <c r="C139" t="s" s="0">
+      <c r="D139" t="s" s="0">
         <v>493</v>
       </c>
-      <c r="D139" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E139" t="n" s="0">
-        <v>0.29</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="B140" s="6" t="s">
         <v>495</v>
       </c>
-      <c r="B140" s="6" t="s">
+      <c r="C140" t="s" s="0">
         <v>496</v>
       </c>
-      <c r="C140" t="s" s="0">
+      <c r="D140" t="s" s="0">
         <v>497</v>
       </c>
-      <c r="D140" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E140" t="n" s="0">
-        <v>0.11</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="B141" s="6" t="s">
         <v>499</v>
       </c>
-      <c r="B141" s="6" t="s">
+      <c r="C141" t="s" s="0">
         <v>500</v>
       </c>
-      <c r="C141" t="s" s="0">
+      <c r="D141" t="s" s="0">
         <v>501</v>
       </c>
-      <c r="D141" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E141" t="n" s="0">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="B142" s="6" t="s">
         <v>503</v>
       </c>
-      <c r="B142" s="6" t="s">
+      <c r="C142" t="s" s="0">
         <v>504</v>
       </c>
-      <c r="C142" t="s" s="0">
+      <c r="D142" t="s" s="0">
         <v>505</v>
       </c>
-      <c r="D142" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E142" t="n" s="0">
-        <v>0.15</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="B143" s="6" t="s">
         <v>507</v>
       </c>
-      <c r="B143" s="6" t="s">
+      <c r="C143" t="s" s="0">
         <v>508</v>
       </c>
-      <c r="C143" t="s" s="0">
+      <c r="D143" t="s" s="0">
         <v>509</v>
       </c>
-      <c r="D143" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E143" t="n" s="0">
-        <v>0.28</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="B144" s="6" t="s">
         <v>511</v>
       </c>
-      <c r="B144" s="6" t="s">
+      <c r="C144" t="s" s="0">
         <v>512</v>
       </c>
-      <c r="C144" t="s" s="0">
+      <c r="D144" t="s" s="0">
         <v>513</v>
       </c>
-      <c r="D144" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E144" t="n" s="0">
-        <v>0.32</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="B145" s="6" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C145" t="s" s="0">
         <v>516</v>
       </c>
       <c r="D145" t="s" s="0">
         <v>517</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.51</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
         <v>518</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>519</v>
       </c>
       <c r="C146" t="s" s="0">
         <v>520</v>
       </c>
       <c r="D146" t="s" s="0">
         <v>521</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.23</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
         <v>522</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>523</v>
       </c>
       <c r="C147" t="s" s="0">
         <v>524</v>
       </c>
       <c r="D147" t="s" s="0">
         <v>525</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.21</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
         <v>526</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C148" t="s" s="0">
         <v>527</v>
       </c>
       <c r="D148" t="s" s="0">
         <v>528</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.8</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
         <v>529</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>530</v>
       </c>
       <c r="C149" t="s" s="0">
         <v>531</v>
       </c>
       <c r="D149" t="s" s="0">
         <v>532</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
         <v>533</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>534</v>
       </c>
       <c r="C150" t="s" s="0">
         <v>535</v>
       </c>
       <c r="D150" t="s" s="0">
         <v>536</v>
       </c>
       <c r="E150" t="n" s="0">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
         <v>537</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>538</v>
       </c>
       <c r="C151" t="s" s="0">
         <v>539</v>
       </c>
       <c r="D151" t="s" s="0">
         <v>540</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.55</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
         <v>541</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>542</v>
       </c>
       <c r="C152" t="s" s="0">
         <v>543</v>
       </c>
       <c r="D152" t="s" s="0">
         <v>544</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
         <v>545</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>546</v>
       </c>
       <c r="C153" t="s" s="0">
         <v>547</v>
       </c>
       <c r="D153" t="s" s="0">
         <v>548</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.21</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
         <v>549</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>550</v>
       </c>
       <c r="C154" t="s" s="0">
         <v>551</v>
       </c>
       <c r="D154" t="s" s="0">
         <v>552</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.15</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
         <v>553</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>554</v>
       </c>
       <c r="C155" t="s" s="0">
         <v>555</v>
       </c>
       <c r="D155" t="s" s="0">
         <v>556</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>0.96</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
         <v>557</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>22</v>
+        <v>558</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>0.34</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D158" t="s" s="0">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.11</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.39</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.32</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>580</v>
+        <v>22</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.43</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>0.48</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.34</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>592</v>
+        <v>22</v>
       </c>
       <c r="C165" t="s" s="0">
         <v>593</v>
       </c>
       <c r="D165" t="s" s="0">
         <v>594</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.84</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
         <v>595</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>22</v>
+        <v>596</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.18</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>22</v>
+        <v>600</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.64</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.48</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>22</v>
+        <v>608</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.33</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.34</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>612</v>
+        <v>22</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.84</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>22</v>
+        <v>618</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.18</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>619</v>
+        <v>22</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>623</v>
+        <v>22</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.26</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.15</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>631</v>
+        <v>22</v>
       </c>
       <c r="C176" t="s" s="0">
         <v>632</v>
       </c>
       <c r="D176" t="s" s="0">
         <v>633</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>1.97</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
         <v>634</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>635</v>
       </c>
       <c r="C177" t="s" s="0">
         <v>636</v>
       </c>
       <c r="D177" t="s" s="0">
         <v>637</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.32</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
         <v>638</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>639</v>
       </c>
       <c r="C178" t="s" s="0">
         <v>640</v>
       </c>
       <c r="D178" t="s" s="0">
         <v>641</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.9</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
         <v>642</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>643</v>
       </c>
       <c r="C179" t="s" s="0">
         <v>644</v>
       </c>
       <c r="D179" t="s" s="0">
         <v>645</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.44</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
         <v>646</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>647</v>
       </c>
       <c r="C180" t="s" s="0">
         <v>648</v>
       </c>
       <c r="D180" t="s" s="0">
         <v>649</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
         <v>650</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>651</v>
       </c>
       <c r="C181" t="s" s="0">
         <v>652</v>
       </c>
       <c r="D181" t="s" s="0">
         <v>653</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.49</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
         <v>654</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>655</v>
       </c>
       <c r="C182" t="s" s="0">
         <v>656</v>
       </c>
       <c r="D182" t="s" s="0">
         <v>657</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
         <v>658</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>659</v>
       </c>
       <c r="C183" t="s" s="0">
         <v>660</v>
       </c>
       <c r="D183" t="s" s="0">
         <v>661</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.29</v>
+        <v>1.72</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
         <v>662</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>663</v>
       </c>
       <c r="C184" t="s" s="0">
         <v>664</v>
       </c>
       <c r="D184" t="s" s="0">
         <v>665</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.16</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
         <v>666</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>22</v>
+        <v>667</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.24</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>22</v>
+        <v>671</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.58</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.22</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>681</v>
+        <v>22</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>685</v>
+        <v>22</v>
       </c>
       <c r="C190" t="s" s="0">
         <v>686</v>
       </c>
       <c r="D190" t="s" s="0">
         <v>687</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>0.12</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
         <v>688</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>22</v>
+        <v>689</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D191" t="s" s="0">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.17</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>0.19</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D193" t="s" s="0">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="E194" t="n" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.07</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>708</v>
+        <v>22</v>
       </c>
       <c r="C196" t="s" s="0">
         <v>709</v>
       </c>
       <c r="D196" t="s" s="0">
         <v>710</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>0.3</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
         <v>711</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>712</v>
       </c>
       <c r="C197" t="s" s="0">
         <v>713</v>
       </c>
       <c r="D197" t="s" s="0">
         <v>714</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>0.11</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
         <v>715</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>716</v>
       </c>
       <c r="C198" t="s" s="0">
         <v>717</v>
       </c>
       <c r="D198" t="s" s="0">
         <v>718</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
         <v>719</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>720</v>
       </c>
       <c r="C199" t="s" s="0">
         <v>721</v>
       </c>
       <c r="D199" t="s" s="0">
         <v>722</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.18</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
         <v>723</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>724</v>
       </c>
       <c r="C200" t="s" s="0">
         <v>725</v>
       </c>
       <c r="D200" t="s" s="0">
         <v>726</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.53</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
         <v>727</v>
       </c>
       <c r="B201" s="6" t="s">
         <v>728</v>
       </c>
       <c r="C201" t="s" s="0">
         <v>729</v>
       </c>
       <c r="D201" t="s" s="0">
         <v>730</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.23</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
         <v>731</v>
       </c>
       <c r="B202" s="6" t="s">
         <v>732</v>
       </c>
       <c r="C202" t="s" s="0">
         <v>733</v>
       </c>
       <c r="D202" t="s" s="0">
         <v>734</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
         <v>735</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>736</v>
       </c>
       <c r="C203" t="s" s="0">
         <v>737</v>
       </c>
       <c r="D203" t="s" s="0">
         <v>738</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.21</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
         <v>739</v>
       </c>
       <c r="B204" s="6" t="s">
         <v>740</v>
       </c>
       <c r="C204" t="s" s="0">
         <v>741</v>
       </c>
       <c r="D204" t="s" s="0">
         <v>742</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.49</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
         <v>743</v>
       </c>
       <c r="B205" s="6" t="s">
         <v>744</v>
       </c>
       <c r="C205" t="s" s="0">
         <v>745</v>
       </c>
       <c r="D205" t="s" s="0">
         <v>746</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.26</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
         <v>747</v>
       </c>
       <c r="B206" s="6" t="s">
         <v>748</v>
       </c>
       <c r="C206" t="s" s="0">
         <v>749</v>
       </c>
       <c r="D206" t="s" s="0">
         <v>750</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.33</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
         <v>751</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>22</v>
+        <v>752</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>22</v>
+        <v>756</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.45</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.26</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>22</v>
+        <v>768</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.18</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>769</v>
+        <v>22</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.35</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>22</v>
+        <v>775</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.24</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.11</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>780</v>
+        <v>22</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D215" t="s" s="0">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>0.83</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D216" t="s" s="0">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.27</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>22</v>
+        <v>790</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="D217" t="s" s="0">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.17</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="D219" t="s" s="0">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.15</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>22</v>
+        <v>801</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.25</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>801</v>
+        <v>22</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>805</v>
+        <v>22</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D222" t="s" s="0">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.11</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="D223" t="s" s="0">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>811</v>
+        <v>22</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="D224" t="s" s="0">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.54</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="D225" t="s" s="0">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="D226" t="s" s="0">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="D227" t="s" s="0">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.51</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.12</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D229" t="s" s="0">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.19</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.55</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>22</v>
+        <v>840</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.79</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.46</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.06</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B235" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.17</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.1</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.35</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>22</v>
+        <v>875</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="B241" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="E241" t="n" s="0">
         <v>0.18</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.16</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.54</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>22</v>
+        <v>890</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.34</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.22</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.59</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>898</v>
+        <v>22</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.18</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.1</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.34</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.22</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.32</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.12</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.37</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.22</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.18</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.34</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.15</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>941</v>
+        <v>22</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.13</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>22</v>
+        <v>947</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.35</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>22</v>
+        <v>951</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.16</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.31</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>22</v>
+        <v>959</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.83</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.61</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="B264" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>0.18</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>965</v>
+        <v>22</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>22</v>
+        <v>973</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.17</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>972</v>
+        <v>22</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.22</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>22</v>
+        <v>980</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.5</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>979</v>
+        <v>22</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.46</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>22</v>
+        <v>987</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.17</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>986</v>
+        <v>22</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.23</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.11</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>994</v>
+        <v>22</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.53</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>22</v>
+        <v>1001</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.27</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>22</v>
+        <v>1005</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.42</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="B276" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.34</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>22</v>
+        <v>1012</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.27</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>1011</v>
+        <v>1017</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.23</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>1013</v>
+        <v>1019</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>22</v>
+        <v>1020</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="D279" t="s" s="0">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.35</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="D280" t="s" s="0">
-        <v>1019</v>
+        <v>1026</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.31</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>22</v>
+        <v>1028</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="D281" t="s" s="0">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.58</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>1024</v>
+        <v>22</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="D282" t="s" s="0">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.49</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="D283" t="s" s="0">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.15</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="D284" t="s" s="0">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.67</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>1035</v>
+        <v>22</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="D285" t="s" s="0">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.3</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="B286" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="D286" t="s" s="0">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.18</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>1042</v>
+        <v>22</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="D287" t="s" s="0">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="D288" t="s" s="0">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.22</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="D289" t="s" s="0">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="E289" t="n" s="0">
         <v>0.59</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="D290" t="s" s="0">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.37</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="D291" t="s" s="0">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.37</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>22</v>
+        <v>1066</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="D292" t="s" s="0">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.23</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="D293" t="s" s="0">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.46</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="D294" t="s" s="0">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="D295" t="s" s="0">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.19</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="D296" t="s" s="0">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.38</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="B297" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="D297" t="s" s="0">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.3</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>22</v>
+        <v>1088</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="D298" t="s" s="0">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>0.21</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>1085</v>
+        <v>22</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="D299" t="s" s="0">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="D300" t="s" s="0">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.19</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>22</v>
+        <v>1098</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="D301" t="s" s="0">
-        <v>1093</v>
+        <v>1100</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>22</v>
+        <v>1102</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="D302" t="s" s="0">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.29</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>1098</v>
+        <v>22</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>1099</v>
+        <v>1106</v>
       </c>
       <c r="D303" t="s" s="0">
-        <v>1100</v>
+        <v>1107</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.15</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>1101</v>
+        <v>1108</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>1102</v>
+        <v>22</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="D304" t="s" s="0">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.11</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>1105</v>
+        <v>1111</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="D305" t="s" s="0">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.26</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>1110</v>
+        <v>22</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="D306" t="s" s="0">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.31</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>1114</v>
+        <v>22</v>
       </c>
       <c r="C307" t="s" s="0">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="D307" t="s" s="0">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C308" t="s" s="0">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="D308" t="s" s="0">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>22</v>
+        <v>1125</v>
       </c>
       <c r="C309" t="s" s="0">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="D309" t="s" s="0">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="E309" t="n" s="0">
-        <v>0.17</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>22</v>
+        <v>1129</v>
       </c>
       <c r="C310" t="s" s="0">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="D310" t="s" s="0">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>0.35</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="C311" t="s" s="0">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="D311" t="s" s="0">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>0.19</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="C312" t="s" s="0">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="D312" t="s" s="0">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>0.61</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>1135</v>
+        <v>1141</v>
       </c>
       <c r="C313" t="s" s="0">
-        <v>1136</v>
+        <v>1142</v>
       </c>
       <c r="D313" t="s" s="0">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="E313" t="n" s="0">
-        <v>0.78</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C314" t="s" s="0">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="D314" t="s" s="0">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.33</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C315" t="s" s="0">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="D315" t="s" s="0">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>0.34</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>1145</v>
+        <v>22</v>
       </c>
       <c r="C316" t="s" s="0">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="D316" t="s" s="0">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>0.48</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C317" t="s" s="0">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="D317" t="s" s="0">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>0.54</v>
-[...34 lines deleted...]
-      <c r="D326" s="9"/>
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="318" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A318" s="4" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B318" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C318" t="s" s="0">
+        <v>1158</v>
+      </c>
+      <c r="D318" t="s" s="0">
+        <v>1159</v>
+      </c>
+      <c r="E318" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="319" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A319" s="4" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B319" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C319" t="s" s="0">
+        <v>1162</v>
+      </c>
+      <c r="D319" t="s" s="0">
+        <v>1163</v>
+      </c>
+      <c r="E319" t="n" s="0">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="320" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A320" s="4" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B320" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C320" t="s" s="0">
+        <v>1165</v>
+      </c>
+      <c r="D320" t="s" s="0">
+        <v>1166</v>
+      </c>
+      <c r="E320" t="n" s="0">
+        <v>0.35</v>
+      </c>
+    </row>
+    <row r="321" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A321" s="4" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B321" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C321" t="s" s="0">
+        <v>1168</v>
+      </c>
+      <c r="D321" t="s" s="0">
+        <v>1169</v>
+      </c>
+      <c r="E321" t="n" s="0">
+        <v>0.56</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B326" s="2"/>
     </row>
     <row r="327" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A327" s="9" t="s">
-[...6 lines deleted...]
-    <row r="328" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B327" s="2"/>
+    </row>
+    <row r="328" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A328" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B328" s="2"/>
     </row>
-    <row r="329" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A329" s="7" t="str">
+    <row r="329" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="11" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B329" s="11"/>
+      <c r="C329" s="12"/>
+      <c r="D329" s="12"/>
+    </row>
+    <row r="330" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A330" s="10" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B330" s="9"/>
+      <c r="C330" s="9"/>
+      <c r="D330" s="9"/>
+    </row>
+    <row r="331" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A331" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B331" s="9"/>
+      <c r="C331" s="9"/>
+      <c r="D331" s="9"/>
+    </row>
+    <row r="332" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B332" s="2"/>
+    </row>
+    <row r="333" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A333" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B329" s="2"/>
-[...11 lines deleted...]
-      <c r="B331" s="2"/>
+      <c r="B333" s="2"/>
+    </row>
+    <row r="334" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A334" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B334" s="2"/>
+    </row>
+    <row r="335" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A335" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B335" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A325:D325"/>
-    <mergeCell ref="A326:D327"/>
+    <mergeCell ref="A329:D329"/>
+    <mergeCell ref="A330:D331"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>