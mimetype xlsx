--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -10,103 +10,115 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="587">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1187" uniqueCount="1160">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Global Balanced Risk Control Fund of Funds</t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-oct-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 30-nov-2025</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
+    <t>1ST SOURCE CORP USD COM</t>
+  </si>
+  <si>
+    <t>336901103</t>
+  </si>
+  <si>
+    <t>US3369011032</t>
+  </si>
+  <si>
+    <t>2341848</t>
+  </si>
+  <si>
     <t>ABB LTD CHF2.5 REGD SHS</t>
   </si>
   <si>
     <t>993930QS8</t>
   </si>
   <si>
     <t>CH0012221716</t>
   </si>
   <si>
     <t>7108899</t>
   </si>
   <si>
     <t>ABN AMRO GROUP NV-CVA</t>
   </si>
   <si>
     <t>99A4FQ8W2</t>
   </si>
   <si>
     <t>NL0011540547</t>
   </si>
   <si>
     <t>BYQP136</t>
   </si>
   <si>
     <t>AEROVIRONMENT INC</t>
@@ -135,98 +147,194 @@
   <si>
     <t>AIR PRODUCTS &amp; CHEMICALS INC USD:COM</t>
   </si>
   <si>
     <t>009158106</t>
   </si>
   <si>
     <t>US0091581068</t>
   </si>
   <si>
     <t>2011602</t>
   </si>
   <si>
     <t>ALSTOM</t>
   </si>
   <si>
     <t>993314KJ1</t>
   </si>
   <si>
     <t>FR0010220475</t>
   </si>
   <si>
     <t>B0DJ8Q5</t>
   </si>
   <si>
+    <t>AMALGAMATED FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>022671101</t>
+  </si>
+  <si>
+    <t>US0226711010</t>
+  </si>
+  <si>
+    <t>BLR7B41</t>
+  </si>
+  <si>
+    <t>AMERANT BANCORP INC CLASS A</t>
+  </si>
+  <si>
+    <t>023576101</t>
+  </si>
+  <si>
+    <t>US0235761014</t>
+  </si>
+  <si>
+    <t>BKDSMB5</t>
+  </si>
+  <si>
+    <t>AMERTIS BANCORP</t>
+  </si>
+  <si>
+    <t>03076K108</t>
+  </si>
+  <si>
+    <t>US03076K1088</t>
+  </si>
+  <si>
+    <t>2038849</t>
+  </si>
+  <si>
     <t>AMUNDI MSCI EMERGING MARKETS II</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>LU2573967036</t>
   </si>
   <si>
     <t>BNGDN59</t>
   </si>
   <si>
+    <t>ASSOCIATED BANC CORP USD COM</t>
+  </si>
+  <si>
+    <t>045487105</t>
+  </si>
+  <si>
+    <t>US0454871056</t>
+  </si>
+  <si>
+    <t>2055718</t>
+  </si>
+  <si>
+    <t>ATLANTIC UNION BANKSHARES CO</t>
+  </si>
+  <si>
+    <t>04911A107</t>
+  </si>
+  <si>
+    <t>US04911A1079</t>
+  </si>
+  <si>
+    <t>BFZ9DB8</t>
+  </si>
+  <si>
     <t>ATLAS COPCO SER A SHS</t>
   </si>
   <si>
     <t>99WKGR2K1</t>
   </si>
   <si>
     <t>SE0017486889</t>
   </si>
   <si>
     <t>BLDBN41</t>
   </si>
   <si>
+    <t>AXOS FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>05465C100</t>
+  </si>
+  <si>
+    <t>US05465C1009</t>
+  </si>
+  <si>
+    <t>BGK38H3</t>
+  </si>
+  <si>
+    <t>BANC OF CALIFORNIA INC</t>
+  </si>
+  <si>
+    <t>05990K106</t>
+  </si>
+  <si>
+    <t>US05990K1060</t>
+  </si>
+  <si>
+    <t>BCD47X4</t>
+  </si>
+  <si>
     <t>BANCA GENERALI SPA</t>
   </si>
   <si>
     <t>999930OU9</t>
   </si>
   <si>
     <t>IT0001031084</t>
   </si>
   <si>
     <t>B1HKSV6</t>
   </si>
   <si>
     <t>BANCA MONTE DEI PASCHI SIENA:EUR0.64 (IPO)</t>
   </si>
   <si>
     <t>99BANC551</t>
   </si>
   <si>
     <t>IT0005508921</t>
   </si>
   <si>
     <t>BK93RS6</t>
   </si>
   <si>
+    <t>BANCFIRST CORP USD COM</t>
+  </si>
+  <si>
+    <t>05945F103</t>
+  </si>
+  <si>
+    <t>US05945F1030</t>
+  </si>
+  <si>
+    <t>2078782</t>
+  </si>
+  <si>
     <t>BANCO BILBAO VIZCAYA ARGENTARIA:SA EUR0.49 ORDS</t>
   </si>
   <si>
     <t>9900012J7</t>
   </si>
   <si>
     <t>ES0113211835</t>
   </si>
   <si>
     <t>5501906</t>
   </si>
   <si>
     <t>BANCO BPM SPA</t>
   </si>
   <si>
     <t>999DA4TR6</t>
   </si>
   <si>
     <t>IT0005218380</t>
   </si>
   <si>
     <t>BYMD5K9</t>
   </si>
   <si>
     <t>BANCO COMERCIAL PORTUGUES-R</t>
@@ -243,689 +351,1493 @@
   <si>
     <t>BANCO DE SABADELL SA</t>
   </si>
   <si>
     <t>999940WB1</t>
   </si>
   <si>
     <t>ES0113860A34</t>
   </si>
   <si>
     <t>B1X8QN2</t>
   </si>
   <si>
     <t>BANCO SANTANDER SA</t>
   </si>
   <si>
     <t>993992GD2</t>
   </si>
   <si>
     <t>ES0113900J37</t>
   </si>
   <si>
     <t>5705946</t>
   </si>
   <si>
+    <t>BANCORP INC</t>
+  </si>
+  <si>
+    <t>05969A105</t>
+  </si>
+  <si>
+    <t>US05969A1051</t>
+  </si>
+  <si>
+    <t>B05BRL7</t>
+  </si>
+  <si>
+    <t>BANK FIRST CORP</t>
+  </si>
+  <si>
+    <t>06211J100</t>
+  </si>
+  <si>
+    <t>US06211J1007</t>
+  </si>
+  <si>
+    <t>BNZLBS3</t>
+  </si>
+  <si>
+    <t>BANK OF HAWAII CORP USD COM</t>
+  </si>
+  <si>
+    <t>062540109</t>
+  </si>
+  <si>
+    <t>US0625401098</t>
+  </si>
+  <si>
+    <t>2074070</t>
+  </si>
+  <si>
     <t>BANK OF IRELAND GROUP PLC (IRE LISTING)</t>
   </si>
   <si>
     <t>999KIE562</t>
   </si>
   <si>
     <t>IE00BD1RP616</t>
   </si>
   <si>
     <t>BD1RP61</t>
   </si>
   <si>
+    <t>BANK OZK</t>
+  </si>
+  <si>
+    <t>06417N103</t>
+  </si>
+  <si>
+    <t>US06417N1037</t>
+  </si>
+  <si>
+    <t>BZ56Q65</t>
+  </si>
+  <si>
     <t>BANKINTER SA ESP250 REGD ORDS</t>
   </si>
   <si>
     <t>997516Z85</t>
   </si>
   <si>
     <t>ES0113679I37</t>
   </si>
   <si>
     <t>5474008</t>
   </si>
   <si>
+    <t>BANKUNITED INC</t>
+  </si>
+  <si>
+    <t>06652K103</t>
+  </si>
+  <si>
+    <t>US06652K1034</t>
+  </si>
+  <si>
+    <t>B3NNTZ4</t>
+  </si>
+  <si>
+    <t>BANNER CORP USD COM</t>
+  </si>
+  <si>
+    <t>06652V208</t>
+  </si>
+  <si>
+    <t>US06652V2088</t>
+  </si>
+  <si>
+    <t>2346003</t>
+  </si>
+  <si>
     <t>BAWAG GROUP AG</t>
   </si>
   <si>
     <t>99V6Q9D04</t>
   </si>
   <si>
     <t>AT0000BAWAG2</t>
   </si>
   <si>
     <t>BZ1GZ06</t>
   </si>
   <si>
+    <t>BEACON FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>084680107</t>
+  </si>
+  <si>
+    <t>US0846801076</t>
+  </si>
+  <si>
+    <t>2606570</t>
+  </si>
+  <si>
     <t>BIGBEAR.AI HOLDINGS INC</t>
   </si>
   <si>
     <t>08975B109</t>
   </si>
   <si>
     <t>US08975B1098</t>
   </si>
   <si>
     <t>BM92RJ8</t>
   </si>
   <si>
     <t>BILFINGER BERGER SE</t>
   </si>
   <si>
     <t>9900025X1</t>
   </si>
   <si>
     <t>DE0005909006</t>
   </si>
   <si>
     <t>5117381</t>
   </si>
   <si>
     <t>BLACKSKY TECHNOLOGY INC</t>
   </si>
   <si>
     <t>09263B207</t>
   </si>
   <si>
     <t>US09263B2079</t>
   </si>
   <si>
     <t>BSQNQM2</t>
   </si>
   <si>
     <t>BNP PARIBAS EUR2.0</t>
   </si>
   <si>
     <t>990002453</t>
   </si>
   <si>
     <t>FR0000131104</t>
   </si>
   <si>
     <t>7309681</t>
   </si>
   <si>
+    <t>BOK FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>05561Q201</t>
+  </si>
+  <si>
+    <t>US05561Q2012</t>
+  </si>
+  <si>
+    <t>2109091</t>
+  </si>
+  <si>
     <t>BPER BANCA</t>
   </si>
   <si>
     <t>990003OF7</t>
   </si>
   <si>
     <t>IT0000066123</t>
   </si>
   <si>
     <t>4116099</t>
   </si>
   <si>
+    <t>BURKE HERBERT FINANCIAL SERVICES T</t>
+  </si>
+  <si>
+    <t>12135Y108</t>
+  </si>
+  <si>
+    <t>US12135Y1082</t>
+  </si>
+  <si>
+    <t>BQ1PC32</t>
+  </si>
+  <si>
     <t>BUZZI SPA</t>
   </si>
   <si>
     <t>T2320M109</t>
   </si>
   <si>
     <t>IT0001347308</t>
   </si>
   <si>
     <t>5782206</t>
   </si>
   <si>
+    <t>BYLINE BANCORP INC</t>
+  </si>
+  <si>
+    <t>124411109</t>
+  </si>
+  <si>
+    <t>US1244111092</t>
+  </si>
+  <si>
+    <t>BD5G2C9</t>
+  </si>
+  <si>
     <t>C3.AI INC-A</t>
   </si>
   <si>
     <t>12468P104</t>
   </si>
   <si>
     <t>US12468P1049</t>
   </si>
   <si>
     <t>BMGNBJ2</t>
   </si>
   <si>
     <t>CACI INTL INC CL A USD COM</t>
   </si>
   <si>
     <t>127190304</t>
   </si>
   <si>
     <t>US1271903049</t>
   </si>
   <si>
     <t>2159267</t>
   </si>
   <si>
+    <t>CADENCE BANK</t>
+  </si>
+  <si>
+    <t>12740C103</t>
+  </si>
+  <si>
+    <t>US12740C1036</t>
+  </si>
+  <si>
+    <t>BMCS168</t>
+  </si>
+  <si>
     <t>CAIXABANK</t>
   </si>
   <si>
     <t>997517LV7</t>
   </si>
   <si>
     <t>ES0140609019</t>
   </si>
   <si>
     <t>B283W97</t>
   </si>
   <si>
+    <t>CAMDEN NATIONAL CORP:USD COM</t>
+  </si>
+  <si>
+    <t>133034108</t>
+  </si>
+  <si>
+    <t>US1330341082</t>
+  </si>
+  <si>
+    <t>2116659</t>
+  </si>
+  <si>
+    <t>CAPITOL FEDERAL FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>14057J101</t>
+  </si>
+  <si>
+    <t>US14057J1016</t>
+  </si>
+  <si>
+    <t>B3KWJV0</t>
+  </si>
+  <si>
     <t>CARRIER GLOBAL CORP WI</t>
   </si>
   <si>
     <t>14448C104</t>
   </si>
   <si>
     <t>US14448C1045</t>
   </si>
   <si>
     <t>BK4N0D7</t>
   </si>
   <si>
     <t>CATERPILLAR INC USD COM</t>
   </si>
   <si>
     <t>149123101</t>
   </si>
   <si>
     <t>US1491231015</t>
   </si>
   <si>
     <t>2180201</t>
   </si>
   <si>
+    <t>CATHAY GENERAL BANCORP INC:USD COM</t>
+  </si>
+  <si>
+    <t>149150104</t>
+  </si>
+  <si>
+    <t>US1491501045</t>
+  </si>
+  <si>
+    <t>2264235</t>
+  </si>
+  <si>
+    <t>CENTRAL PACIFIC FINANCIAL CO: USD COM</t>
+  </si>
+  <si>
+    <t>154760409</t>
+  </si>
+  <si>
+    <t>US1547604090</t>
+  </si>
+  <si>
+    <t>2230946</t>
+  </si>
+  <si>
     <t>CHEMRING GROUP PLC</t>
   </si>
   <si>
     <t>999909VA9</t>
   </si>
   <si>
     <t>GB00B45C9X44</t>
   </si>
   <si>
     <t>B45C9X4</t>
   </si>
   <si>
     <t>CIRCLE INTERNET GROUP INC</t>
   </si>
   <si>
     <t>172573107</t>
   </si>
   <si>
     <t>US1725731079</t>
   </si>
   <si>
     <t>BL6K237</t>
   </si>
   <si>
+    <t>CITIZENS FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>174610105</t>
+  </si>
+  <si>
+    <t>US1746101054</t>
+  </si>
+  <si>
+    <t>BQRX1X3</t>
+  </si>
+  <si>
+    <t>CITY HOLDING CO USD COM</t>
+  </si>
+  <si>
+    <t>177835105</t>
+  </si>
+  <si>
+    <t>US1778351056</t>
+  </si>
+  <si>
+    <t>2161778</t>
+  </si>
+  <si>
+    <t>COASTAL FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>19046P209</t>
+  </si>
+  <si>
+    <t>US19046P2092</t>
+  </si>
+  <si>
+    <t>BF7J9X0</t>
+  </si>
+  <si>
     <t>COGNEX CORP USD COM</t>
   </si>
   <si>
     <t>192422103</t>
   </si>
   <si>
     <t>US1924221039</t>
   </si>
   <si>
     <t>2208288</t>
   </si>
   <si>
     <t>COHORT PLC</t>
   </si>
   <si>
     <t>99ABYKM77</t>
   </si>
   <si>
     <t>GB00B0YD2B94</t>
   </si>
   <si>
     <t>B0YD2B9</t>
   </si>
   <si>
     <t>COINBASE GLOBAL INC</t>
   </si>
   <si>
     <t>19260Q107</t>
   </si>
   <si>
     <t>US19260Q1076</t>
   </si>
   <si>
     <t>BMC9P69</t>
   </si>
   <si>
+    <t>COLUMBIA BANKING SYSTEM INC USD:COM</t>
+  </si>
+  <si>
+    <t>197236102</t>
+  </si>
+  <si>
+    <t>US1972361026</t>
+  </si>
+  <si>
+    <t>2176608</t>
+  </si>
+  <si>
+    <t>COLUMBIA FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>197641103</t>
+  </si>
+  <si>
+    <t>US1976411033</t>
+  </si>
+  <si>
+    <t>BFMB9P3</t>
+  </si>
+  <si>
+    <t>COMMERCE BANKSHARES INC USD COM</t>
+  </si>
+  <si>
+    <t>200525103</t>
+  </si>
+  <si>
+    <t>US2005251036</t>
+  </si>
+  <si>
+    <t>2213204</t>
+  </si>
+  <si>
     <t>COMMERZBANK AG DEM NPV ORDS</t>
   </si>
   <si>
     <t>999AR1JR1</t>
   </si>
   <si>
     <t>DE000CBK1001</t>
   </si>
   <si>
     <t>B90LKT4</t>
   </si>
   <si>
+    <t>COMMUNITY BANCORPORATION INC USD:COM</t>
+  </si>
+  <si>
+    <t>204149108</t>
+  </si>
+  <si>
+    <t>US2041491083</t>
+  </si>
+  <si>
+    <t>2706470</t>
+  </si>
+  <si>
+    <t>COMMUNITY FINANCIAL SYSTEM I</t>
+  </si>
+  <si>
+    <t>203607106</t>
+  </si>
+  <si>
+    <t>US2036071064</t>
+  </si>
+  <si>
+    <t>2222062</t>
+  </si>
+  <si>
+    <t>CONNECTONE BANCORP INC NEW COM STK</t>
+  </si>
+  <si>
+    <t>20786W107</t>
+  </si>
+  <si>
+    <t>US20786W1071</t>
+  </si>
+  <si>
+    <t>BNQ4YF9</t>
+  </si>
+  <si>
     <t>CREDIT AGRICOLE ORDS</t>
   </si>
   <si>
     <t>991970EU4</t>
   </si>
   <si>
     <t>FR0000045072</t>
   </si>
   <si>
     <t>7262610</t>
   </si>
   <si>
+    <t>CULLEN FROST BANKERS INC USD COM</t>
+  </si>
+  <si>
+    <t>229899109</t>
+  </si>
+  <si>
+    <t>US2298991090</t>
+  </si>
+  <si>
+    <t>2239556</t>
+  </si>
+  <si>
     <t>CUMMINS INC USD COM</t>
   </si>
   <si>
     <t>231021106</t>
   </si>
   <si>
     <t>US2310211063</t>
   </si>
   <si>
     <t>2240202</t>
   </si>
   <si>
+    <t>CUSTOMERS BANCORP INC</t>
+  </si>
+  <si>
+    <t>23204G100</t>
+  </si>
+  <si>
+    <t>US23204G1004</t>
+  </si>
+  <si>
+    <t>B6XHXY4</t>
+  </si>
+  <si>
+    <t>CVB FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>126600105</t>
+  </si>
+  <si>
+    <t>US1266001056</t>
+  </si>
+  <si>
+    <t>2160645</t>
+  </si>
+  <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
     <t>DEUTSCHE BANK AG EUR NPV REGD:SHS</t>
   </si>
   <si>
     <t>0D5140001</t>
   </si>
   <si>
     <t>DE0005140008</t>
   </si>
   <si>
     <t>5750355</t>
   </si>
   <si>
+    <t>DIME COMMUNITY BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>25432X102</t>
+  </si>
+  <si>
+    <t>US25432X1028</t>
+  </si>
+  <si>
+    <t>BMFZ702</t>
+  </si>
+  <si>
     <t>DONALDSON INC USD COM</t>
   </si>
   <si>
     <t>257651109</t>
   </si>
   <si>
     <t>US2576511099</t>
   </si>
   <si>
     <t>2276467</t>
   </si>
   <si>
     <t>DOVER CORP USD COM</t>
   </si>
   <si>
     <t>260003108</t>
   </si>
   <si>
     <t>US2600031080</t>
   </si>
   <si>
     <t>2278407</t>
   </si>
   <si>
     <t>E.ON SE</t>
   </si>
   <si>
     <t>999948ED0</t>
   </si>
   <si>
     <t>DE000ENAG999</t>
   </si>
   <si>
     <t>4942904</t>
   </si>
   <si>
+    <t>EAGLE BANCORP INC</t>
+  </si>
+  <si>
+    <t>268948106</t>
+  </si>
+  <si>
+    <t>US2689481065</t>
+  </si>
+  <si>
+    <t>2648055</t>
+  </si>
+  <si>
     <t>EAGLE MATERIALS INC USD COM</t>
   </si>
   <si>
     <t>26969P108</t>
   </si>
   <si>
     <t>US26969P1084</t>
   </si>
   <si>
     <t>2191399</t>
   </si>
   <si>
+    <t>EAST WEST BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>27579R104</t>
+  </si>
+  <si>
+    <t>US27579R1041</t>
+  </si>
+  <si>
+    <t>2487407</t>
+  </si>
+  <si>
+    <t>EASTERN BANKSHARES INC</t>
+  </si>
+  <si>
+    <t>27627N105</t>
+  </si>
+  <si>
+    <t>US27627N1054</t>
+  </si>
+  <si>
+    <t>BMXL9H3</t>
+  </si>
+  <si>
     <t>EATON CORP PLC</t>
   </si>
   <si>
     <t>G29183103</t>
   </si>
   <si>
     <t>IE00B8KQN827</t>
   </si>
   <si>
     <t>B8KQN82</t>
   </si>
   <si>
     <t>EMCOR GROUP INC USD COM</t>
   </si>
   <si>
     <t>29084Q100</t>
   </si>
   <si>
     <t>US29084Q1004</t>
   </si>
   <si>
     <t>2474164</t>
   </si>
   <si>
     <t>EMERSON ELECTRIC CO USD COM</t>
   </si>
   <si>
     <t>291011104</t>
   </si>
   <si>
     <t>US2910111044</t>
   </si>
   <si>
     <t>2313405</t>
   </si>
   <si>
+    <t>ENTERPRISE FINANCIAL SERVICE</t>
+  </si>
+  <si>
+    <t>293712105</t>
+  </si>
+  <si>
+    <t>US2937121059</t>
+  </si>
+  <si>
+    <t>2768889</t>
+  </si>
+  <si>
+    <t>EQUITY BANCSHARES INC - CL A</t>
+  </si>
+  <si>
+    <t>29460X109</t>
+  </si>
+  <si>
+    <t>US29460X1090</t>
+  </si>
+  <si>
+    <t>BYZG9Q9</t>
+  </si>
+  <si>
     <t>ERSTE GROUP BANK AG</t>
   </si>
   <si>
     <t>990003UC7</t>
   </si>
   <si>
     <t>AT0000652011</t>
   </si>
   <si>
     <t>5289837</t>
   </si>
   <si>
+    <t>ESQUIRE FINANCIAL HOLDINGS I</t>
+  </si>
+  <si>
+    <t>29667J101</t>
+  </si>
+  <si>
+    <t>US29667J1016</t>
+  </si>
+  <si>
+    <t>BD5G1Z5</t>
+  </si>
+  <si>
+    <t>F N B CORP USD COM</t>
+  </si>
+  <si>
+    <t>302520101</t>
+  </si>
+  <si>
+    <t>US3025201019</t>
+  </si>
+  <si>
+    <t>2041308</t>
+  </si>
+  <si>
     <t>FASTENAL CO USD COM</t>
   </si>
   <si>
     <t>311900104</t>
   </si>
   <si>
     <t>US3119001044</t>
   </si>
   <si>
     <t>2332262</t>
   </si>
   <si>
+    <t>FB FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>30257X104</t>
+  </si>
+  <si>
+    <t>US30257X1046</t>
+  </si>
+  <si>
+    <t>BYY5Z69</t>
+  </si>
+  <si>
+    <t>FINANCIAL INSTITUTIONS INC COM</t>
+  </si>
+  <si>
+    <t>317585404</t>
+  </si>
+  <si>
+    <t>US3175854047</t>
+  </si>
+  <si>
+    <t>2596949</t>
+  </si>
+  <si>
     <t>FINECOBANK (ITA LISTING)</t>
   </si>
   <si>
     <t>99A052NX5</t>
   </si>
   <si>
     <t>IT0000072170</t>
   </si>
   <si>
     <t>BNGN9Z1</t>
   </si>
   <si>
+    <t>FIRST BANCORP CORP USD COM</t>
+  </si>
+  <si>
+    <t>318672706</t>
+  </si>
+  <si>
+    <t>PR3186727065</t>
+  </si>
+  <si>
+    <t>2296926</t>
+  </si>
+  <si>
+    <t>FIRST BANCORP/NC</t>
+  </si>
+  <si>
+    <t>318910106</t>
+  </si>
+  <si>
+    <t>US3189101062</t>
+  </si>
+  <si>
+    <t>2351494</t>
+  </si>
+  <si>
+    <t>FIRST BUSEY CORP</t>
+  </si>
+  <si>
+    <t>319383204</t>
+  </si>
+  <si>
+    <t>US3193832041</t>
+  </si>
+  <si>
+    <t>BZ1LBM5</t>
+  </si>
+  <si>
+    <t>FIRST COMMONWEALTH FINANCIAL:CORP (PA) USD COM</t>
+  </si>
+  <si>
+    <t>319829107</t>
+  </si>
+  <si>
+    <t>US3198291078</t>
+  </si>
+  <si>
+    <t>2351546</t>
+  </si>
+  <si>
+    <t>FIRST FINANCIAL BANCORP USD COM</t>
+  </si>
+  <si>
+    <t>320209109</t>
+  </si>
+  <si>
+    <t>US3202091092</t>
+  </si>
+  <si>
+    <t>2352806</t>
+  </si>
+  <si>
+    <t>FIRST FINANCIAL BANCSHARES INC:USD COM</t>
+  </si>
+  <si>
+    <t>32020R109</t>
+  </si>
+  <si>
+    <t>US32020R1095</t>
+  </si>
+  <si>
+    <t>2266026</t>
+  </si>
+  <si>
+    <t>FIRST FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>320218100</t>
+  </si>
+  <si>
+    <t>US3202181000</t>
+  </si>
+  <si>
+    <t>2362515</t>
+  </si>
+  <si>
+    <t>FIRST FOUNDATION INC IRVINE COM STK</t>
+  </si>
+  <si>
+    <t>32026V104</t>
+  </si>
+  <si>
+    <t>US32026V1044</t>
+  </si>
+  <si>
+    <t>BMMVY68</t>
+  </si>
+  <si>
+    <t>FIRST HAWAIIAN INC-CL A</t>
+  </si>
+  <si>
+    <t>32051X108</t>
+  </si>
+  <si>
+    <t>US32051X1081</t>
+  </si>
+  <si>
+    <t>BDC6HG1</t>
+  </si>
+  <si>
+    <t>FIRST HORIZON CORP</t>
+  </si>
+  <si>
+    <t>320517105</t>
+  </si>
+  <si>
+    <t>US3205171057</t>
+  </si>
+  <si>
+    <t>2341484</t>
+  </si>
+  <si>
+    <t>FIRST INTERSTATE BANCSYS/MT</t>
+  </si>
+  <si>
+    <t>32055Y201</t>
+  </si>
+  <si>
+    <t>US32055Y2019</t>
+  </si>
+  <si>
+    <t>B4RGHN0</t>
+  </si>
+  <si>
+    <t>FIRST MERCHANTS CORP USD COM</t>
+  </si>
+  <si>
+    <t>320817109</t>
+  </si>
+  <si>
+    <t>US3208171096</t>
+  </si>
+  <si>
+    <t>2342410</t>
+  </si>
+  <si>
+    <t>FIRSTSUN CAPITAL BANCORP</t>
+  </si>
+  <si>
+    <t>33767U107</t>
+  </si>
+  <si>
+    <t>US33767U1079</t>
+  </si>
+  <si>
+    <t>BPQYJV4</t>
+  </si>
+  <si>
     <t>FISCHER (GEORG)-REG</t>
   </si>
   <si>
     <t>999SHFHD5</t>
   </si>
   <si>
     <t>CH1169151003</t>
   </si>
   <si>
     <t>BM8J5G3</t>
   </si>
   <si>
+    <t>FLAGSTAR FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>649445400</t>
+  </si>
+  <si>
+    <t>US6494454001</t>
+  </si>
+  <si>
+    <t>BT6MM39</t>
+  </si>
+  <si>
+    <t>FLUSHING FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>343873105</t>
+  </si>
+  <si>
+    <t>US3438731057</t>
+  </si>
+  <si>
+    <t>2360111</t>
+  </si>
+  <si>
     <t>FORTIVE CORP</t>
   </si>
   <si>
     <t>34959J108</t>
   </si>
   <si>
     <t>US34959J1088</t>
   </si>
   <si>
     <t>BYT3MK1</t>
   </si>
   <si>
+    <t>FULTON FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>360271100</t>
+  </si>
+  <si>
+    <t>US3602711000</t>
+  </si>
+  <si>
+    <t>2356585</t>
+  </si>
+  <si>
     <t>GE VERNOVA LLC</t>
   </si>
   <si>
     <t>36828A101</t>
   </si>
   <si>
     <t>US36828A1016</t>
   </si>
   <si>
     <t>BP6H4Y1</t>
   </si>
   <si>
     <t>GEA GROUP AG</t>
   </si>
   <si>
     <t>990003A21</t>
   </si>
   <si>
     <t>DE0006602006</t>
   </si>
   <si>
     <t>4557104</t>
   </si>
   <si>
     <t>GEBERIT AG CHF .1 REG SHS</t>
   </si>
   <si>
     <t>997517EP8</t>
   </si>
   <si>
     <t>CH0030170408</t>
   </si>
   <si>
     <t>B1WGG93</t>
   </si>
   <si>
+    <t>GLACIER BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>37637Q105</t>
+  </si>
+  <si>
+    <t>US37637Q1058</t>
+  </si>
+  <si>
+    <t>2370585</t>
+  </si>
+  <si>
     <t>GOLDMAN SACHS CORE EQUITY PORTFOLIO EUR</t>
   </si>
   <si>
     <t>LU0280841296</t>
   </si>
   <si>
     <t>B1LHL25</t>
   </si>
   <si>
     <t>GRAINGER WW INC USD COM</t>
   </si>
   <si>
     <t>384802104</t>
   </si>
   <si>
     <t>US3848021040</t>
   </si>
   <si>
     <t>2380863</t>
   </si>
   <si>
+    <t>GREAT SOUTHERN BANCORP INC USD:COM</t>
+  </si>
+  <si>
+    <t>390905107</t>
+  </si>
+  <si>
+    <t>US3909051076</t>
+  </si>
+  <si>
+    <t>2387002</t>
+  </si>
+  <si>
     <t>GS JAPAN EQ PART PORT I JPY I</t>
   </si>
   <si>
     <t>99A33B2D8</t>
   </si>
   <si>
     <t>LU1217871059</t>
   </si>
   <si>
     <t>BWV62D7</t>
   </si>
   <si>
+    <t>HANCOCK WHITNEY CORP</t>
+  </si>
+  <si>
+    <t>410120109</t>
+  </si>
+  <si>
+    <t>US4101201097</t>
+  </si>
+  <si>
+    <t>2415497</t>
+  </si>
+  <si>
+    <t>HANMI FINANCIAL CORPORATION:USD COM</t>
+  </si>
+  <si>
+    <t>410495204</t>
+  </si>
+  <si>
+    <t>US4104952043</t>
+  </si>
+  <si>
+    <t>B6TPXR5</t>
+  </si>
+  <si>
     <t>HEIDELBERG MATERIALS AG</t>
   </si>
   <si>
     <t>990000W64</t>
   </si>
   <si>
     <t>DE0006047004</t>
   </si>
   <si>
     <t>5120679</t>
   </si>
   <si>
     <t>HENSOLDT AG</t>
   </si>
   <si>
     <t>99VSZSPN1</t>
   </si>
   <si>
     <t>DE000HAG0005</t>
   </si>
   <si>
     <t>BN0SDX8</t>
   </si>
   <si>
+    <t>HERITAGE COMMERCE CORP</t>
+  </si>
+  <si>
+    <t>426927109</t>
+  </si>
+  <si>
+    <t>US4269271098</t>
+  </si>
+  <si>
+    <t>2503916</t>
+  </si>
+  <si>
+    <t>HERITAGE FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>42722X106</t>
+  </si>
+  <si>
+    <t>US42722X1063</t>
+  </si>
+  <si>
+    <t>2619880</t>
+  </si>
+  <si>
+    <t>HILLTOP HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>432748101</t>
+  </si>
+  <si>
+    <t>US4327481010</t>
+  </si>
+  <si>
+    <t>2365428</t>
+  </si>
+  <si>
+    <t>HINGHAM INSTITUTION SAVINGS USD:COM</t>
+  </si>
+  <si>
+    <t>433323102</t>
+  </si>
+  <si>
+    <t>US4333231029</t>
+  </si>
+  <si>
+    <t>2428439</t>
+  </si>
+  <si>
     <t>HOLCIM LTD</t>
   </si>
   <si>
     <t>993930TE6</t>
   </si>
   <si>
     <t>CH0012214059</t>
   </si>
   <si>
     <t>7110753</t>
   </si>
   <si>
+    <t>HOME BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>436893200</t>
+  </si>
+  <si>
+    <t>US4368932004</t>
+  </si>
+  <si>
+    <t>B17MTL9</t>
+  </si>
+  <si>
     <t>HONEYWELL INTERNATIONAL INC USD:COM</t>
   </si>
   <si>
     <t>438516106</t>
   </si>
   <si>
     <t>US4385161066</t>
   </si>
   <si>
     <t>2020459</t>
   </si>
   <si>
+    <t>HOPE BANCORP INC</t>
+  </si>
+  <si>
+    <t>43940T109</t>
+  </si>
+  <si>
+    <t>US43940T1097</t>
+  </si>
+  <si>
+    <t>BYN87K7</t>
+  </si>
+  <si>
+    <t>HORIZON BANCORP INC/IN</t>
+  </si>
+  <si>
+    <t>440407104</t>
+  </si>
+  <si>
+    <t>US4404071049</t>
+  </si>
+  <si>
+    <t>2949316</t>
+  </si>
+  <si>
     <t>HUBBELL INC CL B</t>
   </si>
   <si>
     <t>443510607</t>
   </si>
   <si>
     <t>US4435106079</t>
   </si>
   <si>
     <t>BDFG6S3</t>
   </si>
   <si>
+    <t>HUNTINGTON BANCSHARES INC USD:COM</t>
+  </si>
+  <si>
+    <t>446150104</t>
+  </si>
+  <si>
+    <t>US4461501045</t>
+  </si>
+  <si>
+    <t>2445966</t>
+  </si>
+  <si>
     <t>HUNTINGTON INGALLS INDUST-WI</t>
   </si>
   <si>
     <t>446413106</t>
   </si>
   <si>
     <t>US4464131063</t>
   </si>
   <si>
     <t>B40SSC9</t>
   </si>
   <si>
+    <t>INDEPENDENT BANK CORP (MASS):USD COM</t>
+  </si>
+  <si>
+    <t>453836108</t>
+  </si>
+  <si>
+    <t>US4538361084</t>
+  </si>
+  <si>
+    <t>2447821</t>
+  </si>
+  <si>
+    <t>INDEPENDENT BANK CORP USD COM</t>
+  </si>
+  <si>
+    <t>453838609</t>
+  </si>
+  <si>
+    <t>US4538386099</t>
+  </si>
+  <si>
+    <t>2492133</t>
+  </si>
+  <si>
     <t>ING GROEP NV</t>
   </si>
   <si>
     <t>999AB1A48</t>
   </si>
   <si>
     <t>NL0011821202</t>
   </si>
   <si>
     <t>BZ57390</t>
   </si>
   <si>
     <t>INGERSOLL-RAND INC</t>
   </si>
   <si>
     <t>45687V106</t>
   </si>
   <si>
     <t>US45687V1061</t>
   </si>
   <si>
     <t>BL5GZ82</t>
   </si>
   <si>
+    <t>INTERNATIONAL BANCSHARES CORP:USD COM</t>
+  </si>
+  <si>
+    <t>459044103</t>
+  </si>
+  <si>
+    <t>US4590441030</t>
+  </si>
+  <si>
+    <t>2243911</t>
+  </si>
+  <si>
     <t>INTESA SANPAOLO SPA</t>
   </si>
   <si>
     <t>990003BB0</t>
   </si>
   <si>
     <t>IT0000072618</t>
   </si>
   <si>
     <t>4076836</t>
   </si>
   <si>
     <t>INVESCO S&amp;P 500 ACC</t>
   </si>
   <si>
     <t>99ALBS929</t>
   </si>
   <si>
     <t>IE00B3YCGJ38</t>
   </si>
   <si>
     <t>B540668</t>
   </si>
   <si>
     <t>IPG PHOTONICS CORP</t>
   </si>
   <si>
     <t>44980X109</t>
   </si>
   <si>
     <t>US44980X1090</t>
   </si>
   <si>
     <t>2698782</t>
   </si>
   <si>
-    <t>ISHARES CORE GLOBAL AGGREGATE BOND UCITS:</t>
-[...10 lines deleted...]
-  <si>
     <t>ISHARES CORE MSCI EMIMI U(ITA LISTING)</t>
   </si>
   <si>
     <t>99A0BJL96</t>
   </si>
   <si>
     <t>IE00BKM4GZ66</t>
   </si>
   <si>
     <t>BNZC4W1</t>
   </si>
   <si>
     <t>ISHARES EUR GOVT BOND 1-3YR UCITS ETF EUR ACC</t>
   </si>
   <si>
     <t>99AJCGNJ6</t>
   </si>
   <si>
     <t>IE00B3VTMJ91</t>
   </si>
   <si>
     <t>B3VTMJ9</t>
   </si>
   <si>
     <t>ISHARES USD TIPS EUR-H ACC</t>
@@ -978,50 +1890,62 @@
   <si>
     <t>KBC ANCORA</t>
   </si>
   <si>
     <t>999941JK4</t>
   </si>
   <si>
     <t>BE0003867844</t>
   </si>
   <si>
     <t>B1YWXY3</t>
   </si>
   <si>
     <t>KBC GROUP NV</t>
   </si>
   <si>
     <t>9900015Y1</t>
   </si>
   <si>
     <t>BE0003565737</t>
   </si>
   <si>
     <t>4497749</t>
   </si>
   <si>
+    <t>KEARNY FINANCIAL CORP/MD</t>
+  </si>
+  <si>
+    <t>48716P108</t>
+  </si>
+  <si>
+    <t>US48716P1084</t>
+  </si>
+  <si>
+    <t>BY3H7G0</t>
+  </si>
+  <si>
     <t>KENNAMETAL INC USD COM</t>
   </si>
   <si>
     <t>489170100</t>
   </si>
   <si>
     <t>US4891701009</t>
   </si>
   <si>
     <t>2488121</t>
   </si>
   <si>
     <t>KINGSPAN GROUP PLC</t>
   </si>
   <si>
     <t>9900028V2</t>
   </si>
   <si>
     <t>IE0004927939</t>
   </si>
   <si>
     <t>4491235</t>
   </si>
   <si>
     <t>KION GROUP AG (GFR LISTING)</t>
@@ -1050,50 +1974,62 @@
   <si>
     <t>KRATOS DEFENSE &amp; SECURITY</t>
   </si>
   <si>
     <t>50077B207</t>
   </si>
   <si>
     <t>US50077B2079</t>
   </si>
   <si>
     <t>2512149</t>
   </si>
   <si>
     <t>L3HARRIS TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>502431109</t>
   </si>
   <si>
     <t>US5024311095</t>
   </si>
   <si>
     <t>BK9DTN5</t>
   </si>
   <si>
+    <t>LAKELAND FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>511656100</t>
+  </si>
+  <si>
+    <t>US5116561003</t>
+  </si>
+  <si>
+    <t>2537528</t>
+  </si>
+  <si>
     <t>LEIDOS HOLDINGS INC</t>
   </si>
   <si>
     <t>525327102</t>
   </si>
   <si>
     <t>US5253271028</t>
   </si>
   <si>
     <t>BDV82B8</t>
   </si>
   <si>
     <t>LEONARDO DRS INC</t>
   </si>
   <si>
     <t>52661A108</t>
   </si>
   <si>
     <t>US52661A1088</t>
   </si>
   <si>
     <t>BNSNZQ2</t>
   </si>
   <si>
     <t>LEONARDO SPA</t>
@@ -1110,74 +2046,158 @@
   <si>
     <t>LINCOLN ELECTRIC HOLDINGS INC:USD COM</t>
   </si>
   <si>
     <t>533900106</t>
   </si>
   <si>
     <t>US5339001068</t>
   </si>
   <si>
     <t>2516851</t>
   </si>
   <si>
     <t>LINDE PLC</t>
   </si>
   <si>
     <t>G54950103</t>
   </si>
   <si>
     <t>IE000S9YS762</t>
   </si>
   <si>
     <t>BNZHB81</t>
   </si>
   <si>
+    <t>LIVE OAK BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>53803X105</t>
+  </si>
+  <si>
+    <t>US53803X1054</t>
+  </si>
+  <si>
+    <t>BYN5Z59</t>
+  </si>
+  <si>
+    <t>M &amp; T BANK CORP USD COM</t>
+  </si>
+  <si>
+    <t>55261F104</t>
+  </si>
+  <si>
+    <t>US55261F1049</t>
+  </si>
+  <si>
+    <t>2340168</t>
+  </si>
+  <si>
     <t>MARTIN MARIETTA MATERIALS INC:USD COM</t>
   </si>
   <si>
     <t>573284106</t>
   </si>
   <si>
     <t>US5732841060</t>
   </si>
   <si>
     <t>2572079</t>
   </si>
   <si>
+    <t>MERCANTILE BANK CORP</t>
+  </si>
+  <si>
+    <t>587376104</t>
+  </si>
+  <si>
+    <t>US5873761044</t>
+  </si>
+  <si>
+    <t>2620257</t>
+  </si>
+  <si>
     <t>MERCURY SYSTEMS INC USD:COM</t>
   </si>
   <si>
     <t>589378108</t>
   </si>
   <si>
     <t>US5893781089</t>
   </si>
   <si>
     <t>2144047</t>
   </si>
   <si>
+    <t>METROPOLITAN BANK HOLDING CO</t>
+  </si>
+  <si>
+    <t>591774104</t>
+  </si>
+  <si>
+    <t>US5917741044</t>
+  </si>
+  <si>
+    <t>BDBRDR8</t>
+  </si>
+  <si>
+    <t>MID PENN BANCORP INC</t>
+  </si>
+  <si>
+    <t>59540G107</t>
+  </si>
+  <si>
+    <t>US59540G1076</t>
+  </si>
+  <si>
+    <t>2618348</t>
+  </si>
+  <si>
+    <t>MIDLAND STATES BANCORP INC</t>
+  </si>
+  <si>
+    <t>597742105</t>
+  </si>
+  <si>
+    <t>US5977421057</t>
+  </si>
+  <si>
+    <t>B6VRG58</t>
+  </si>
+  <si>
+    <t>MIDWESTONE FINANCIAL GROUP I</t>
+  </si>
+  <si>
+    <t>598511103</t>
+  </si>
+  <si>
+    <t>US5985111039</t>
+  </si>
+  <si>
+    <t>2987178</t>
+  </si>
+  <si>
     <t>MIRION TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>60471A101</t>
   </si>
   <si>
     <t>US60471A1016</t>
   </si>
   <si>
     <t>BMG3PQ7</t>
   </si>
   <si>
     <t>MORGAN ST-EURO CORP BD-N</t>
   </si>
   <si>
     <t>L6523F702</t>
   </si>
   <si>
     <t>LU0365458107</t>
   </si>
   <si>
     <t>B4XFSK5</t>
   </si>
   <si>
     <t>MORGAN ST-US GROWTH FD-NEUR</t>
@@ -1194,59 +2214,50 @@
   <si>
     <t>L6523D772</t>
   </si>
   <si>
     <t>LU0365452753</t>
   </si>
   <si>
     <t>MORGAN STANLEY INVESTMENT FUNDS - SHORT MATURITY EURO BOND</t>
   </si>
   <si>
     <t>L6523D558</t>
   </si>
   <si>
     <t>LU0365449965</t>
   </si>
   <si>
     <t>MORGAN STANLEY INVESTMENT FUNDS US DOLLAR CORPORATE BOND FUND</t>
   </si>
   <si>
     <t>L6487L471</t>
   </si>
   <si>
     <t>LU2190497227</t>
   </si>
   <si>
-    <t>MS INVF ASIA OPPORTUNITY CL N</t>
-[...7 lines deleted...]
-  <si>
     <t>MS INVF GLOBAL ASSET BACKED SEC FUND NH1 (EUR)</t>
   </si>
   <si>
     <t>L65171834</t>
   </si>
   <si>
     <t>LU2646746037</t>
   </si>
   <si>
     <t>MS INVF GLOBAL BD NH1 (EUR)</t>
   </si>
   <si>
     <t>L65171826</t>
   </si>
   <si>
     <t>LU2646745906</t>
   </si>
   <si>
     <t>MS INVF GLOBAL FI OPP FUND SC NH</t>
   </si>
   <si>
     <t>L65229236</t>
   </si>
   <si>
     <t>LU0712124246</t>
@@ -1275,188 +2286,500 @@
   <si>
     <t>LU0365481349</t>
   </si>
   <si>
     <t>MS INVF US VALUE FUND N (EUR)</t>
   </si>
   <si>
     <t>BAZOQO41G</t>
   </si>
   <si>
     <t>LU2620975529</t>
   </si>
   <si>
     <t>MSINVF - EMERGING MARKETS DEBT FUND NH (EUR)</t>
   </si>
   <si>
     <t>L6526U706</t>
   </si>
   <si>
     <t>LU2875870664</t>
   </si>
   <si>
     <t>BNG1P46</t>
   </si>
   <si>
+    <t>NATIONAL BAK HLD CL A</t>
+  </si>
+  <si>
+    <t>633707104</t>
+  </si>
+  <si>
+    <t>US6337071046</t>
+  </si>
+  <si>
+    <t>B888DV3</t>
+  </si>
+  <si>
+    <t>NB BANCORP INC</t>
+  </si>
+  <si>
+    <t>63945M107</t>
+  </si>
+  <si>
+    <t>US63945M1071</t>
+  </si>
+  <si>
+    <t>BQT2053</t>
+  </si>
+  <si>
+    <t>NBT BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>628778102</t>
+  </si>
+  <si>
+    <t>US6287781024</t>
+  </si>
+  <si>
+    <t>2626459</t>
+  </si>
+  <si>
+    <t>NICOLET BANKSHARES INC</t>
+  </si>
+  <si>
+    <t>65406E102</t>
+  </si>
+  <si>
+    <t>US65406E1029</t>
+  </si>
+  <si>
+    <t>2012865</t>
+  </si>
+  <si>
     <t>NLIGHT INC</t>
   </si>
   <si>
     <t>65487K100</t>
   </si>
   <si>
     <t>US65487K1007</t>
   </si>
   <si>
     <t>BFZP4R9</t>
   </si>
   <si>
     <t>NORDEA BANK ABP</t>
   </si>
   <si>
     <t>99QARETG7</t>
   </si>
   <si>
     <t>FI4000297767</t>
   </si>
   <si>
     <t>BFM0SV9</t>
   </si>
   <si>
     <t>NORDEX SE</t>
   </si>
   <si>
     <t>993312WG8</t>
   </si>
   <si>
     <t>DE000A0D6554</t>
   </si>
   <si>
     <t>B06CF71</t>
   </si>
   <si>
+    <t>NORTHEAST BANK</t>
+  </si>
+  <si>
+    <t>66405S100</t>
+  </si>
+  <si>
+    <t>US66405S1006</t>
+  </si>
+  <si>
+    <t>BJXSDM6</t>
+  </si>
+  <si>
+    <t>NORTHFIELD BANCORP INC</t>
+  </si>
+  <si>
+    <t>66611T108</t>
+  </si>
+  <si>
+    <t>US66611T1088</t>
+  </si>
+  <si>
+    <t>B8NB2R6</t>
+  </si>
+  <si>
+    <t>NORTHRIM BANCORP INC</t>
+  </si>
+  <si>
+    <t>666762109</t>
+  </si>
+  <si>
+    <t>US6667621097</t>
+  </si>
+  <si>
+    <t>2640277</t>
+  </si>
+  <si>
+    <t>NORTHWEST BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>667340103</t>
+  </si>
+  <si>
+    <t>US6673401039</t>
+  </si>
+  <si>
+    <t>B523Z73</t>
+  </si>
+  <si>
     <t>NVENT ELECTRIC PLC</t>
   </si>
   <si>
     <t>G6700G107</t>
   </si>
   <si>
     <t>IE00BDVJJQ56</t>
   </si>
   <si>
     <t>BDVJJQ5</t>
   </si>
   <si>
     <t>Net Other Assets</t>
   </si>
   <si>
     <t>XXXX2</t>
   </si>
   <si>
+    <t>OCEANFIRST FINANCIAL CORP USD:COM</t>
+  </si>
+  <si>
+    <t>675234108</t>
+  </si>
+  <si>
+    <t>US6752341080</t>
+  </si>
+  <si>
+    <t>2125901</t>
+  </si>
+  <si>
+    <t>OFG BANCORP</t>
+  </si>
+  <si>
+    <t>67103X102</t>
+  </si>
+  <si>
+    <t>PR67103X1020</t>
+  </si>
+  <si>
+    <t>B87LKR8</t>
+  </si>
+  <si>
+    <t>OLD NATIONAL BANCORP IND USD COM</t>
+  </si>
+  <si>
+    <t>680033107</t>
+  </si>
+  <si>
+    <t>US6800331075</t>
+  </si>
+  <si>
+    <t>2658441</t>
+  </si>
+  <si>
+    <t>OLD SECOND BANCORP INC DEL USD:COM</t>
+  </si>
+  <si>
+    <t>680277100</t>
+  </si>
+  <si>
+    <t>US6802771005</t>
+  </si>
+  <si>
+    <t>2658429</t>
+  </si>
+  <si>
     <t>ONDAS HOLDINGS INC</t>
   </si>
   <si>
     <t>68236H204</t>
   </si>
   <si>
     <t>US68236H2040</t>
   </si>
   <si>
     <t>BMD2S79</t>
   </si>
   <si>
+    <t>ORIGIN BANCORP INC</t>
+  </si>
+  <si>
+    <t>68621T102</t>
+  </si>
+  <si>
+    <t>US68621T1025</t>
+  </si>
+  <si>
+    <t>BDFFBM9</t>
+  </si>
+  <si>
+    <t>ORRSTOWN FINANCIAL SERVICES IN</t>
+  </si>
+  <si>
+    <t>687380105</t>
+  </si>
+  <si>
+    <t>US6873801053</t>
+  </si>
+  <si>
+    <t>B019FW2</t>
+  </si>
+  <si>
     <t>PALANTIR TECHNOLOGIES INC-A</t>
   </si>
   <si>
     <t>69608A108</t>
   </si>
   <si>
     <t>US69608A1088</t>
   </si>
   <si>
     <t>BN78DQ4</t>
   </si>
   <si>
+    <t>PARK NATIONAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>700658107</t>
+  </si>
+  <si>
+    <t>US7006581075</t>
+  </si>
+  <si>
+    <t>2673251</t>
+  </si>
+  <si>
     <t>PARKER-HANNIFIN CORP USD COM</t>
   </si>
   <si>
     <t>701094104</t>
   </si>
   <si>
     <t>US7010941042</t>
   </si>
   <si>
     <t>2671501</t>
   </si>
   <si>
     <t>PARSONS CORP</t>
   </si>
   <si>
     <t>70202L102</t>
   </si>
   <si>
     <t>US70202L1026</t>
   </si>
   <si>
     <t>BJN4N02</t>
   </si>
   <si>
+    <t>PATHWARD FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>59100U108</t>
+  </si>
+  <si>
+    <t>US59100U1088</t>
+  </si>
+  <si>
+    <t>2420316</t>
+  </si>
+  <si>
+    <t>PEAPACK GLADSTONE FINL CORP:USD COM</t>
+  </si>
+  <si>
+    <t>704699107</t>
+  </si>
+  <si>
+    <t>US7046991078</t>
+  </si>
+  <si>
+    <t>2307732</t>
+  </si>
+  <si>
+    <t>PEOPLES BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>709789101</t>
+  </si>
+  <si>
+    <t>US7097891011</t>
+  </si>
+  <si>
+    <t>2679419</t>
+  </si>
+  <si>
+    <t>PINNACLE FINANCIAL PARTNERS</t>
+  </si>
+  <si>
+    <t>72346Q104</t>
+  </si>
+  <si>
+    <t>US72346Q1040</t>
+  </si>
+  <si>
+    <t>2675097</t>
+  </si>
+  <si>
+    <t>POPULAR INC USD COM</t>
+  </si>
+  <si>
+    <t>733174700</t>
+  </si>
+  <si>
+    <t>PR7331747001</t>
+  </si>
+  <si>
+    <t>B86QM90</t>
+  </si>
+  <si>
+    <t>PREFERRED BANK LOS ANGELES</t>
+  </si>
+  <si>
+    <t>740367404</t>
+  </si>
+  <si>
+    <t>US7403674044</t>
+  </si>
+  <si>
+    <t>2763602</t>
+  </si>
+  <si>
+    <t>PROSPERITY BANCSHARES INC USD:COM</t>
+  </si>
+  <si>
+    <t>743606105</t>
+  </si>
+  <si>
+    <t>US7436061052</t>
+  </si>
+  <si>
+    <t>2310257</t>
+  </si>
+  <si>
+    <t>PROVIDENT FINANCIAL SERVICES USD COM</t>
+  </si>
+  <si>
+    <t>74386T105</t>
+  </si>
+  <si>
+    <t>US74386T1051</t>
+  </si>
+  <si>
+    <t>2171603</t>
+  </si>
+  <si>
+    <t>QCR HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>74727A104</t>
+  </si>
+  <si>
+    <t>US74727A1043</t>
+  </si>
+  <si>
+    <t>2714257</t>
+  </si>
+  <si>
     <t>QUANTA SERVICES INC USD COM</t>
   </si>
   <si>
     <t>74762E102</t>
   </si>
   <si>
     <t>US74762E1029</t>
   </si>
   <si>
     <t>2150204</t>
   </si>
   <si>
     <t>RAIFFEISEN BANK INTL</t>
   </si>
   <si>
     <t>999923UL7</t>
   </si>
   <si>
     <t>AT0000606306</t>
   </si>
   <si>
     <t>B0704T9</t>
   </si>
   <si>
     <t>RED CAT HOLDINGS INC</t>
   </si>
   <si>
     <t>75644T100</t>
   </si>
   <si>
     <t>US75644T1007</t>
   </si>
   <si>
     <t>BJBLT85</t>
   </si>
   <si>
+    <t>REGIONS FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>7591EP100</t>
+  </si>
+  <si>
+    <t>US7591EP1005</t>
+  </si>
+  <si>
+    <t>B01R311</t>
+  </si>
+  <si>
+    <t>RENASANT CORP</t>
+  </si>
+  <si>
+    <t>75970E107</t>
+  </si>
+  <si>
+    <t>US75970E1073</t>
+  </si>
+  <si>
+    <t>2670809</t>
+  </si>
+  <si>
     <t>REPLIGEN CORP USD COM</t>
   </si>
   <si>
     <t>759916109</t>
   </si>
   <si>
     <t>US7599161095</t>
   </si>
   <si>
     <t>2731654</t>
   </si>
   <si>
     <t>RHEINMETALL BERLIN EUR NPV ORD</t>
   </si>
   <si>
     <t>9900010G5</t>
   </si>
   <si>
     <t>DE0007030009</t>
   </si>
   <si>
     <t>5334588</t>
   </si>
   <si>
     <t>ROCKWELL AUTOMATION INC:USD COM</t>
@@ -1473,339 +2796,735 @@
   <si>
     <t>ROCKWOOL A/S-B SHS</t>
   </si>
   <si>
     <t>99T1X0CW0</t>
   </si>
   <si>
     <t>DK0063855168</t>
   </si>
   <si>
     <t>BRJCHK4</t>
   </si>
   <si>
     <t>RTX CORP</t>
   </si>
   <si>
     <t>75513E101</t>
   </si>
   <si>
     <t>US75513E1010</t>
   </si>
   <si>
     <t>BM5M5Y3</t>
   </si>
   <si>
+    <t>S &amp; T BANKCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>783859101</t>
+  </si>
+  <si>
+    <t>US7838591011</t>
+  </si>
+  <si>
+    <t>2781109</t>
+  </si>
+  <si>
     <t>SAAB AB-B</t>
   </si>
   <si>
     <t>999SAAB64</t>
   </si>
   <si>
     <t>SE0021921269</t>
   </si>
   <si>
     <t>BPXZH27</t>
   </si>
   <si>
     <t>SCIENCE APPLICATIONS INTERNATIONAL</t>
   </si>
   <si>
     <t>808625107</t>
   </si>
   <si>
     <t>US8086251076</t>
   </si>
   <si>
     <t>BDTZZG7</t>
   </si>
   <si>
+    <t>SEACOAST BANKING CORP OF FLA:USD COM</t>
+  </si>
+  <si>
+    <t>811707801</t>
+  </si>
+  <si>
+    <t>US8117078019</t>
+  </si>
+  <si>
+    <t>BH65L93</t>
+  </si>
+  <si>
     <t>SEMPRA ENERGY USD COM</t>
   </si>
   <si>
     <t>816851109</t>
   </si>
   <si>
     <t>US8168511090</t>
   </si>
   <si>
     <t>2138158</t>
   </si>
   <si>
+    <t>SERVISFIRST BANCSHARES INC COM STK</t>
+  </si>
+  <si>
+    <t>81768T108</t>
+  </si>
+  <si>
+    <t>US81768T1088</t>
+  </si>
+  <si>
+    <t>BMH0MP5</t>
+  </si>
+  <si>
+    <t>SHORE BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>825107105</t>
+  </si>
+  <si>
+    <t>US8251071051</t>
+  </si>
+  <si>
+    <t>2748869</t>
+  </si>
+  <si>
     <t>SIEMENS AG REGD SHS</t>
   </si>
   <si>
     <t>0D7236104</t>
   </si>
   <si>
     <t>DE0007236101</t>
   </si>
   <si>
     <t>5727973</t>
   </si>
   <si>
     <t>SIEMENS ENERGY AG</t>
   </si>
   <si>
     <t>999CBEYH1</t>
   </si>
   <si>
     <t>DE000ENER6Y0</t>
   </si>
   <si>
     <t>BMTVQK9</t>
   </si>
   <si>
+    <t>SIMMONS FIRST NATIONAL CORP CL-A:USD COM</t>
+  </si>
+  <si>
+    <t>828730200</t>
+  </si>
+  <si>
+    <t>US8287302009</t>
+  </si>
+  <si>
+    <t>2810133</t>
+  </si>
+  <si>
     <t>SOCIETE GENERALE EUR1.25 ORDS:SER A</t>
   </si>
   <si>
     <t>990002F51</t>
   </si>
   <si>
     <t>FR0000130809</t>
   </si>
   <si>
     <t>5966516</t>
   </si>
   <si>
     <t>SOLSTICE ADV MATERIALS INC</t>
   </si>
   <si>
     <t>83443Q103</t>
   </si>
   <si>
     <t>US83443Q1031</t>
   </si>
   <si>
     <t>BW2K5V7</t>
   </si>
   <si>
+    <t>SOUTHSIDE BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>84470P109</t>
+  </si>
+  <si>
+    <t>US84470P1093</t>
+  </si>
+  <si>
+    <t>2485876</t>
+  </si>
+  <si>
+    <t>SOUTHSTATE BANK CORP</t>
+  </si>
+  <si>
+    <t>84472E102</t>
+  </si>
+  <si>
+    <t>US84472E1029</t>
+  </si>
+  <si>
+    <t>BVDCQB2</t>
+  </si>
+  <si>
     <t>SPIE SA</t>
   </si>
   <si>
     <t>99A341VN5</t>
   </si>
   <si>
     <t>FR0012757854</t>
   </si>
   <si>
     <t>BYZFYS3</t>
   </si>
   <si>
     <t>SSAB AB - B SHARES</t>
   </si>
   <si>
     <t>850993106</t>
   </si>
   <si>
     <t>SE0000120669</t>
   </si>
   <si>
     <t>B17H3F6</t>
   </si>
   <si>
+    <t>STELLAR BANCORP INC</t>
+  </si>
+  <si>
+    <t>858927106</t>
+  </si>
+  <si>
+    <t>US8589271068</t>
+  </si>
+  <si>
+    <t>BQBCZY5</t>
+  </si>
+  <si>
+    <t>STOCK YARDS BANCORP INC</t>
+  </si>
+  <si>
+    <t>861025104</t>
+  </si>
+  <si>
+    <t>US8610251048</t>
+  </si>
+  <si>
+    <t>BLY2FB4</t>
+  </si>
+  <si>
+    <t>SYNOVUS FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>87161C501</t>
+  </si>
+  <si>
+    <t>US87161C5013</t>
+  </si>
+  <si>
+    <t>BMH4NJ8</t>
+  </si>
+  <si>
     <t>TELEDYNE TECHNOLOGIES INC USD:COM</t>
   </si>
   <si>
     <t>879360105</t>
   </si>
   <si>
     <t>US8793601050</t>
   </si>
   <si>
     <t>2503477</t>
   </si>
   <si>
     <t>TEREX CORP USD COM</t>
   </si>
   <si>
     <t>880779103</t>
   </si>
   <si>
     <t>US8807791038</t>
   </si>
   <si>
     <t>2884224</t>
   </si>
   <si>
+    <t>TEXAS CAPITAL BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>88224Q107</t>
+  </si>
+  <si>
+    <t>US88224Q1076</t>
+  </si>
+  <si>
+    <t>2977209</t>
+  </si>
+  <si>
+    <t>TFS FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>87240R107</t>
+  </si>
+  <si>
+    <t>US87240R1077</t>
+  </si>
+  <si>
+    <t>B1W8J67</t>
+  </si>
+  <si>
     <t>THALES CO EUR3 ORD</t>
   </si>
   <si>
     <t>990002GU5</t>
   </si>
   <si>
     <t>FR0000121329</t>
   </si>
   <si>
     <t>4162791</t>
   </si>
   <si>
+    <t>THIRD COAST BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>88422P109</t>
+  </si>
+  <si>
+    <t>US88422P1093</t>
+  </si>
+  <si>
+    <t>BL55Q42</t>
+  </si>
+  <si>
     <t>THYSSENKRUPP AG EUR NPV</t>
   </si>
   <si>
     <t>0D7500004</t>
   </si>
   <si>
     <t>DE0007500001</t>
   </si>
   <si>
     <t>5636927</t>
   </si>
   <si>
     <t>TIMKEN CO USD COM</t>
   </si>
   <si>
     <t>887389104</t>
   </si>
   <si>
     <t>US8873891043</t>
   </si>
   <si>
     <t>2892807</t>
   </si>
   <si>
-    <t>TKMS AG&amp; CO KGAA (GFR LISTING)</t>
-[...8 lines deleted...]
-    <t>BS801X7</t>
+    <t>TOMPKINS FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>890110109</t>
+  </si>
+  <si>
+    <t>US8901101092</t>
+  </si>
+  <si>
+    <t>2888613</t>
+  </si>
+  <si>
+    <t>TOWNEBANK/PORTSMOUTH VA</t>
+  </si>
+  <si>
+    <t>89214P109</t>
+  </si>
+  <si>
+    <t>US89214P1093</t>
+  </si>
+  <si>
+    <t>B018PR4</t>
   </si>
   <si>
     <t>TRANE TECHNOLOGIES PLC</t>
   </si>
   <si>
     <t>G8994E103</t>
   </si>
   <si>
     <t>IE00BK9ZQ967</t>
   </si>
   <si>
     <t>BK9ZQ96</t>
   </si>
   <si>
+    <t>TRICO BANCSHARES USD COM</t>
+  </si>
+  <si>
+    <t>896095106</t>
+  </si>
+  <si>
+    <t>US8960951064</t>
+  </si>
+  <si>
+    <t>2904133</t>
+  </si>
+  <si>
+    <t>TRIUMPH FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>89679E300</t>
+  </si>
+  <si>
+    <t>US89679E3009</t>
+  </si>
+  <si>
+    <t>BS7T2S7</t>
+  </si>
+  <si>
+    <t>TRUIST FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>89832Q109</t>
+  </si>
+  <si>
+    <t>US89832Q1094</t>
+  </si>
+  <si>
+    <t>BKP7287</t>
+  </si>
+  <si>
+    <t>TRUSTCO BANK CORP NY</t>
+  </si>
+  <si>
+    <t>898349204</t>
+  </si>
+  <si>
+    <t>US8983492047</t>
+  </si>
+  <si>
+    <t>BN0ZBP7</t>
+  </si>
+  <si>
+    <t>TRUSTMARK CORP USD COM</t>
+  </si>
+  <si>
+    <t>898402102</t>
+  </si>
+  <si>
+    <t>US8984021027</t>
+  </si>
+  <si>
+    <t>2340210</t>
+  </si>
+  <si>
     <t>TTM TECHNOLOGIES INC USD COM</t>
   </si>
   <si>
     <t>87305R109</t>
   </si>
   <si>
     <t>US87305R1095</t>
   </si>
   <si>
     <t>2635659</t>
   </si>
   <si>
+    <t>UMB FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>902788108</t>
+  </si>
+  <si>
+    <t>US9027881088</t>
+  </si>
+  <si>
+    <t>2918510</t>
+  </si>
+  <si>
     <t>UNICAJA BANCO SA</t>
   </si>
   <si>
     <t>999EQWQQ0</t>
   </si>
   <si>
     <t>ES0180907000</t>
   </si>
   <si>
     <t>BH4H4H0</t>
   </si>
   <si>
     <t>UNICREDIT SPA</t>
   </si>
   <si>
     <t>999AO14Q2</t>
   </si>
   <si>
     <t>IT0005239360</t>
   </si>
   <si>
     <t>BYMXPS7</t>
   </si>
   <si>
+    <t>UNITED BANKSHARES INC W VA USD:COM</t>
+  </si>
+  <si>
+    <t>909907107</t>
+  </si>
+  <si>
+    <t>US9099071071</t>
+  </si>
+  <si>
+    <t>2905794</t>
+  </si>
+  <si>
+    <t>UNITED COMMUNITY BANKS/GA</t>
+  </si>
+  <si>
+    <t>90984P303</t>
+  </si>
+  <si>
+    <t>US90984P3038</t>
+  </si>
+  <si>
+    <t>2862156</t>
+  </si>
+  <si>
     <t>UNITED INTERNET AG: REG SHARE</t>
   </si>
   <si>
     <t>99001WDD9</t>
   </si>
   <si>
     <t>DE0005089031</t>
   </si>
   <si>
     <t>4354134</t>
   </si>
   <si>
     <t>UNITED RENTALS INC USD COM</t>
   </si>
   <si>
     <t>911363109</t>
   </si>
   <si>
     <t>US9113631090</t>
   </si>
   <si>
     <t>2134781</t>
   </si>
   <si>
+    <t>UNIVEST FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>915271100</t>
+  </si>
+  <si>
+    <t>US9152711001</t>
+  </si>
+  <si>
+    <t>2690636</t>
+  </si>
+  <si>
+    <t>VALLEY NATIONAL BANCORP USD COM</t>
+  </si>
+  <si>
+    <t>919794107</t>
+  </si>
+  <si>
+    <t>US9197941076</t>
+  </si>
+  <si>
+    <t>2935326</t>
+  </si>
+  <si>
     <t>VOLVO AB SER B NPV</t>
   </si>
   <si>
     <t>928856301</t>
   </si>
   <si>
     <t>SE0000115446</t>
   </si>
   <si>
     <t>B1QH830</t>
   </si>
   <si>
     <t>VONTOBEL FUND - US EQUITY</t>
   </si>
   <si>
     <t>LU1787046561</t>
   </si>
   <si>
     <t>VULCAN MATERIALS CO USD COM</t>
   </si>
   <si>
     <t>929160109</t>
   </si>
   <si>
     <t>US9291601097</t>
   </si>
   <si>
     <t>2931205</t>
   </si>
   <si>
+    <t>WAFD INC</t>
+  </si>
+  <si>
+    <t>938824109</t>
+  </si>
+  <si>
+    <t>US9388241096</t>
+  </si>
+  <si>
+    <t>2941981</t>
+  </si>
+  <si>
+    <t>WASHINGTON TRUST BANCORP INC USD:COM</t>
+  </si>
+  <si>
+    <t>940610108</t>
+  </si>
+  <si>
+    <t>US9406101082</t>
+  </si>
+  <si>
+    <t>2942025</t>
+  </si>
+  <si>
+    <t>WEBSTER FINANCIAL CORP CONN USD:COM</t>
+  </si>
+  <si>
+    <t>947890109</t>
+  </si>
+  <si>
+    <t>US9478901096</t>
+  </si>
+  <si>
+    <t>2945143</t>
+  </si>
+  <si>
     <t>WELL STRAT EUR EQ-S EUR AC</t>
   </si>
   <si>
     <t>IE00B6TYHG95</t>
   </si>
   <si>
     <t>B6TYHG9</t>
+  </si>
+  <si>
+    <t>WESBANCO INC USD COM</t>
+  </si>
+  <si>
+    <t>950810101</t>
+  </si>
+  <si>
+    <t>US9508101014</t>
+  </si>
+  <si>
+    <t>2953782</t>
+  </si>
+  <si>
+    <t>WESTAMERICA BANCORPORATION USD:COM</t>
+  </si>
+  <si>
+    <t>957090103</t>
+  </si>
+  <si>
+    <t>US9570901036</t>
+  </si>
+  <si>
+    <t>2950374</t>
+  </si>
+  <si>
+    <t>WESTERN ALLIANCE BANCORP</t>
+  </si>
+  <si>
+    <t>957638109</t>
+  </si>
+  <si>
+    <t>US9576381092</t>
+  </si>
+  <si>
+    <t>B0CCGJ4</t>
+  </si>
+  <si>
+    <t>WINTRUST FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>97650W108</t>
+  </si>
+  <si>
+    <t>US97650W1080</t>
+  </si>
+  <si>
+    <t>2425258</t>
+  </si>
+  <si>
+    <t>WSFS FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>929328102</t>
+  </si>
+  <si>
+    <t>US9293281021</t>
+  </si>
+  <si>
+    <t>2940375</t>
+  </si>
+  <si>
+    <t>ZIONS BANCORP USD COM</t>
+  </si>
+  <si>
+    <t>989701107</t>
+  </si>
+  <si>
+    <t>US9897011071</t>
+  </si>
+  <si>
+    <t>2989828</t>
   </si>
   <si>
     <t>Los datos sobre posiciones se refieren al periodo iniciado en la fecha indicada y pueden cambiar. Estos valores y las asignaciones porcentuales revisten fines meramente ilustrativos y no constituyen asesoramiento de inversiones o recomendaciones con respecto a los valores o las inversiones que aquí se mencionan, no debiéndose interpretar como tales. No existe garantía alguna de que las estrategias vayan a alcanzar su objetivo. Las inversiones entrañan riesgos, incluida la posible pérdida del capital invertido. Consulte el folleto del fondo para obtener información sobre riesgos más completa.</t>
   </si>
   <si>
     <t xml:space="preserve">Antes de invertir, estudie minuciosamente el objetivo de inversión, los riesgos, las comisiones y los gastos del fondo. En los folletos figura esta y otra información sobre el fondo. Para obtener un folleto, puede descargárselo en morganstanley.com/im. Lea el folleto detenidamente antes de invertir.           </t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) es la división de gestión de activos de Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="0"/>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -2170,166 +3889,166 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E170"/>
+  <dimension ref="A1:E313"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>584</v>
+        <v>1157</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.03</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
@@ -2353,459 +4072,459 @@
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.31</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.08</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.23</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>67</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>68</v>
       </c>
       <c r="E22" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>71</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>72</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>75</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>76</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.29</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>79</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>80</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>83</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>84</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>87</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>88</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>91</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>92</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>94</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>95</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>96</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.03</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>99</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>100</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>103</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>104</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.41</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>108</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>111</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>112</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.04</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>115</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>116</v>
       </c>
       <c r="E34" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>119</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>120</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>123</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>124</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>127</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>128</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>129</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>131</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>132</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>134</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>135</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>136</v>
       </c>
       <c r="E39" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C40" t="s" s="0">
         <v>139</v>
       </c>
       <c r="D40" t="s" s="0">
         <v>140</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>142</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>143</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>144</v>
       </c>
       <c r="E41" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>146</v>
@@ -2829,2030 +4548,4461 @@
       </c>
       <c r="C43" t="s" s="0">
         <v>151</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>152</v>
       </c>
       <c r="E43" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>155</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>156</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>159</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>160</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.09</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>163</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>164</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>1.59</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C48" t="s" s="0">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D48" t="s" s="0">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C49" t="s" s="0">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D49" t="s" s="0">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C50" t="s" s="0">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D50" t="s" s="0">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C51" t="s" s="0">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D51" t="s" s="0">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C52" t="s" s="0">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D52" t="s" s="0">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C53" t="s" s="0">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D53" t="s" s="0">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E53" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C54" t="s" s="0">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D54" t="s" s="0">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C55" t="s" s="0">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C56" t="s" s="0">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C58" t="s" s="0">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D58" t="s" s="0">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C59" t="s" s="0">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E59" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C60" t="s" s="0">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D60" t="s" s="0">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C61" t="s" s="0">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D61" t="s" s="0">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C62" t="s" s="0">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D62" t="s" s="0">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C63" t="s" s="0">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E63" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>42</v>
+        <v>234</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D64" t="s" s="0">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>2.48</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C65" t="s" s="0">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D65" t="s" s="0">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="E65" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>2.54</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C67" t="s" s="0">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D67" t="s" s="0">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C68" t="s" s="0">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C69" t="s" s="0">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D69" t="s" s="0">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C70" t="s" s="0">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C71" t="s" s="0">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D71" t="s" s="0">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C73" t="s" s="0">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D73" t="s" s="0">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D75" t="s" s="0">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C76" t="s" s="0">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D76" t="s" s="0">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>18.34</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D77" t="s" s="0">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C78" t="s" s="0">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D78" t="s" s="0">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>1.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C79" t="s" s="0">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D79" t="s" s="0">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>1.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C80" t="s" s="0">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D80" t="s" s="0">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>3.68</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C81" t="s" s="0">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D81" t="s" s="0">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>4.96</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C82" t="s" s="0">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="E82" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.05</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D84" t="s" s="0">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C85" t="s" s="0">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D85" t="s" s="0">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D86" t="s" s="0">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C87" t="s" s="0">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D87" t="s" s="0">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D89" t="s" s="0">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D90" t="s" s="0">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D91" t="s" s="0">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D92" t="s" s="0">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D93" t="s" s="0">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E94" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.02</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C99" t="s" s="0">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D99" t="s" s="0">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C100" t="s" s="0">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D100" t="s" s="0">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D101" t="s" s="0">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>0.91</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>42</v>
+        <v>386</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>5.2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D103" t="s" s="0">
-        <v>42</v>
+        <v>390</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>1.51</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C104" t="s" s="0">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D104" t="s" s="0">
-        <v>42</v>
+        <v>394</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>1.31</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>42</v>
+        <v>398</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>1.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>42</v>
+        <v>402</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.78</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>42</v>
+        <v>406</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>2.19</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>42</v>
+        <v>410</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>16.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>42</v>
+        <v>414</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>3.48</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>2.51</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>42</v>
+        <v>420</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>42</v>
+        <v>422</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>5.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>42</v>
+        <v>424</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>42</v>
+        <v>426</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>3.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>42</v>
+        <v>430</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>4.52</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>418</v>
+        <v>432</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>419</v>
+        <v>433</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>420</v>
+        <v>434</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>3.31</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>421</v>
+        <v>435</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>424</v>
+        <v>438</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>426</v>
+        <v>440</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>427</v>
+        <v>441</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>428</v>
+        <v>442</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>429</v>
+        <v>443</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>430</v>
+        <v>444</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>431</v>
+        <v>445</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>432</v>
+        <v>446</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>433</v>
+        <v>447</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>435</v>
+        <v>449</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>436</v>
+        <v>450</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>438</v>
+        <v>453</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>438</v>
+        <v>454</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>-0.24</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>439</v>
+        <v>455</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>440</v>
+        <v>456</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>441</v>
+        <v>457</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>443</v>
+        <v>459</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>444</v>
+        <v>460</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>445</v>
+        <v>461</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>446</v>
+        <v>462</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>448</v>
+        <v>464</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>449</v>
+        <v>465</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>450</v>
+        <v>466</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>452</v>
+        <v>468</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>453</v>
+        <v>469</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>454</v>
+        <v>470</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>456</v>
+        <v>472</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>457</v>
+        <v>473</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>458</v>
+        <v>474</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>459</v>
+        <v>475</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>461</v>
+        <v>477</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>462</v>
+        <v>478</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>463</v>
+        <v>479</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="E126" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>468</v>
+        <v>58</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>469</v>
+        <v>484</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>470</v>
+        <v>485</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.01</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>472</v>
+        <v>487</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>473</v>
+        <v>488</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>475</v>
+        <v>490</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>477</v>
+        <v>492</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>478</v>
+        <v>493</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>481</v>
+        <v>496</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>0.03</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>483</v>
+        <v>498</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>484</v>
+        <v>499</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>485</v>
+        <v>500</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>486</v>
+        <v>501</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>487</v>
+        <v>502</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>488</v>
+        <v>503</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>491</v>
+        <v>506</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>493</v>
+        <v>508</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.02</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="E134" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>505</v>
+        <v>520</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>507</v>
+        <v>522</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="E138" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="D139" t="s" s="0">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>519</v>
+        <v>534</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>520</v>
+        <v>535</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>521</v>
+        <v>536</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>522</v>
+        <v>537</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>523</v>
+        <v>538</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>524</v>
+        <v>539</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>525</v>
+        <v>540</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>526</v>
+        <v>541</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>528</v>
+        <v>543</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>529</v>
+        <v>544</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>530</v>
+        <v>545</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>532</v>
+        <v>547</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>533</v>
+        <v>548</v>
       </c>
       <c r="D143" t="s" s="0">
-        <v>534</v>
+        <v>549</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="D145" t="s" s="0">
-        <v>542</v>
+        <v>557</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>549</v>
+        <v>564</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>550</v>
+        <v>565</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>551</v>
+        <v>566</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>552</v>
+        <v>567</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>553</v>
+        <v>568</v>
       </c>
       <c r="D148" t="s" s="0">
-        <v>554</v>
+        <v>569</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="D149" t="s" s="0">
-        <v>558</v>
+        <v>573</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.01</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>560</v>
+        <v>575</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>561</v>
+        <v>576</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>562</v>
+        <v>577</v>
       </c>
       <c r="E150" t="n" s="0">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>563</v>
+        <v>578</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>564</v>
+        <v>579</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>565</v>
+        <v>580</v>
       </c>
       <c r="D151" t="s" s="0">
-        <v>566</v>
+        <v>581</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>567</v>
+        <v>582</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>568</v>
+        <v>583</v>
       </c>
       <c r="C152" t="s" s="0">
-        <v>569</v>
+        <v>584</v>
       </c>
       <c r="D152" t="s" s="0">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.04</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>571</v>
+        <v>586</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="D153" t="s" s="0">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.07</v>
+        <v>16.38</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>42</v>
+        <v>591</v>
       </c>
       <c r="C154" t="s" s="0">
-        <v>576</v>
+        <v>592</v>
       </c>
       <c r="D154" t="s" s="0">
-        <v>42</v>
+        <v>593</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>4.98</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>577</v>
+        <v>594</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>578</v>
+        <v>595</v>
       </c>
       <c r="C155" t="s" s="0">
-        <v>579</v>
+        <v>596</v>
       </c>
       <c r="D155" t="s" s="0">
-        <v>580</v>
+        <v>597</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>0.02</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>42</v>
+        <v>599</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>582</v>
+        <v>600</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>583</v>
+        <v>601</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>2.44</v>
-[...51 lines deleted...]
-      <c r="A168" s="7" t="str">
+        <v>3.23</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="C157" t="s" s="0">
+        <v>604</v>
+      </c>
+      <c r="D157" t="s" s="0">
+        <v>605</v>
+      </c>
+      <c r="E157" t="n" s="0">
+        <v>5.1</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="C158" t="s" s="0">
+        <v>608</v>
+      </c>
+      <c r="D158" t="s" s="0">
+        <v>609</v>
+      </c>
+      <c r="E158" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="C159" t="s" s="0">
+        <v>612</v>
+      </c>
+      <c r="D159" t="s" s="0">
+        <v>613</v>
+      </c>
+      <c r="E159" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A160" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="C160" t="s" s="0">
+        <v>616</v>
+      </c>
+      <c r="D160" t="s" s="0">
+        <v>617</v>
+      </c>
+      <c r="E160" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A161" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="C161" t="s" s="0">
+        <v>620</v>
+      </c>
+      <c r="D161" t="s" s="0">
+        <v>621</v>
+      </c>
+      <c r="E161" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="162" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="C162" t="s" s="0">
+        <v>624</v>
+      </c>
+      <c r="D162" t="s" s="0">
+        <v>625</v>
+      </c>
+      <c r="E162" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="163" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="C163" t="s" s="0">
+        <v>628</v>
+      </c>
+      <c r="D163" t="s" s="0">
+        <v>629</v>
+      </c>
+      <c r="E163" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="C164" t="s" s="0">
+        <v>632</v>
+      </c>
+      <c r="D164" t="s" s="0">
+        <v>633</v>
+      </c>
+      <c r="E164" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="165" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
+        <v>634</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="C165" t="s" s="0">
+        <v>636</v>
+      </c>
+      <c r="D165" t="s" s="0">
+        <v>637</v>
+      </c>
+      <c r="E165" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="166" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A166" s="4" t="s">
+        <v>638</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="C166" t="s" s="0">
+        <v>640</v>
+      </c>
+      <c r="D166" t="s" s="0">
+        <v>641</v>
+      </c>
+      <c r="E166" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="167" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A167" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="C167" t="s" s="0">
+        <v>644</v>
+      </c>
+      <c r="D167" t="s" s="0">
+        <v>645</v>
+      </c>
+      <c r="E167" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="C168" t="s" s="0">
+        <v>648</v>
+      </c>
+      <c r="D168" t="s" s="0">
+        <v>649</v>
+      </c>
+      <c r="E168" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="C169" t="s" s="0">
+        <v>652</v>
+      </c>
+      <c r="D169" t="s" s="0">
+        <v>653</v>
+      </c>
+      <c r="E169" t="n" s="0">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A170" s="4" t="s">
+        <v>654</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="C170" t="s" s="0">
+        <v>656</v>
+      </c>
+      <c r="D170" t="s" s="0">
+        <v>657</v>
+      </c>
+      <c r="E170" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
+        <v>658</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="C171" t="s" s="0">
+        <v>660</v>
+      </c>
+      <c r="D171" t="s" s="0">
+        <v>661</v>
+      </c>
+      <c r="E171" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="172" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
+        <v>662</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="C172" t="s" s="0">
+        <v>664</v>
+      </c>
+      <c r="D172" t="s" s="0">
+        <v>665</v>
+      </c>
+      <c r="E172" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
+        <v>666</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="C173" t="s" s="0">
+        <v>668</v>
+      </c>
+      <c r="D173" t="s" s="0">
+        <v>669</v>
+      </c>
+      <c r="E173" t="n" s="0">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>670</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="C174" t="s" s="0">
+        <v>672</v>
+      </c>
+      <c r="D174" t="s" s="0">
+        <v>673</v>
+      </c>
+      <c r="E174" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>674</v>
+      </c>
+      <c r="B175" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="C175" t="s" s="0">
+        <v>676</v>
+      </c>
+      <c r="D175" t="s" s="0">
+        <v>677</v>
+      </c>
+      <c r="E175" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>678</v>
+      </c>
+      <c r="B176" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="C176" t="s" s="0">
+        <v>680</v>
+      </c>
+      <c r="D176" t="s" s="0">
+        <v>681</v>
+      </c>
+      <c r="E176" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A177" s="4" t="s">
+        <v>682</v>
+      </c>
+      <c r="B177" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="C177" t="s" s="0">
+        <v>684</v>
+      </c>
+      <c r="D177" t="s" s="0">
+        <v>685</v>
+      </c>
+      <c r="E177" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="178" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A178" s="4" t="s">
+        <v>686</v>
+      </c>
+      <c r="B178" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="C178" t="s" s="0">
+        <v>688</v>
+      </c>
+      <c r="D178" t="s" s="0">
+        <v>689</v>
+      </c>
+      <c r="E178" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="179" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A179" s="4" t="s">
+        <v>690</v>
+      </c>
+      <c r="B179" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="C179" t="s" s="0">
+        <v>692</v>
+      </c>
+      <c r="D179" t="s" s="0">
+        <v>693</v>
+      </c>
+      <c r="E179" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A180" s="4" t="s">
+        <v>694</v>
+      </c>
+      <c r="B180" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="C180" t="s" s="0">
+        <v>696</v>
+      </c>
+      <c r="D180" t="s" s="0">
+        <v>697</v>
+      </c>
+      <c r="E180" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A181" s="4" t="s">
+        <v>698</v>
+      </c>
+      <c r="B181" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="C181" t="s" s="0">
+        <v>700</v>
+      </c>
+      <c r="D181" t="s" s="0">
+        <v>701</v>
+      </c>
+      <c r="E181" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A182" s="4" t="s">
+        <v>702</v>
+      </c>
+      <c r="B182" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="C182" t="s" s="0">
+        <v>704</v>
+      </c>
+      <c r="D182" t="s" s="0">
+        <v>705</v>
+      </c>
+      <c r="E182" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="B183" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="C183" t="s" s="0">
+        <v>708</v>
+      </c>
+      <c r="D183" t="s" s="0">
+        <v>709</v>
+      </c>
+      <c r="E183" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A184" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="B184" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="C184" t="s" s="0">
+        <v>712</v>
+      </c>
+      <c r="D184" t="s" s="0">
+        <v>713</v>
+      </c>
+      <c r="E184" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A185" s="4" t="s">
+        <v>714</v>
+      </c>
+      <c r="B185" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="C185" t="s" s="0">
+        <v>716</v>
+      </c>
+      <c r="D185" t="s" s="0">
+        <v>717</v>
+      </c>
+      <c r="E185" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A186" s="4" t="s">
+        <v>718</v>
+      </c>
+      <c r="B186" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="C186" t="s" s="0">
+        <v>720</v>
+      </c>
+      <c r="D186" t="s" s="0">
+        <v>721</v>
+      </c>
+      <c r="E186" t="n" s="0">
+        <v>0.94</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A187" s="4" t="s">
+        <v>722</v>
+      </c>
+      <c r="B187" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="C187" t="s" s="0">
+        <v>724</v>
+      </c>
+      <c r="D187" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E187" t="n" s="0">
+        <v>4.77</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A188" s="4" t="s">
+        <v>725</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="C188" t="s" s="0">
+        <v>727</v>
+      </c>
+      <c r="D188" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E188" t="n" s="0">
+        <v>0.41</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A189" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="C189" t="s" s="0">
+        <v>730</v>
+      </c>
+      <c r="D189" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E189" t="n" s="0">
+        <v>3.08</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A190" s="4" t="s">
+        <v>731</v>
+      </c>
+      <c r="B190" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="C190" t="s" s="0">
+        <v>733</v>
+      </c>
+      <c r="D190" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E190" t="n" s="0">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A191" s="4" t="s">
+        <v>734</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="C191" t="s" s="0">
+        <v>736</v>
+      </c>
+      <c r="D191" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E191" t="n" s="0">
+        <v>2.26</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A192" s="4" t="s">
+        <v>737</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="C192" t="s" s="0">
+        <v>739</v>
+      </c>
+      <c r="D192" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E192" t="n" s="0">
+        <v>16.44</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A193" s="4" t="s">
+        <v>740</v>
+      </c>
+      <c r="B193" s="6" t="s">
+        <v>741</v>
+      </c>
+      <c r="C193" t="s" s="0">
+        <v>742</v>
+      </c>
+      <c r="D193" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E193" t="n" s="0">
+        <v>5.12</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="B194" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="C194" t="s" s="0">
+        <v>745</v>
+      </c>
+      <c r="D194" t="s" s="0">
+        <v>746</v>
+      </c>
+      <c r="E194" t="n" s="0">
+        <v>1.02</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A195" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="B195" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C195" t="s" s="0">
+        <v>748</v>
+      </c>
+      <c r="D195" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E195" t="n" s="0">
+        <v>4.86</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A196" s="4" t="s">
+        <v>749</v>
+      </c>
+      <c r="B196" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C196" t="s" s="0">
+        <v>750</v>
+      </c>
+      <c r="D196" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E196" t="n" s="0">
+        <v>3.29</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A197" s="4" t="s">
+        <v>751</v>
+      </c>
+      <c r="B197" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="C197" t="s" s="0">
+        <v>753</v>
+      </c>
+      <c r="D197" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E197" t="n" s="0">
+        <v>4.69</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A198" s="4" t="s">
+        <v>754</v>
+      </c>
+      <c r="B198" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="C198" t="s" s="0">
+        <v>756</v>
+      </c>
+      <c r="D198" t="s" s="0">
+        <v>757</v>
+      </c>
+      <c r="E198" t="n" s="0">
+        <v>3.43</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A199" s="4" t="s">
+        <v>758</v>
+      </c>
+      <c r="B199" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="C199" t="s" s="0">
+        <v>760</v>
+      </c>
+      <c r="D199" t="s" s="0">
+        <v>761</v>
+      </c>
+      <c r="E199" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A200" s="4" t="s">
+        <v>762</v>
+      </c>
+      <c r="B200" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="C200" t="s" s="0">
+        <v>764</v>
+      </c>
+      <c r="D200" t="s" s="0">
+        <v>765</v>
+      </c>
+      <c r="E200" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A201" s="4" t="s">
+        <v>766</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="C201" t="s" s="0">
+        <v>768</v>
+      </c>
+      <c r="D201" t="s" s="0">
+        <v>769</v>
+      </c>
+      <c r="E201" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A202" s="4" t="s">
+        <v>770</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="C202" t="s" s="0">
+        <v>772</v>
+      </c>
+      <c r="D202" t="s" s="0">
+        <v>773</v>
+      </c>
+      <c r="E202" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A203" s="4" t="s">
+        <v>774</v>
+      </c>
+      <c r="B203" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="C203" t="s" s="0">
+        <v>776</v>
+      </c>
+      <c r="D203" t="s" s="0">
+        <v>777</v>
+      </c>
+      <c r="E203" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A204" s="4" t="s">
+        <v>778</v>
+      </c>
+      <c r="B204" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="C204" t="s" s="0">
+        <v>780</v>
+      </c>
+      <c r="D204" t="s" s="0">
+        <v>781</v>
+      </c>
+      <c r="E204" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A205" s="4" t="s">
+        <v>782</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>783</v>
+      </c>
+      <c r="C205" t="s" s="0">
+        <v>784</v>
+      </c>
+      <c r="D205" t="s" s="0">
+        <v>785</v>
+      </c>
+      <c r="E205" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A206" s="4" t="s">
+        <v>786</v>
+      </c>
+      <c r="B206" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="C206" t="s" s="0">
+        <v>788</v>
+      </c>
+      <c r="D206" t="s" s="0">
+        <v>789</v>
+      </c>
+      <c r="E206" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A207" s="4" t="s">
+        <v>790</v>
+      </c>
+      <c r="B207" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="C207" t="s" s="0">
+        <v>792</v>
+      </c>
+      <c r="D207" t="s" s="0">
+        <v>793</v>
+      </c>
+      <c r="E207" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A208" s="4" t="s">
+        <v>794</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>795</v>
+      </c>
+      <c r="C208" t="s" s="0">
+        <v>796</v>
+      </c>
+      <c r="D208" t="s" s="0">
+        <v>797</v>
+      </c>
+      <c r="E208" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A209" s="4" t="s">
+        <v>798</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="C209" t="s" s="0">
+        <v>800</v>
+      </c>
+      <c r="D209" t="s" s="0">
+        <v>801</v>
+      </c>
+      <c r="E209" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A210" s="4" t="s">
+        <v>802</v>
+      </c>
+      <c r="B210" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="C210" t="s" s="0">
+        <v>804</v>
+      </c>
+      <c r="D210" t="s" s="0">
+        <v>805</v>
+      </c>
+      <c r="E210" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="211" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A211" s="4" t="s">
+        <v>806</v>
+      </c>
+      <c r="B211" s="6" t="s">
+        <v>807</v>
+      </c>
+      <c r="C211" t="s" s="0">
+        <v>807</v>
+      </c>
+      <c r="D211" t="s" s="0">
+        <v>807</v>
+      </c>
+      <c r="E211" t="n" s="0">
+        <v>-0.28</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A212" s="4" t="s">
+        <v>808</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="C212" t="s" s="0">
+        <v>810</v>
+      </c>
+      <c r="D212" t="s" s="0">
+        <v>811</v>
+      </c>
+      <c r="E212" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A213" s="4" t="s">
+        <v>812</v>
+      </c>
+      <c r="B213" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="C213" t="s" s="0">
+        <v>814</v>
+      </c>
+      <c r="D213" t="s" s="0">
+        <v>815</v>
+      </c>
+      <c r="E213" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A214" s="4" t="s">
+        <v>816</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="C214" t="s" s="0">
+        <v>818</v>
+      </c>
+      <c r="D214" t="s" s="0">
+        <v>819</v>
+      </c>
+      <c r="E214" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="215" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>820</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="C215" t="s" s="0">
+        <v>822</v>
+      </c>
+      <c r="D215" t="s" s="0">
+        <v>823</v>
+      </c>
+      <c r="E215" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="216" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A216" s="4" t="s">
+        <v>824</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="C216" t="s" s="0">
+        <v>826</v>
+      </c>
+      <c r="D216" t="s" s="0">
+        <v>827</v>
+      </c>
+      <c r="E216" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="217" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A217" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="C217" t="s" s="0">
+        <v>830</v>
+      </c>
+      <c r="D217" t="s" s="0">
+        <v>831</v>
+      </c>
+      <c r="E217" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="218" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A218" s="4" t="s">
+        <v>832</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="C218" t="s" s="0">
+        <v>834</v>
+      </c>
+      <c r="D218" t="s" s="0">
+        <v>835</v>
+      </c>
+      <c r="E218" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A219" s="4" t="s">
+        <v>836</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="C219" t="s" s="0">
+        <v>838</v>
+      </c>
+      <c r="D219" t="s" s="0">
+        <v>839</v>
+      </c>
+      <c r="E219" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="220" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A220" s="4" t="s">
+        <v>840</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>841</v>
+      </c>
+      <c r="C220" t="s" s="0">
+        <v>842</v>
+      </c>
+      <c r="D220" t="s" s="0">
+        <v>843</v>
+      </c>
+      <c r="E220" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A221" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="C221" t="s" s="0">
+        <v>846</v>
+      </c>
+      <c r="D221" t="s" s="0">
+        <v>847</v>
+      </c>
+      <c r="E221" t="n" s="0">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="222" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A222" s="4" t="s">
+        <v>848</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="C222" t="s" s="0">
+        <v>850</v>
+      </c>
+      <c r="D222" t="s" s="0">
+        <v>851</v>
+      </c>
+      <c r="E222" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="223" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A223" s="4" t="s">
+        <v>852</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="C223" t="s" s="0">
+        <v>854</v>
+      </c>
+      <c r="D223" t="s" s="0">
+        <v>855</v>
+      </c>
+      <c r="E223" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="224" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A224" s="4" t="s">
+        <v>856</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="C224" t="s" s="0">
+        <v>858</v>
+      </c>
+      <c r="D224" t="s" s="0">
+        <v>859</v>
+      </c>
+      <c r="E224" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="225" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A225" s="4" t="s">
+        <v>860</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="C225" t="s" s="0">
+        <v>862</v>
+      </c>
+      <c r="D225" t="s" s="0">
+        <v>863</v>
+      </c>
+      <c r="E225" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A226" s="4" t="s">
+        <v>864</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="C226" t="s" s="0">
+        <v>866</v>
+      </c>
+      <c r="D226" t="s" s="0">
+        <v>867</v>
+      </c>
+      <c r="E226" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="227" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A227" s="4" t="s">
+        <v>868</v>
+      </c>
+      <c r="B227" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="C227" t="s" s="0">
+        <v>870</v>
+      </c>
+      <c r="D227" t="s" s="0">
+        <v>871</v>
+      </c>
+      <c r="E227" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="228" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A228" s="4" t="s">
+        <v>872</v>
+      </c>
+      <c r="B228" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="C228" t="s" s="0">
+        <v>874</v>
+      </c>
+      <c r="D228" t="s" s="0">
+        <v>875</v>
+      </c>
+      <c r="E228" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="229" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A229" s="4" t="s">
+        <v>876</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="C229" t="s" s="0">
+        <v>878</v>
+      </c>
+      <c r="D229" t="s" s="0">
+        <v>879</v>
+      </c>
+      <c r="E229" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A230" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="B230" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="C230" t="s" s="0">
+        <v>882</v>
+      </c>
+      <c r="D230" t="s" s="0">
+        <v>883</v>
+      </c>
+      <c r="E230" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="231" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A231" s="4" t="s">
+        <v>884</v>
+      </c>
+      <c r="B231" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="C231" t="s" s="0">
+        <v>886</v>
+      </c>
+      <c r="D231" t="s" s="0">
+        <v>887</v>
+      </c>
+      <c r="E231" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="232" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A232" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="B232" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="C232" t="s" s="0">
+        <v>890</v>
+      </c>
+      <c r="D232" t="s" s="0">
+        <v>891</v>
+      </c>
+      <c r="E232" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="233" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A233" s="4" t="s">
+        <v>892</v>
+      </c>
+      <c r="B233" s="6" t="s">
+        <v>893</v>
+      </c>
+      <c r="C233" t="s" s="0">
+        <v>894</v>
+      </c>
+      <c r="D233" t="s" s="0">
+        <v>895</v>
+      </c>
+      <c r="E233" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="234" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A234" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="B234" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="C234" t="s" s="0">
+        <v>898</v>
+      </c>
+      <c r="D234" t="s" s="0">
+        <v>899</v>
+      </c>
+      <c r="E234" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="235" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A235" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="B235" s="6" t="s">
+        <v>901</v>
+      </c>
+      <c r="C235" t="s" s="0">
+        <v>902</v>
+      </c>
+      <c r="D235" t="s" s="0">
+        <v>903</v>
+      </c>
+      <c r="E235" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="236" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A236" s="4" t="s">
+        <v>904</v>
+      </c>
+      <c r="B236" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="C236" t="s" s="0">
+        <v>906</v>
+      </c>
+      <c r="D236" t="s" s="0">
+        <v>907</v>
+      </c>
+      <c r="E236" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="237" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A237" s="4" t="s">
+        <v>908</v>
+      </c>
+      <c r="B237" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="C237" t="s" s="0">
+        <v>910</v>
+      </c>
+      <c r="D237" t="s" s="0">
+        <v>911</v>
+      </c>
+      <c r="E237" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="238" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A238" s="4" t="s">
+        <v>912</v>
+      </c>
+      <c r="B238" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="C238" t="s" s="0">
+        <v>914</v>
+      </c>
+      <c r="D238" t="s" s="0">
+        <v>915</v>
+      </c>
+      <c r="E238" t="n" s="0">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A239" s="4" t="s">
+        <v>916</v>
+      </c>
+      <c r="B239" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="C239" t="s" s="0">
+        <v>918</v>
+      </c>
+      <c r="D239" t="s" s="0">
+        <v>919</v>
+      </c>
+      <c r="E239" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="240" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A240" s="4" t="s">
+        <v>920</v>
+      </c>
+      <c r="B240" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="C240" t="s" s="0">
+        <v>922</v>
+      </c>
+      <c r="D240" t="s" s="0">
+        <v>923</v>
+      </c>
+      <c r="E240" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="241" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A241" s="4" t="s">
+        <v>924</v>
+      </c>
+      <c r="B241" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="C241" t="s" s="0">
+        <v>926</v>
+      </c>
+      <c r="D241" t="s" s="0">
+        <v>927</v>
+      </c>
+      <c r="E241" t="n" s="0">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>928</v>
+      </c>
+      <c r="B242" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="C242" t="s" s="0">
+        <v>930</v>
+      </c>
+      <c r="D242" t="s" s="0">
+        <v>931</v>
+      </c>
+      <c r="E242" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
+        <v>932</v>
+      </c>
+      <c r="B243" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="C243" t="s" s="0">
+        <v>934</v>
+      </c>
+      <c r="D243" t="s" s="0">
+        <v>935</v>
+      </c>
+      <c r="E243" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="244" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A244" s="4" t="s">
+        <v>936</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="C244" t="s" s="0">
+        <v>938</v>
+      </c>
+      <c r="D244" t="s" s="0">
+        <v>939</v>
+      </c>
+      <c r="E244" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="245" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A245" s="4" t="s">
+        <v>940</v>
+      </c>
+      <c r="B245" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="C245" t="s" s="0">
+        <v>942</v>
+      </c>
+      <c r="D245" t="s" s="0">
+        <v>943</v>
+      </c>
+      <c r="E245" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="246" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A246" s="4" t="s">
+        <v>944</v>
+      </c>
+      <c r="B246" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="C246" t="s" s="0">
+        <v>946</v>
+      </c>
+      <c r="D246" t="s" s="0">
+        <v>947</v>
+      </c>
+      <c r="E246" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="247" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A247" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="B247" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="C247" t="s" s="0">
+        <v>950</v>
+      </c>
+      <c r="D247" t="s" s="0">
+        <v>951</v>
+      </c>
+      <c r="E247" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="248" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A248" s="4" t="s">
+        <v>952</v>
+      </c>
+      <c r="B248" s="6" t="s">
+        <v>953</v>
+      </c>
+      <c r="C248" t="s" s="0">
+        <v>954</v>
+      </c>
+      <c r="D248" t="s" s="0">
+        <v>955</v>
+      </c>
+      <c r="E248" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="249" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A249" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="B249" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="C249" t="s" s="0">
+        <v>958</v>
+      </c>
+      <c r="D249" t="s" s="0">
+        <v>959</v>
+      </c>
+      <c r="E249" t="n" s="0">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A250" s="4" t="s">
+        <v>960</v>
+      </c>
+      <c r="B250" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="C250" t="s" s="0">
+        <v>962</v>
+      </c>
+      <c r="D250" t="s" s="0">
+        <v>963</v>
+      </c>
+      <c r="E250" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="251" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A251" s="4" t="s">
+        <v>964</v>
+      </c>
+      <c r="B251" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="C251" t="s" s="0">
+        <v>966</v>
+      </c>
+      <c r="D251" t="s" s="0">
+        <v>967</v>
+      </c>
+      <c r="E251" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="252" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A252" s="4" t="s">
+        <v>968</v>
+      </c>
+      <c r="B252" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="C252" t="s" s="0">
+        <v>970</v>
+      </c>
+      <c r="D252" t="s" s="0">
+        <v>971</v>
+      </c>
+      <c r="E252" t="n" s="0">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="253" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A253" s="4" t="s">
+        <v>972</v>
+      </c>
+      <c r="B253" s="6" t="s">
+        <v>973</v>
+      </c>
+      <c r="C253" t="s" s="0">
+        <v>974</v>
+      </c>
+      <c r="D253" t="s" s="0">
+        <v>975</v>
+      </c>
+      <c r="E253" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="254" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A254" s="4" t="s">
+        <v>976</v>
+      </c>
+      <c r="B254" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="C254" t="s" s="0">
+        <v>978</v>
+      </c>
+      <c r="D254" t="s" s="0">
+        <v>979</v>
+      </c>
+      <c r="E254" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="255" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>980</v>
+      </c>
+      <c r="B255" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="C255" t="s" s="0">
+        <v>982</v>
+      </c>
+      <c r="D255" t="s" s="0">
+        <v>983</v>
+      </c>
+      <c r="E255" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="256" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A256" s="4" t="s">
+        <v>984</v>
+      </c>
+      <c r="B256" s="6" t="s">
+        <v>985</v>
+      </c>
+      <c r="C256" t="s" s="0">
+        <v>986</v>
+      </c>
+      <c r="D256" t="s" s="0">
+        <v>987</v>
+      </c>
+      <c r="E256" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="257" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A257" s="4" t="s">
+        <v>988</v>
+      </c>
+      <c r="B257" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="C257" t="s" s="0">
+        <v>990</v>
+      </c>
+      <c r="D257" t="s" s="0">
+        <v>991</v>
+      </c>
+      <c r="E257" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="258" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A258" s="4" t="s">
+        <v>992</v>
+      </c>
+      <c r="B258" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="C258" t="s" s="0">
+        <v>994</v>
+      </c>
+      <c r="D258" t="s" s="0">
+        <v>995</v>
+      </c>
+      <c r="E258" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="259" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A259" s="4" t="s">
+        <v>996</v>
+      </c>
+      <c r="B259" s="6" t="s">
+        <v>997</v>
+      </c>
+      <c r="C259" t="s" s="0">
+        <v>998</v>
+      </c>
+      <c r="D259" t="s" s="0">
+        <v>999</v>
+      </c>
+      <c r="E259" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="260" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A260" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B260" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C260" t="s" s="0">
+        <v>1002</v>
+      </c>
+      <c r="D260" t="s" s="0">
+        <v>1003</v>
+      </c>
+      <c r="E260" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="261" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A261" s="4" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B261" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C261" t="s" s="0">
+        <v>1006</v>
+      </c>
+      <c r="D261" t="s" s="0">
+        <v>1007</v>
+      </c>
+      <c r="E261" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="262" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A262" s="4" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B262" s="6" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C262" t="s" s="0">
+        <v>1010</v>
+      </c>
+      <c r="D262" t="s" s="0">
+        <v>1011</v>
+      </c>
+      <c r="E262" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="263" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A263" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B263" s="6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C263" t="s" s="0">
+        <v>1014</v>
+      </c>
+      <c r="D263" t="s" s="0">
+        <v>1015</v>
+      </c>
+      <c r="E263" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="264" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A264" s="4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B264" s="6" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C264" t="s" s="0">
+        <v>1018</v>
+      </c>
+      <c r="D264" t="s" s="0">
+        <v>1019</v>
+      </c>
+      <c r="E264" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A265" s="4" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B265" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C265" t="s" s="0">
+        <v>1022</v>
+      </c>
+      <c r="D265" t="s" s="0">
+        <v>1023</v>
+      </c>
+      <c r="E265" t="n" s="0">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="266" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A266" s="4" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B266" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C266" t="s" s="0">
+        <v>1026</v>
+      </c>
+      <c r="D266" t="s" s="0">
+        <v>1027</v>
+      </c>
+      <c r="E266" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="267" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A267" s="4" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B267" s="6" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C267" t="s" s="0">
+        <v>1030</v>
+      </c>
+      <c r="D267" t="s" s="0">
+        <v>1031</v>
+      </c>
+      <c r="E267" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="268" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A268" s="4" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B268" s="6" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C268" t="s" s="0">
+        <v>1034</v>
+      </c>
+      <c r="D268" t="s" s="0">
+        <v>1035</v>
+      </c>
+      <c r="E268" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="269" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A269" s="4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B269" s="6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C269" t="s" s="0">
+        <v>1038</v>
+      </c>
+      <c r="D269" t="s" s="0">
+        <v>1039</v>
+      </c>
+      <c r="E269" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A270" s="4" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B270" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C270" t="s" s="0">
+        <v>1042</v>
+      </c>
+      <c r="D270" t="s" s="0">
+        <v>1043</v>
+      </c>
+      <c r="E270" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A271" s="4" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B271" s="6" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C271" t="s" s="0">
+        <v>1046</v>
+      </c>
+      <c r="D271" t="s" s="0">
+        <v>1047</v>
+      </c>
+      <c r="E271" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="272" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A272" s="4" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B272" s="6" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C272" t="s" s="0">
+        <v>1050</v>
+      </c>
+      <c r="D272" t="s" s="0">
+        <v>1051</v>
+      </c>
+      <c r="E272" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="273" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A273" s="4" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B273" s="6" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C273" t="s" s="0">
+        <v>1054</v>
+      </c>
+      <c r="D273" t="s" s="0">
+        <v>1055</v>
+      </c>
+      <c r="E273" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="274" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A274" s="4" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B274" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C274" t="s" s="0">
+        <v>1058</v>
+      </c>
+      <c r="D274" t="s" s="0">
+        <v>1059</v>
+      </c>
+      <c r="E274" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="275" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A275" s="4" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B275" s="6" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C275" t="s" s="0">
+        <v>1062</v>
+      </c>
+      <c r="D275" t="s" s="0">
+        <v>1063</v>
+      </c>
+      <c r="E275" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="276" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A276" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B276" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C276" t="s" s="0">
+        <v>1066</v>
+      </c>
+      <c r="D276" t="s" s="0">
+        <v>1067</v>
+      </c>
+      <c r="E276" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="277" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A277" s="4" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B277" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C277" t="s" s="0">
+        <v>1070</v>
+      </c>
+      <c r="D277" t="s" s="0">
+        <v>1071</v>
+      </c>
+      <c r="E277" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="278" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A278" s="4" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B278" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C278" t="s" s="0">
+        <v>1074</v>
+      </c>
+      <c r="D278" t="s" s="0">
+        <v>1075</v>
+      </c>
+      <c r="E278" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="279" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A279" s="4" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B279" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C279" t="s" s="0">
+        <v>1078</v>
+      </c>
+      <c r="D279" t="s" s="0">
+        <v>1079</v>
+      </c>
+      <c r="E279" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="280" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A280" s="4" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B280" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C280" t="s" s="0">
+        <v>1082</v>
+      </c>
+      <c r="D280" t="s" s="0">
+        <v>1083</v>
+      </c>
+      <c r="E280" t="n" s="0">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="281" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A281" s="4" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B281" s="6" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C281" t="s" s="0">
+        <v>1086</v>
+      </c>
+      <c r="D281" t="s" s="0">
+        <v>1087</v>
+      </c>
+      <c r="E281" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="282" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A282" s="4" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B282" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C282" t="s" s="0">
+        <v>1090</v>
+      </c>
+      <c r="D282" t="s" s="0">
+        <v>1091</v>
+      </c>
+      <c r="E282" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="283" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A283" s="4" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B283" s="6" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C283" t="s" s="0">
+        <v>1094</v>
+      </c>
+      <c r="D283" t="s" s="0">
+        <v>1095</v>
+      </c>
+      <c r="E283" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="284" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A284" s="4" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B284" s="6" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C284" t="s" s="0">
+        <v>1098</v>
+      </c>
+      <c r="D284" t="s" s="0">
+        <v>1099</v>
+      </c>
+      <c r="E284" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="285" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A285" s="4" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B285" s="6" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C285" t="s" s="0">
+        <v>1102</v>
+      </c>
+      <c r="D285" t="s" s="0">
+        <v>1103</v>
+      </c>
+      <c r="E285" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A286" s="4" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B286" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C286" t="s" s="0">
+        <v>1106</v>
+      </c>
+      <c r="D286" t="s" s="0">
+        <v>1107</v>
+      </c>
+      <c r="E286" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="287" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A287" s="4" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B287" s="6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C287" t="s" s="0">
+        <v>1110</v>
+      </c>
+      <c r="D287" t="s" s="0">
+        <v>1111</v>
+      </c>
+      <c r="E287" t="n" s="0">
+        <v>0.14</v>
+      </c>
+    </row>
+    <row r="288" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A288" s="4" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B288" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C288" t="s" s="0">
+        <v>1113</v>
+      </c>
+      <c r="D288" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="E288" t="n" s="0">
+        <v>5.15</v>
+      </c>
+    </row>
+    <row r="289" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A289" s="4" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B289" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C289" t="s" s="0">
+        <v>1116</v>
+      </c>
+      <c r="D289" t="s" s="0">
+        <v>1117</v>
+      </c>
+      <c r="E289" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="290" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A290" s="4" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B290" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C290" t="s" s="0">
+        <v>1120</v>
+      </c>
+      <c r="D290" t="s" s="0">
+        <v>1121</v>
+      </c>
+      <c r="E290" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="291" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A291" s="4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B291" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C291" t="s" s="0">
+        <v>1124</v>
+      </c>
+      <c r="D291" t="s" s="0">
+        <v>1125</v>
+      </c>
+      <c r="E291" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="292" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A292" s="4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B292" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C292" t="s" s="0">
+        <v>1128</v>
+      </c>
+      <c r="D292" t="s" s="0">
+        <v>1129</v>
+      </c>
+      <c r="E292" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="293" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A293" s="4" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B293" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C293" t="s" s="0">
+        <v>1131</v>
+      </c>
+      <c r="D293" t="s" s="0">
+        <v>1132</v>
+      </c>
+      <c r="E293" t="n" s="0">
+        <v>0.94</v>
+      </c>
+    </row>
+    <row r="294" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A294" s="4" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B294" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C294" t="s" s="0">
+        <v>1135</v>
+      </c>
+      <c r="D294" t="s" s="0">
+        <v>1136</v>
+      </c>
+      <c r="E294" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="295" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A295" s="4" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B295" s="6" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C295" t="s" s="0">
+        <v>1139</v>
+      </c>
+      <c r="D295" t="s" s="0">
+        <v>1140</v>
+      </c>
+      <c r="E295" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="296" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A296" s="4" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B296" s="6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C296" t="s" s="0">
+        <v>1143</v>
+      </c>
+      <c r="D296" t="s" s="0">
+        <v>1144</v>
+      </c>
+      <c r="E296" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="297" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A297" s="4" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B297" s="6" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C297" t="s" s="0">
+        <v>1147</v>
+      </c>
+      <c r="D297" t="s" s="0">
+        <v>1148</v>
+      </c>
+      <c r="E297" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="298" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A298" s="4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B298" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C298" t="s" s="0">
+        <v>1151</v>
+      </c>
+      <c r="D298" t="s" s="0">
+        <v>1152</v>
+      </c>
+      <c r="E298" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="299" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A299" s="4" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B299" s="6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C299" t="s" s="0">
+        <v>1155</v>
+      </c>
+      <c r="D299" t="s" s="0">
+        <v>1156</v>
+      </c>
+      <c r="E299" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B304" s="2"/>
+    </row>
+    <row r="305" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A305" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B305" s="2"/>
+    </row>
+    <row r="306" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A306" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B306" s="2"/>
+    </row>
+    <row r="307" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="11" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B307" s="11"/>
+      <c r="C307" s="12"/>
+      <c r="D307" s="12"/>
+    </row>
+    <row r="308" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A308" s="10" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B308" s="9"/>
+      <c r="C308" s="9"/>
+      <c r="D308" s="9"/>
+    </row>
+    <row r="309" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A309" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B309" s="9"/>
+      <c r="C309" s="9"/>
+      <c r="D309" s="9"/>
+    </row>
+    <row r="310" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B310" s="2"/>
+    </row>
+    <row r="311" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A311" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B168" s="2"/>
-[...11 lines deleted...]
-      <c r="B170" s="2"/>
+      <c r="B311" s="2"/>
+    </row>
+    <row r="312" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A312" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B312" s="2"/>
+    </row>
+    <row r="313" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A313" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B313" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A164:D164"/>
-    <mergeCell ref="A165:D166"/>
+    <mergeCell ref="A307:D307"/>
+    <mergeCell ref="A308:D309"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>