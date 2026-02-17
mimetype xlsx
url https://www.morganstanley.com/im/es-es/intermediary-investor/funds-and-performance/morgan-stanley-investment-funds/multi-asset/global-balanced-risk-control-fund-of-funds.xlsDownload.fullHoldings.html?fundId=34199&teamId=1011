--- v1 (2025-12-19)
+++ v2 (2026-02-17)
@@ -10,271 +10,475 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1187" uniqueCount="1160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1795" uniqueCount="1768">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Global Balanced Risk Control Fund of Funds</t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 30-nov-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-ene-2026</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
     <t>1ST SOURCE CORP USD COM</t>
   </si>
   <si>
     <t>336901103</t>
   </si>
   <si>
     <t>US3369011032</t>
   </si>
   <si>
     <t>2341848</t>
   </si>
   <si>
+    <t>3M COMPANY USD COM</t>
+  </si>
+  <si>
+    <t>88579Y101</t>
+  </si>
+  <si>
+    <t>US88579Y1010</t>
+  </si>
+  <si>
+    <t>2595708</t>
+  </si>
+  <si>
+    <t>77 BANK LTD (8341)</t>
+  </si>
+  <si>
+    <t>9T8341107</t>
+  </si>
+  <si>
+    <t>JP3352000008</t>
+  </si>
+  <si>
+    <t>6804165</t>
+  </si>
+  <si>
     <t>ABB LTD CHF2.5 REGD SHS</t>
   </si>
   <si>
     <t>993930QS8</t>
   </si>
   <si>
     <t>CH0012221716</t>
   </si>
   <si>
     <t>7108899</t>
   </si>
   <si>
+    <t>ABBOTT LABS USD COM</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABBVIE INC</t>
+  </si>
+  <si>
+    <t>00287Y109</t>
+  </si>
+  <si>
+    <t>US00287Y1091</t>
+  </si>
+  <si>
+    <t>B92SR70</t>
+  </si>
+  <si>
     <t>ABN AMRO GROUP NV-CVA</t>
   </si>
   <si>
     <t>99A4FQ8W2</t>
   </si>
   <si>
     <t>NL0011540547</t>
   </si>
   <si>
     <t>BYQP136</t>
   </si>
   <si>
+    <t>ACCENTURE PLC</t>
+  </si>
+  <si>
+    <t>G1151C101</t>
+  </si>
+  <si>
+    <t>IE00B4BNMY34</t>
+  </si>
+  <si>
+    <t>B4BNMY3</t>
+  </si>
+  <si>
+    <t>ADOBE INC</t>
+  </si>
+  <si>
+    <t>00724F101</t>
+  </si>
+  <si>
+    <t>US00724F1012</t>
+  </si>
+  <si>
+    <t>2008154</t>
+  </si>
+  <si>
     <t>AEROVIRONMENT INC</t>
   </si>
   <si>
     <t>008073108</t>
   </si>
   <si>
     <t>US0080731088</t>
   </si>
   <si>
     <t>B1P5YY8</t>
   </si>
   <si>
     <t>AIB GROUP PLC</t>
   </si>
   <si>
     <t>999TA7UA9</t>
   </si>
   <si>
     <t>IE00BF0L3536</t>
   </si>
   <si>
     <t>BF0L353</t>
   </si>
   <si>
     <t>AIR PRODUCTS &amp; CHEMICALS INC USD:COM</t>
   </si>
   <si>
     <t>009158106</t>
   </si>
   <si>
     <t>US0091581068</t>
   </si>
   <si>
     <t>2011602</t>
   </si>
   <si>
+    <t>ALPHABET INC-CL A</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
     <t>ALSTOM</t>
   </si>
   <si>
     <t>993314KJ1</t>
   </si>
   <si>
     <t>FR0010220475</t>
   </si>
   <si>
     <t>B0DJ8Q5</t>
   </si>
   <si>
+    <t>ALTRIA GROUP INC USD COM</t>
+  </si>
+  <si>
+    <t>02209S103</t>
+  </si>
+  <si>
+    <t>US02209S1033</t>
+  </si>
+  <si>
+    <t>2692632</t>
+  </si>
+  <si>
     <t>AMALGAMATED FINANCIAL CORP</t>
   </si>
   <si>
     <t>022671101</t>
   </si>
   <si>
     <t>US0226711010</t>
   </si>
   <si>
     <t>BLR7B41</t>
   </si>
   <si>
     <t>AMERANT BANCORP INC CLASS A</t>
   </si>
   <si>
     <t>023576101</t>
   </si>
   <si>
     <t>US0235761014</t>
   </si>
   <si>
     <t>BKDSMB5</t>
   </si>
   <si>
+    <t>AMERICAN ELECTRIC POWER CO INC:USD COM</t>
+  </si>
+  <si>
+    <t>025537101</t>
+  </si>
+  <si>
+    <t>US0255371017</t>
+  </si>
+  <si>
+    <t>2026242</t>
+  </si>
+  <si>
+    <t>AMERICAN EXPRESS CO USD COM</t>
+  </si>
+  <si>
+    <t>025816109</t>
+  </si>
+  <si>
+    <t>US0258161092</t>
+  </si>
+  <si>
+    <t>2026082</t>
+  </si>
+  <si>
+    <t>AMERICAN TOWER CORPORATION CL-A:USD COM</t>
+  </si>
+  <si>
+    <t>03027X100</t>
+  </si>
+  <si>
+    <t>US03027X1000</t>
+  </si>
+  <si>
+    <t>B7FBFL2</t>
+  </si>
+  <si>
     <t>AMERTIS BANCORP</t>
   </si>
   <si>
     <t>03076K108</t>
   </si>
   <si>
     <t>US03076K1088</t>
   </si>
   <si>
     <t>2038849</t>
   </si>
   <si>
+    <t>AMGEN INC USD COM</t>
+  </si>
+  <si>
+    <t>031162100</t>
+  </si>
+  <si>
+    <t>US0311621009</t>
+  </si>
+  <si>
+    <t>2023607</t>
+  </si>
+  <si>
     <t>AMUNDI MSCI EMERGING MARKETS II</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>LU2573967036</t>
   </si>
   <si>
     <t>BNGDN59</t>
   </si>
   <si>
+    <t>ANALOG DEVICES INC USD COM</t>
+  </si>
+  <si>
+    <t>032654105</t>
+  </si>
+  <si>
+    <t>US0326541051</t>
+  </si>
+  <si>
+    <t>2032067</t>
+  </si>
+  <si>
+    <t>APPLIED MATERIALS INC USD COM</t>
+  </si>
+  <si>
+    <t>038222105</t>
+  </si>
+  <si>
+    <t>US0382221051</t>
+  </si>
+  <si>
+    <t>2046552</t>
+  </si>
+  <si>
     <t>ASSOCIATED BANC CORP USD COM</t>
   </si>
   <si>
     <t>045487105</t>
   </si>
   <si>
     <t>US0454871056</t>
   </si>
   <si>
     <t>2055718</t>
   </si>
   <si>
+    <t>AT&amp;T INC</t>
+  </si>
+  <si>
+    <t>00206R102</t>
+  </si>
+  <si>
+    <t>US00206R1023</t>
+  </si>
+  <si>
+    <t>2831811</t>
+  </si>
+  <si>
     <t>ATLANTIC UNION BANKSHARES CO</t>
   </si>
   <si>
     <t>04911A107</t>
   </si>
   <si>
     <t>US04911A1079</t>
   </si>
   <si>
     <t>BFZ9DB8</t>
   </si>
   <si>
     <t>ATLAS COPCO SER A SHS</t>
   </si>
   <si>
     <t>99WKGR2K1</t>
   </si>
   <si>
     <t>SE0017486889</t>
   </si>
   <si>
     <t>BLDBN41</t>
   </si>
   <si>
+    <t>AUTOMATIC DATA PROCESSING INC:USD COM</t>
+  </si>
+  <si>
+    <t>053015103</t>
+  </si>
+  <si>
+    <t>US0530151036</t>
+  </si>
+  <si>
+    <t>2065308</t>
+  </si>
+  <si>
+    <t>AVALONBAY COMMUNITIES INC REIT:USD COM</t>
+  </si>
+  <si>
+    <t>053484101</t>
+  </si>
+  <si>
+    <t>US0534841012</t>
+  </si>
+  <si>
+    <t>2131179</t>
+  </si>
+  <si>
     <t>AXOS FINANCIAL INC</t>
   </si>
   <si>
     <t>05465C100</t>
   </si>
   <si>
     <t>US05465C1009</t>
   </si>
   <si>
     <t>BGK38H3</t>
   </si>
   <si>
     <t>BANC OF CALIFORNIA INC</t>
   </si>
   <si>
     <t>05990K106</t>
   </si>
   <si>
     <t>US05990K1060</t>
   </si>
   <si>
     <t>BCD47X4</t>
   </si>
   <si>
     <t>BANCA GENERALI SPA</t>
@@ -375,74 +579,98 @@
   <si>
     <t>BANCORP INC</t>
   </si>
   <si>
     <t>05969A105</t>
   </si>
   <si>
     <t>US05969A1051</t>
   </si>
   <si>
     <t>B05BRL7</t>
   </si>
   <si>
     <t>BANK FIRST CORP</t>
   </si>
   <si>
     <t>06211J100</t>
   </si>
   <si>
     <t>US06211J1007</t>
   </si>
   <si>
     <t>BNZLBS3</t>
   </si>
   <si>
+    <t>BANK OF AMERICA CORP USD COM</t>
+  </si>
+  <si>
+    <t>060505104</t>
+  </si>
+  <si>
+    <t>US0605051046</t>
+  </si>
+  <si>
+    <t>2295677</t>
+  </si>
+  <si>
     <t>BANK OF HAWAII CORP USD COM</t>
   </si>
   <si>
     <t>062540109</t>
   </si>
   <si>
     <t>US0625401098</t>
   </si>
   <si>
     <t>2074070</t>
   </si>
   <si>
     <t>BANK OF IRELAND GROUP PLC (IRE LISTING)</t>
   </si>
   <si>
     <t>999KIE562</t>
   </si>
   <si>
     <t>IE00BD1RP616</t>
   </si>
   <si>
     <t>BD1RP61</t>
   </si>
   <si>
+    <t>BANK OF NEW YORK MELLON CORP</t>
+  </si>
+  <si>
+    <t>064058100</t>
+  </si>
+  <si>
+    <t>US0640581007</t>
+  </si>
+  <si>
+    <t>B1Z77F6</t>
+  </si>
+  <si>
     <t>BANK OZK</t>
   </si>
   <si>
     <t>06417N103</t>
   </si>
   <si>
     <t>US06417N1037</t>
   </si>
   <si>
     <t>BZ56Q65</t>
   </si>
   <si>
     <t>BANKINTER SA ESP250 REGD ORDS</t>
   </si>
   <si>
     <t>997516Z85</t>
   </si>
   <si>
     <t>ES0113679I37</t>
   </si>
   <si>
     <t>5474008</t>
   </si>
   <si>
     <t>BANKUNITED INC</t>
@@ -471,122 +699,194 @@
   <si>
     <t>BAWAG GROUP AG</t>
   </si>
   <si>
     <t>99V6Q9D04</t>
   </si>
   <si>
     <t>AT0000BAWAG2</t>
   </si>
   <si>
     <t>BZ1GZ06</t>
   </si>
   <si>
     <t>BEACON FINANCIAL CORP</t>
   </si>
   <si>
     <t>084680107</t>
   </si>
   <si>
     <t>US0846801076</t>
   </si>
   <si>
     <t>2606570</t>
   </si>
   <si>
+    <t>BECTON DICKINSON &amp; CO USD COM</t>
+  </si>
+  <si>
+    <t>075887109</t>
+  </si>
+  <si>
+    <t>US0758871091</t>
+  </si>
+  <si>
+    <t>2087807</t>
+  </si>
+  <si>
+    <t>BERKSHIRE HATHAWAY CLASS B COM</t>
+  </si>
+  <si>
+    <t>084670702</t>
+  </si>
+  <si>
+    <t>US0846707026</t>
+  </si>
+  <si>
+    <t>2073390</t>
+  </si>
+  <si>
     <t>BIGBEAR.AI HOLDINGS INC</t>
   </si>
   <si>
     <t>08975B109</t>
   </si>
   <si>
     <t>US08975B1098</t>
   </si>
   <si>
     <t>BM92RJ8</t>
   </si>
   <si>
     <t>BILFINGER BERGER SE</t>
   </si>
   <si>
     <t>9900025X1</t>
   </si>
   <si>
     <t>DE0005909006</t>
   </si>
   <si>
     <t>5117381</t>
   </si>
   <si>
+    <t>BLACKROCK INC</t>
+  </si>
+  <si>
+    <t>09290D101</t>
+  </si>
+  <si>
+    <t>US09290D1019</t>
+  </si>
+  <si>
+    <t>BMZBBT7</t>
+  </si>
+  <si>
     <t>BLACKSKY TECHNOLOGY INC</t>
   </si>
   <si>
     <t>09263B207</t>
   </si>
   <si>
     <t>US09263B2079</t>
   </si>
   <si>
     <t>BSQNQM2</t>
   </si>
   <si>
+    <t>BLACKSTONE INC</t>
+  </si>
+  <si>
+    <t>09260D107</t>
+  </si>
+  <si>
+    <t>US09260D1072</t>
+  </si>
+  <si>
+    <t>BKF2SL7</t>
+  </si>
+  <si>
     <t>BNP PARIBAS EUR2.0</t>
   </si>
   <si>
     <t>990002453</t>
   </si>
   <si>
     <t>FR0000131104</t>
   </si>
   <si>
     <t>7309681</t>
   </si>
   <si>
     <t>BOK FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>05561Q201</t>
   </si>
   <si>
     <t>US05561Q2012</t>
   </si>
   <si>
     <t>2109091</t>
   </si>
   <si>
     <t>BPER BANCA</t>
   </si>
   <si>
     <t>990003OF7</t>
   </si>
   <si>
     <t>IT0000066123</t>
   </si>
   <si>
     <t>4116099</t>
   </si>
   <si>
+    <t>BRISTOL MYERS SQUIBB USD .10 COM</t>
+  </si>
+  <si>
+    <t>110122108</t>
+  </si>
+  <si>
+    <t>US1101221083</t>
+  </si>
+  <si>
+    <t>2126335</t>
+  </si>
+  <si>
+    <t>BROWN &amp; BROWN INC USD COM</t>
+  </si>
+  <si>
+    <t>115236101</t>
+  </si>
+  <si>
+    <t>US1152361010</t>
+  </si>
+  <si>
+    <t>2692687</t>
+  </si>
+  <si>
     <t>BURKE HERBERT FINANCIAL SERVICES T</t>
   </si>
   <si>
     <t>12135Y108</t>
   </si>
   <si>
     <t>US12135Y1082</t>
   </si>
   <si>
     <t>BQ1PC32</t>
   </si>
   <si>
     <t>BUZZI SPA</t>
   </si>
   <si>
     <t>T2320M109</t>
   </si>
   <si>
     <t>IT0001347308</t>
   </si>
   <si>
     <t>5782206</t>
   </si>
   <si>
     <t>BYLINE BANCORP INC</t>
@@ -639,230 +939,398 @@
   <si>
     <t>CAIXABANK</t>
   </si>
   <si>
     <t>997517LV7</t>
   </si>
   <si>
     <t>ES0140609019</t>
   </si>
   <si>
     <t>B283W97</t>
   </si>
   <si>
     <t>CAMDEN NATIONAL CORP:USD COM</t>
   </si>
   <si>
     <t>133034108</t>
   </si>
   <si>
     <t>US1330341082</t>
   </si>
   <si>
     <t>2116659</t>
   </si>
   <si>
+    <t>CAPITAL ONE FINANCIAL CORP COM</t>
+  </si>
+  <si>
+    <t>14040H105</t>
+  </si>
+  <si>
+    <t>US14040H1059</t>
+  </si>
+  <si>
+    <t>2654461</t>
+  </si>
+  <si>
     <t>CAPITOL FEDERAL FINANCIAL INC</t>
   </si>
   <si>
     <t>14057J101</t>
   </si>
   <si>
     <t>US14057J1016</t>
   </si>
   <si>
     <t>B3KWJV0</t>
   </si>
   <si>
     <t>CARRIER GLOBAL CORP WI</t>
   </si>
   <si>
     <t>14448C104</t>
   </si>
   <si>
     <t>US14448C1045</t>
   </si>
   <si>
     <t>BK4N0D7</t>
   </si>
   <si>
     <t>CATERPILLAR INC USD COM</t>
   </si>
   <si>
     <t>149123101</t>
   </si>
   <si>
     <t>US1491231015</t>
   </si>
   <si>
     <t>2180201</t>
   </si>
   <si>
     <t>CATHAY GENERAL BANCORP INC:USD COM</t>
   </si>
   <si>
     <t>149150104</t>
   </si>
   <si>
     <t>US1491501045</t>
   </si>
   <si>
     <t>2264235</t>
   </si>
   <si>
+    <t>CENCORA INC</t>
+  </si>
+  <si>
+    <t>03073E105</t>
+  </si>
+  <si>
+    <t>US03073E1055</t>
+  </si>
+  <si>
+    <t>2795393</t>
+  </si>
+  <si>
     <t>CENTRAL PACIFIC FINANCIAL CO: USD COM</t>
   </si>
   <si>
     <t>154760409</t>
   </si>
   <si>
     <t>US1547604090</t>
   </si>
   <si>
     <t>2230946</t>
   </si>
   <si>
     <t>CHEMRING GROUP PLC</t>
   </si>
   <si>
     <t>999909VA9</t>
   </si>
   <si>
     <t>GB00B45C9X44</t>
   </si>
   <si>
     <t>B45C9X4</t>
   </si>
   <si>
+    <t>CHEVRON CORP USD COM</t>
+  </si>
+  <si>
+    <t>166764100</t>
+  </si>
+  <si>
+    <t>US1667641005</t>
+  </si>
+  <si>
+    <t>2838555</t>
+  </si>
+  <si>
+    <t>CHIBA BANK LTD (8331)</t>
+  </si>
+  <si>
+    <t>9T8331116</t>
+  </si>
+  <si>
+    <t>JP3511800009</t>
+  </si>
+  <si>
+    <t>6190563</t>
+  </si>
+  <si>
+    <t>CHUBB LTD</t>
+  </si>
+  <si>
+    <t>H1467J104</t>
+  </si>
+  <si>
+    <t>CH0044328745</t>
+  </si>
+  <si>
+    <t>B3BQMF6</t>
+  </si>
+  <si>
+    <t>CHUGIN FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99CC8BK09</t>
+  </si>
+  <si>
+    <t>JP3520700000</t>
+  </si>
+  <si>
+    <t>BP29PY8</t>
+  </si>
+  <si>
+    <t>CIGNA GROUP/THE</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
     <t>CIRCLE INTERNET GROUP INC</t>
   </si>
   <si>
     <t>172573107</t>
   </si>
   <si>
     <t>US1725731079</t>
   </si>
   <si>
     <t>BL6K237</t>
   </si>
   <si>
+    <t>CISCO SYSTEMS INC USD COM</t>
+  </si>
+  <si>
+    <t>17275R102</t>
+  </si>
+  <si>
+    <t>US17275R1023</t>
+  </si>
+  <si>
+    <t>2198163</t>
+  </si>
+  <si>
+    <t>CITIGROUP INC USD COM</t>
+  </si>
+  <si>
+    <t>172967424</t>
+  </si>
+  <si>
+    <t>US1729674242</t>
+  </si>
+  <si>
+    <t>2297907</t>
+  </si>
+  <si>
     <t>CITIZENS FINANCIAL GROUP INC</t>
   </si>
   <si>
     <t>174610105</t>
   </si>
   <si>
     <t>US1746101054</t>
   </si>
   <si>
     <t>BQRX1X3</t>
   </si>
   <si>
     <t>CITY HOLDING CO USD COM</t>
   </si>
   <si>
     <t>177835105</t>
   </si>
   <si>
     <t>US1778351056</t>
   </si>
   <si>
     <t>2161778</t>
   </si>
   <si>
+    <t>CME GROUP INC</t>
+  </si>
+  <si>
+    <t>12572Q105</t>
+  </si>
+  <si>
+    <t>US12572Q1058</t>
+  </si>
+  <si>
+    <t>2965839</t>
+  </si>
+  <si>
+    <t>CMS ENERGY CORP USD COM</t>
+  </si>
+  <si>
+    <t>125896100</t>
+  </si>
+  <si>
+    <t>US1258961002</t>
+  </si>
+  <si>
+    <t>2219224</t>
+  </si>
+  <si>
     <t>COASTAL FINANCIAL CORP</t>
   </si>
   <si>
     <t>19046P209</t>
   </si>
   <si>
     <t>US19046P2092</t>
   </si>
   <si>
     <t>BF7J9X0</t>
   </si>
   <si>
+    <t>COCA-COLA CO USD COM</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>2206657</t>
+  </si>
+  <si>
     <t>COGNEX CORP USD COM</t>
   </si>
   <si>
     <t>192422103</t>
   </si>
   <si>
     <t>US1924221039</t>
   </si>
   <si>
     <t>2208288</t>
   </si>
   <si>
     <t>COHORT PLC</t>
   </si>
   <si>
     <t>99ABYKM77</t>
   </si>
   <si>
     <t>GB00B0YD2B94</t>
   </si>
   <si>
     <t>B0YD2B9</t>
   </si>
   <si>
     <t>COINBASE GLOBAL INC</t>
   </si>
   <si>
     <t>19260Q107</t>
   </si>
   <si>
     <t>US19260Q1076</t>
   </si>
   <si>
     <t>BMC9P69</t>
   </si>
   <si>
+    <t>COLGATE-PALMOLIVE CO USD COM</t>
+  </si>
+  <si>
+    <t>194162103</t>
+  </si>
+  <si>
+    <t>US1941621039</t>
+  </si>
+  <si>
+    <t>2209106</t>
+  </si>
+  <si>
     <t>COLUMBIA BANKING SYSTEM INC USD:COM</t>
   </si>
   <si>
     <t>197236102</t>
   </si>
   <si>
     <t>US1972361026</t>
   </si>
   <si>
     <t>2176608</t>
   </si>
   <si>
     <t>COLUMBIA FINANCIAL INC</t>
   </si>
   <si>
     <t>197641103</t>
   </si>
   <si>
     <t>US1976411033</t>
   </si>
   <si>
     <t>BFMB9P3</t>
   </si>
   <si>
+    <t>COMCAST CORP USD CL-A COM</t>
+  </si>
+  <si>
+    <t>20030N101</t>
+  </si>
+  <si>
+    <t>US20030N1019</t>
+  </si>
+  <si>
+    <t>2044545</t>
+  </si>
+  <si>
     <t>COMMERCE BANKSHARES INC USD COM</t>
   </si>
   <si>
     <t>200525103</t>
   </si>
   <si>
     <t>US2005251036</t>
   </si>
   <si>
     <t>2213204</t>
   </si>
   <si>
     <t>COMMERZBANK AG DEM NPV ORDS</t>
   </si>
   <si>
     <t>999AR1JR1</t>
   </si>
   <si>
     <t>DE000CBK1001</t>
   </si>
   <si>
     <t>B90LKT4</t>
   </si>
   <si>
     <t>COMMUNITY BANCORPORATION INC USD:COM</t>
@@ -879,164 +1347,296 @@
   <si>
     <t>COMMUNITY FINANCIAL SYSTEM I</t>
   </si>
   <si>
     <t>203607106</t>
   </si>
   <si>
     <t>US2036071064</t>
   </si>
   <si>
     <t>2222062</t>
   </si>
   <si>
     <t>CONNECTONE BANCORP INC NEW COM STK</t>
   </si>
   <si>
     <t>20786W107</t>
   </si>
   <si>
     <t>US20786W1071</t>
   </si>
   <si>
     <t>BNQ4YF9</t>
   </si>
   <si>
+    <t>CONOCOPHILLIPS</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>US20825C1045</t>
+  </si>
+  <si>
+    <t>2685717</t>
+  </si>
+  <si>
+    <t>CORNING INC USD COM</t>
+  </si>
+  <si>
+    <t>219350105</t>
+  </si>
+  <si>
+    <t>US2193501051</t>
+  </si>
+  <si>
+    <t>2224701</t>
+  </si>
+  <si>
+    <t>COSTCO WHOLESALE CORP USD COM</t>
+  </si>
+  <si>
+    <t>22160K105</t>
+  </si>
+  <si>
+    <t>US22160K1051</t>
+  </si>
+  <si>
+    <t>2701271</t>
+  </si>
+  <si>
     <t>CREDIT AGRICOLE ORDS</t>
   </si>
   <si>
     <t>991970EU4</t>
   </si>
   <si>
     <t>FR0000045072</t>
   </si>
   <si>
     <t>7262610</t>
   </si>
   <si>
+    <t>CSX CORP USD COM</t>
+  </si>
+  <si>
+    <t>126408103</t>
+  </si>
+  <si>
+    <t>US1264081035</t>
+  </si>
+  <si>
+    <t>2160753</t>
+  </si>
+  <si>
     <t>CULLEN FROST BANKERS INC USD COM</t>
   </si>
   <si>
     <t>229899109</t>
   </si>
   <si>
     <t>US2298991090</t>
   </si>
   <si>
     <t>2239556</t>
   </si>
   <si>
     <t>CUMMINS INC USD COM</t>
   </si>
   <si>
     <t>231021106</t>
   </si>
   <si>
     <t>US2310211063</t>
   </si>
   <si>
     <t>2240202</t>
   </si>
   <si>
     <t>CUSTOMERS BANCORP INC</t>
   </si>
   <si>
     <t>23204G100</t>
   </si>
   <si>
     <t>US23204G1004</t>
   </si>
   <si>
     <t>B6XHXY4</t>
   </si>
   <si>
     <t>CVB FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>126600105</t>
   </si>
   <si>
     <t>US1266001056</t>
   </si>
   <si>
     <t>2160645</t>
   </si>
   <si>
+    <t>CVS HEALTH CORPORATION</t>
+  </si>
+  <si>
+    <t>126650100</t>
+  </si>
+  <si>
+    <t>US1266501006</t>
+  </si>
+  <si>
+    <t>2577609</t>
+  </si>
+  <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
+    <t>DANAHER CORP USD COM</t>
+  </si>
+  <si>
+    <t>235851102</t>
+  </si>
+  <si>
+    <t>US2358511028</t>
+  </si>
+  <si>
+    <t>2250870</t>
+  </si>
+  <si>
+    <t>DEERE &amp; CO COM</t>
+  </si>
+  <si>
+    <t>244199105</t>
+  </si>
+  <si>
+    <t>US2441991054</t>
+  </si>
+  <si>
+    <t>2261203</t>
+  </si>
+  <si>
     <t>DEUTSCHE BANK AG EUR NPV REGD:SHS</t>
   </si>
   <si>
     <t>0D5140001</t>
   </si>
   <si>
     <t>DE0005140008</t>
   </si>
   <si>
     <t>5750355</t>
   </si>
   <si>
+    <t>DIGITAL REALTY TRUST INC</t>
+  </si>
+  <si>
+    <t>253868103</t>
+  </si>
+  <si>
+    <t>US2538681030</t>
+  </si>
+  <si>
+    <t>B03GQS4</t>
+  </si>
+  <si>
     <t>DIME COMMUNITY BANCSHARES INC</t>
   </si>
   <si>
     <t>25432X102</t>
   </si>
   <si>
     <t>US25432X1028</t>
   </si>
   <si>
     <t>BMFZ702</t>
   </si>
   <si>
+    <t>DISCOVERY INC-W/I</t>
+  </si>
+  <si>
+    <t>934423104</t>
+  </si>
+  <si>
+    <t>US9344231041</t>
+  </si>
+  <si>
+    <t>BM8JYX3</t>
+  </si>
+  <si>
+    <t>DOMINION ENERGY INC</t>
+  </si>
+  <si>
+    <t>25746U109</t>
+  </si>
+  <si>
+    <t>US25746U1097</t>
+  </si>
+  <si>
+    <t>2542049</t>
+  </si>
+  <si>
     <t>DONALDSON INC USD COM</t>
   </si>
   <si>
     <t>257651109</t>
   </si>
   <si>
     <t>US2576511099</t>
   </si>
   <si>
     <t>2276467</t>
   </si>
   <si>
     <t>DOVER CORP USD COM</t>
   </si>
   <si>
     <t>260003108</t>
   </si>
   <si>
     <t>US2600031080</t>
   </si>
   <si>
     <t>2278407</t>
   </si>
   <si>
+    <t>DOW INC</t>
+  </si>
+  <si>
+    <t>260557103</t>
+  </si>
+  <si>
+    <t>US2605571031</t>
+  </si>
+  <si>
+    <t>BHXCF84</t>
+  </si>
+  <si>
     <t>E.ON SE</t>
   </si>
   <si>
     <t>999948ED0</t>
   </si>
   <si>
     <t>DE000ENAG999</t>
   </si>
   <si>
     <t>4942904</t>
   </si>
   <si>
     <t>EAGLE BANCORP INC</t>
   </si>
   <si>
     <t>268948106</t>
   </si>
   <si>
     <t>US2689481065</t>
   </si>
   <si>
     <t>2648055</t>
   </si>
   <si>
     <t>EAGLE MATERIALS INC USD COM</t>
@@ -1065,158 +1665,266 @@
   <si>
     <t>EASTERN BANKSHARES INC</t>
   </si>
   <si>
     <t>27627N105</t>
   </si>
   <si>
     <t>US27627N1054</t>
   </si>
   <si>
     <t>BMXL9H3</t>
   </si>
   <si>
     <t>EATON CORP PLC</t>
   </si>
   <si>
     <t>G29183103</t>
   </si>
   <si>
     <t>IE00B8KQN827</t>
   </si>
   <si>
     <t>B8KQN82</t>
   </si>
   <si>
+    <t>ELEVANCE HEALTH INC</t>
+  </si>
+  <si>
+    <t>036752103</t>
+  </si>
+  <si>
+    <t>US0367521038</t>
+  </si>
+  <si>
+    <t>BSPHGL4</t>
+  </si>
+  <si>
     <t>EMCOR GROUP INC USD COM</t>
   </si>
   <si>
     <t>29084Q100</t>
   </si>
   <si>
     <t>US29084Q1004</t>
   </si>
   <si>
     <t>2474164</t>
   </si>
   <si>
     <t>EMERSON ELECTRIC CO USD COM</t>
   </si>
   <si>
     <t>291011104</t>
   </si>
   <si>
     <t>US2910111044</t>
   </si>
   <si>
     <t>2313405</t>
   </si>
   <si>
+    <t>ENTERGY CORP USD COM</t>
+  </si>
+  <si>
+    <t>29364G103</t>
+  </si>
+  <si>
+    <t>US29364G1031</t>
+  </si>
+  <si>
+    <t>2317087</t>
+  </si>
+  <si>
     <t>ENTERPRISE FINANCIAL SERVICE</t>
   </si>
   <si>
     <t>293712105</t>
   </si>
   <si>
     <t>US2937121059</t>
   </si>
   <si>
     <t>2768889</t>
   </si>
   <si>
+    <t>EOG RESOURCES INC USD COM</t>
+  </si>
+  <si>
+    <t>26875P101</t>
+  </si>
+  <si>
+    <t>US26875P1012</t>
+  </si>
+  <si>
+    <t>2318024</t>
+  </si>
+  <si>
+    <t>EQUINIX INC</t>
+  </si>
+  <si>
+    <t>29444U700</t>
+  </si>
+  <si>
+    <t>US29444U7000</t>
+  </si>
+  <si>
+    <t>BVLZX12</t>
+  </si>
+  <si>
     <t>EQUITY BANCSHARES INC - CL A</t>
   </si>
   <si>
     <t>29460X109</t>
   </si>
   <si>
     <t>US29460X1090</t>
   </si>
   <si>
     <t>BYZG9Q9</t>
   </si>
   <si>
+    <t>EQUITY RESIDENTIAL:TRUST USD SHS BEN INT</t>
+  </si>
+  <si>
+    <t>29476L107</t>
+  </si>
+  <si>
+    <t>US29476L1070</t>
+  </si>
+  <si>
+    <t>2319157</t>
+  </si>
+  <si>
     <t>ERSTE GROUP BANK AG</t>
   </si>
   <si>
     <t>990003UC7</t>
   </si>
   <si>
     <t>AT0000652011</t>
   </si>
   <si>
     <t>5289837</t>
   </si>
   <si>
     <t>ESQUIRE FINANCIAL HOLDINGS I</t>
   </si>
   <si>
     <t>29667J101</t>
   </si>
   <si>
     <t>US29667J1016</t>
   </si>
   <si>
     <t>BD5G1Z5</t>
   </si>
   <si>
+    <t>EXXON MOBIL CORP USD COM</t>
+  </si>
+  <si>
+    <t>30231G102</t>
+  </si>
+  <si>
+    <t>US30231G1022</t>
+  </si>
+  <si>
+    <t>2326618</t>
+  </si>
+  <si>
     <t>F N B CORP USD COM</t>
   </si>
   <si>
     <t>302520101</t>
   </si>
   <si>
     <t>US3025201019</t>
   </si>
   <si>
     <t>2041308</t>
   </si>
   <si>
     <t>FASTENAL CO USD COM</t>
   </si>
   <si>
     <t>311900104</t>
   </si>
   <si>
     <t>US3119001044</t>
   </si>
   <si>
     <t>2332262</t>
   </si>
   <si>
     <t>FB FINANCIAL CORP</t>
   </si>
   <si>
     <t>30257X104</t>
   </si>
   <si>
     <t>US30257X1046</t>
   </si>
   <si>
     <t>BYY5Z69</t>
   </si>
   <si>
+    <t>FEDEX CORPORATION USD COM</t>
+  </si>
+  <si>
+    <t>31428X106</t>
+  </si>
+  <si>
+    <t>US31428X1063</t>
+  </si>
+  <si>
+    <t>2142784</t>
+  </si>
+  <si>
+    <t>FERGUSON ENTERPRISES INC</t>
+  </si>
+  <si>
+    <t>31488V107</t>
+  </si>
+  <si>
+    <t>US31488V1070</t>
+  </si>
+  <si>
+    <t>BS6VHW3</t>
+  </si>
+  <si>
+    <t>FIFTH THIRD BANCORP USD COM</t>
+  </si>
+  <si>
+    <t>316773100</t>
+  </si>
+  <si>
+    <t>US3167731005</t>
+  </si>
+  <si>
+    <t>2336747</t>
+  </si>
+  <si>
     <t>FINANCIAL INSTITUTIONS INC COM</t>
   </si>
   <si>
     <t>317585404</t>
   </si>
   <si>
     <t>US3175854047</t>
   </si>
   <si>
     <t>2596949</t>
   </si>
   <si>
     <t>FINECOBANK (ITA LISTING)</t>
   </si>
   <si>
     <t>99A052NX5</t>
   </si>
   <si>
     <t>IT0000072170</t>
   </si>
   <si>
     <t>BNGN9Z1</t>
   </si>
   <si>
     <t>FIRST BANCORP CORP USD COM</t>
@@ -1365,215 +2073,335 @@
   <si>
     <t>FIRSTSUN CAPITAL BANCORP</t>
   </si>
   <si>
     <t>33767U107</t>
   </si>
   <si>
     <t>US33767U1079</t>
   </si>
   <si>
     <t>BPQYJV4</t>
   </si>
   <si>
     <t>FISCHER (GEORG)-REG</t>
   </si>
   <si>
     <t>999SHFHD5</t>
   </si>
   <si>
     <t>CH1169151003</t>
   </si>
   <si>
     <t>BM8J5G3</t>
   </si>
   <si>
+    <t>FISERV INC USD COM</t>
+  </si>
+  <si>
+    <t>337738108</t>
+  </si>
+  <si>
+    <t>US3377381088</t>
+  </si>
+  <si>
+    <t>2342034</t>
+  </si>
+  <si>
     <t>FLAGSTAR FINANCIAL INC</t>
   </si>
   <si>
     <t>649445400</t>
   </si>
   <si>
     <t>US6494454001</t>
   </si>
   <si>
     <t>BT6MM39</t>
   </si>
   <si>
     <t>FLUSHING FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>343873105</t>
   </si>
   <si>
     <t>US3438731057</t>
   </si>
   <si>
     <t>2360111</t>
   </si>
   <si>
     <t>FORTIVE CORP</t>
   </si>
   <si>
     <t>34959J108</t>
   </si>
   <si>
     <t>US34959J1088</t>
   </si>
   <si>
     <t>BYT3MK1</t>
   </si>
   <si>
+    <t>FUKUOKA FINANCIAL GROUP INC (8354)</t>
+  </si>
+  <si>
+    <t>99AD1KW29</t>
+  </si>
+  <si>
+    <t>JP3805010000</t>
+  </si>
+  <si>
+    <t>B1TK1Y8</t>
+  </si>
+  <si>
     <t>FULTON FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>360271100</t>
   </si>
   <si>
     <t>US3602711000</t>
   </si>
   <si>
     <t>2356585</t>
   </si>
   <si>
     <t>GE VERNOVA LLC</t>
   </si>
   <si>
     <t>36828A101</t>
   </si>
   <si>
     <t>US36828A1016</t>
   </si>
   <si>
     <t>BP6H4Y1</t>
   </si>
   <si>
     <t>GEA GROUP AG</t>
   </si>
   <si>
     <t>990003A21</t>
   </si>
   <si>
     <t>DE0006602006</t>
   </si>
   <si>
     <t>4557104</t>
   </si>
   <si>
     <t>GEBERIT AG CHF .1 REG SHS</t>
   </si>
   <si>
     <t>997517EP8</t>
   </si>
   <si>
     <t>CH0030170408</t>
   </si>
   <si>
     <t>B1WGG93</t>
   </si>
   <si>
+    <t>GENERAL DYNAMICS CORP USD COM</t>
+  </si>
+  <si>
+    <t>369550108</t>
+  </si>
+  <si>
+    <t>US3695501086</t>
+  </si>
+  <si>
+    <t>2365161</t>
+  </si>
+  <si>
+    <t>GENERAL MILLS INC USD COM</t>
+  </si>
+  <si>
+    <t>370334104</t>
+  </si>
+  <si>
+    <t>US3703341046</t>
+  </si>
+  <si>
+    <t>2367026</t>
+  </si>
+  <si>
+    <t>GENERAL MOTORS CO</t>
+  </si>
+  <si>
+    <t>37045V100</t>
+  </si>
+  <si>
+    <t>US37045V1008</t>
+  </si>
+  <si>
+    <t>B665KZ5</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES INC USD COM</t>
+  </si>
+  <si>
+    <t>375558103</t>
+  </si>
+  <si>
+    <t>US3755581036</t>
+  </si>
+  <si>
+    <t>2369174</t>
+  </si>
+  <si>
     <t>GLACIER BANCORP INC USD COM</t>
   </si>
   <si>
     <t>37637Q105</t>
   </si>
   <si>
     <t>US37637Q1058</t>
   </si>
   <si>
     <t>2370585</t>
   </si>
   <si>
     <t>GOLDMAN SACHS CORE EQUITY PORTFOLIO EUR</t>
   </si>
   <si>
     <t>LU0280841296</t>
   </si>
   <si>
     <t>B1LHL25</t>
   </si>
   <si>
+    <t>GOLDMAN SACHS GROUP INC USD COM</t>
+  </si>
+  <si>
+    <t>38141G104</t>
+  </si>
+  <si>
+    <t>US38141G1040</t>
+  </si>
+  <si>
+    <t>2407966</t>
+  </si>
+  <si>
     <t>GRAINGER WW INC USD COM</t>
   </si>
   <si>
     <t>384802104</t>
   </si>
   <si>
     <t>US3848021040</t>
   </si>
   <si>
     <t>2380863</t>
   </si>
   <si>
     <t>GREAT SOUTHERN BANCORP INC USD:COM</t>
   </si>
   <si>
     <t>390905107</t>
   </si>
   <si>
     <t>US3909051076</t>
   </si>
   <si>
     <t>2387002</t>
   </si>
   <si>
     <t>GS JAPAN EQ PART PORT I JPY I</t>
   </si>
   <si>
     <t>99A33B2D8</t>
   </si>
   <si>
     <t>LU1217871059</t>
   </si>
   <si>
     <t>BWV62D7</t>
   </si>
   <si>
+    <t>GUNMA BANK LTD (8334)</t>
+  </si>
+  <si>
+    <t>9T8334102</t>
+  </si>
+  <si>
+    <t>JP3276400003</t>
+  </si>
+  <si>
+    <t>6398088</t>
+  </si>
+  <si>
+    <t>HACHIJUNI NAGANO BANK LTD</t>
+  </si>
+  <si>
+    <t>9T8359117</t>
+  </si>
+  <si>
+    <t>JP3769000005</t>
+  </si>
+  <si>
+    <t>6400626</t>
+  </si>
+  <si>
     <t>HANCOCK WHITNEY CORP</t>
   </si>
   <si>
     <t>410120109</t>
   </si>
   <si>
     <t>US4101201097</t>
   </si>
   <si>
     <t>2415497</t>
   </si>
   <si>
     <t>HANMI FINANCIAL CORPORATION:USD COM</t>
   </si>
   <si>
     <t>410495204</t>
   </si>
   <si>
     <t>US4104952043</t>
   </si>
   <si>
     <t>B6TPXR5</t>
   </si>
   <si>
+    <t>HCA HEALTHCARE INC</t>
+  </si>
+  <si>
+    <t>40412C101</t>
+  </si>
+  <si>
+    <t>US40412C1018</t>
+  </si>
+  <si>
+    <t>B4MGBG6</t>
+  </si>
+  <si>
     <t>HEIDELBERG MATERIALS AG</t>
   </si>
   <si>
     <t>990000W64</t>
   </si>
   <si>
     <t>DE0006047004</t>
   </si>
   <si>
     <t>5120679</t>
   </si>
   <si>
     <t>HENSOLDT AG</t>
   </si>
   <si>
     <t>99VSZSPN1</t>
   </si>
   <si>
     <t>DE000HAG0005</t>
   </si>
   <si>
     <t>BN0SDX8</t>
   </si>
   <si>
     <t>HERITAGE COMMERCE CORP</t>
@@ -1602,74 +2430,110 @@
   <si>
     <t>HILLTOP HOLDINGS INC</t>
   </si>
   <si>
     <t>432748101</t>
   </si>
   <si>
     <t>US4327481010</t>
   </si>
   <si>
     <t>2365428</t>
   </si>
   <si>
     <t>HINGHAM INSTITUTION SAVINGS USD:COM</t>
   </si>
   <si>
     <t>433323102</t>
   </si>
   <si>
     <t>US4333231029</t>
   </si>
   <si>
     <t>2428439</t>
   </si>
   <si>
+    <t>HIROGIN HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>99VT46VS3</t>
+  </si>
+  <si>
+    <t>JP3796150005</t>
+  </si>
+  <si>
+    <t>BJK6DZ6</t>
+  </si>
+  <si>
+    <t>HOKUHOKU FINANCIAL GROUP INC:(8377)</t>
+  </si>
+  <si>
+    <t>99A9D1S55</t>
+  </si>
+  <si>
+    <t>JP3842400008</t>
+  </si>
+  <si>
+    <t>6683591</t>
+  </si>
+  <si>
     <t>HOLCIM LTD</t>
   </si>
   <si>
     <t>993930TE6</t>
   </si>
   <si>
     <t>CH0012214059</t>
   </si>
   <si>
     <t>7110753</t>
   </si>
   <si>
     <t>HOME BANCSHARES INC</t>
   </si>
   <si>
     <t>436893200</t>
   </si>
   <si>
     <t>US4368932004</t>
   </si>
   <si>
     <t>B17MTL9</t>
   </si>
   <si>
+    <t>HOME DEPOT INC USD COM</t>
+  </si>
+  <si>
+    <t>437076102</t>
+  </si>
+  <si>
+    <t>US4370761029</t>
+  </si>
+  <si>
+    <t>2434209</t>
+  </si>
+  <si>
     <t>HONEYWELL INTERNATIONAL INC USD:COM</t>
   </si>
   <si>
     <t>438516106</t>
   </si>
   <si>
     <t>US4385161066</t>
   </si>
   <si>
     <t>2020459</t>
   </si>
   <si>
     <t>HOPE BANCORP INC</t>
   </si>
   <si>
     <t>43940T109</t>
   </si>
   <si>
     <t>US43940T1097</t>
   </si>
   <si>
     <t>BYN87K7</t>
   </si>
   <si>
     <t>HORIZON BANCORP INC/IN</t>
@@ -1698,206 +2562,326 @@
   <si>
     <t>HUNTINGTON BANCSHARES INC USD:COM</t>
   </si>
   <si>
     <t>446150104</t>
   </si>
   <si>
     <t>US4461501045</t>
   </si>
   <si>
     <t>2445966</t>
   </si>
   <si>
     <t>HUNTINGTON INGALLS INDUST-WI</t>
   </si>
   <si>
     <t>446413106</t>
   </si>
   <si>
     <t>US4464131063</t>
   </si>
   <si>
     <t>B40SSC9</t>
   </si>
   <si>
+    <t>ILLINOIS TOOL WORKS INC USD COM</t>
+  </si>
+  <si>
+    <t>452308109</t>
+  </si>
+  <si>
+    <t>US4523081093</t>
+  </si>
+  <si>
+    <t>2457552</t>
+  </si>
+  <si>
     <t>INDEPENDENT BANK CORP (MASS):USD COM</t>
   </si>
   <si>
     <t>453836108</t>
   </si>
   <si>
     <t>US4538361084</t>
   </si>
   <si>
     <t>2447821</t>
   </si>
   <si>
     <t>INDEPENDENT BANK CORP USD COM</t>
   </si>
   <si>
     <t>453838609</t>
   </si>
   <si>
     <t>US4538386099</t>
   </si>
   <si>
     <t>2492133</t>
   </si>
   <si>
     <t>ING GROEP NV</t>
   </si>
   <si>
     <t>999AB1A48</t>
   </si>
   <si>
     <t>NL0011821202</t>
   </si>
   <si>
     <t>BZ57390</t>
   </si>
   <si>
     <t>INGERSOLL-RAND INC</t>
   </si>
   <si>
     <t>45687V106</t>
   </si>
   <si>
     <t>US45687V1061</t>
   </si>
   <si>
     <t>BL5GZ82</t>
   </si>
   <si>
+    <t>INTEL CORP USD COM</t>
+  </si>
+  <si>
+    <t>458140100</t>
+  </si>
+  <si>
+    <t>US4581401001</t>
+  </si>
+  <si>
+    <t>2463247</t>
+  </si>
+  <si>
+    <t>INTERCONTINENTAL EXCHANGE INC</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>US45866F1049</t>
+  </si>
+  <si>
+    <t>BFSSDS9</t>
+  </si>
+  <si>
     <t>INTERNATIONAL BANCSHARES CORP:USD COM</t>
   </si>
   <si>
     <t>459044103</t>
   </si>
   <si>
     <t>US4590441030</t>
   </si>
   <si>
     <t>2243911</t>
   </si>
   <si>
+    <t>INTERNATIONAL BUSINESS MACHINES:CORP USD COM</t>
+  </si>
+  <si>
+    <t>459200101</t>
+  </si>
+  <si>
+    <t>US4592001014</t>
+  </si>
+  <si>
+    <t>2005973</t>
+  </si>
+  <si>
     <t>INTESA SANPAOLO SPA</t>
   </si>
   <si>
     <t>990003BB0</t>
   </si>
   <si>
     <t>IT0000072618</t>
   </si>
   <si>
     <t>4076836</t>
   </si>
   <si>
+    <t>INTUIT INC USD COM</t>
+  </si>
+  <si>
+    <t>461202103</t>
+  </si>
+  <si>
+    <t>US4612021034</t>
+  </si>
+  <si>
+    <t>2459020</t>
+  </si>
+  <si>
     <t>INVESCO S&amp;P 500 ACC</t>
   </si>
   <si>
     <t>99ALBS929</t>
   </si>
   <si>
     <t>IE00B3YCGJ38</t>
   </si>
   <si>
     <t>B540668</t>
   </si>
   <si>
     <t>IPG PHOTONICS CORP</t>
   </si>
   <si>
     <t>44980X109</t>
   </si>
   <si>
     <t>US44980X1090</t>
   </si>
   <si>
     <t>2698782</t>
   </si>
   <si>
     <t>ISHARES CORE MSCI EMIMI U(ITA LISTING)</t>
   </si>
   <si>
     <t>99A0BJL96</t>
   </si>
   <si>
     <t>IE00BKM4GZ66</t>
   </si>
   <si>
     <t>BNZC4W1</t>
   </si>
   <si>
-    <t>ISHARES EUR GOVT BOND 1-3YR UCITS ETF EUR ACC</t>
-[...8 lines deleted...]
-    <t>B3VTMJ9</t>
+    <t>ISHARES CORE MSCI EUROPE ACC</t>
+  </si>
+  <si>
+    <t>99AKHNS17</t>
+  </si>
+  <si>
+    <t>IE00B4K48X80</t>
+  </si>
+  <si>
+    <t>B581DK0</t>
   </si>
   <si>
     <t>ISHARES USD TIPS EUR-H ACC</t>
   </si>
   <si>
     <t>99V90F0W6</t>
   </si>
   <si>
     <t>IE00BDZVH966</t>
   </si>
   <si>
     <t>BG1V2G3</t>
   </si>
   <si>
+    <t>ISHRS BRZL LB GB UCITS ETF</t>
+  </si>
+  <si>
+    <t>D3R043100</t>
+  </si>
+  <si>
+    <t>DE000A2QP4D2</t>
+  </si>
+  <si>
+    <t>BSTRKZ2</t>
+  </si>
+  <si>
+    <t>IYOGIN HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>99CC8BJY7</t>
+  </si>
+  <si>
+    <t>JP3149700001</t>
+  </si>
+  <si>
+    <t>BP38QH4</t>
+  </si>
+  <si>
     <t>JACOBS SOLUTIONS INC</t>
   </si>
   <si>
     <t>46982L108</t>
   </si>
   <si>
     <t>US46982L1089</t>
   </si>
   <si>
     <t>BNGC0D3</t>
   </si>
   <si>
+    <t>JAPAN POST BANK CO LTD</t>
+  </si>
+  <si>
+    <t>99A45Z548</t>
+  </si>
+  <si>
+    <t>JP3946750001</t>
+  </si>
+  <si>
+    <t>BYT8165</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON USD COM</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
     <t>JOHNSON CONTROLS INTERNATIONAL</t>
   </si>
   <si>
     <t>G51502105</t>
   </si>
   <si>
     <t>IE00BY7QL619</t>
   </si>
   <si>
     <t>BY7QL61</t>
   </si>
   <si>
+    <t>JPMORGAN CHASE &amp; CO USD COM</t>
+  </si>
+  <si>
+    <t>46625H100</t>
+  </si>
+  <si>
+    <t>US46625H1005</t>
+  </si>
+  <si>
+    <t>2190385</t>
+  </si>
+  <si>
     <t>KARMAN HOLDINGS INC</t>
   </si>
   <si>
     <t>485924104</t>
   </si>
   <si>
     <t>US4859241048</t>
   </si>
   <si>
     <t>BTRFVH4</t>
   </si>
   <si>
     <t>KBC ANCORA</t>
   </si>
   <si>
     <t>999941JK4</t>
   </si>
   <si>
     <t>BE0003867844</t>
   </si>
   <si>
     <t>B1YWXY3</t>
   </si>
   <si>
     <t>KBC GROUP NV</t>
@@ -1914,134 +2898,194 @@
   <si>
     <t>KEARNY FINANCIAL CORP/MD</t>
   </si>
   <si>
     <t>48716P108</t>
   </si>
   <si>
     <t>US48716P1084</t>
   </si>
   <si>
     <t>BY3H7G0</t>
   </si>
   <si>
     <t>KENNAMETAL INC USD COM</t>
   </si>
   <si>
     <t>489170100</t>
   </si>
   <si>
     <t>US4891701009</t>
   </si>
   <si>
     <t>2488121</t>
   </si>
   <si>
+    <t>KEYSIGHT TECHNOLOGIES INC</t>
+  </si>
+  <si>
+    <t>49338L103</t>
+  </si>
+  <si>
+    <t>US49338L1035</t>
+  </si>
+  <si>
+    <t>BQZJ0Q9</t>
+  </si>
+  <si>
+    <t>KIMBERLY-CLARK CORP USD COM</t>
+  </si>
+  <si>
+    <t>494368103</t>
+  </si>
+  <si>
+    <t>US4943681035</t>
+  </si>
+  <si>
+    <t>2491839</t>
+  </si>
+  <si>
     <t>KINGSPAN GROUP PLC</t>
   </si>
   <si>
     <t>9900028V2</t>
   </si>
   <si>
     <t>IE0004927939</t>
   </si>
   <si>
     <t>4491235</t>
   </si>
   <si>
     <t>KION GROUP AG (GFR LISTING)</t>
   </si>
   <si>
     <t>999Q84V63</t>
   </si>
   <si>
     <t>DE000KGX8881</t>
   </si>
   <si>
     <t>BB22L96</t>
   </si>
   <si>
+    <t>KKR &amp; CO INC -A</t>
+  </si>
+  <si>
+    <t>48251W104</t>
+  </si>
+  <si>
+    <t>US48251W1045</t>
+  </si>
+  <si>
+    <t>BG1FRR1</t>
+  </si>
+  <si>
     <t>KNORR-BREMSE AG</t>
   </si>
   <si>
     <t>99VDDSTR5</t>
   </si>
   <si>
     <t>DE000KBX1006</t>
   </si>
   <si>
     <t>BD2P9X9</t>
   </si>
   <si>
     <t>KRATOS DEFENSE &amp; SECURITY</t>
   </si>
   <si>
     <t>50077B207</t>
   </si>
   <si>
     <t>US50077B2079</t>
   </si>
   <si>
     <t>2512149</t>
   </si>
   <si>
+    <t>KYUSHU FINANCIAL HOLDINGS IN</t>
+  </si>
+  <si>
+    <t>99A41YHD2</t>
+  </si>
+  <si>
+    <t>JP3246500007</t>
+  </si>
+  <si>
+    <t>BYZ5XN1</t>
+  </si>
+  <si>
     <t>L3HARRIS TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>502431109</t>
   </si>
   <si>
     <t>US5024311095</t>
   </si>
   <si>
     <t>BK9DTN5</t>
   </si>
   <si>
     <t>LAKELAND FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>511656100</t>
   </si>
   <si>
     <t>US5116561003</t>
   </si>
   <si>
     <t>2537528</t>
   </si>
   <si>
     <t>LEIDOS HOLDINGS INC</t>
   </si>
   <si>
     <t>525327102</t>
   </si>
   <si>
     <t>US5253271028</t>
   </si>
   <si>
     <t>BDV82B8</t>
   </si>
   <si>
+    <t>LENNAR CORP CL A COM</t>
+  </si>
+  <si>
+    <t>526057104</t>
+  </si>
+  <si>
+    <t>US5260571048</t>
+  </si>
+  <si>
+    <t>2511920</t>
+  </si>
+  <si>
     <t>LEONARDO DRS INC</t>
   </si>
   <si>
     <t>52661A108</t>
   </si>
   <si>
     <t>US52661A1088</t>
   </si>
   <si>
     <t>BNSNZQ2</t>
   </si>
   <si>
     <t>LEONARDO SPA</t>
   </si>
   <si>
     <t>999636IH8</t>
   </si>
   <si>
     <t>IT0003856405</t>
   </si>
   <si>
     <t>B0DJNG0</t>
   </si>
   <si>
     <t>LINCOLN ELECTRIC HOLDINGS INC:USD COM</t>
@@ -2058,374 +3102,617 @@
   <si>
     <t>LINDE PLC</t>
   </si>
   <si>
     <t>G54950103</t>
   </si>
   <si>
     <t>IE000S9YS762</t>
   </si>
   <si>
     <t>BNZHB81</t>
   </si>
   <si>
     <t>LIVE OAK BANCSHARES INC</t>
   </si>
   <si>
     <t>53803X105</t>
   </si>
   <si>
     <t>US53803X1054</t>
   </si>
   <si>
     <t>BYN5Z59</t>
   </si>
   <si>
+    <t>LOWE'S COMPANIES INC USD COM</t>
+  </si>
+  <si>
+    <t>548661107</t>
+  </si>
+  <si>
+    <t>US5486611073</t>
+  </si>
+  <si>
+    <t>2536763</t>
+  </si>
+  <si>
     <t>M &amp; T BANK CORP USD COM</t>
   </si>
   <si>
     <t>55261F104</t>
   </si>
   <si>
     <t>US55261F1049</t>
   </si>
   <si>
     <t>2340168</t>
   </si>
   <si>
+    <t>MARATHON PETROLEUM CORP</t>
+  </si>
+  <si>
+    <t>56585A102</t>
+  </si>
+  <si>
+    <t>US56585A1025</t>
+  </si>
+  <si>
+    <t>B3K3L40</t>
+  </si>
+  <si>
+    <t>MARSH &amp; MCLENNAN COS INC USD COM</t>
+  </si>
+  <si>
+    <t>571748102</t>
+  </si>
+  <si>
+    <t>US5717481023</t>
+  </si>
+  <si>
+    <t>2567741</t>
+  </si>
+  <si>
     <t>MARTIN MARIETTA MATERIALS INC:USD COM</t>
   </si>
   <si>
     <t>573284106</t>
   </si>
   <si>
     <t>US5732841060</t>
   </si>
   <si>
     <t>2572079</t>
   </si>
   <si>
+    <t>MCDONALDS CORP USD COM</t>
+  </si>
+  <si>
+    <t>580135101</t>
+  </si>
+  <si>
+    <t>US5801351017</t>
+  </si>
+  <si>
+    <t>2550707</t>
+  </si>
+  <si>
+    <t>MEBUKI FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99AY9DHV4</t>
+  </si>
+  <si>
+    <t>JP3117700009</t>
+  </si>
+  <si>
+    <t>BH0VTS2</t>
+  </si>
+  <si>
+    <t>MEDTRONIC PLC</t>
+  </si>
+  <si>
+    <t>G5960L103</t>
+  </si>
+  <si>
+    <t>IE00BTN1Y115</t>
+  </si>
+  <si>
+    <t>BTN1Y11</t>
+  </si>
+  <si>
     <t>MERCANTILE BANK CORP</t>
   </si>
   <si>
     <t>587376104</t>
   </si>
   <si>
     <t>US5873761044</t>
   </si>
   <si>
     <t>2620257</t>
   </si>
   <si>
+    <t>MERCK &amp; CO INC USD COM</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
     <t>MERCURY SYSTEMS INC USD:COM</t>
   </si>
   <si>
     <t>589378108</t>
   </si>
   <si>
     <t>US5893781089</t>
   </si>
   <si>
     <t>2144047</t>
   </si>
   <si>
+    <t>META PLATFORMS INC</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>METLIFE INC USD COM</t>
+  </si>
+  <si>
+    <t>59156R108</t>
+  </si>
+  <si>
+    <t>US59156R1086</t>
+  </si>
+  <si>
+    <t>2573209</t>
+  </si>
+  <si>
     <t>METROPOLITAN BANK HOLDING CO</t>
   </si>
   <si>
     <t>591774104</t>
   </si>
   <si>
     <t>US5917741044</t>
   </si>
   <si>
     <t>BDBRDR8</t>
   </si>
   <si>
+    <t>MICRON TECHNOLOGY INC USD COM</t>
+  </si>
+  <si>
+    <t>595112103</t>
+  </si>
+  <si>
+    <t>US5951121038</t>
+  </si>
+  <si>
+    <t>2588184</t>
+  </si>
+  <si>
     <t>MID PENN BANCORP INC</t>
   </si>
   <si>
     <t>59540G107</t>
   </si>
   <si>
     <t>US59540G1076</t>
   </si>
   <si>
     <t>2618348</t>
   </si>
   <si>
     <t>MIDLAND STATES BANCORP INC</t>
   </si>
   <si>
     <t>597742105</t>
   </si>
   <si>
     <t>US5977421057</t>
   </si>
   <si>
     <t>B6VRG58</t>
   </si>
   <si>
     <t>MIDWESTONE FINANCIAL GROUP I</t>
   </si>
   <si>
     <t>598511103</t>
   </si>
   <si>
     <t>US5985111039</t>
   </si>
   <si>
     <t>2987178</t>
   </si>
   <si>
     <t>MIRION TECHNOLOGIES INC</t>
   </si>
   <si>
     <t>60471A101</t>
   </si>
   <si>
     <t>US60471A1016</t>
   </si>
   <si>
     <t>BMG3PQ7</t>
   </si>
   <si>
+    <t>MIZUHO FINANCIAL GROUP INC(8411)</t>
+  </si>
+  <si>
+    <t>99A94WZX8</t>
+  </si>
+  <si>
+    <t>JP3885780001</t>
+  </si>
+  <si>
+    <t>6591014</t>
+  </si>
+  <si>
+    <t>MONDELEZ INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>609207105</t>
+  </si>
+  <si>
+    <t>US6092071058</t>
+  </si>
+  <si>
+    <t>B8CKK03</t>
+  </si>
+  <si>
     <t>MORGAN ST-EURO CORP BD-N</t>
   </si>
   <si>
     <t>L6523F702</t>
   </si>
   <si>
     <t>LU0365458107</t>
   </si>
   <si>
     <t>B4XFSK5</t>
   </si>
   <si>
     <t>MORGAN ST-US GROWTH FD-NEUR</t>
   </si>
   <si>
     <t>MSUSGNUEU</t>
   </si>
   <si>
     <t>LU0365479442</t>
   </si>
   <si>
-    <t>MORGAN STANLEY INVESTMENT FUNDS - EUROPEAN HIGH YIELD BOND FUND</t>
-[...7 lines deleted...]
-  <si>
     <t>MORGAN STANLEY INVESTMENT FUNDS - SHORT MATURITY EURO BOND</t>
   </si>
   <si>
     <t>L6523D558</t>
   </si>
   <si>
     <t>LU0365449965</t>
   </si>
   <si>
     <t>MORGAN STANLEY INVESTMENT FUNDS US DOLLAR CORPORATE BOND FUND</t>
   </si>
   <si>
     <t>L6487L471</t>
   </si>
   <si>
     <t>LU2190497227</t>
   </si>
   <si>
+    <t>MS INVF EUROPE OPPORTUNITY FUND</t>
+  </si>
+  <si>
+    <t>L64874362</t>
+  </si>
+  <si>
+    <t>LU1387591727</t>
+  </si>
+  <si>
+    <t>BD2MJ85</t>
+  </si>
+  <si>
     <t>MS INVF GLOBAL ASSET BACKED SEC FUND NH1 (EUR)</t>
   </si>
   <si>
     <t>L65171834</t>
   </si>
   <si>
     <t>LU2646746037</t>
   </si>
   <si>
     <t>MS INVF GLOBAL BD NH1 (EUR)</t>
   </si>
   <si>
     <t>L65171826</t>
   </si>
   <si>
     <t>LU2646745906</t>
   </si>
   <si>
+    <t>MS INVF GLOBAL BRANDS FUND CL N EUR</t>
+  </si>
+  <si>
+    <t>KKQYWW39R</t>
+  </si>
+  <si>
+    <t>LU0365482156</t>
+  </si>
+  <si>
     <t>MS INVF GLOBAL FI OPP FUND SC NH</t>
   </si>
   <si>
     <t>L65229236</t>
   </si>
   <si>
     <t>LU0712124246</t>
   </si>
   <si>
     <t>MS INVF GLOBAL HIGH YIELD BOND FUND NH1 (EUR)</t>
   </si>
   <si>
     <t>L6486L787</t>
   </si>
   <si>
     <t>LU2759982734</t>
   </si>
   <si>
     <t>BMCYVV1</t>
   </si>
   <si>
     <t>MS INVF GLOBAL OPPORTUNITY FUND SC N EUR</t>
   </si>
   <si>
     <t>LU1149983899</t>
   </si>
   <si>
     <t>MS INVF SUSTAINABLE EMERGING MARKETS EQUITY FUND CL N EUR</t>
   </si>
   <si>
     <t>LU0365481349</t>
   </si>
   <si>
-    <t>MS INVF US VALUE FUND N (EUR)</t>
-[...7 lines deleted...]
-  <si>
     <t>MSINVF - EMERGING MARKETS DEBT FUND NH (EUR)</t>
   </si>
   <si>
     <t>L6526U706</t>
   </si>
   <si>
     <t>LU2875870664</t>
   </si>
   <si>
     <t>BNG1P46</t>
   </si>
   <si>
+    <t>NASDAQ INC</t>
+  </si>
+  <si>
+    <t>631103108</t>
+  </si>
+  <si>
+    <t>US6311031081</t>
+  </si>
+  <si>
+    <t>2965107</t>
+  </si>
+  <si>
     <t>NATIONAL BAK HLD CL A</t>
   </si>
   <si>
     <t>633707104</t>
   </si>
   <si>
     <t>US6337071046</t>
   </si>
   <si>
     <t>B888DV3</t>
   </si>
   <si>
     <t>NB BANCORP INC</t>
   </si>
   <si>
     <t>63945M107</t>
   </si>
   <si>
     <t>US63945M1071</t>
   </si>
   <si>
     <t>BQT2053</t>
   </si>
   <si>
     <t>NBT BANCORP INC USD COM</t>
   </si>
   <si>
     <t>628778102</t>
   </si>
   <si>
     <t>US6287781024</t>
   </si>
   <si>
     <t>2626459</t>
   </si>
   <si>
+    <t>NEWMONT CORP</t>
+  </si>
+  <si>
+    <t>651639106</t>
+  </si>
+  <si>
+    <t>US6516391066</t>
+  </si>
+  <si>
+    <t>2636607</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY INC</t>
+  </si>
+  <si>
+    <t>65339F101</t>
+  </si>
+  <si>
+    <t>US65339F1012</t>
+  </si>
+  <si>
+    <t>2328915</t>
+  </si>
+  <si>
     <t>NICOLET BANKSHARES INC</t>
   </si>
   <si>
     <t>65406E102</t>
   </si>
   <si>
     <t>US65406E1029</t>
   </si>
   <si>
     <t>2012865</t>
   </si>
   <si>
+    <t>NIKE INC USD CL-B COM</t>
+  </si>
+  <si>
+    <t>654106103</t>
+  </si>
+  <si>
+    <t>US6541061031</t>
+  </si>
+  <si>
+    <t>2640147</t>
+  </si>
+  <si>
+    <t>NISHI-NIPPON FINANCIAL HOLDI</t>
+  </si>
+  <si>
+    <t>99V1DKZB6</t>
+  </si>
+  <si>
+    <t>JP3658850007</t>
+  </si>
+  <si>
+    <t>BD57ZM3</t>
+  </si>
+  <si>
+    <t>NISOURCE INC USD COM</t>
+  </si>
+  <si>
+    <t>65473P105</t>
+  </si>
+  <si>
+    <t>US65473P1057</t>
+  </si>
+  <si>
+    <t>2645409</t>
+  </si>
+  <si>
     <t>NLIGHT INC</t>
   </si>
   <si>
     <t>65487K100</t>
   </si>
   <si>
     <t>US65487K1007</t>
   </si>
   <si>
     <t>BFZP4R9</t>
   </si>
   <si>
     <t>NORDEA BANK ABP</t>
   </si>
   <si>
     <t>99QARETG7</t>
   </si>
   <si>
     <t>FI4000297767</t>
   </si>
   <si>
     <t>BFM0SV9</t>
   </si>
   <si>
     <t>NORDEX SE</t>
   </si>
   <si>
     <t>993312WG8</t>
   </si>
   <si>
     <t>DE000A0D6554</t>
   </si>
   <si>
     <t>B06CF71</t>
   </si>
   <si>
+    <t>NORFOLK SOUTHERN CORP USD COM</t>
+  </si>
+  <si>
+    <t>655844108</t>
+  </si>
+  <si>
+    <t>US6558441084</t>
+  </si>
+  <si>
+    <t>2641894</t>
+  </si>
+  <si>
     <t>NORTHEAST BANK</t>
   </si>
   <si>
     <t>66405S100</t>
   </si>
   <si>
     <t>US66405S1006</t>
   </si>
   <si>
     <t>BJXSDM6</t>
   </si>
   <si>
+    <t>NORTHERN TRUST CORP USD COM</t>
+  </si>
+  <si>
+    <t>665859104</t>
+  </si>
+  <si>
+    <t>US6658591044</t>
+  </si>
+  <si>
+    <t>2648668</t>
+  </si>
+  <si>
     <t>NORTHFIELD BANCORP INC</t>
   </si>
   <si>
     <t>66611T108</t>
   </si>
   <si>
     <t>US66611T1088</t>
   </si>
   <si>
     <t>B8NB2R6</t>
   </si>
   <si>
     <t>NORTHRIM BANCORP INC</t>
   </si>
   <si>
     <t>666762109</t>
   </si>
   <si>
     <t>US6667621097</t>
   </si>
   <si>
     <t>2640277</t>
   </si>
   <si>
     <t>NORTHWEST BANCSHARES INC</t>
@@ -2436,99 +3723,111 @@
   <si>
     <t>US6673401039</t>
   </si>
   <si>
     <t>B523Z73</t>
   </si>
   <si>
     <t>NVENT ELECTRIC PLC</t>
   </si>
   <si>
     <t>G6700G107</t>
   </si>
   <si>
     <t>IE00BDVJJQ56</t>
   </si>
   <si>
     <t>BDVJJQ5</t>
   </si>
   <si>
     <t>Net Other Assets</t>
   </si>
   <si>
     <t>XXXX2</t>
   </si>
   <si>
+    <t>OCCIDENTAL PETROLEUM CORP USD:COM</t>
+  </si>
+  <si>
+    <t>674599105</t>
+  </si>
+  <si>
+    <t>US6745991058</t>
+  </si>
+  <si>
+    <t>2655408</t>
+  </si>
+  <si>
     <t>OCEANFIRST FINANCIAL CORP USD:COM</t>
   </si>
   <si>
     <t>675234108</t>
   </si>
   <si>
     <t>US6752341080</t>
   </si>
   <si>
     <t>2125901</t>
   </si>
   <si>
     <t>OFG BANCORP</t>
   </si>
   <si>
     <t>67103X102</t>
   </si>
   <si>
     <t>PR67103X1020</t>
   </si>
   <si>
     <t>B87LKR8</t>
   </si>
   <si>
     <t>OLD NATIONAL BANCORP IND USD COM</t>
   </si>
   <si>
     <t>680033107</t>
   </si>
   <si>
     <t>US6800331075</t>
   </si>
   <si>
     <t>2658441</t>
   </si>
   <si>
     <t>OLD SECOND BANCORP INC DEL USD:COM</t>
   </si>
   <si>
     <t>680277100</t>
   </si>
   <si>
     <t>US6802771005</t>
   </si>
   <si>
     <t>2658429</t>
   </si>
   <si>
-    <t>ONDAS HOLDINGS INC</t>
+    <t>ONDAS INC</t>
   </si>
   <si>
     <t>68236H204</t>
   </si>
   <si>
     <t>US68236H2040</t>
   </si>
   <si>
     <t>BMD2S79</t>
   </si>
   <si>
     <t>ORIGIN BANCORP INC</t>
   </si>
   <si>
     <t>68621T102</t>
   </si>
   <si>
     <t>US68621T1025</t>
   </si>
   <si>
     <t>BDFFBM9</t>
   </si>
   <si>
     <t>ORRSTOWN FINANCIAL SERVICES IN</t>
   </si>
@@ -2580,110 +3879,230 @@
   <si>
     <t>PARSONS CORP</t>
   </si>
   <si>
     <t>70202L102</t>
   </si>
   <si>
     <t>US70202L1026</t>
   </si>
   <si>
     <t>BJN4N02</t>
   </si>
   <si>
     <t>PATHWARD FINANCIAL INC</t>
   </si>
   <si>
     <t>59100U108</t>
   </si>
   <si>
     <t>US59100U1088</t>
   </si>
   <si>
     <t>2420316</t>
   </si>
   <si>
+    <t>PAYCHEX INC USD COM</t>
+  </si>
+  <si>
+    <t>704326107</t>
+  </si>
+  <si>
+    <t>US7043261079</t>
+  </si>
+  <si>
+    <t>2674458</t>
+  </si>
+  <si>
+    <t>PAYPAL HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>70450Y103</t>
+  </si>
+  <si>
+    <t>US70450Y1038</t>
+  </si>
+  <si>
+    <t>BYW36M8</t>
+  </si>
+  <si>
     <t>PEAPACK GLADSTONE FINL CORP:USD COM</t>
   </si>
   <si>
     <t>704699107</t>
   </si>
   <si>
     <t>US7046991078</t>
   </si>
   <si>
     <t>2307732</t>
   </si>
   <si>
     <t>PEOPLES BANCORP INC USD COM</t>
   </si>
   <si>
     <t>709789101</t>
   </si>
   <si>
     <t>US7097891011</t>
   </si>
   <si>
     <t>2679419</t>
   </si>
   <si>
-    <t>PINNACLE FINANCIAL PARTNERS</t>
-[...8 lines deleted...]
-    <t>2675097</t>
+    <t>PEPSICO INC USD COM</t>
+  </si>
+  <si>
+    <t>713448108</t>
+  </si>
+  <si>
+    <t>US7134481081</t>
+  </si>
+  <si>
+    <t>2681511</t>
+  </si>
+  <si>
+    <t>PFIZER INC USD COM</t>
+  </si>
+  <si>
+    <t>717081103</t>
+  </si>
+  <si>
+    <t>US7170811035</t>
+  </si>
+  <si>
+    <t>2684703</t>
+  </si>
+  <si>
+    <t>PHILIP MORRIS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>718172109</t>
+  </si>
+  <si>
+    <t>US7181721090</t>
+  </si>
+  <si>
+    <t>B2PKRQ3</t>
+  </si>
+  <si>
+    <t>PHILLIPS 66</t>
+  </si>
+  <si>
+    <t>718546104</t>
+  </si>
+  <si>
+    <t>US7185461040</t>
+  </si>
+  <si>
+    <t>B78C4Y8</t>
+  </si>
+  <si>
+    <t>PINNACLE FINANCIAL PARTNERS IN</t>
+  </si>
+  <si>
+    <t>72348N109</t>
+  </si>
+  <si>
+    <t>US72348N1090</t>
+  </si>
+  <si>
+    <t>BV6GRD0</t>
   </si>
   <si>
     <t>POPULAR INC USD COM</t>
   </si>
   <si>
     <t>733174700</t>
   </si>
   <si>
     <t>PR7331747001</t>
   </si>
   <si>
     <t>B86QM90</t>
   </si>
   <si>
+    <t>PPG INDUSTRIES INC USD COM</t>
+  </si>
+  <si>
+    <t>693506107</t>
+  </si>
+  <si>
+    <t>US6935061076</t>
+  </si>
+  <si>
+    <t>2698470</t>
+  </si>
+  <si>
     <t>PREFERRED BANK LOS ANGELES</t>
   </si>
   <si>
     <t>740367404</t>
   </si>
   <si>
     <t>US7403674044</t>
   </si>
   <si>
     <t>2763602</t>
   </si>
   <si>
+    <t>PROCTER &amp; GAMBLE CO USD COM</t>
+  </si>
+  <si>
+    <t>742718109</t>
+  </si>
+  <si>
+    <t>US7427181091</t>
+  </si>
+  <si>
+    <t>2704407</t>
+  </si>
+  <si>
+    <t>PROGRESSIVE CORP USD COM</t>
+  </si>
+  <si>
+    <t>743315103</t>
+  </si>
+  <si>
+    <t>US7433151039</t>
+  </si>
+  <si>
+    <t>2705024</t>
+  </si>
+  <si>
+    <t>PROLOGIS INC</t>
+  </si>
+  <si>
+    <t>74340W103</t>
+  </si>
+  <si>
+    <t>US74340W1036</t>
+  </si>
+  <si>
+    <t>B44WZD7</t>
+  </si>
+  <si>
     <t>PROSPERITY BANCSHARES INC USD:COM</t>
   </si>
   <si>
     <t>743606105</t>
   </si>
   <si>
     <t>US7436061052</t>
   </si>
   <si>
     <t>2310257</t>
   </si>
   <si>
     <t>PROVIDENT FINANCIAL SERVICES USD COM</t>
   </si>
   <si>
     <t>74386T105</t>
   </si>
   <si>
     <t>US74386T1051</t>
   </si>
   <si>
     <t>2171603</t>
   </si>
   <si>
     <t>QCR HOLDINGS INC</t>
@@ -2712,494 +4131,767 @@
   <si>
     <t>RAIFFEISEN BANK INTL</t>
   </si>
   <si>
     <t>999923UL7</t>
   </si>
   <si>
     <t>AT0000606306</t>
   </si>
   <si>
     <t>B0704T9</t>
   </si>
   <si>
     <t>RED CAT HOLDINGS INC</t>
   </si>
   <si>
     <t>75644T100</t>
   </si>
   <si>
     <t>US75644T1007</t>
   </si>
   <si>
     <t>BJBLT85</t>
   </si>
   <si>
+    <t>REGENERON PHARMACEUTICALS INC:USFD COM</t>
+  </si>
+  <si>
+    <t>75886F107</t>
+  </si>
+  <si>
+    <t>US75886F1075</t>
+  </si>
+  <si>
+    <t>2730190</t>
+  </si>
+  <si>
     <t>REGIONS FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>7591EP100</t>
   </si>
   <si>
     <t>US7591EP1005</t>
   </si>
   <si>
     <t>B01R311</t>
   </si>
   <si>
     <t>RENASANT CORP</t>
   </si>
   <si>
     <t>75970E107</t>
   </si>
   <si>
     <t>US75970E1073</t>
   </si>
   <si>
     <t>2670809</t>
   </si>
   <si>
     <t>REPLIGEN CORP USD COM</t>
   </si>
   <si>
     <t>759916109</t>
   </si>
   <si>
     <t>US7599161095</t>
   </si>
   <si>
     <t>2731654</t>
   </si>
   <si>
+    <t>REPUBLIC SERVICES INC CL-A USD:COM</t>
+  </si>
+  <si>
+    <t>760759100</t>
+  </si>
+  <si>
+    <t>US7607591002</t>
+  </si>
+  <si>
+    <t>2262530</t>
+  </si>
+  <si>
+    <t>RESONA HOLDINGS INC (8308)</t>
+  </si>
+  <si>
+    <t>7T83088A9</t>
+  </si>
+  <si>
+    <t>JP3500610005</t>
+  </si>
+  <si>
+    <t>6421553</t>
+  </si>
+  <si>
     <t>RHEINMETALL BERLIN EUR NPV ORD</t>
   </si>
   <si>
     <t>9900010G5</t>
   </si>
   <si>
     <t>DE0007030009</t>
   </si>
   <si>
     <t>5334588</t>
   </si>
   <si>
     <t>ROCKWELL AUTOMATION INC:USD COM</t>
   </si>
   <si>
     <t>773903109</t>
   </si>
   <si>
     <t>US7739031091</t>
   </si>
   <si>
     <t>2754060</t>
   </si>
   <si>
     <t>ROCKWOOL A/S-B SHS</t>
   </si>
   <si>
     <t>99T1X0CW0</t>
   </si>
   <si>
     <t>DK0063855168</t>
   </si>
   <si>
     <t>BRJCHK4</t>
   </si>
   <si>
+    <t>ROPER TECHNOLOGIES INC</t>
+  </si>
+  <si>
+    <t>776696106</t>
+  </si>
+  <si>
+    <t>US7766961061</t>
+  </si>
+  <si>
+    <t>2749602</t>
+  </si>
+  <si>
     <t>RTX CORP</t>
   </si>
   <si>
     <t>75513E101</t>
   </si>
   <si>
     <t>US75513E1010</t>
   </si>
   <si>
     <t>BM5M5Y3</t>
   </si>
   <si>
     <t>S &amp; T BANKCORP INC USD COM</t>
   </si>
   <si>
     <t>783859101</t>
   </si>
   <si>
     <t>US7838591011</t>
   </si>
   <si>
     <t>2781109</t>
   </si>
   <si>
+    <t>S&amp;P GLOBAL INC</t>
+  </si>
+  <si>
+    <t>78409V104</t>
+  </si>
+  <si>
+    <t>US78409V1044</t>
+  </si>
+  <si>
+    <t>BYV2325</t>
+  </si>
+  <si>
     <t>SAAB AB-B</t>
   </si>
   <si>
     <t>999SAAB64</t>
   </si>
   <si>
     <t>SE0021921269</t>
   </si>
   <si>
     <t>BPXZH27</t>
   </si>
   <si>
+    <t>SALESFORCE INC</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>SCHWAB (CHARLES) CORP</t>
+  </si>
+  <si>
+    <t>808513105</t>
+  </si>
+  <si>
+    <t>US8085131055</t>
+  </si>
+  <si>
+    <t>2779397</t>
+  </si>
+  <si>
     <t>SCIENCE APPLICATIONS INTERNATIONAL</t>
   </si>
   <si>
     <t>808625107</t>
   </si>
   <si>
     <t>US8086251076</t>
   </si>
   <si>
     <t>BDTZZG7</t>
   </si>
   <si>
     <t>SEACOAST BANKING CORP OF FLA:USD COM</t>
   </si>
   <si>
     <t>811707801</t>
   </si>
   <si>
     <t>US8117078019</t>
   </si>
   <si>
     <t>BH65L93</t>
   </si>
   <si>
     <t>SEMPRA ENERGY USD COM</t>
   </si>
   <si>
     <t>816851109</t>
   </si>
   <si>
     <t>US8168511090</t>
   </si>
   <si>
     <t>2138158</t>
   </si>
   <si>
     <t>SERVISFIRST BANCSHARES INC COM STK</t>
   </si>
   <si>
     <t>81768T108</t>
   </si>
   <si>
     <t>US81768T1088</t>
   </si>
   <si>
     <t>BMH0MP5</t>
   </si>
   <si>
+    <t>SHIZUOKA FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99CC8BKB5</t>
+  </si>
+  <si>
+    <t>JP3351500008</t>
+  </si>
+  <si>
+    <t>BP38QJ6</t>
+  </si>
+  <si>
     <t>SHORE BANCSHARES INC</t>
   </si>
   <si>
     <t>825107105</t>
   </si>
   <si>
     <t>US8251071051</t>
   </si>
   <si>
     <t>2748869</t>
   </si>
   <si>
     <t>SIEMENS AG REGD SHS</t>
   </si>
   <si>
     <t>0D7236104</t>
   </si>
   <si>
     <t>DE0007236101</t>
   </si>
   <si>
     <t>5727973</t>
   </si>
   <si>
     <t>SIEMENS ENERGY AG</t>
   </si>
   <si>
     <t>999CBEYH1</t>
   </si>
   <si>
     <t>DE000ENER6Y0</t>
   </si>
   <si>
     <t>BMTVQK9</t>
   </si>
   <si>
     <t>SIMMONS FIRST NATIONAL CORP CL-A:USD COM</t>
   </si>
   <si>
     <t>828730200</t>
   </si>
   <si>
     <t>US8287302009</t>
   </si>
   <si>
     <t>2810133</t>
   </si>
   <si>
+    <t>SIMON PROPERTY GROUP INC USD COM</t>
+  </si>
+  <si>
+    <t>828806109</t>
+  </si>
+  <si>
+    <t>US8288061091</t>
+  </si>
+  <si>
+    <t>2812452</t>
+  </si>
+  <si>
+    <t>SLB LTD</t>
+  </si>
+  <si>
+    <t>806857108</t>
+  </si>
+  <si>
+    <t>AN8068571086</t>
+  </si>
+  <si>
+    <t>2779201</t>
+  </si>
+  <si>
     <t>SOCIETE GENERALE EUR1.25 ORDS:SER A</t>
   </si>
   <si>
     <t>990002F51</t>
   </si>
   <si>
     <t>FR0000130809</t>
   </si>
   <si>
     <t>5966516</t>
   </si>
   <si>
-    <t>SOLSTICE ADV MATERIALS INC</t>
-[...10 lines deleted...]
-  <si>
     <t>SOUTHSIDE BANCSHARES INC</t>
   </si>
   <si>
     <t>84470P109</t>
   </si>
   <si>
     <t>US84470P1093</t>
   </si>
   <si>
     <t>2485876</t>
   </si>
   <si>
     <t>SOUTHSTATE BANK CORP</t>
   </si>
   <si>
     <t>84472E102</t>
   </si>
   <si>
     <t>US84472E1029</t>
   </si>
   <si>
     <t>BVDCQB2</t>
   </si>
   <si>
+    <t>SPDR MSCI EUROPE UTILITIES UCITS ETF (</t>
+  </si>
+  <si>
+    <t>IE00BKWQ0P07</t>
+  </si>
+  <si>
+    <t>BSBNC96</t>
+  </si>
+  <si>
     <t>SPIE SA</t>
   </si>
   <si>
     <t>99A341VN5</t>
   </si>
   <si>
     <t>FR0012757854</t>
   </si>
   <si>
     <t>BYZFYS3</t>
   </si>
   <si>
     <t>SSAB AB - B SHARES</t>
   </si>
   <si>
     <t>850993106</t>
   </si>
   <si>
     <t>SE0000120669</t>
   </si>
   <si>
     <t>B17H3F6</t>
   </si>
   <si>
+    <t>STARBUCKS CORP</t>
+  </si>
+  <si>
+    <t>855244109</t>
+  </si>
+  <si>
+    <t>US8552441094</t>
+  </si>
+  <si>
+    <t>2842255</t>
+  </si>
+  <si>
+    <t>STATE STREET CORPORATION USD COM</t>
+  </si>
+  <si>
+    <t>857477103</t>
+  </si>
+  <si>
+    <t>US8574771031</t>
+  </si>
+  <si>
+    <t>2842040</t>
+  </si>
+  <si>
     <t>STELLAR BANCORP INC</t>
   </si>
   <si>
     <t>858927106</t>
   </si>
   <si>
     <t>US8589271068</t>
   </si>
   <si>
     <t>BQBCZY5</t>
   </si>
   <si>
     <t>STOCK YARDS BANCORP INC</t>
   </si>
   <si>
     <t>861025104</t>
   </si>
   <si>
     <t>US8610251048</t>
   </si>
   <si>
     <t>BLY2FB4</t>
   </si>
   <si>
-    <t>SYNOVUS FINANCIAL CORP USD COM</t>
-[...8 lines deleted...]
-    <t>BMH4NJ8</t>
+    <t>STRYKER CORP USD COM</t>
+  </si>
+  <si>
+    <t>863667101</t>
+  </si>
+  <si>
+    <t>US8636671013</t>
+  </si>
+  <si>
+    <t>2853688</t>
+  </si>
+  <si>
+    <t>SUMITOMO MITSUI FIN GR(8316).</t>
+  </si>
+  <si>
+    <t>99A92LQV8</t>
+  </si>
+  <si>
+    <t>JP3890350006</t>
+  </si>
+  <si>
+    <t>6563024</t>
+  </si>
+  <si>
+    <t>SUMITOMO MITSUI TRUST GROUP</t>
+  </si>
+  <si>
+    <t>7T83099A6</t>
+  </si>
+  <si>
+    <t>JP3892100003</t>
+  </si>
+  <si>
+    <t>6431897</t>
+  </si>
+  <si>
+    <t>SYNCHRONY FINANCIAL</t>
+  </si>
+  <si>
+    <t>87165B103</t>
+  </si>
+  <si>
+    <t>US87165B1035</t>
+  </si>
+  <si>
+    <t>BP96PS6</t>
+  </si>
+  <si>
+    <t>SYSCO CORP USD COM</t>
+  </si>
+  <si>
+    <t>871829107</t>
+  </si>
+  <si>
+    <t>US8718291078</t>
+  </si>
+  <si>
+    <t>2868165</t>
+  </si>
+  <si>
+    <t>T-MOBILE US INC</t>
+  </si>
+  <si>
+    <t>872590104</t>
+  </si>
+  <si>
+    <t>US8725901040</t>
+  </si>
+  <si>
+    <t>B94Q9V0</t>
+  </si>
+  <si>
+    <t>TE CONNECTIVITY PLC</t>
+  </si>
+  <si>
+    <t>G87052109</t>
+  </si>
+  <si>
+    <t>IE000IVNQZ81</t>
+  </si>
+  <si>
+    <t>BRC3N84</t>
   </si>
   <si>
     <t>TELEDYNE TECHNOLOGIES INC USD:COM</t>
   </si>
   <si>
     <t>879360105</t>
   </si>
   <si>
     <t>US8793601050</t>
   </si>
   <si>
     <t>2503477</t>
   </si>
   <si>
     <t>TEREX CORP USD COM</t>
   </si>
   <si>
     <t>880779103</t>
   </si>
   <si>
     <t>US8807791038</t>
   </si>
   <si>
     <t>2884224</t>
   </si>
   <si>
     <t>TEXAS CAPITAL BANCSHARES INC</t>
   </si>
   <si>
     <t>88224Q107</t>
   </si>
   <si>
     <t>US88224Q1076</t>
   </si>
   <si>
     <t>2977209</t>
   </si>
   <si>
+    <t>TEXAS INSTRUMENTS INC USD COM</t>
+  </si>
+  <si>
+    <t>882508104</t>
+  </si>
+  <si>
+    <t>US8825081040</t>
+  </si>
+  <si>
+    <t>2885409</t>
+  </si>
+  <si>
     <t>TFS FINANCIAL CORP</t>
   </si>
   <si>
     <t>87240R107</t>
   </si>
   <si>
     <t>US87240R1077</t>
   </si>
   <si>
     <t>B1W8J67</t>
   </si>
   <si>
     <t>THALES CO EUR3 ORD</t>
   </si>
   <si>
     <t>990002GU5</t>
   </si>
   <si>
     <t>FR0000121329</t>
   </si>
   <si>
     <t>4162791</t>
   </si>
   <si>
+    <t>THERMO FISHER SCIENTIFIC INC</t>
+  </si>
+  <si>
+    <t>883556102</t>
+  </si>
+  <si>
+    <t>US8835561023</t>
+  </si>
+  <si>
+    <t>2886907</t>
+  </si>
+  <si>
     <t>THIRD COAST BANCSHARES INC</t>
   </si>
   <si>
     <t>88422P109</t>
   </si>
   <si>
     <t>US88422P1093</t>
   </si>
   <si>
     <t>BL55Q42</t>
   </si>
   <si>
     <t>THYSSENKRUPP AG EUR NPV</t>
   </si>
   <si>
     <t>0D7500004</t>
   </si>
   <si>
     <t>DE0007500001</t>
   </si>
   <si>
     <t>5636927</t>
   </si>
   <si>
     <t>TIMKEN CO USD COM</t>
   </si>
   <si>
     <t>887389104</t>
   </si>
   <si>
     <t>US8873891043</t>
   </si>
   <si>
     <t>2892807</t>
   </si>
   <si>
+    <t>TJX COS INC USD COM</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>2989301</t>
+  </si>
+  <si>
     <t>TOMPKINS FINANCIAL CORP</t>
   </si>
   <si>
     <t>890110109</t>
   </si>
   <si>
     <t>US8901101092</t>
   </si>
   <si>
     <t>2888613</t>
   </si>
   <si>
     <t>TOWNEBANK/PORTSMOUTH VA</t>
   </si>
   <si>
     <t>89214P109</t>
   </si>
   <si>
     <t>US89214P1093</t>
   </si>
   <si>
     <t>B018PR4</t>
   </si>
   <si>
     <t>TRANE TECHNOLOGIES PLC</t>
   </si>
   <si>
     <t>G8994E103</t>
   </si>
   <si>
     <t>IE00BK9ZQ967</t>
   </si>
   <si>
     <t>BK9ZQ96</t>
   </si>
   <si>
+    <t>TRANSDIGM GROUP INC</t>
+  </si>
+  <si>
+    <t>893641100</t>
+  </si>
+  <si>
+    <t>US8936411003</t>
+  </si>
+  <si>
+    <t>B11FJK3</t>
+  </si>
+  <si>
+    <t>TRAVELERS COMPANIES INC</t>
+  </si>
+  <si>
+    <t>89417E109</t>
+  </si>
+  <si>
+    <t>US89417E1091</t>
+  </si>
+  <si>
+    <t>2769503</t>
+  </si>
+  <si>
     <t>TRICO BANCSHARES USD COM</t>
   </si>
   <si>
     <t>896095106</t>
   </si>
   <si>
     <t>US8960951064</t>
   </si>
   <si>
     <t>2904133</t>
   </si>
   <si>
     <t>TRIUMPH FINANCIAL INC</t>
   </si>
   <si>
     <t>89679E300</t>
   </si>
   <si>
     <t>US89679E3009</t>
   </si>
   <si>
     <t>BS7T2S7</t>
   </si>
   <si>
     <t>TRUIST FINANCIAL CORP</t>
@@ -3264,255 +4956,387 @@
   <si>
     <t>UNICAJA BANCO SA</t>
   </si>
   <si>
     <t>999EQWQQ0</t>
   </si>
   <si>
     <t>ES0180907000</t>
   </si>
   <si>
     <t>BH4H4H0</t>
   </si>
   <si>
     <t>UNICREDIT SPA</t>
   </si>
   <si>
     <t>999AO14Q2</t>
   </si>
   <si>
     <t>IT0005239360</t>
   </si>
   <si>
     <t>BYMXPS7</t>
   </si>
   <si>
+    <t>UNION PACIFIC CORP USD COM</t>
+  </si>
+  <si>
+    <t>907818108</t>
+  </si>
+  <si>
+    <t>US9078181081</t>
+  </si>
+  <si>
+    <t>2914734</t>
+  </si>
+  <si>
     <t>UNITED BANKSHARES INC W VA USD:COM</t>
   </si>
   <si>
     <t>909907107</t>
   </si>
   <si>
     <t>US9099071071</t>
   </si>
   <si>
     <t>2905794</t>
   </si>
   <si>
     <t>UNITED COMMUNITY BANKS/GA</t>
   </si>
   <si>
     <t>90984P303</t>
   </si>
   <si>
     <t>US90984P3038</t>
   </si>
   <si>
     <t>2862156</t>
   </si>
   <si>
     <t>UNITED INTERNET AG: REG SHARE</t>
   </si>
   <si>
     <t>99001WDD9</t>
   </si>
   <si>
     <t>DE0005089031</t>
   </si>
   <si>
     <t>4354134</t>
   </si>
   <si>
     <t>UNITED RENTALS INC USD COM</t>
   </si>
   <si>
     <t>911363109</t>
   </si>
   <si>
     <t>US9113631090</t>
   </si>
   <si>
     <t>2134781</t>
   </si>
   <si>
+    <t>UNITEDHEALTH GROUP INC USD COM</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>2917766</t>
+  </si>
+  <si>
     <t>UNIVEST FINANCIAL CORP</t>
   </si>
   <si>
     <t>915271100</t>
   </si>
   <si>
     <t>US9152711001</t>
   </si>
   <si>
     <t>2690636</t>
   </si>
   <si>
+    <t>VALERO ENERGY CORP USD COM</t>
+  </si>
+  <si>
+    <t>91913Y100</t>
+  </si>
+  <si>
+    <t>US91913Y1001</t>
+  </si>
+  <si>
+    <t>2041364</t>
+  </si>
+  <si>
     <t>VALLEY NATIONAL BANCORP USD COM</t>
   </si>
   <si>
     <t>919794107</t>
   </si>
   <si>
     <t>US9197941076</t>
   </si>
   <si>
     <t>2935326</t>
   </si>
   <si>
+    <t>VERIZON COMMUNICATIONS INC USD:COM</t>
+  </si>
+  <si>
+    <t>92343V104</t>
+  </si>
+  <si>
+    <t>US92343V1044</t>
+  </si>
+  <si>
+    <t>2090571</t>
+  </si>
+  <si>
+    <t>VERSANT MEDIA GROUP INC</t>
+  </si>
+  <si>
+    <t>925283103</t>
+  </si>
+  <si>
+    <t>US9252831030</t>
+  </si>
+  <si>
+    <t>BVV5S84</t>
+  </si>
+  <si>
     <t>VOLVO AB SER B NPV</t>
   </si>
   <si>
     <t>928856301</t>
   </si>
   <si>
     <t>SE0000115446</t>
   </si>
   <si>
     <t>B1QH830</t>
   </si>
   <si>
     <t>VONTOBEL FUND - US EQUITY</t>
   </si>
   <si>
     <t>LU1787046561</t>
   </si>
   <si>
     <t>VULCAN MATERIALS CO USD COM</t>
   </si>
   <si>
     <t>929160109</t>
   </si>
   <si>
     <t>US9291601097</t>
   </si>
   <si>
     <t>2931205</t>
   </si>
   <si>
     <t>WAFD INC</t>
   </si>
   <si>
     <t>938824109</t>
   </si>
   <si>
     <t>US9388241096</t>
   </si>
   <si>
     <t>2941981</t>
   </si>
   <si>
+    <t>WALMART INC</t>
+  </si>
+  <si>
+    <t>931142103</t>
+  </si>
+  <si>
+    <t>US9311421039</t>
+  </si>
+  <si>
+    <t>2936921</t>
+  </si>
+  <si>
+    <t>WALT DISNEY CO</t>
+  </si>
+  <si>
+    <t>254687106</t>
+  </si>
+  <si>
+    <t>US2546871060</t>
+  </si>
+  <si>
+    <t>2270726</t>
+  </si>
+  <si>
     <t>WASHINGTON TRUST BANCORP INC USD:COM</t>
   </si>
   <si>
     <t>940610108</t>
   </si>
   <si>
     <t>US9406101082</t>
   </si>
   <si>
     <t>2942025</t>
   </si>
   <si>
     <t>WEBSTER FINANCIAL CORP CONN USD:COM</t>
   </si>
   <si>
     <t>947890109</t>
   </si>
   <si>
     <t>US9478901096</t>
   </si>
   <si>
     <t>2945143</t>
   </si>
   <si>
     <t>WELL STRAT EUR EQ-S EUR AC</t>
   </si>
   <si>
     <t>IE00B6TYHG95</t>
   </si>
   <si>
     <t>B6TYHG9</t>
   </si>
   <si>
+    <t>WELLS FARGO COMPANY USD COM</t>
+  </si>
+  <si>
+    <t>949746101</t>
+  </si>
+  <si>
+    <t>US9497461015</t>
+  </si>
+  <si>
+    <t>2649100</t>
+  </si>
+  <si>
     <t>WESBANCO INC USD COM</t>
   </si>
   <si>
     <t>950810101</t>
   </si>
   <si>
     <t>US9508101014</t>
   </si>
   <si>
     <t>2953782</t>
   </si>
   <si>
     <t>WESTAMERICA BANCORPORATION USD:COM</t>
   </si>
   <si>
     <t>957090103</t>
   </si>
   <si>
     <t>US9570901036</t>
   </si>
   <si>
     <t>2950374</t>
   </si>
   <si>
     <t>WESTERN ALLIANCE BANCORP</t>
   </si>
   <si>
     <t>957638109</t>
   </si>
   <si>
     <t>US9576381092</t>
   </si>
   <si>
     <t>B0CCGJ4</t>
   </si>
   <si>
+    <t>WILLIAMS COMPANIES INC USD COM</t>
+  </si>
+  <si>
+    <t>969457100</t>
+  </si>
+  <si>
+    <t>US9694571004</t>
+  </si>
+  <si>
+    <t>2967181</t>
+  </si>
+  <si>
     <t>WINTRUST FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>97650W108</t>
   </si>
   <si>
     <t>US97650W1080</t>
   </si>
   <si>
     <t>2425258</t>
   </si>
   <si>
     <t>WSFS FINANCIAL CORP USD COM</t>
   </si>
   <si>
     <t>929328102</t>
   </si>
   <si>
     <t>US9293281021</t>
   </si>
   <si>
     <t>2940375</t>
+  </si>
+  <si>
+    <t>YAMAGUCHI FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>7T84189A5</t>
+  </si>
+  <si>
+    <t>JP3935300008</t>
+  </si>
+  <si>
+    <t>B1DGKS9</t>
+  </si>
+  <si>
+    <t>YOKOHAMA FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99A6MLTT4</t>
+  </si>
+  <si>
+    <t>JP3305990008</t>
+  </si>
+  <si>
+    <t>BD97JW7</t>
   </si>
   <si>
     <t>ZIONS BANCORP USD COM</t>
   </si>
   <si>
     <t>989701107</t>
   </si>
   <si>
     <t>US9897011071</t>
   </si>
   <si>
     <t>2989828</t>
   </si>
   <si>
     <t>Los datos sobre posiciones se refieren al periodo iniciado en la fecha indicada y pueden cambiar. Estos valores y las asignaciones porcentuales revisten fines meramente ilustrativos y no constituyen asesoramiento de inversiones o recomendaciones con respecto a los valores o las inversiones que aquí se mencionan, no debiéndose interpretar como tales. No existe garantía alguna de que las estrategias vayan a alcanzar su objetivo. Las inversiones entrañan riesgos, incluida la posible pérdida del capital invertido. Consulte el folleto del fondo para obtener información sobre riesgos más completa.</t>
   </si>
   <si>
     <t xml:space="preserve">Antes de invertir, estudie minuciosamente el objetivo de inversión, los riesgos, las comisiones y los gastos del fondo. En los folletos figura esta y otra información sobre el fondo. Para obtener un folleto, puede descargárselo en morganstanley.com/im. Lea el folleto detenidamente antes de invertir.           </t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) es la división de gestión de activos de Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
@@ -3889,81 +5713,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E313"/>
+  <dimension ref="A1:E465"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>1157</v>
+        <v>1765</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
@@ -3987,510 +5811,510 @@
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.18</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.04</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.11</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>67</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>68</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.02</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>71</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>72</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.16</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>75</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>76</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>79</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>80</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>83</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>84</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>87</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>88</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>91</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>92</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>94</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>95</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>96</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.25</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>99</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>100</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>103</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>104</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>108</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.04</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>111</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>112</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.31</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>115</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>116</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>119</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>120</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>123</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>124</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>127</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>128</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>129</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>131</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>132</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.02</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>134</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>135</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>136</v>
       </c>
       <c r="E39" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>138</v>
@@ -4531,4478 +6355,7062 @@
       </c>
       <c r="C42" t="s" s="0">
         <v>147</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>148</v>
       </c>
       <c r="E42" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>150</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>151</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>152</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>155</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>156</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>159</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>160</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>163</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>164</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.05</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C47" t="s" s="0">
         <v>167</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>168</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.46</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>171</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>172</v>
       </c>
       <c r="E48" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>174</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>175</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>176</v>
       </c>
       <c r="E49" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>178</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>179</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>180</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.0</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>182</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>183</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>184</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>186</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>187</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>188</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>189</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>190</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>191</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>192</v>
       </c>
       <c r="E53" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>193</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>194</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>195</v>
       </c>
       <c r="D54" t="s" s="0">
         <v>196</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>197</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>198</v>
       </c>
       <c r="C55" t="s" s="0">
         <v>199</v>
       </c>
       <c r="D55" t="s" s="0">
         <v>200</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
         <v>201</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>202</v>
       </c>
       <c r="C56" t="s" s="0">
         <v>203</v>
       </c>
       <c r="D56" t="s" s="0">
         <v>204</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
         <v>205</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>206</v>
       </c>
       <c r="C57" t="s" s="0">
         <v>207</v>
       </c>
       <c r="D57" t="s" s="0">
         <v>208</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
         <v>209</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>210</v>
       </c>
       <c r="C58" t="s" s="0">
         <v>211</v>
       </c>
       <c r="D58" t="s" s="0">
         <v>212</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
         <v>213</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>214</v>
       </c>
       <c r="C59" t="s" s="0">
         <v>215</v>
       </c>
       <c r="D59" t="s" s="0">
         <v>216</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>218</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>219</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>220</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>221</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>222</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>223</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>224</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>226</v>
       </c>
       <c r="C62" t="s" s="0">
         <v>227</v>
       </c>
       <c r="D62" t="s" s="0">
         <v>228</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>229</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>230</v>
       </c>
       <c r="C63" t="s" s="0">
         <v>231</v>
       </c>
       <c r="D63" t="s" s="0">
         <v>232</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>233</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>234</v>
       </c>
       <c r="C64" t="s" s="0">
         <v>235</v>
       </c>
       <c r="D64" t="s" s="0">
         <v>236</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>237</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>238</v>
       </c>
       <c r="C65" t="s" s="0">
         <v>239</v>
       </c>
       <c r="D65" t="s" s="0">
         <v>240</v>
       </c>
       <c r="E65" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>241</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>242</v>
       </c>
       <c r="C66" t="s" s="0">
         <v>243</v>
       </c>
       <c r="D66" t="s" s="0">
         <v>244</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>245</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>246</v>
       </c>
       <c r="C67" t="s" s="0">
         <v>247</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>248</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>249</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>250</v>
       </c>
       <c r="C68" t="s" s="0">
         <v>251</v>
       </c>
       <c r="D68" t="s" s="0">
         <v>252</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>253</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>254</v>
       </c>
       <c r="C69" t="s" s="0">
         <v>255</v>
       </c>
       <c r="D69" t="s" s="0">
         <v>256</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>257</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>258</v>
       </c>
       <c r="C70" t="s" s="0">
         <v>259</v>
       </c>
       <c r="D70" t="s" s="0">
         <v>260</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.01</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>261</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>262</v>
       </c>
       <c r="C71" t="s" s="0">
         <v>263</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>264</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>265</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>266</v>
       </c>
       <c r="C72" t="s" s="0">
         <v>267</v>
       </c>
       <c r="D72" t="s" s="0">
         <v>268</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>269</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>270</v>
       </c>
       <c r="C73" t="s" s="0">
         <v>271</v>
       </c>
       <c r="D73" t="s" s="0">
         <v>272</v>
       </c>
       <c r="E73" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>273</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>274</v>
       </c>
       <c r="C74" t="s" s="0">
         <v>275</v>
       </c>
       <c r="D74" t="s" s="0">
         <v>276</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
         <v>277</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>278</v>
       </c>
       <c r="C75" t="s" s="0">
         <v>279</v>
       </c>
       <c r="D75" t="s" s="0">
         <v>280</v>
       </c>
       <c r="E75" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>281</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>282</v>
       </c>
       <c r="C76" t="s" s="0">
         <v>283</v>
       </c>
       <c r="D76" t="s" s="0">
         <v>284</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>285</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>286</v>
       </c>
       <c r="C77" t="s" s="0">
         <v>287</v>
       </c>
       <c r="D77" t="s" s="0">
         <v>288</v>
       </c>
       <c r="E77" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>289</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>290</v>
       </c>
       <c r="C78" t="s" s="0">
         <v>291</v>
       </c>
       <c r="D78" t="s" s="0">
         <v>292</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>293</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>294</v>
       </c>
       <c r="C79" t="s" s="0">
         <v>295</v>
       </c>
       <c r="D79" t="s" s="0">
         <v>296</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
         <v>297</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>298</v>
       </c>
       <c r="C80" t="s" s="0">
         <v>299</v>
       </c>
       <c r="D80" t="s" s="0">
         <v>300</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>301</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>302</v>
       </c>
       <c r="C81" t="s" s="0">
         <v>303</v>
       </c>
       <c r="D81" t="s" s="0">
         <v>304</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>305</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>306</v>
       </c>
       <c r="C82" t="s" s="0">
         <v>307</v>
       </c>
       <c r="D82" t="s" s="0">
         <v>308</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>309</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>310</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>1.22</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D84" t="s" s="0">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C85" t="s" s="0">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D85" t="s" s="0">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D86" t="s" s="0">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C87" t="s" s="0">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D87" t="s" s="0">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D89" t="s" s="0">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E89" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D90" t="s" s="0">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D91" t="s" s="0">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D92" t="s" s="0">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D93" t="s" s="0">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="E96" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.0</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C99" t="s" s="0">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D99" t="s" s="0">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C100" t="s" s="0">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D100" t="s" s="0">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D101" t="s" s="0">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D103" t="s" s="0">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="E103" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C104" t="s" s="0">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D104" t="s" s="0">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E105" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E107" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="E115" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E116" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="E119" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.0</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E126" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>58</v>
+        <v>486</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>2.54</v>
+        <v>2.26</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E128" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>2.54</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E131" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E132" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.0</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D139" t="s" s="0">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E140" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D143" t="s" s="0">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>0.0</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E144" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D145" t="s" s="0">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D148" t="s" s="0">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E148" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D149" t="s" s="0">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E150" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D151" t="s" s="0">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C152" t="s" s="0">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D152" t="s" s="0">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.19</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D153" t="s" s="0">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>16.38</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C154" t="s" s="0">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D154" t="s" s="0">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C155" t="s" s="0">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D155" t="s" s="0">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>1.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>3.23</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>5.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D158" t="s" s="0">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E158" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E164" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E170" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E174" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E176" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.94</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>58</v>
+        <v>726</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>4.77</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>58</v>
+        <v>730</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.41</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>58</v>
+        <v>734</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>3.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>58</v>
+        <v>738</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>1.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="D191" t="s" s="0">
-        <v>58</v>
+        <v>742</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>2.26</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>738</v>
+        <v>106</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>58</v>
+        <v>745</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>16.44</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="D193" t="s" s="0">
-        <v>58</v>
+        <v>749</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>5.12</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>1.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>58</v>
+        <v>755</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>58</v>
+        <v>757</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>4.86</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>58</v>
+        <v>759</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>58</v>
+        <v>761</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>3.29</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>753</v>
+        <v>764</v>
       </c>
       <c r="D197" t="s" s="0">
-        <v>58</v>
+        <v>765</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>4.69</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>754</v>
+        <v>766</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>756</v>
+        <v>768</v>
       </c>
       <c r="D198" t="s" s="0">
-        <v>757</v>
+        <v>769</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>3.43</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>758</v>
+        <v>770</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>759</v>
+        <v>771</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>760</v>
+        <v>772</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>761</v>
+        <v>773</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="E200" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>766</v>
+        <v>778</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>767</v>
+        <v>779</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.0</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>778</v>
+        <v>790</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="D204" t="s" s="0">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.12</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>786</v>
+        <v>798</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>787</v>
+        <v>799</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>788</v>
+        <v>800</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>790</v>
+        <v>802</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>793</v>
+        <v>805</v>
       </c>
       <c r="E207" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>796</v>
+        <v>808</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>804</v>
+        <v>816</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>807</v>
+        <v>820</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>807</v>
+        <v>821</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>-0.28</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>809</v>
+        <v>823</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>810</v>
+        <v>824</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>811</v>
+        <v>825</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.0</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>812</v>
+        <v>826</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.0</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>816</v>
+        <v>830</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>818</v>
+        <v>832</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>819</v>
+        <v>833</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>820</v>
+        <v>834</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>821</v>
+        <v>835</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="D215" t="s" s="0">
-        <v>823</v>
+        <v>837</v>
       </c>
       <c r="E215" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>826</v>
+        <v>840</v>
       </c>
       <c r="D216" t="s" s="0">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="D217" t="s" s="0">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.0</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>835</v>
+        <v>849</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.0</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>837</v>
+        <v>851</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>838</v>
+        <v>852</v>
       </c>
       <c r="D219" t="s" s="0">
-        <v>839</v>
+        <v>853</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>843</v>
+        <v>857</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>846</v>
+        <v>860</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>848</v>
+        <v>862</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>849</v>
+        <v>863</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>850</v>
+        <v>864</v>
       </c>
       <c r="D222" t="s" s="0">
-        <v>851</v>
+        <v>865</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>854</v>
+        <v>868</v>
       </c>
       <c r="D223" t="s" s="0">
-        <v>855</v>
+        <v>869</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>856</v>
+        <v>870</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>857</v>
+        <v>871</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>858</v>
+        <v>872</v>
       </c>
       <c r="D224" t="s" s="0">
-        <v>859</v>
+        <v>873</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>860</v>
+        <v>874</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>861</v>
+        <v>875</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="D225" t="s" s="0">
-        <v>863</v>
+        <v>877</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>865</v>
+        <v>879</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>866</v>
+        <v>880</v>
       </c>
       <c r="D226" t="s" s="0">
-        <v>867</v>
+        <v>881</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>868</v>
+        <v>882</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>869</v>
+        <v>883</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>870</v>
+        <v>884</v>
       </c>
       <c r="D227" t="s" s="0">
-        <v>871</v>
+        <v>885</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>873</v>
+        <v>887</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>874</v>
+        <v>888</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>875</v>
+        <v>889</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.0</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>877</v>
+        <v>891</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>878</v>
+        <v>892</v>
       </c>
       <c r="D229" t="s" s="0">
-        <v>879</v>
+        <v>893</v>
       </c>
       <c r="E229" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>880</v>
+        <v>894</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>881</v>
+        <v>895</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>883</v>
+        <v>897</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.01</v>
+        <v>13.38</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>884</v>
+        <v>898</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>885</v>
+        <v>899</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>886</v>
+        <v>900</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>887</v>
+        <v>901</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.0</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>888</v>
+        <v>902</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>889</v>
+        <v>903</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>890</v>
+        <v>904</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>891</v>
+        <v>905</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.05</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>892</v>
+        <v>906</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>893</v>
+        <v>907</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>894</v>
+        <v>908</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>895</v>
+        <v>909</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.01</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>896</v>
+        <v>910</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>897</v>
+        <v>911</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>898</v>
+        <v>912</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>899</v>
+        <v>913</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.04</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>900</v>
+        <v>914</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>901</v>
+        <v>915</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>902</v>
+        <v>916</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>903</v>
+        <v>917</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.03</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>904</v>
+        <v>918</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>905</v>
+        <v>919</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>906</v>
+        <v>920</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>907</v>
+        <v>921</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>908</v>
+        <v>922</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>909</v>
+        <v>923</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>910</v>
+        <v>924</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>911</v>
+        <v>925</v>
       </c>
       <c r="E237" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>912</v>
+        <v>926</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>913</v>
+        <v>927</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>914</v>
+        <v>928</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>916</v>
+        <v>930</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>918</v>
+        <v>932</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>919</v>
+        <v>933</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>920</v>
+        <v>934</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>921</v>
+        <v>935</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>922</v>
+        <v>936</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>923</v>
+        <v>937</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>927</v>
+        <v>941</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.18</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>928</v>
+        <v>942</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.0</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>934</v>
+        <v>948</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>936</v>
+        <v>950</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>937</v>
+        <v>951</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>939</v>
+        <v>953</v>
       </c>
       <c r="E244" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>940</v>
+        <v>954</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>941</v>
+        <v>955</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>942</v>
+        <v>956</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>946</v>
+        <v>960</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>948</v>
+        <v>962</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>957</v>
+        <v>971</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>958</v>
+        <v>972</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>959</v>
+        <v>973</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>960</v>
+        <v>974</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.19</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>965</v>
+        <v>979</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>966</v>
+        <v>980</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>971</v>
+        <v>985</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.24</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>972</v>
+        <v>986</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>973</v>
+        <v>987</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>974</v>
+        <v>988</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>975</v>
+        <v>989</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.0</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>978</v>
+        <v>992</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>979</v>
+        <v>993</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>981</v>
+        <v>995</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>986</v>
+        <v>1000</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.08</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>998</v>
+        <v>1012</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>999</v>
+        <v>1013</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.0</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>1003</v>
+        <v>1017</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>1005</v>
+        <v>1019</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>1006</v>
+        <v>1020</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>1007</v>
+        <v>1021</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>1009</v>
+        <v>1023</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>1010</v>
+        <v>1024</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>1011</v>
+        <v>1025</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>1013</v>
+        <v>1027</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>1014</v>
+        <v>1028</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>1015</v>
+        <v>1029</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>1016</v>
+        <v>1030</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>1017</v>
+        <v>1031</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>1018</v>
+        <v>1032</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>1019</v>
+        <v>1033</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.16</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>1028</v>
+        <v>1042</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>1031</v>
+        <v>1045</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>1035</v>
+        <v>1049</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>1038</v>
+        <v>1052</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>1039</v>
+        <v>1053</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.0</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>1040</v>
+        <v>1054</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>1041</v>
+        <v>1055</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>1042</v>
+        <v>1056</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>1043</v>
+        <v>1057</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>1044</v>
+        <v>1058</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>1045</v>
+        <v>1059</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>1046</v>
+        <v>1060</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>1047</v>
+        <v>1061</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>1050</v>
+        <v>1064</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="E272" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>1052</v>
+        <v>1066</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>1053</v>
+        <v>1067</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>1054</v>
+        <v>1068</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>1055</v>
+        <v>1069</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>1056</v>
+        <v>1070</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>1057</v>
+        <v>1071</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>1058</v>
+        <v>1072</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>1061</v>
+        <v>1075</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>1062</v>
+        <v>1076</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>1063</v>
+        <v>1077</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.0</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>1064</v>
+        <v>1078</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>1065</v>
+        <v>1079</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>1067</v>
+        <v>1081</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>1068</v>
+        <v>1082</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>1070</v>
+        <v>1084</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>1072</v>
+        <v>1086</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>1073</v>
+        <v>1087</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>1074</v>
+        <v>1088</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>1075</v>
+        <v>1089</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>1077</v>
+        <v>1091</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>1078</v>
+        <v>1092</v>
       </c>
       <c r="D279" t="s" s="0">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>1080</v>
+        <v>1094</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>1081</v>
+        <v>1095</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>1082</v>
+        <v>1096</v>
       </c>
       <c r="D280" t="s" s="0">
-        <v>1083</v>
+        <v>1097</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>1085</v>
+        <v>1099</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>1086</v>
+        <v>1100</v>
       </c>
       <c r="D281" t="s" s="0">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="D282" t="s" s="0">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="E282" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>1094</v>
+        <v>1108</v>
       </c>
       <c r="D283" t="s" s="0">
-        <v>1095</v>
+        <v>1109</v>
       </c>
       <c r="E283" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>1096</v>
+        <v>1110</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>1097</v>
+        <v>1111</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>1098</v>
+        <v>1112</v>
       </c>
       <c r="D284" t="s" s="0">
-        <v>1099</v>
+        <v>1113</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>1100</v>
+        <v>1114</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>1101</v>
+        <v>1115</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>1102</v>
+        <v>1116</v>
       </c>
       <c r="D285" t="s" s="0">
-        <v>1103</v>
+        <v>1117</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.0</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>1106</v>
+        <v>1120</v>
       </c>
       <c r="D286" t="s" s="0">
-        <v>1107</v>
+        <v>106</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.03</v>
+        <v>4.48</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>1110</v>
+        <v>1123</v>
       </c>
       <c r="D287" t="s" s="0">
-        <v>1111</v>
+        <v>106</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.14</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>1112</v>
+        <v>1124</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>58</v>
+        <v>1125</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>1113</v>
+        <v>1126</v>
       </c>
       <c r="D288" t="s" s="0">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>5.15</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="D289" t="s" s="0">
-        <v>1117</v>
+        <v>1130</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.03</v>
+        <v>3.93</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>1118</v>
+        <v>1131</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>1119</v>
+        <v>1132</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>1120</v>
+        <v>1133</v>
       </c>
       <c r="D290" t="s" s="0">
-        <v>1121</v>
+        <v>106</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.01</v>
+        <v>1.83</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="D291" t="s" s="0">
-        <v>1125</v>
+        <v>106</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.0</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="D292" t="s" s="0">
-        <v>1129</v>
+        <v>106</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.03</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>1130</v>
+        <v>1140</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>58</v>
+        <v>1141</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>1131</v>
+        <v>1142</v>
       </c>
       <c r="D293" t="s" s="0">
-        <v>1132</v>
+        <v>106</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.94</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>1135</v>
+        <v>1145</v>
       </c>
       <c r="D294" t="s" s="0">
-        <v>1136</v>
+        <v>1146</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.01</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>1138</v>
+        <v>106</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>1139</v>
+        <v>1148</v>
       </c>
       <c r="D295" t="s" s="0">
-        <v>1140</v>
+        <v>106</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.0</v>
+        <v>4.88</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>1142</v>
+        <v>106</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="D296" t="s" s="0">
-        <v>1144</v>
+        <v>106</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.03</v>
+        <v>3.35</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="D297" t="s" s="0">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.03</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="D298" t="s" s="0">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="D299" t="s" s="0">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="E299" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="300" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A300" s="4" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B300" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C300" t="s" s="0">
+        <v>1165</v>
+      </c>
+      <c r="D300" t="s" s="0">
+        <v>1166</v>
+      </c>
+      <c r="E300" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="301" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A301" s="4" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B301" s="6" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C301" t="s" s="0">
+        <v>1169</v>
+      </c>
+      <c r="D301" t="s" s="0">
+        <v>1170</v>
+      </c>
+      <c r="E301" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="302" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A302" s="4" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B302" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C302" t="s" s="0">
+        <v>1173</v>
+      </c>
+      <c r="D302" t="s" s="0">
+        <v>1174</v>
+      </c>
+      <c r="E302" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="303" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A303" s="4" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B303" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C303" t="s" s="0">
+        <v>1177</v>
+      </c>
+      <c r="D303" t="s" s="0">
+        <v>1178</v>
+      </c>
+      <c r="E303" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
-    <row r="304" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...48 lines deleted...]
-      <c r="A311" s="7" t="str">
+    <row r="304" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A304" s="4" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B304" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C304" t="s" s="0">
+        <v>1181</v>
+      </c>
+      <c r="D304" t="s" s="0">
+        <v>1182</v>
+      </c>
+      <c r="E304" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="305" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A305" s="4" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B305" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C305" t="s" s="0">
+        <v>1185</v>
+      </c>
+      <c r="D305" t="s" s="0">
+        <v>1186</v>
+      </c>
+      <c r="E305" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="306" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A306" s="4" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B306" s="6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C306" t="s" s="0">
+        <v>1189</v>
+      </c>
+      <c r="D306" t="s" s="0">
+        <v>1190</v>
+      </c>
+      <c r="E306" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="307" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A307" s="4" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B307" s="6" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C307" t="s" s="0">
+        <v>1193</v>
+      </c>
+      <c r="D307" t="s" s="0">
+        <v>1194</v>
+      </c>
+      <c r="E307" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="308" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A308" s="4" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B308" s="6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C308" t="s" s="0">
+        <v>1197</v>
+      </c>
+      <c r="D308" t="s" s="0">
+        <v>1198</v>
+      </c>
+      <c r="E308" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="309" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A309" s="4" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B309" s="6" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C309" t="s" s="0">
+        <v>1201</v>
+      </c>
+      <c r="D309" t="s" s="0">
+        <v>1202</v>
+      </c>
+      <c r="E309" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="310" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A310" s="4" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C310" t="s" s="0">
+        <v>1205</v>
+      </c>
+      <c r="D310" t="s" s="0">
+        <v>1206</v>
+      </c>
+      <c r="E310" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="311" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A311" s="4" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B311" s="6" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C311" t="s" s="0">
+        <v>1209</v>
+      </c>
+      <c r="D311" t="s" s="0">
+        <v>1210</v>
+      </c>
+      <c r="E311" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="312" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A312" s="4" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B312" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C312" t="s" s="0">
+        <v>1213</v>
+      </c>
+      <c r="D312" t="s" s="0">
+        <v>1214</v>
+      </c>
+      <c r="E312" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="313" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A313" s="4" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B313" s="6" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C313" t="s" s="0">
+        <v>1217</v>
+      </c>
+      <c r="D313" t="s" s="0">
+        <v>1218</v>
+      </c>
+      <c r="E313" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="314" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A314" s="4" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B314" s="6" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C314" t="s" s="0">
+        <v>1221</v>
+      </c>
+      <c r="D314" t="s" s="0">
+        <v>1222</v>
+      </c>
+      <c r="E314" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="315" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A315" s="4" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C315" t="s" s="0">
+        <v>1225</v>
+      </c>
+      <c r="D315" t="s" s="0">
+        <v>1226</v>
+      </c>
+      <c r="E315" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="316" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A316" s="4" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B316" s="6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C316" t="s" s="0">
+        <v>1229</v>
+      </c>
+      <c r="D316" t="s" s="0">
+        <v>1230</v>
+      </c>
+      <c r="E316" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A317" s="4" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B317" s="6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C317" t="s" s="0">
+        <v>1233</v>
+      </c>
+      <c r="D317" t="s" s="0">
+        <v>1234</v>
+      </c>
+      <c r="E317" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="318" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A318" s="4" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B318" s="6" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C318" t="s" s="0">
+        <v>1236</v>
+      </c>
+      <c r="D318" t="s" s="0">
+        <v>1236</v>
+      </c>
+      <c r="E318" t="n" s="0">
+        <v>-0.21</v>
+      </c>
+    </row>
+    <row r="319" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A319" s="4" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B319" s="6" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C319" t="s" s="0">
+        <v>1239</v>
+      </c>
+      <c r="D319" t="s" s="0">
+        <v>1240</v>
+      </c>
+      <c r="E319" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="320" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A320" s="4" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B320" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C320" t="s" s="0">
+        <v>1243</v>
+      </c>
+      <c r="D320" t="s" s="0">
+        <v>1244</v>
+      </c>
+      <c r="E320" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="321" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A321" s="4" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B321" s="6" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C321" t="s" s="0">
+        <v>1247</v>
+      </c>
+      <c r="D321" t="s" s="0">
+        <v>1248</v>
+      </c>
+      <c r="E321" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="322" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A322" s="4" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B322" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C322" t="s" s="0">
+        <v>1251</v>
+      </c>
+      <c r="D322" t="s" s="0">
+        <v>1252</v>
+      </c>
+      <c r="E322" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="323" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A323" s="4" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B323" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C323" t="s" s="0">
+        <v>1255</v>
+      </c>
+      <c r="D323" t="s" s="0">
+        <v>1256</v>
+      </c>
+      <c r="E323" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="324" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A324" s="4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B324" s="6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C324" t="s" s="0">
+        <v>1259</v>
+      </c>
+      <c r="D324" t="s" s="0">
+        <v>1260</v>
+      </c>
+      <c r="E324" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="325" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A325" s="4" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B325" s="6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C325" t="s" s="0">
+        <v>1263</v>
+      </c>
+      <c r="D325" t="s" s="0">
+        <v>1264</v>
+      </c>
+      <c r="E325" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="326" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A326" s="4" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B326" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C326" t="s" s="0">
+        <v>1267</v>
+      </c>
+      <c r="D326" t="s" s="0">
+        <v>1268</v>
+      </c>
+      <c r="E326" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A327" s="4" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B327" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C327" t="s" s="0">
+        <v>1271</v>
+      </c>
+      <c r="D327" t="s" s="0">
+        <v>1272</v>
+      </c>
+      <c r="E327" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="328" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A328" s="4" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B328" s="6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C328" t="s" s="0">
+        <v>1275</v>
+      </c>
+      <c r="D328" t="s" s="0">
+        <v>1276</v>
+      </c>
+      <c r="E328" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="329" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A329" s="4" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B329" s="6" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C329" t="s" s="0">
+        <v>1279</v>
+      </c>
+      <c r="D329" t="s" s="0">
+        <v>1280</v>
+      </c>
+      <c r="E329" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="330" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A330" s="4" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B330" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C330" t="s" s="0">
+        <v>1283</v>
+      </c>
+      <c r="D330" t="s" s="0">
+        <v>1284</v>
+      </c>
+      <c r="E330" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="331" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A331" s="4" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B331" s="6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C331" t="s" s="0">
+        <v>1287</v>
+      </c>
+      <c r="D331" t="s" s="0">
+        <v>1288</v>
+      </c>
+      <c r="E331" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="332" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A332" s="4" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B332" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C332" t="s" s="0">
+        <v>1291</v>
+      </c>
+      <c r="D332" t="s" s="0">
+        <v>1292</v>
+      </c>
+      <c r="E332" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="333" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A333" s="4" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B333" s="6" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C333" t="s" s="0">
+        <v>1295</v>
+      </c>
+      <c r="D333" t="s" s="0">
+        <v>1296</v>
+      </c>
+      <c r="E333" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="334" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A334" s="4" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B334" s="6" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C334" t="s" s="0">
+        <v>1299</v>
+      </c>
+      <c r="D334" t="s" s="0">
+        <v>1300</v>
+      </c>
+      <c r="E334" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="335" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A335" s="4" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B335" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C335" t="s" s="0">
+        <v>1303</v>
+      </c>
+      <c r="D335" t="s" s="0">
+        <v>1304</v>
+      </c>
+      <c r="E335" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="336" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A336" s="4" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B336" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C336" t="s" s="0">
+        <v>1307</v>
+      </c>
+      <c r="D336" t="s" s="0">
+        <v>1308</v>
+      </c>
+      <c r="E336" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="337" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A337" s="4" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B337" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C337" t="s" s="0">
+        <v>1311</v>
+      </c>
+      <c r="D337" t="s" s="0">
+        <v>1312</v>
+      </c>
+      <c r="E337" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="338" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A338" s="4" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B338" s="6" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C338" t="s" s="0">
+        <v>1315</v>
+      </c>
+      <c r="D338" t="s" s="0">
+        <v>1316</v>
+      </c>
+      <c r="E338" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="339" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A339" s="4" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B339" s="6" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C339" t="s" s="0">
+        <v>1319</v>
+      </c>
+      <c r="D339" t="s" s="0">
+        <v>1320</v>
+      </c>
+      <c r="E339" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="340" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A340" s="4" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B340" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C340" t="s" s="0">
+        <v>1323</v>
+      </c>
+      <c r="D340" t="s" s="0">
+        <v>1324</v>
+      </c>
+      <c r="E340" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="341" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A341" s="4" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B341" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C341" t="s" s="0">
+        <v>1327</v>
+      </c>
+      <c r="D341" t="s" s="0">
+        <v>1328</v>
+      </c>
+      <c r="E341" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="342" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A342" s="4" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B342" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C342" t="s" s="0">
+        <v>1331</v>
+      </c>
+      <c r="D342" t="s" s="0">
+        <v>1332</v>
+      </c>
+      <c r="E342" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="343" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A343" s="4" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B343" s="6" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C343" t="s" s="0">
+        <v>1335</v>
+      </c>
+      <c r="D343" t="s" s="0">
+        <v>1336</v>
+      </c>
+      <c r="E343" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="344" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A344" s="4" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B344" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C344" t="s" s="0">
+        <v>1339</v>
+      </c>
+      <c r="D344" t="s" s="0">
+        <v>1340</v>
+      </c>
+      <c r="E344" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="345" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A345" s="4" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B345" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C345" t="s" s="0">
+        <v>1343</v>
+      </c>
+      <c r="D345" t="s" s="0">
+        <v>1344</v>
+      </c>
+      <c r="E345" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="346" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A346" s="4" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B346" s="6" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C346" t="s" s="0">
+        <v>1347</v>
+      </c>
+      <c r="D346" t="s" s="0">
+        <v>1348</v>
+      </c>
+      <c r="E346" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="347" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A347" s="4" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B347" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C347" t="s" s="0">
+        <v>1351</v>
+      </c>
+      <c r="D347" t="s" s="0">
+        <v>1352</v>
+      </c>
+      <c r="E347" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="348" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A348" s="4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B348" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C348" t="s" s="0">
+        <v>1355</v>
+      </c>
+      <c r="D348" t="s" s="0">
+        <v>1356</v>
+      </c>
+      <c r="E348" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="349" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A349" s="4" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B349" s="6" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C349" t="s" s="0">
+        <v>1359</v>
+      </c>
+      <c r="D349" t="s" s="0">
+        <v>1360</v>
+      </c>
+      <c r="E349" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="350" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A350" s="4" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B350" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C350" t="s" s="0">
+        <v>1363</v>
+      </c>
+      <c r="D350" t="s" s="0">
+        <v>1364</v>
+      </c>
+      <c r="E350" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="351" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A351" s="4" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B351" s="6" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C351" t="s" s="0">
+        <v>1367</v>
+      </c>
+      <c r="D351" t="s" s="0">
+        <v>1368</v>
+      </c>
+      <c r="E351" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="352" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A352" s="4" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B352" s="6" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C352" t="s" s="0">
+        <v>1371</v>
+      </c>
+      <c r="D352" t="s" s="0">
+        <v>1372</v>
+      </c>
+      <c r="E352" t="n" s="0">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="353" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A353" s="4" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B353" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C353" t="s" s="0">
+        <v>1375</v>
+      </c>
+      <c r="D353" t="s" s="0">
+        <v>1376</v>
+      </c>
+      <c r="E353" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="354" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A354" s="4" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B354" s="6" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C354" t="s" s="0">
+        <v>1379</v>
+      </c>
+      <c r="D354" t="s" s="0">
+        <v>1380</v>
+      </c>
+      <c r="E354" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="355" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A355" s="4" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B355" s="6" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C355" t="s" s="0">
+        <v>1383</v>
+      </c>
+      <c r="D355" t="s" s="0">
+        <v>1384</v>
+      </c>
+      <c r="E355" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="356" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A356" s="4" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B356" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C356" t="s" s="0">
+        <v>1387</v>
+      </c>
+      <c r="D356" t="s" s="0">
+        <v>1388</v>
+      </c>
+      <c r="E356" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="357" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A357" s="4" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B357" s="6" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C357" t="s" s="0">
+        <v>1391</v>
+      </c>
+      <c r="D357" t="s" s="0">
+        <v>1392</v>
+      </c>
+      <c r="E357" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="358" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A358" s="4" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B358" s="6" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C358" t="s" s="0">
+        <v>1395</v>
+      </c>
+      <c r="D358" t="s" s="0">
+        <v>1396</v>
+      </c>
+      <c r="E358" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="359" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A359" s="4" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B359" s="6" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C359" t="s" s="0">
+        <v>1399</v>
+      </c>
+      <c r="D359" t="s" s="0">
+        <v>1400</v>
+      </c>
+      <c r="E359" t="n" s="0">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="360" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A360" s="4" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B360" s="6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C360" t="s" s="0">
+        <v>1403</v>
+      </c>
+      <c r="D360" t="s" s="0">
+        <v>1404</v>
+      </c>
+      <c r="E360" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="361" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A361" s="4" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B361" s="6" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C361" t="s" s="0">
+        <v>1407</v>
+      </c>
+      <c r="D361" t="s" s="0">
+        <v>1408</v>
+      </c>
+      <c r="E361" t="n" s="0">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="362" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A362" s="4" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B362" s="6" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C362" t="s" s="0">
+        <v>1411</v>
+      </c>
+      <c r="D362" t="s" s="0">
+        <v>1412</v>
+      </c>
+      <c r="E362" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="363" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A363" s="4" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B363" s="6" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C363" t="s" s="0">
+        <v>1415</v>
+      </c>
+      <c r="D363" t="s" s="0">
+        <v>1416</v>
+      </c>
+      <c r="E363" t="n" s="0">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="364" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A364" s="4" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B364" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C364" t="s" s="0">
+        <v>1419</v>
+      </c>
+      <c r="D364" t="s" s="0">
+        <v>1420</v>
+      </c>
+      <c r="E364" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="365" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A365" s="4" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B365" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C365" t="s" s="0">
+        <v>1423</v>
+      </c>
+      <c r="D365" t="s" s="0">
+        <v>1424</v>
+      </c>
+      <c r="E365" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="366" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A366" s="4" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B366" s="6" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C366" t="s" s="0">
+        <v>1427</v>
+      </c>
+      <c r="D366" t="s" s="0">
+        <v>1428</v>
+      </c>
+      <c r="E366" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="367" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A367" s="4" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B367" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C367" t="s" s="0">
+        <v>1431</v>
+      </c>
+      <c r="D367" t="s" s="0">
+        <v>1432</v>
+      </c>
+      <c r="E367" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="368" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A368" s="4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B368" s="6" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C368" t="s" s="0">
+        <v>1435</v>
+      </c>
+      <c r="D368" t="s" s="0">
+        <v>1436</v>
+      </c>
+      <c r="E368" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="369" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A369" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B369" s="6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C369" t="s" s="0">
+        <v>1439</v>
+      </c>
+      <c r="D369" t="s" s="0">
+        <v>1440</v>
+      </c>
+      <c r="E369" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="370" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A370" s="4" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B370" s="6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C370" t="s" s="0">
+        <v>1443</v>
+      </c>
+      <c r="D370" t="s" s="0">
+        <v>1444</v>
+      </c>
+      <c r="E370" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="371" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A371" s="4" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B371" s="6" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C371" t="s" s="0">
+        <v>1447</v>
+      </c>
+      <c r="D371" t="s" s="0">
+        <v>1448</v>
+      </c>
+      <c r="E371" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="372" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A372" s="4" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B372" s="6" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C372" t="s" s="0">
+        <v>1451</v>
+      </c>
+      <c r="D372" t="s" s="0">
+        <v>1452</v>
+      </c>
+      <c r="E372" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="373" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A373" s="4" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B373" s="6" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C373" t="s" s="0">
+        <v>1455</v>
+      </c>
+      <c r="D373" t="s" s="0">
+        <v>1456</v>
+      </c>
+      <c r="E373" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="374" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A374" s="4" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B374" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C374" t="s" s="0">
+        <v>1459</v>
+      </c>
+      <c r="D374" t="s" s="0">
+        <v>1460</v>
+      </c>
+      <c r="E374" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="375" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A375" s="4" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B375" s="6" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C375" t="s" s="0">
+        <v>1463</v>
+      </c>
+      <c r="D375" t="s" s="0">
+        <v>1464</v>
+      </c>
+      <c r="E375" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="376" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A376" s="4" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B376" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C376" t="s" s="0">
+        <v>1467</v>
+      </c>
+      <c r="D376" t="s" s="0">
+        <v>1468</v>
+      </c>
+      <c r="E376" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="377" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A377" s="4" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B377" s="6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C377" t="s" s="0">
+        <v>1471</v>
+      </c>
+      <c r="D377" t="s" s="0">
+        <v>1472</v>
+      </c>
+      <c r="E377" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="378" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A378" s="4" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B378" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C378" t="s" s="0">
+        <v>1475</v>
+      </c>
+      <c r="D378" t="s" s="0">
+        <v>1476</v>
+      </c>
+      <c r="E378" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="379" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A379" s="4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B379" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C379" t="s" s="0">
+        <v>1479</v>
+      </c>
+      <c r="D379" t="s" s="0">
+        <v>1480</v>
+      </c>
+      <c r="E379" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="380" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A380" s="4" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B380" s="6" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C380" t="s" s="0">
+        <v>1483</v>
+      </c>
+      <c r="D380" t="s" s="0">
+        <v>1484</v>
+      </c>
+      <c r="E380" t="n" s="0">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="381" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A381" s="4" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B381" s="6" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C381" t="s" s="0">
+        <v>1487</v>
+      </c>
+      <c r="D381" t="s" s="0">
+        <v>1488</v>
+      </c>
+      <c r="E381" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="382" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A382" s="4" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B382" s="6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C382" t="s" s="0">
+        <v>1491</v>
+      </c>
+      <c r="D382" t="s" s="0">
+        <v>1492</v>
+      </c>
+      <c r="E382" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="383" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A383" s="4" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B383" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C383" t="s" s="0">
+        <v>1494</v>
+      </c>
+      <c r="D383" t="s" s="0">
+        <v>1495</v>
+      </c>
+      <c r="E383" t="n" s="0">
+        <v>2.46</v>
+      </c>
+    </row>
+    <row r="384" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A384" s="4" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B384" s="6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C384" t="s" s="0">
+        <v>1498</v>
+      </c>
+      <c r="D384" t="s" s="0">
+        <v>1499</v>
+      </c>
+      <c r="E384" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="385" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A385" s="4" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B385" s="6" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C385" t="s" s="0">
+        <v>1502</v>
+      </c>
+      <c r="D385" t="s" s="0">
+        <v>1503</v>
+      </c>
+      <c r="E385" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="386" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A386" s="4" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B386" s="6" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C386" t="s" s="0">
+        <v>1506</v>
+      </c>
+      <c r="D386" t="s" s="0">
+        <v>1507</v>
+      </c>
+      <c r="E386" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="387" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A387" s="4" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B387" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C387" t="s" s="0">
+        <v>1510</v>
+      </c>
+      <c r="D387" t="s" s="0">
+        <v>1511</v>
+      </c>
+      <c r="E387" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="388" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A388" s="4" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B388" s="6" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C388" t="s" s="0">
+        <v>1514</v>
+      </c>
+      <c r="D388" t="s" s="0">
+        <v>1515</v>
+      </c>
+      <c r="E388" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="389" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A389" s="4" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B389" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C389" t="s" s="0">
+        <v>1518</v>
+      </c>
+      <c r="D389" t="s" s="0">
+        <v>1519</v>
+      </c>
+      <c r="E389" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="390" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A390" s="4" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B390" s="6" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C390" t="s" s="0">
+        <v>1522</v>
+      </c>
+      <c r="D390" t="s" s="0">
+        <v>1523</v>
+      </c>
+      <c r="E390" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="391" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A391" s="4" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B391" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C391" t="s" s="0">
+        <v>1526</v>
+      </c>
+      <c r="D391" t="s" s="0">
+        <v>1527</v>
+      </c>
+      <c r="E391" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="392" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A392" s="4" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B392" s="6" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C392" t="s" s="0">
+        <v>1530</v>
+      </c>
+      <c r="D392" t="s" s="0">
+        <v>1531</v>
+      </c>
+      <c r="E392" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="393" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A393" s="4" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B393" s="6" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C393" t="s" s="0">
+        <v>1534</v>
+      </c>
+      <c r="D393" t="s" s="0">
+        <v>1535</v>
+      </c>
+      <c r="E393" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="394" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A394" s="4" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B394" s="6" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C394" t="s" s="0">
+        <v>1538</v>
+      </c>
+      <c r="D394" t="s" s="0">
+        <v>1539</v>
+      </c>
+      <c r="E394" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="395" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A395" s="4" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B395" s="6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C395" t="s" s="0">
+        <v>1542</v>
+      </c>
+      <c r="D395" t="s" s="0">
+        <v>1543</v>
+      </c>
+      <c r="E395" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="396" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A396" s="4" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B396" s="6" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C396" t="s" s="0">
+        <v>1546</v>
+      </c>
+      <c r="D396" t="s" s="0">
+        <v>1547</v>
+      </c>
+      <c r="E396" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="397" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A397" s="4" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B397" s="6" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C397" t="s" s="0">
+        <v>1550</v>
+      </c>
+      <c r="D397" t="s" s="0">
+        <v>1551</v>
+      </c>
+      <c r="E397" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="398" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A398" s="4" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B398" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C398" t="s" s="0">
+        <v>1554</v>
+      </c>
+      <c r="D398" t="s" s="0">
+        <v>1555</v>
+      </c>
+      <c r="E398" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="399" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A399" s="4" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B399" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C399" t="s" s="0">
+        <v>1558</v>
+      </c>
+      <c r="D399" t="s" s="0">
+        <v>1559</v>
+      </c>
+      <c r="E399" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="400" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A400" s="4" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B400" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C400" t="s" s="0">
+        <v>1562</v>
+      </c>
+      <c r="D400" t="s" s="0">
+        <v>1563</v>
+      </c>
+      <c r="E400" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="401" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A401" s="4" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B401" s="6" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C401" t="s" s="0">
+        <v>1566</v>
+      </c>
+      <c r="D401" t="s" s="0">
+        <v>1567</v>
+      </c>
+      <c r="E401" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="402" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A402" s="4" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B402" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C402" t="s" s="0">
+        <v>1570</v>
+      </c>
+      <c r="D402" t="s" s="0">
+        <v>1571</v>
+      </c>
+      <c r="E402" t="n" s="0">
+        <v>0.14</v>
+      </c>
+    </row>
+    <row r="403" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A403" s="4" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B403" s="6" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C403" t="s" s="0">
+        <v>1574</v>
+      </c>
+      <c r="D403" t="s" s="0">
+        <v>1575</v>
+      </c>
+      <c r="E403" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="404" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A404" s="4" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B404" s="6" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C404" t="s" s="0">
+        <v>1578</v>
+      </c>
+      <c r="D404" t="s" s="0">
+        <v>1579</v>
+      </c>
+      <c r="E404" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="405" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A405" s="4" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B405" s="6" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C405" t="s" s="0">
+        <v>1582</v>
+      </c>
+      <c r="D405" t="s" s="0">
+        <v>1583</v>
+      </c>
+      <c r="E405" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="406" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A406" s="4" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B406" s="6" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C406" t="s" s="0">
+        <v>1586</v>
+      </c>
+      <c r="D406" t="s" s="0">
+        <v>1587</v>
+      </c>
+      <c r="E406" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="407" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A407" s="4" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B407" s="6" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C407" t="s" s="0">
+        <v>1590</v>
+      </c>
+      <c r="D407" t="s" s="0">
+        <v>1591</v>
+      </c>
+      <c r="E407" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="408" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A408" s="4" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B408" s="6" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C408" t="s" s="0">
+        <v>1594</v>
+      </c>
+      <c r="D408" t="s" s="0">
+        <v>1595</v>
+      </c>
+      <c r="E408" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="409" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A409" s="4" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B409" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C409" t="s" s="0">
+        <v>1598</v>
+      </c>
+      <c r="D409" t="s" s="0">
+        <v>1599</v>
+      </c>
+      <c r="E409" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="410" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A410" s="4" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B410" s="6" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C410" t="s" s="0">
+        <v>1602</v>
+      </c>
+      <c r="D410" t="s" s="0">
+        <v>1603</v>
+      </c>
+      <c r="E410" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="411" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A411" s="4" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B411" s="6" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C411" t="s" s="0">
+        <v>1606</v>
+      </c>
+      <c r="D411" t="s" s="0">
+        <v>1607</v>
+      </c>
+      <c r="E411" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="412" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A412" s="4" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B412" s="6" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C412" t="s" s="0">
+        <v>1610</v>
+      </c>
+      <c r="D412" t="s" s="0">
+        <v>1611</v>
+      </c>
+      <c r="E412" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="413" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A413" s="4" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B413" s="6" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C413" t="s" s="0">
+        <v>1614</v>
+      </c>
+      <c r="D413" t="s" s="0">
+        <v>1615</v>
+      </c>
+      <c r="E413" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="414" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A414" s="4" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B414" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C414" t="s" s="0">
+        <v>1618</v>
+      </c>
+      <c r="D414" t="s" s="0">
+        <v>1619</v>
+      </c>
+      <c r="E414" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="415" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A415" s="4" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B415" s="6" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C415" t="s" s="0">
+        <v>1622</v>
+      </c>
+      <c r="D415" t="s" s="0">
+        <v>1623</v>
+      </c>
+      <c r="E415" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="416" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A416" s="4" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B416" s="6" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C416" t="s" s="0">
+        <v>1626</v>
+      </c>
+      <c r="D416" t="s" s="0">
+        <v>1627</v>
+      </c>
+      <c r="E416" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="417" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A417" s="4" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B417" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C417" t="s" s="0">
+        <v>1630</v>
+      </c>
+      <c r="D417" t="s" s="0">
+        <v>1631</v>
+      </c>
+      <c r="E417" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="418" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A418" s="4" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B418" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C418" t="s" s="0">
+        <v>1634</v>
+      </c>
+      <c r="D418" t="s" s="0">
+        <v>1635</v>
+      </c>
+      <c r="E418" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="419" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A419" s="4" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B419" s="6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C419" t="s" s="0">
+        <v>1638</v>
+      </c>
+      <c r="D419" t="s" s="0">
+        <v>1639</v>
+      </c>
+      <c r="E419" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="420" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A420" s="4" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B420" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C420" t="s" s="0">
+        <v>1642</v>
+      </c>
+      <c r="D420" t="s" s="0">
+        <v>1643</v>
+      </c>
+      <c r="E420" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="421" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A421" s="4" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B421" s="6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C421" t="s" s="0">
+        <v>1646</v>
+      </c>
+      <c r="D421" t="s" s="0">
+        <v>1647</v>
+      </c>
+      <c r="E421" t="n" s="0">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="422" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A422" s="4" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B422" s="6" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C422" t="s" s="0">
+        <v>1650</v>
+      </c>
+      <c r="D422" t="s" s="0">
+        <v>1651</v>
+      </c>
+      <c r="E422" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="423" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A423" s="4" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B423" s="6" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C423" t="s" s="0">
+        <v>1654</v>
+      </c>
+      <c r="D423" t="s" s="0">
+        <v>1655</v>
+      </c>
+      <c r="E423" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="424" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A424" s="4" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B424" s="6" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C424" t="s" s="0">
+        <v>1658</v>
+      </c>
+      <c r="D424" t="s" s="0">
+        <v>1659</v>
+      </c>
+      <c r="E424" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="425" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A425" s="4" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B425" s="6" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C425" t="s" s="0">
+        <v>1662</v>
+      </c>
+      <c r="D425" t="s" s="0">
+        <v>1663</v>
+      </c>
+      <c r="E425" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="426" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A426" s="4" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B426" s="6" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C426" t="s" s="0">
+        <v>1666</v>
+      </c>
+      <c r="D426" t="s" s="0">
+        <v>1667</v>
+      </c>
+      <c r="E426" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="427" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A427" s="4" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B427" s="6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C427" t="s" s="0">
+        <v>1670</v>
+      </c>
+      <c r="D427" t="s" s="0">
+        <v>1671</v>
+      </c>
+      <c r="E427" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="428" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A428" s="4" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B428" s="6" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C428" t="s" s="0">
+        <v>1674</v>
+      </c>
+      <c r="D428" t="s" s="0">
+        <v>1675</v>
+      </c>
+      <c r="E428" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="429" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A429" s="4" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B429" s="6" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C429" t="s" s="0">
+        <v>1678</v>
+      </c>
+      <c r="D429" t="s" s="0">
+        <v>1679</v>
+      </c>
+      <c r="E429" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="430" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A430" s="4" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B430" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C430" t="s" s="0">
+        <v>1682</v>
+      </c>
+      <c r="D430" t="s" s="0">
+        <v>1683</v>
+      </c>
+      <c r="E430" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="431" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A431" s="4" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B431" s="6" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C431" t="s" s="0">
+        <v>1686</v>
+      </c>
+      <c r="D431" t="s" s="0">
+        <v>1687</v>
+      </c>
+      <c r="E431" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="432" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A432" s="4" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B432" s="6" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C432" t="s" s="0">
+        <v>1690</v>
+      </c>
+      <c r="D432" t="s" s="0">
+        <v>1691</v>
+      </c>
+      <c r="E432" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A433" s="4" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B433" s="6" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C433" t="s" s="0">
+        <v>1694</v>
+      </c>
+      <c r="D433" t="s" s="0">
+        <v>1695</v>
+      </c>
+      <c r="E433" t="n" s="0">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="434" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A434" s="4" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B434" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C434" t="s" s="0">
+        <v>1697</v>
+      </c>
+      <c r="D434" t="s" s="0">
+        <v>106</v>
+      </c>
+      <c r="E434" t="n" s="0">
+        <v>2.43</v>
+      </c>
+    </row>
+    <row r="435" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A435" s="4" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B435" s="6" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C435" t="s" s="0">
+        <v>1700</v>
+      </c>
+      <c r="D435" t="s" s="0">
+        <v>1701</v>
+      </c>
+      <c r="E435" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="436" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A436" s="4" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B436" s="6" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C436" t="s" s="0">
+        <v>1704</v>
+      </c>
+      <c r="D436" t="s" s="0">
+        <v>1705</v>
+      </c>
+      <c r="E436" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="437" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A437" s="4" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B437" s="6" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C437" t="s" s="0">
+        <v>1708</v>
+      </c>
+      <c r="D437" t="s" s="0">
+        <v>1709</v>
+      </c>
+      <c r="E437" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="438" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A438" s="4" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B438" s="6" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C438" t="s" s="0">
+        <v>1712</v>
+      </c>
+      <c r="D438" t="s" s="0">
+        <v>1713</v>
+      </c>
+      <c r="E438" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="439" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A439" s="4" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B439" s="6" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C439" t="s" s="0">
+        <v>1716</v>
+      </c>
+      <c r="D439" t="s" s="0">
+        <v>1717</v>
+      </c>
+      <c r="E439" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="440" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A440" s="4" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B440" s="6" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C440" t="s" s="0">
+        <v>1720</v>
+      </c>
+      <c r="D440" t="s" s="0">
+        <v>1721</v>
+      </c>
+      <c r="E440" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="441" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A441" s="4" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B441" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C441" t="s" s="0">
+        <v>1723</v>
+      </c>
+      <c r="D441" t="s" s="0">
+        <v>1724</v>
+      </c>
+      <c r="E441" t="n" s="0">
+        <v>1.01</v>
+      </c>
+    </row>
+    <row r="442" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A442" s="4" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B442" s="6" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C442" t="s" s="0">
+        <v>1727</v>
+      </c>
+      <c r="D442" t="s" s="0">
+        <v>1728</v>
+      </c>
+      <c r="E442" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="443" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A443" s="4" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B443" s="6" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C443" t="s" s="0">
+        <v>1731</v>
+      </c>
+      <c r="D443" t="s" s="0">
+        <v>1732</v>
+      </c>
+      <c r="E443" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="444" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A444" s="4" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B444" s="6" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C444" t="s" s="0">
+        <v>1735</v>
+      </c>
+      <c r="D444" t="s" s="0">
+        <v>1736</v>
+      </c>
+      <c r="E444" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="445" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A445" s="4" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B445" s="6" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C445" t="s" s="0">
+        <v>1739</v>
+      </c>
+      <c r="D445" t="s" s="0">
+        <v>1740</v>
+      </c>
+      <c r="E445" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="446" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A446" s="4" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B446" s="6" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C446" t="s" s="0">
+        <v>1743</v>
+      </c>
+      <c r="D446" t="s" s="0">
+        <v>1744</v>
+      </c>
+      <c r="E446" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="447" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A447" s="4" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B447" s="6" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C447" t="s" s="0">
+        <v>1747</v>
+      </c>
+      <c r="D447" t="s" s="0">
+        <v>1748</v>
+      </c>
+      <c r="E447" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="448" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A448" s="4" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B448" s="6" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C448" t="s" s="0">
+        <v>1751</v>
+      </c>
+      <c r="D448" t="s" s="0">
+        <v>1752</v>
+      </c>
+      <c r="E448" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="449" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A449" s="4" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B449" s="6" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C449" t="s" s="0">
+        <v>1755</v>
+      </c>
+      <c r="D449" t="s" s="0">
+        <v>1756</v>
+      </c>
+      <c r="E449" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="450" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A450" s="4" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B450" s="6" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C450" t="s" s="0">
+        <v>1759</v>
+      </c>
+      <c r="D450" t="s" s="0">
+        <v>1760</v>
+      </c>
+      <c r="E450" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="451" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A451" s="4" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B451" s="6" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C451" t="s" s="0">
+        <v>1763</v>
+      </c>
+      <c r="D451" t="s" s="0">
+        <v>1764</v>
+      </c>
+      <c r="E451" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B456" s="2"/>
+    </row>
+    <row r="457" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A457" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B457" s="2"/>
+    </row>
+    <row r="458" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A458" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B458" s="2"/>
+    </row>
+    <row r="459" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A459" s="11" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B459" s="11"/>
+      <c r="C459" s="12"/>
+      <c r="D459" s="12"/>
+    </row>
+    <row r="460" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A460" s="10" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B460" s="9"/>
+      <c r="C460" s="9"/>
+      <c r="D460" s="9"/>
+    </row>
+    <row r="461" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A461" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B461" s="9"/>
+      <c r="C461" s="9"/>
+      <c r="D461" s="9"/>
+    </row>
+    <row r="462" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B462" s="2"/>
+    </row>
+    <row r="463" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A463" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B311" s="2"/>
-[...11 lines deleted...]
-      <c r="B313" s="2"/>
+      <c r="B463" s="2"/>
+    </row>
+    <row r="464" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A464" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B464" s="2"/>
+    </row>
+    <row r="465" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A465" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B465" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A307:D307"/>
-    <mergeCell ref="A308:D309"/>
+    <mergeCell ref="A459:D459"/>
+    <mergeCell ref="A460:D461"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>