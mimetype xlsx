--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -10,340 +10,352 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1731" uniqueCount="1491">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1855" uniqueCount="1497">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global High Yield Bond Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-oct-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 30-nov-2025</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
     <t>1011778 BC UNLIMITED LIABILITY CO 144A</t>
   </si>
   <si>
     <t>68245XAM1</t>
   </si>
   <si>
     <t>US68245XAM11</t>
   </si>
   <si>
     <t>BMT6QQ0</t>
   </si>
   <si>
     <t>1261229 B.C. LTD. 144A</t>
   </si>
   <si>
     <t>68288AAA5</t>
   </si>
   <si>
     <t>US68288AAA51</t>
   </si>
   <si>
     <t>BS9G792</t>
   </si>
   <si>
+    <t>ACUSHNET CO 144A</t>
+  </si>
+  <si>
+    <t>005095AB0</t>
+  </si>
+  <si>
+    <t>US005095AB02</t>
+  </si>
+  <si>
+    <t>BS84DH7</t>
+  </si>
+  <si>
     <t>ADLER FINANCING SARL</t>
   </si>
   <si>
     <t>BMIEDK2S0</t>
   </si>
   <si>
     <t>DE000A4D5RA0</t>
   </si>
   <si>
     <t>BP6RKV0</t>
   </si>
   <si>
     <t>ADTALEM GLOBAL EDUCATION INC 144A</t>
   </si>
   <si>
     <t>00737WAA7</t>
   </si>
   <si>
     <t>US00737WAA71</t>
   </si>
   <si>
     <t>BMWSVR9</t>
   </si>
   <si>
     <t>AEGIS LUX 1A SARL RegS</t>
   </si>
   <si>
     <t>BMIFPLN67</t>
   </si>
   <si>
     <t>XS3213252540</t>
   </si>
   <si>
     <t>BV9F0M4</t>
   </si>
   <si>
     <t>AETHON UNITED BR LP/AETHON UNITED 144A</t>
   </si>
   <si>
     <t>00810GAD6</t>
   </si>
   <si>
     <t>US00810GAD60</t>
   </si>
   <si>
     <t>BP092P0</t>
   </si>
   <si>
-    <t>AHP HEALTH PARTNERS INC 144A</t>
-[...5 lines deleted...]
-    <t>US00150LAB71</t>
+    <t>ALEXANDRITE LAKE LUX HOLDINGS SARL RegS</t>
+  </si>
+  <si>
+    <t>BMIF6T983</t>
+  </si>
+  <si>
+    <t>XS3104473312</t>
+  </si>
+  <si>
+    <t>BVRTP23</t>
+  </si>
+  <si>
+    <t>ALEXANDRITE MONNET UK HOLDCO PLC RegS</t>
+  </si>
+  <si>
+    <t>BMIDF37S3</t>
+  </si>
+  <si>
+    <t>XS2800001914</t>
+  </si>
+  <si>
+    <t>BSRK406</t>
+  </si>
+  <si>
+    <t>ALLEGHENY LUDLUM CORP</t>
+  </si>
+  <si>
+    <t>016900AC6</t>
+  </si>
+  <si>
+    <t>US016900AC60</t>
+  </si>
+  <si>
+    <t>2014195</t>
+  </si>
+  <si>
+    <t>ALLIANT HOLDINGS INTERMEDIATE LLC 144A</t>
+  </si>
+  <si>
+    <t>01883LAG8</t>
+  </si>
+  <si>
+    <t>US01883LAG86</t>
+  </si>
+  <si>
+    <t>BS6QBT3</t>
+  </si>
+  <si>
+    <t>01883LAF0</t>
+  </si>
+  <si>
+    <t>US01883LAF04</t>
+  </si>
+  <si>
+    <t>BNDQTF3</t>
+  </si>
+  <si>
+    <t>01883LAH6</t>
+  </si>
+  <si>
+    <t>US01883LAH69</t>
+  </si>
+  <si>
+    <t>BS6QBV5</t>
+  </si>
+  <si>
+    <t>ALLIED UNIVERSAL HOLDCO LLC 144A</t>
+  </si>
+  <si>
+    <t>019576AD9</t>
+  </si>
+  <si>
+    <t>US019576AD90</t>
+  </si>
+  <si>
+    <t>BMCGQM3</t>
+  </si>
+  <si>
+    <t>019576AF4</t>
+  </si>
+  <si>
+    <t>US019576AF49</t>
+  </si>
+  <si>
+    <t>BQMJ169</t>
+  </si>
+  <si>
+    <t>ALLWYN ENTERTAINMENT FINANCING (UK 144A</t>
+  </si>
+  <si>
+    <t>02007VAA8</t>
+  </si>
+  <si>
+    <t>US02007VAA89</t>
+  </si>
+  <si>
+    <t>BQMHP72</t>
+  </si>
+  <si>
+    <t>ALLWYN ENTERTAINMENT FINANCING (UK RegS</t>
+  </si>
+  <si>
+    <t>BMIF7T2C0</t>
+  </si>
+  <si>
+    <t>XS3134529562</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>ALEXANDRITE LAKE LUX HOLDINGS SARL RegS</t>
-[...106 lines deleted...]
-  <si>
     <t>BMIBX5Z51</t>
   </si>
   <si>
     <t>XS2615937187</t>
   </si>
   <si>
     <t>BQP9H02</t>
   </si>
   <si>
     <t>ALLY FINANCIAL INC</t>
   </si>
   <si>
     <t>02005NBM1</t>
   </si>
   <si>
     <t>US02005NBM11</t>
   </si>
   <si>
     <t>BN7N9G1</t>
   </si>
   <si>
     <t>ALMAVIVA THE ITALIAN INNOVATION CO RegS</t>
   </si>
   <si>
     <t>BMIE3P5L2</t>
   </si>
   <si>
     <t>XS2927492798</t>
   </si>
   <si>
     <t>BT3KL73</t>
   </si>
   <si>
     <t>ALPHA GENERATION LLC 144A</t>
   </si>
   <si>
     <t>02073LAA9</t>
   </si>
   <si>
     <t>US02073LAA98</t>
   </si>
   <si>
     <t>BP092B6</t>
   </si>
   <si>
+    <t>ALSTRIA OFFICE AG RegS</t>
+  </si>
+  <si>
+    <t>BMIFM7LH9</t>
+  </si>
+  <si>
+    <t>XS3199069165</t>
+  </si>
+  <si>
     <t>ALTICE FINANCING SA 144A</t>
   </si>
   <si>
     <t>02154CAF0</t>
   </si>
   <si>
     <t>US02154CAF05</t>
   </si>
   <si>
     <t>02154CAH6</t>
   </si>
   <si>
     <t>US02154CAH60</t>
   </si>
   <si>
     <t>BMWT6D3</t>
   </si>
   <si>
     <t>AMENTUM HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>02352BAA3</t>
   </si>
   <si>
     <t>US02352BAA35</t>
@@ -393,134 +405,173 @@
   <si>
     <t>03238AAA3</t>
   </si>
   <si>
     <t>US03238AAA34</t>
   </si>
   <si>
     <t>BTQN0X8</t>
   </si>
   <si>
     <t>API ESCROW CORP 144A</t>
   </si>
   <si>
     <t>00185PAA9</t>
   </si>
   <si>
     <t>US00185PAA93</t>
   </si>
   <si>
     <t>BP5F651</t>
   </si>
   <si>
     <t>ARCHES BUYER INC 144A</t>
   </si>
   <si>
+    <t>039524AA1</t>
+  </si>
+  <si>
+    <t>US039524AA11</t>
+  </si>
+  <si>
     <t>039524AB9</t>
   </si>
   <si>
     <t>US039524AB93</t>
   </si>
   <si>
-    <t>039524AA1</t>
-[...4 lines deleted...]
-  <si>
     <t>ARCOSA INC 144A</t>
   </si>
   <si>
     <t>039653AC4</t>
   </si>
   <si>
     <t>US039653AC46</t>
   </si>
   <si>
     <t>BMYDZ81</t>
   </si>
   <si>
-    <t>ARDAGH PACKAGING FINANCE PLC -W/I</t>
-[...2 lines deleted...]
-    <t>BMIFRETR9</t>
+    <t>ARDAGH GROUP SA 144A</t>
+  </si>
+  <si>
+    <t>039959AA9</t>
+  </si>
+  <si>
+    <t>US039959AA98</t>
+  </si>
+  <si>
+    <t>BTWWV25</t>
+  </si>
+  <si>
+    <t>ARDAGH METAL PACKAGING FINANCE PLC RegS</t>
+  </si>
+  <si>
+    <t>BMIFUJ2J1</t>
+  </si>
+  <si>
+    <t>XS3239172565</t>
+  </si>
+  <si>
+    <t>ARDAGH METAL PACKAGING FINANCE USA 144A</t>
+  </si>
+  <si>
+    <t>03969YAD0</t>
+  </si>
+  <si>
+    <t>US03969YAD04</t>
+  </si>
+  <si>
+    <t>BP9M8X0</t>
+  </si>
+  <si>
+    <t>ARDAGH METAL PACKAGING FINANCE USA RegS</t>
+  </si>
+  <si>
+    <t>BMI9JBY68</t>
+  </si>
+  <si>
+    <t>XS2310511717</t>
+  </si>
+  <si>
+    <t>BNKLFB9</t>
   </si>
   <si>
     <t>ARSENAL AIC PARENT LLC 144A</t>
   </si>
   <si>
     <t>04288BAC4</t>
   </si>
   <si>
     <t>US04288BAC46</t>
   </si>
   <si>
     <t>BSF1TK6</t>
   </si>
   <si>
     <t>ARTERA SERVICES LLC 144A</t>
   </si>
   <si>
     <t>04302XAA2</t>
   </si>
   <si>
     <t>US04302XAA28</t>
   </si>
   <si>
     <t>BSF1V00</t>
   </si>
   <si>
     <t>ASBURY AUTOMOTIVE GROUP INC</t>
   </si>
   <si>
     <t>043436AV6</t>
   </si>
   <si>
     <t>US043436AV64</t>
   </si>
   <si>
     <t>ASBURY AUTOMOTIVE GROUP INC. 144A</t>
   </si>
   <si>
+    <t>043436AW4</t>
+  </si>
+  <si>
+    <t>US043436AW48</t>
+  </si>
+  <si>
+    <t>BP6MDQ1</t>
+  </si>
+  <si>
     <t>043436AX2</t>
   </si>
   <si>
     <t>US043436AX21</t>
   </si>
   <si>
     <t>BP8KZF6</t>
   </si>
   <si>
-    <t>043436AW4</t>
-[...7 lines deleted...]
-  <si>
     <t>ASK CHEM DE HOLD GMBH RegS</t>
   </si>
   <si>
     <t>BMIE3P9N4</t>
   </si>
   <si>
     <t>XS2919072962</t>
   </si>
   <si>
     <t>BT9N927</t>
   </si>
   <si>
     <t>ATHENAHEALTH GROUP INC 144A</t>
   </si>
   <si>
     <t>60337JAA4</t>
   </si>
   <si>
     <t>US60337JAA43</t>
   </si>
   <si>
     <t>BN7SNC0</t>
   </si>
   <si>
     <t>ATLANTICA SUSTAINABLE INFRASTRUCTU 144A</t>
@@ -618,50 +669,59 @@
   <si>
     <t>05464CAC5</t>
   </si>
   <si>
     <t>US05464CAC55</t>
   </si>
   <si>
     <t>BR4XVS8</t>
   </si>
   <si>
     <t>AZORRA FINANCE LTD 144A</t>
   </si>
   <si>
     <t>05480AAB1</t>
   </si>
   <si>
     <t>US05480AAB17</t>
   </si>
   <si>
     <t>BVLGWH4</t>
   </si>
   <si>
     <t>B&amp;M EUROPEAN VALUE RETAIL SA RegS</t>
   </si>
   <si>
+    <t>BMIABQ0P5</t>
+  </si>
+  <si>
+    <t>XS2411541738</t>
+  </si>
+  <si>
+    <t>BN470M9</t>
+  </si>
+  <si>
     <t>BMICQWY91</t>
   </si>
   <si>
     <t>XS2721513260</t>
   </si>
   <si>
     <t>BNDSDY6</t>
   </si>
   <si>
     <t>BATH &amp; BODY WORKS INC</t>
   </si>
   <si>
     <t>532716AK3</t>
   </si>
   <si>
     <t>US532716AK37</t>
   </si>
   <si>
     <t>2684565</t>
   </si>
   <si>
     <t>BAUSCH+LOMB NETHERLANDS BV MTN RegS</t>
   </si>
   <si>
     <t>BMIF210Z7</t>
@@ -726,62 +786,50 @@
   <si>
     <t>BVYL9T7</t>
   </si>
   <si>
     <t>BOMBARDIER INC 144A</t>
   </si>
   <si>
     <t>097751CA7</t>
   </si>
   <si>
     <t>US097751CA78</t>
   </si>
   <si>
     <t>BQHN2K7</t>
   </si>
   <si>
     <t>097751CB5</t>
   </si>
   <si>
     <t>US097751CB51</t>
   </si>
   <si>
     <t>BS2FMN5</t>
   </si>
   <si>
-    <t>BOOST NEWCO BORROWER LLC 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>BOOTS GROUP FINCO LP RegS</t>
   </si>
   <si>
     <t>BMIF6K198</t>
   </si>
   <si>
     <t>XS3134602070</t>
   </si>
   <si>
     <t>BMIF7BF19</t>
   </si>
   <si>
     <t>XS3134602583</t>
   </si>
   <si>
     <t>BRXBPQ9</t>
   </si>
   <si>
     <t>BUILDERS FIRSTSOURCE INC 144A</t>
   </si>
   <si>
     <t>12008RAN7</t>
   </si>
   <si>
     <t>US12008RAN70</t>
@@ -861,113 +909,104 @@
   <si>
     <t>143658CA8</t>
   </si>
   <si>
     <t>US143658CA82</t>
   </si>
   <si>
     <t>BT7MYF4</t>
   </si>
   <si>
     <t>CARSCOM INC 144A</t>
   </si>
   <si>
     <t>14575EAA3</t>
   </si>
   <si>
     <t>US14575EAA38</t>
   </si>
   <si>
     <t>BMW6SM7</t>
   </si>
   <si>
     <t>CCO HOLDINGS LLC 144A</t>
   </si>
   <si>
+    <t>1248EPCS0</t>
+  </si>
+  <si>
+    <t>US1248EPCS01</t>
+  </si>
+  <si>
+    <t>BN4JB66</t>
+  </si>
+  <si>
     <t>1248EPCB7</t>
   </si>
   <si>
     <t>US1248EPCB75</t>
   </si>
   <si>
     <t>BK8KJX7</t>
   </si>
   <si>
-    <t>1248EPCS0</t>
-[...16 lines deleted...]
-  <si>
     <t>1248EPCP6</t>
   </si>
   <si>
     <t>US1248EPCP61</t>
   </si>
   <si>
     <t>BMVZMH8</t>
   </si>
   <si>
     <t>CCO HOLDINGS LLC / CCO HOLDINGS CA 144A</t>
   </si>
   <si>
     <t>1248EPCK7</t>
   </si>
   <si>
     <t>US1248EPCK74</t>
   </si>
   <si>
+    <t>1248EPBX0</t>
+  </si>
+  <si>
+    <t>US1248EPBX05</t>
+  </si>
+  <si>
+    <t>BF2KJZ0</t>
+  </si>
+  <si>
     <t>1248EPCD3</t>
   </si>
   <si>
     <t>US1248EPCD32</t>
   </si>
   <si>
     <t>BK6WV51</t>
   </si>
   <si>
-    <t>1248EPBX0</t>
-[...7 lines deleted...]
-  <si>
     <t>CD&amp;R FIREFLY BIDCO PLC RegS</t>
   </si>
   <si>
     <t>BMIDAHQ98</t>
   </si>
   <si>
     <t>XS2798887076</t>
   </si>
   <si>
     <t>BQZCN70</t>
   </si>
   <si>
     <t>CELANESE US HOLDINGS LLC</t>
   </si>
   <si>
     <t>15089QAY0</t>
   </si>
   <si>
     <t>US15089QAY08</t>
   </si>
   <si>
     <t>CERDIA FINANZ GMBH 144A</t>
   </si>
   <si>
     <t>15679GAC6</t>
@@ -1065,536 +1104,527 @@
   <si>
     <t>CIENA CORPORATION 144A</t>
   </si>
   <si>
     <t>171779AL5</t>
   </si>
   <si>
     <t>US171779AL52</t>
   </si>
   <si>
     <t>BPCQGC4</t>
   </si>
   <si>
     <t>CIMPRESS PLC 144A</t>
   </si>
   <si>
     <t>17186HAH5</t>
   </si>
   <si>
     <t>US17186HAH57</t>
   </si>
   <si>
     <t>BS6RHT8</t>
   </si>
   <si>
-    <t>CINEMARK USA INC 144A</t>
-[...8 lines deleted...]
-    <t>BN0WZH8</t>
+    <t>CIPHER COMPUTE LLC 144A</t>
+  </si>
+  <si>
+    <t>17253NAA5</t>
+  </si>
+  <si>
+    <t>US17253NAA54</t>
+  </si>
+  <si>
+    <t>BP9MC16</t>
   </si>
   <si>
     <t>CIRSA FINANCE INTERNATIONAL SARL RegS</t>
   </si>
   <si>
-    <t>BMID13XQ3</t>
-[...7 lines deleted...]
-  <si>
     <t>BMIC6C3C4</t>
   </si>
   <si>
     <t>XS2649695736</t>
   </si>
   <si>
     <t>BRBRM79</t>
   </si>
   <si>
     <t>CIVITAS RESOURCES INC 144A</t>
   </si>
   <si>
+    <t>17888HAC7</t>
+  </si>
+  <si>
+    <t>US17888HAC79</t>
+  </si>
+  <si>
+    <t>BQGG520</t>
+  </si>
+  <si>
     <t>17888HAA1</t>
   </si>
   <si>
     <t>US17888HAA14</t>
   </si>
   <si>
     <t>BRT7527</t>
   </si>
   <si>
-    <t>17888HAC7</t>
-[...7 lines deleted...]
-  <si>
     <t>CLARIOS GLOBAL LP 144A</t>
   </si>
   <si>
     <t>18060TAE5</t>
   </si>
   <si>
     <t>US18060TAE55</t>
   </si>
   <si>
     <t>BVZMLG0</t>
   </si>
   <si>
     <t>CLARIOS GLOBAL LP / CLARIOS US FIN RegS</t>
   </si>
   <si>
     <t>BMIEZNBD3</t>
   </si>
   <si>
     <t>XS3091295801</t>
   </si>
   <si>
     <t>CLARIOS US FINANCE COMPANY INC 144A</t>
   </si>
   <si>
     <t>18060TAD7</t>
   </si>
   <si>
     <t>US18060TAD72</t>
   </si>
   <si>
     <t>CLEAR CHANNEL OUTDOOR HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>18453HAG1</t>
   </si>
   <si>
     <t>US18453HAG11</t>
   </si>
   <si>
     <t>BSML716</t>
   </si>
   <si>
-    <t>18453HAH9</t>
-[...16 lines deleted...]
-  <si>
     <t>CLEARWAY ENERGY OPERATING LLC 144A</t>
   </si>
   <si>
     <t>18539UAD7</t>
   </si>
   <si>
     <t>US18539UAD72</t>
   </si>
   <si>
     <t>BN6J197</t>
   </si>
   <si>
     <t>CLEVELAND-CLIFFS INC 144A</t>
   </si>
   <si>
     <t>185899AS0</t>
   </si>
   <si>
     <t>US185899AS01</t>
   </si>
   <si>
+    <t>185899AR2</t>
+  </si>
+  <si>
+    <t>US185899AR28</t>
+  </si>
+  <si>
+    <t>BS0D1J0</t>
+  </si>
+  <si>
     <t>18589GAA3</t>
   </si>
   <si>
     <t>US18589GAA31</t>
   </si>
   <si>
     <t>BVZMLD7</t>
   </si>
   <si>
-    <t>185899AR2</t>
-[...7 lines deleted...]
-  <si>
     <t>CLOUD SOFTWARE GROUP INC 144A</t>
   </si>
   <si>
+    <t>18912UAC6</t>
+  </si>
+  <si>
+    <t>US18912UAC62</t>
+  </si>
+  <si>
+    <t>BSQM7Z9</t>
+  </si>
+  <si>
     <t>18912UAA0</t>
   </si>
   <si>
     <t>US18912UAA07</t>
   </si>
   <si>
     <t>BRJQLF9</t>
   </si>
   <si>
-    <t>18912UAC6</t>
-[...7 lines deleted...]
-  <si>
     <t>CLOUD SOFTWARE GRP HOLDG 144A</t>
   </si>
   <si>
     <t>88632QAE3</t>
   </si>
   <si>
     <t>US88632QAE35</t>
   </si>
   <si>
     <t>BN2QTP4</t>
   </si>
   <si>
     <t>CLYDESDALE ACQUISITION HOLDINGS IN 144A</t>
   </si>
   <si>
-    <t>18972EAA3</t>
-[...7 lines deleted...]
-  <si>
     <t>18972EAB1</t>
   </si>
   <si>
     <t>US18972EAB11</t>
   </si>
   <si>
     <t>BQ3QRD8</t>
   </si>
   <si>
     <t>18972EAD7</t>
   </si>
   <si>
     <t>US18972EAD76</t>
   </si>
   <si>
     <t>BM9YJB0</t>
   </si>
   <si>
+    <t>COMMERCIAL METALS COMPANY 144A</t>
+  </si>
+  <si>
+    <t>201723AV5</t>
+  </si>
+  <si>
+    <t>US201723AV52</t>
+  </si>
+  <si>
+    <t>BS88ZW8</t>
+  </si>
+  <si>
+    <t>201723AS2</t>
+  </si>
+  <si>
+    <t>US201723AS24</t>
+  </si>
+  <si>
+    <t>BS84Y29</t>
+  </si>
+  <si>
     <t>COMPASS GROUP DIVERSIFIED HOLDINGS 144A</t>
   </si>
   <si>
     <t>20451RAB8</t>
   </si>
   <si>
     <t>US20451RAB87</t>
   </si>
   <si>
     <t>COMPASS MINERALS INTERNATIONAL INC 144A</t>
   </si>
   <si>
     <t>20451NAJ0</t>
   </si>
   <si>
     <t>US20451NAJ00</t>
   </si>
   <si>
     <t>BRQPYZ0</t>
   </si>
   <si>
-    <t>CONTRA MALLINCKRO BE</t>
-[...4 lines deleted...]
-  <si>
     <t>COUGAR JV SUBSIDIARY LLC 144A</t>
   </si>
   <si>
     <t>22208WAA1</t>
   </si>
   <si>
     <t>US22208WAA18</t>
   </si>
   <si>
     <t>BSCBV92</t>
   </si>
   <si>
     <t>COVANTA HOLDING CORP 144A</t>
   </si>
   <si>
     <t>22303XAA3</t>
   </si>
   <si>
     <t>US22303XAA37</t>
   </si>
   <si>
     <t>BMYT7R2</t>
   </si>
   <si>
     <t>CP ATLAS BUYER INC 144A</t>
   </si>
   <si>
     <t>12597YAC3</t>
   </si>
   <si>
     <t>US12597YAC30</t>
   </si>
   <si>
     <t>BV6FYC5</t>
   </si>
   <si>
     <t>12597YAD1</t>
   </si>
   <si>
     <t>US12597YAD13</t>
   </si>
   <si>
     <t>BSML738</t>
   </si>
   <si>
     <t>CPUK FINANCE LTD RegS</t>
   </si>
   <si>
+    <t>BMI9RABB5</t>
+  </si>
+  <si>
+    <t>XS2338563716</t>
+  </si>
+  <si>
+    <t>BL6K9V4</t>
+  </si>
+  <si>
     <t>BMIDEVKQ1</t>
   </si>
   <si>
     <t>XS2818818507</t>
   </si>
   <si>
     <t>BSRK4L7</t>
   </si>
   <si>
-    <t>BMI9RABB5</t>
-[...7 lines deleted...]
-  <si>
     <t>CSC HOLDINGS LLC 144A</t>
   </si>
   <si>
     <t>126307BN6</t>
   </si>
   <si>
     <t>US126307BN62</t>
   </si>
   <si>
     <t>BRBCV11</t>
   </si>
   <si>
     <t>126307BF3</t>
   </si>
   <si>
     <t>US126307BF39</t>
   </si>
   <si>
     <t>BMDFGQ3</t>
   </si>
   <si>
+    <t>126307AQ0</t>
+  </si>
+  <si>
+    <t>US126307AQ03</t>
+  </si>
+  <si>
+    <t>BD9FV69</t>
+  </si>
+  <si>
     <t>126307BB2</t>
   </si>
   <si>
     <t>US126307BB25</t>
   </si>
   <si>
     <t>BM9LYP0</t>
   </si>
   <si>
-    <t>126307AQ0</t>
-[...7 lines deleted...]
-  <si>
     <t>CURRENTA GROUP HOLDINGS SARL RegS</t>
   </si>
   <si>
     <t>BMIEVPFD8</t>
   </si>
   <si>
     <t>XS3067389174</t>
   </si>
   <si>
     <t>BVK3WM1</t>
   </si>
   <si>
     <t>CUSHMAN &amp; WAKEFIELD US BORROWER LL 144A</t>
   </si>
   <si>
     <t>23166MAC7</t>
   </si>
   <si>
     <t>US23166MAC73</t>
   </si>
   <si>
     <t>BRBFJT4</t>
   </si>
   <si>
     <t>23166MAA1</t>
   </si>
   <si>
     <t>US23166MAA18</t>
   </si>
   <si>
     <t>BMGDH49</t>
   </si>
   <si>
     <t>DANA FINANCING LUXEMBOURG SARL RegS</t>
   </si>
   <si>
     <t>BMIBZJN29</t>
   </si>
   <si>
     <t>XS2623489627</t>
   </si>
   <si>
     <t>BLCXVJ9</t>
   </si>
   <si>
+    <t>DBR LAND HOLDINGS LLC 144A</t>
+  </si>
+  <si>
+    <t>24024BAA5</t>
+  </si>
+  <si>
+    <t>US24024BAA52</t>
+  </si>
+  <si>
+    <t>BVPJF92</t>
+  </si>
+  <si>
     <t>DELIVERY HERO SE RegS</t>
   </si>
   <si>
+    <t>BMIA42EY2</t>
+  </si>
+  <si>
+    <t>DE000A3MP437</t>
+  </si>
+  <si>
+    <t>BMX6RR4</t>
+  </si>
+  <si>
     <t>BMIBP0RS0</t>
   </si>
   <si>
     <t>DE000A30V5R1</t>
   </si>
   <si>
     <t>BNKBK25</t>
   </si>
   <si>
-    <t>BMIA42EY2</t>
-[...7 lines deleted...]
-  <si>
     <t>DISH NETWORK CORP 144A</t>
   </si>
   <si>
     <t>25470MAG4</t>
   </si>
   <si>
     <t>US25470MAG42</t>
   </si>
   <si>
     <t>BQB9NW0</t>
   </si>
   <si>
+    <t>DREAM FINDERS HOMES INC 144A</t>
+  </si>
+  <si>
+    <t>26154DAB6</t>
+  </si>
+  <si>
+    <t>US26154DAB64</t>
+  </si>
+  <si>
+    <t>BT6CC39</t>
+  </si>
+  <si>
     <t>DYNAMO NEWCO II GMBH RegS</t>
   </si>
   <si>
     <t>BMIDZPST7</t>
   </si>
   <si>
     <t>XS2910523716</t>
   </si>
   <si>
     <t>BRSF0M7</t>
   </si>
   <si>
     <t>ECHOSTAR CORP</t>
   </si>
   <si>
     <t>278768AC0</t>
   </si>
   <si>
     <t>US278768AC00</t>
   </si>
   <si>
     <t>BR54DP1</t>
   </si>
   <si>
     <t>EDGE FINCO PLC RegS</t>
   </si>
   <si>
     <t>BMIE0Q6R9</t>
   </si>
   <si>
     <t>XS2914010157</t>
   </si>
   <si>
     <t>BT7KJ97</t>
   </si>
   <si>
     <t>EG GLOBAL FINANCE PLC RegS</t>
   </si>
   <si>
     <t>BMICQJTC9</t>
   </si>
   <si>
     <t>XS2719998952</t>
   </si>
   <si>
     <t>BP0VHR3</t>
   </si>
   <si>
-    <t>ELDORADO GOLD CORPORATION 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>EMERALD DEBT MERGER SUB LLC 144A</t>
   </si>
   <si>
     <t>29103CAA6</t>
   </si>
   <si>
     <t>US29103CAA62</t>
   </si>
   <si>
     <t>BPLP3M1</t>
   </si>
   <si>
     <t>ENDO FINANCE HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>29281RAA7</t>
   </si>
   <si>
     <t>US29281RAA77</t>
   </si>
   <si>
     <t>BPBRSM2</t>
   </si>
   <si>
     <t>ENVIVA LLC</t>
@@ -1602,212 +1632,218 @@
   <si>
     <t>BMIEB9VW6</t>
   </si>
   <si>
     <t>ESSENDI SA RegS</t>
   </si>
   <si>
     <t>BMIDYDKD8</t>
   </si>
   <si>
     <t>XS2900445375</t>
   </si>
   <si>
     <t>BRZX660</t>
   </si>
   <si>
     <t>EUR CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>EUR_CCASH</t>
   </si>
   <si>
     <t>EUR/USD</t>
   </si>
   <si>
-    <t>BMIFQTUTP</t>
-[...14 lines deleted...]
-    <t>BMIFRCHZR</t>
+    <t>BMIFVTTJP</t>
+  </si>
+  <si>
+    <t>BMIFV85NP</t>
+  </si>
+  <si>
+    <t>BMIFV85YP</t>
+  </si>
+  <si>
+    <t>BMIFUCHNR</t>
+  </si>
+  <si>
+    <t>BMIFV85YR</t>
+  </si>
+  <si>
+    <t>BMIFV4WFR</t>
+  </si>
+  <si>
+    <t>BMIFV85NR</t>
+  </si>
+  <si>
+    <t>BMIFV4WFP</t>
+  </si>
+  <si>
+    <t>BMIFUCHNP</t>
+  </si>
+  <si>
+    <t>BMIFV85JP</t>
+  </si>
+  <si>
+    <t>BMIFVTTJR</t>
+  </si>
+  <si>
+    <t>BMIFV85JR</t>
   </si>
   <si>
     <t>FERRELLGAS LP 144A</t>
   </si>
   <si>
     <t>315292AU6</t>
   </si>
   <si>
     <t>US315292AU60</t>
   </si>
   <si>
     <t>BT04MK8</t>
   </si>
   <si>
     <t>FERRELLGAS LP / FERRELLGAS FINANCE 144A</t>
   </si>
   <si>
     <t>315289AC2</t>
   </si>
   <si>
     <t>US315289AC26</t>
   </si>
   <si>
     <t>FIBER MIDCO SPA RegS</t>
   </si>
   <si>
     <t>BMIDFC6R6</t>
   </si>
   <si>
     <t>XS2821788770</t>
   </si>
   <si>
     <t>BM99VP3</t>
   </si>
   <si>
     <t>FIBERCOP SPA 144A</t>
   </si>
   <si>
+    <t>683879AB6</t>
+  </si>
+  <si>
+    <t>US683879AB65</t>
+  </si>
+  <si>
+    <t>BSMVWT9</t>
+  </si>
+  <si>
     <t>683879AF7</t>
   </si>
   <si>
     <t>US683879AF79</t>
   </si>
   <si>
     <t>BSMVY26</t>
   </si>
   <si>
-    <t>683879AB6</t>
-[...7 lines deleted...]
-  <si>
     <t>FIRST QUANTUM MINERALS LTD 144A</t>
   </si>
   <si>
     <t>335934AX3</t>
   </si>
   <si>
     <t>US335934AX36</t>
   </si>
   <si>
     <t>BVMWYX1</t>
   </si>
   <si>
+    <t>335934AW5</t>
+  </si>
+  <si>
+    <t>US335934AW52</t>
+  </si>
+  <si>
+    <t>BTJX0C4</t>
+  </si>
+  <si>
     <t>335934AV7</t>
   </si>
   <si>
     <t>US335934AV79</t>
   </si>
   <si>
     <t>BP6GPK1</t>
   </si>
   <si>
-    <t>335934AW5</t>
-[...7 lines deleted...]
-  <si>
     <t>FLUTTER TREASURY DAC 144A</t>
   </si>
   <si>
     <t>344045AB5</t>
   </si>
   <si>
     <t>US344045AB55</t>
   </si>
   <si>
     <t>BSSD8Y6</t>
   </si>
   <si>
     <t>FOCUS FINANCIAL PARTNERS LLC 144A</t>
   </si>
   <si>
     <t>34417VAA5</t>
   </si>
   <si>
     <t>US34417VAA52</t>
   </si>
   <si>
     <t>BRBVMG0</t>
   </si>
   <si>
     <t>FORD MOTOR COMPANY</t>
   </si>
   <si>
     <t>345370DB3</t>
   </si>
   <si>
     <t>US345370DB39</t>
   </si>
   <si>
     <t>BNDY3J9</t>
   </si>
   <si>
     <t>FORD MOTOR CREDIT CO LLC</t>
   </si>
   <si>
     <t>345397ZR7</t>
   </si>
   <si>
     <t>US345397ZR75</t>
   </si>
   <si>
     <t>BJYMJ29</t>
   </si>
   <si>
-    <t>FORD MOTOR CREDIT COMPANY LLC</t>
-[...10 lines deleted...]
-  <si>
     <t>FORTREA HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>34965KAA5</t>
   </si>
   <si>
     <t>US34965KAA51</t>
   </si>
   <si>
     <t>BRRH8K8</t>
   </si>
   <si>
     <t>FORVIA SE 144A</t>
   </si>
   <si>
     <t>31209DAA3</t>
   </si>
   <si>
     <t>US31209DAA37</t>
   </si>
   <si>
     <t>BM9YFH8</t>
   </si>
   <si>
     <t>FRONERI LUX FINCO SARL 144A</t>
@@ -1815,197 +1851,284 @@
   <si>
     <t>35901MAA5</t>
   </si>
   <si>
     <t>US35901MAA53</t>
   </si>
   <si>
     <t>BSML7G1</t>
   </si>
   <si>
     <t>FRONERI LUX FINCO SARL RegS</t>
   </si>
   <si>
     <t>BMIF6LVT9</t>
   </si>
   <si>
     <t>XS3123695671</t>
   </si>
   <si>
     <t>BVPF2F5</t>
   </si>
   <si>
     <t>FXFWRD EUR/USD 30-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFV7J4R</t>
+  </si>
+  <si>
+    <t>BMIFSZJMP</t>
+  </si>
+  <si>
+    <t>BMIFSRRVP</t>
+  </si>
+  <si>
+    <t>BMIFUCJ0P</t>
+  </si>
+  <si>
+    <t>BMIFSJZ6R</t>
+  </si>
+  <si>
+    <t>BMIFRSCAR</t>
+  </si>
+  <si>
+    <t>BMIFV4WGR</t>
+  </si>
+  <si>
     <t>BMIFR06MP</t>
   </si>
   <si>
+    <t>BMIFS7XUP</t>
+  </si>
+  <si>
+    <t>BMIFR06MR</t>
+  </si>
+  <si>
+    <t>BMIFSRRVR</t>
+  </si>
+  <si>
+    <t>BMIFSJZ6P</t>
+  </si>
+  <si>
     <t>BMIFQTUUR</t>
   </si>
   <si>
-    <t>BMIFR06MR</t>
+    <t>BMIFTA5MP</t>
+  </si>
+  <si>
+    <t>BMIFUCHKP</t>
   </si>
   <si>
     <t>BMIFQTUUP</t>
   </si>
   <si>
+    <t>BMIFTA5MR</t>
+  </si>
+  <si>
+    <t>BMIFRSCAP</t>
+  </si>
+  <si>
+    <t>BMIFV4WGP</t>
+  </si>
+  <si>
+    <t>BMIFUCJ0R</t>
+  </si>
+  <si>
+    <t>BMIFSZJMR</t>
+  </si>
+  <si>
+    <t>BMIFUCHKR</t>
+  </si>
+  <si>
+    <t>BMIFTBRSP</t>
+  </si>
+  <si>
+    <t>BMIFTBRSR</t>
+  </si>
+  <si>
+    <t>BMIFTTJRP</t>
+  </si>
+  <si>
+    <t>BMIFV7J4P</t>
+  </si>
+  <si>
+    <t>BMIFTTJRR</t>
+  </si>
+  <si>
+    <t>BMIFS7XUR</t>
+  </si>
+  <si>
     <t>FXFWRD GBP/USD 30-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFQZZZP</t>
+  </si>
+  <si>
+    <t>BMIFSZDMR</t>
+  </si>
+  <si>
+    <t>BMIFSJJUR</t>
+  </si>
+  <si>
+    <t>BMIFV7K5R</t>
+  </si>
+  <si>
     <t>BMIFQZZZR</t>
   </si>
   <si>
-    <t>BMIFQZZZP</t>
+    <t>BMIFU0QYR</t>
+  </si>
+  <si>
+    <t>BMIFV7K4R</t>
+  </si>
+  <si>
+    <t>BMIFV7K5P</t>
+  </si>
+  <si>
+    <t>BMIFU0QYP</t>
+  </si>
+  <si>
+    <t>BMIFSJJUP</t>
+  </si>
+  <si>
+    <t>BMIFV7K4P</t>
+  </si>
+  <si>
+    <t>BMIFSZDMP</t>
+  </si>
+  <si>
+    <t>BMIFRSCHP</t>
+  </si>
+  <si>
+    <t>BMIFRSCHR</t>
+  </si>
+  <si>
+    <t>FXFWRD USD/EUR 02-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFVFQPR</t>
+  </si>
+  <si>
+    <t>BMIFVFQPP</t>
   </si>
   <si>
     <t>GALAXY BIDCO LTD RegS</t>
   </si>
   <si>
     <t>BMIE8Y9X8</t>
   </si>
   <si>
     <t>XS2958244332</t>
   </si>
   <si>
     <t>BSCDBV0</t>
   </si>
   <si>
-    <t>GATWICK AIRPORT FINANCE PLC RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>GBP CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>GBP_CCASH</t>
   </si>
   <si>
     <t>GBP/USD</t>
   </si>
   <si>
-    <t>BMIFRLL8R</t>
-[...2 lines deleted...]
-    <t>BMIFRLL8P</t>
+    <t>BMIFVN80R</t>
+  </si>
+  <si>
+    <t>BMIFVN80P</t>
   </si>
   <si>
     <t>GENTING NEW YORK LLC / GENNY CAPIT 144A</t>
   </si>
   <si>
     <t>37255JAB8</t>
   </si>
   <si>
     <t>US37255JAB89</t>
   </si>
   <si>
     <t>BRBTWL9</t>
   </si>
   <si>
     <t>GFL ENVIRONMENTAL INC 144A</t>
   </si>
   <si>
     <t>36168QAN4</t>
   </si>
   <si>
     <t>US36168QAN43</t>
   </si>
   <si>
     <t>BN0WZC3</t>
   </si>
   <si>
-    <t>36168QAM6</t>
-[...7 lines deleted...]
-  <si>
     <t>GLOBAL AUTO HOLDINGS PLC 144A</t>
   </si>
   <si>
     <t>00033GAA3</t>
   </si>
   <si>
     <t>US00033GAA31</t>
   </si>
   <si>
     <t>BP2SYL5</t>
   </si>
   <si>
-    <t>00033GAB1</t>
-[...7 lines deleted...]
-  <si>
     <t>GLOBAL MEDICAL RESPONSE INC 144A</t>
   </si>
   <si>
     <t>37960BAD7</t>
   </si>
   <si>
     <t>US37960BAD73</t>
   </si>
   <si>
     <t>BMW2FL3</t>
   </si>
   <si>
     <t>GLOBAL PARTNERS LP 144A</t>
   </si>
   <si>
+    <t>37954FAL8</t>
+  </si>
+  <si>
+    <t>US37954FAL85</t>
+  </si>
+  <si>
+    <t>BTCHC72</t>
+  </si>
+  <si>
     <t>37954FAK0</t>
   </si>
   <si>
     <t>US37954FAK03</t>
   </si>
   <si>
     <t>BQRD605</t>
   </si>
   <si>
-    <t>37954FAL8</t>
-[...7 lines deleted...]
-  <si>
     <t>GREYSTAR REAL ESTATE PARTNERS LLC 144A</t>
   </si>
   <si>
     <t>39807UAD8</t>
   </si>
   <si>
     <t>US39807UAD81</t>
   </si>
   <si>
     <t>BQH6240</t>
   </si>
   <si>
     <t>GRIFOLS SA RegS</t>
   </si>
   <si>
     <t>BMIDG7V07</t>
   </si>
   <si>
     <t>XS2805351843</t>
   </si>
   <si>
     <t>BRXM9H1</t>
   </si>
   <si>
     <t>GTCR W DUT/W-2 MERGER SU RegS</t>
@@ -2037,200 +2160,179 @@
   <si>
     <t>42226AAA5</t>
   </si>
   <si>
     <t>US42226AAA51</t>
   </si>
   <si>
     <t>BM8SKG5</t>
   </si>
   <si>
     <t>HEARTLAND DENTAL CARE INC 144A</t>
   </si>
   <si>
     <t>42239PAB5</t>
   </si>
   <si>
     <t>US42239PAB58</t>
   </si>
   <si>
     <t>BPY0VZ2</t>
   </si>
   <si>
     <t>HERC HOLDINGS INC 144A</t>
   </si>
   <si>
+    <t>42704LAG9</t>
+  </si>
+  <si>
+    <t>US42704LAG95</t>
+  </si>
+  <si>
+    <t>BV5GRT7</t>
+  </si>
+  <si>
     <t>42704LAF1</t>
   </si>
   <si>
     <t>US42704LAF13</t>
   </si>
   <si>
     <t>BV5GRS6</t>
   </si>
   <si>
-    <t>42704LAG9</t>
-[...7 lines deleted...]
-  <si>
     <t>HIGHTOWER HOLDING LLC 144A</t>
   </si>
   <si>
     <t>43118DAB6</t>
   </si>
   <si>
     <t>US43118DAB64</t>
   </si>
   <si>
     <t>BS4BB23</t>
   </si>
   <si>
     <t>IHO VERWALTUNGS GMBH 144A</t>
   </si>
   <si>
     <t>44963BAF5</t>
   </si>
   <si>
     <t>US44963BAF58</t>
   </si>
   <si>
     <t>BT7KJM0</t>
   </si>
   <si>
     <t>IHO VERWALTUNGS GMBH RegS</t>
   </si>
   <si>
+    <t>BMIBTXDR1</t>
+  </si>
+  <si>
+    <t>XS2606019383</t>
+  </si>
+  <si>
+    <t>BM8NTH4</t>
+  </si>
+  <si>
     <t>BMIE0AKW7</t>
   </si>
   <si>
     <t>XS2905386962</t>
   </si>
   <si>
     <t>BT7JWY0</t>
   </si>
   <si>
-    <t>BMIBTXDR1</t>
-[...7 lines deleted...]
-  <si>
     <t>ILIAD HOLDING SAS RegS</t>
   </si>
   <si>
     <t>BMIE6TNR8</t>
   </si>
   <si>
     <t>XS2943818059</t>
   </si>
   <si>
     <t>BMIDDX5X0</t>
   </si>
   <si>
     <t>XS2810807094</t>
   </si>
   <si>
     <t>BQSB4V5</t>
   </si>
   <si>
     <t>IMA INDUSTRIA MACCHINE AUTOMATICHE RegS</t>
   </si>
   <si>
     <t>BMIDB8CN1</t>
   </si>
   <si>
     <t>XS2805530693</t>
   </si>
   <si>
     <t>BPBSC56</t>
   </si>
   <si>
     <t>IMMOBILIARE GRANDE DISTRIBUZIONE S RegS</t>
   </si>
   <si>
     <t>BMIFQQ7W6</t>
   </si>
   <si>
     <t>XS3223297253</t>
   </si>
   <si>
     <t>BRJBMR3</t>
   </si>
   <si>
-    <t>IMOLA MERGER CORP 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>INEOS FINANCE PLC 144A</t>
   </si>
   <si>
     <t>44984WAJ6</t>
   </si>
   <si>
     <t>US44984WAJ62</t>
   </si>
   <si>
     <t>BS7XQ87</t>
   </si>
   <si>
     <t>INEOS FINANCE PLC RegS</t>
   </si>
   <si>
     <t>BMID1G4N3</t>
   </si>
   <si>
     <t>XS2762276967</t>
   </si>
   <si>
     <t>BS7XRX9</t>
   </si>
   <si>
-    <t>INGLES MARKETS INC 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>INSIGHT ENTERPRISES INC 144A</t>
   </si>
   <si>
     <t>45765UAC7</t>
   </si>
   <si>
     <t>US45765UAC71</t>
   </si>
   <si>
     <t>BPZRNW3</t>
   </si>
   <si>
     <t>INTRALOT CAPITAL LUXEMBOURG SA RegS</t>
   </si>
   <si>
     <t>BMIFJVQ85</t>
   </si>
   <si>
     <t>XS3192259516</t>
   </si>
   <si>
     <t>IPD 3 BV RegS</t>
   </si>
   <si>
     <t>BMIEUJ6G6</t>
@@ -2322,242 +2424,203 @@
   <si>
     <t>BPCR5F3</t>
   </si>
   <si>
     <t>48251UAP3</t>
   </si>
   <si>
     <t>US48251UAP30</t>
   </si>
   <si>
     <t>BPCR5H5</t>
   </si>
   <si>
     <t>KINETIK HOLDINGS LP 144A</t>
   </si>
   <si>
     <t>49461MAA8</t>
   </si>
   <si>
     <t>US49461MAA80</t>
   </si>
   <si>
     <t>BQB7JV5</t>
   </si>
   <si>
-    <t>KODIAK GAS SERVICES LLC 144A</t>
-[...8 lines deleted...]
-    <t>BT6M1K9</t>
+    <t>KING US BIDCO INC RegS</t>
+  </si>
+  <si>
+    <t>BMIFTDRE0</t>
+  </si>
+  <si>
+    <t>XS3233507287</t>
+  </si>
+  <si>
+    <t>BS9B548</t>
   </si>
   <si>
     <t>L BRANDS INC</t>
   </si>
   <si>
     <t>501797AM6</t>
   </si>
   <si>
     <t>US501797AM65</t>
   </si>
   <si>
     <t>BYMC9V5</t>
   </si>
   <si>
     <t>LA DORIA SPA RegS</t>
   </si>
   <si>
     <t>BMIF4FCC2</t>
   </si>
   <si>
     <t>XS3109821051</t>
   </si>
   <si>
     <t>LBM ACQUISITION LLC 144A</t>
   </si>
   <si>
     <t>05552BAA4</t>
   </si>
   <si>
     <t>US05552BAA44</t>
   </si>
   <si>
     <t>52109SAB5</t>
   </si>
   <si>
     <t>US52109SAB51</t>
   </si>
   <si>
     <t>BV6N7Z3</t>
   </si>
   <si>
     <t>LCM INVESTMENTS HOLDINGS II LLC 144A</t>
   </si>
   <si>
+    <t>50190EAA2</t>
+  </si>
+  <si>
+    <t>US50190EAA29</t>
+  </si>
+  <si>
+    <t>BNM5Z19</t>
+  </si>
+  <si>
     <t>50190EAC8</t>
   </si>
   <si>
     <t>US50190EAC84</t>
   </si>
   <si>
     <t>BNTDWN7</t>
   </si>
   <si>
-    <t>50190EAA2</t>
-[...7 lines deleted...]
-  <si>
     <t>LEEWARD RENEWABLE ENERGY OPERATION 144A</t>
   </si>
   <si>
     <t>524590AA4</t>
   </si>
   <si>
     <t>US524590AA45</t>
   </si>
   <si>
     <t>LEVEL 3 FINANCING INC 144A</t>
   </si>
   <si>
     <t>527298CD3</t>
   </si>
   <si>
     <t>US527298CD30</t>
   </si>
   <si>
     <t>BSFR9T3</t>
   </si>
   <si>
     <t>527298CN1</t>
   </si>
   <si>
     <t>US527298CN12</t>
   </si>
   <si>
     <t>BV6KVQ3</t>
   </si>
   <si>
-    <t>527298CF8</t>
-[...7 lines deleted...]
-  <si>
     <t>LGI HOMES INC 144A</t>
   </si>
   <si>
     <t>50187TAF3</t>
   </si>
   <si>
     <t>US50187TAF30</t>
   </si>
   <si>
-    <t>50187TAK2</t>
-[...7 lines deleted...]
-  <si>
     <t>LHMC FINCO 2 SARL RegS</t>
   </si>
   <si>
     <t>BMIEUYXA6</t>
   </si>
   <si>
     <t>XS3049411971</t>
   </si>
   <si>
     <t>BV8H1S4</t>
   </si>
   <si>
     <t>LIFEPOINT HEALTH INC 144A</t>
   </si>
   <si>
     <t>53219LAV1</t>
   </si>
   <si>
     <t>US53219LAV18</t>
   </si>
   <si>
     <t>BRF3T50</t>
   </si>
   <si>
+    <t>53219LAX7</t>
+  </si>
+  <si>
+    <t>US53219LAX73</t>
+  </si>
+  <si>
+    <t>BM8JW95</t>
+  </si>
+  <si>
     <t>53219LAU3</t>
   </si>
   <si>
     <t>US53219LAU35</t>
   </si>
   <si>
     <t>BM8GQN8</t>
   </si>
   <si>
-    <t>53219LAX7</t>
-[...28 lines deleted...]
-  <si>
     <t>LOTTOMATICA GROUP SPA RegS</t>
   </si>
   <si>
     <t>BMIETY691</t>
   </si>
   <si>
     <t>XS3047452316</t>
   </si>
   <si>
     <t>LUNA 2 5SARL RegS</t>
   </si>
   <si>
     <t>BMIF08NZ9</t>
   </si>
   <si>
     <t>XS3100795452</t>
   </si>
   <si>
     <t>MASTERBRAND INC 144A</t>
   </si>
   <si>
     <t>57638PAA2</t>
   </si>
   <si>
     <t>US57638PAA21</t>
@@ -2589,62 +2652,50 @@
   <si>
     <t>BP94PM4</t>
   </si>
   <si>
     <t>MAV ACQUISITION CORP 144A</t>
   </si>
   <si>
     <t>57767XAA8</t>
   </si>
   <si>
     <t>US57767XAA81</t>
   </si>
   <si>
     <t>BN75V05</t>
   </si>
   <si>
     <t>57767XAB6</t>
   </si>
   <si>
     <t>US57767XAB64</t>
   </si>
   <si>
     <t>BN72CG9</t>
   </si>
   <si>
-    <t>MCAFEE CORP 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>MCGRAW-HILL EDUCATION INC 144A</t>
   </si>
   <si>
     <t>58064LAA2</t>
   </si>
   <si>
     <t>US58064LAA26</t>
   </si>
   <si>
     <t>BSWT6Y6</t>
   </si>
   <si>
     <t>MEDLINE BORROWER LP 144A</t>
   </si>
   <si>
     <t>62482BAB8</t>
   </si>
   <si>
     <t>US62482BAB80</t>
   </si>
   <si>
     <t>METIS MERGER SUB LLC 144A</t>
   </si>
   <si>
     <t>59155LAA0</t>
@@ -2673,116 +2724,128 @@
   <si>
     <t>BMIEQMYK4</t>
   </si>
   <si>
     <t>XS3047271872</t>
   </si>
   <si>
     <t>BQVWN07</t>
   </si>
   <si>
     <t>MOHEGAN TRIBAL / MS DIG 144A</t>
   </si>
   <si>
     <t>60832QAA8</t>
   </si>
   <si>
     <t>US60832QAA85</t>
   </si>
   <si>
     <t>BM9YF23</t>
   </si>
   <si>
     <t>MOLINA HEALTHCARE INC 144A</t>
   </si>
   <si>
+    <t>60855RAM2</t>
+  </si>
+  <si>
+    <t>US60855RAM25</t>
+  </si>
+  <si>
     <t>60855RAK6</t>
   </si>
   <si>
     <t>US60855RAK68</t>
   </si>
   <si>
-    <t>60855RAM2</t>
-[...4 lines deleted...]
-  <si>
     <t>60855RAL4</t>
   </si>
   <si>
     <t>US60855RAL42</t>
   </si>
   <si>
     <t>BL0PD68</t>
   </si>
   <si>
     <t>MORGAN STANLEY LIQ FUNDS - TSY USD</t>
   </si>
   <si>
     <t>L64887489</t>
   </si>
   <si>
     <t>LU0875337270</t>
   </si>
   <si>
     <t>B92C5G7</t>
   </si>
   <si>
+    <t>MOTION BONDCO DAC 144A</t>
+  </si>
+  <si>
+    <t>61978XAA5</t>
+  </si>
+  <si>
+    <t>US61978XAA54</t>
+  </si>
+  <si>
+    <t>BJQVLM8</t>
+  </si>
+  <si>
     <t>MOTION FINCO SARL 144A</t>
   </si>
   <si>
     <t>61980LAB5</t>
   </si>
   <si>
     <t>US61980LAB53</t>
   </si>
   <si>
     <t>BMD9ZN5</t>
   </si>
   <si>
     <t>NCL CORPORATION LTD 144A</t>
   </si>
   <si>
+    <t>62886HBG5</t>
+  </si>
+  <si>
+    <t>US62886HBG56</t>
+  </si>
+  <si>
+    <t>BMBN7P5</t>
+  </si>
+  <si>
     <t>62886HBR1</t>
   </si>
   <si>
     <t>US62886HBR12</t>
   </si>
   <si>
     <t>BSHT8Y5</t>
   </si>
   <si>
-    <t>62886HBG5</t>
-[...7 lines deleted...]
-  <si>
     <t>NESCO HOLDINGS II INC 144A</t>
   </si>
   <si>
     <t>64083YAA9</t>
   </si>
   <si>
     <t>US64083YAA91</t>
   </si>
   <si>
     <t>BLNB084</t>
   </si>
   <si>
     <t>NEW FLYER HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>64438WAA5</t>
   </si>
   <si>
     <t>US64438WAA53</t>
   </si>
   <si>
     <t>BVK6G28</t>
   </si>
   <si>
     <t>NEW HOME CO INC/THE 144A</t>
@@ -2814,290 +2877,260 @@
   <si>
     <t>US62922LAC28</t>
   </si>
   <si>
     <t>BPG27X6</t>
   </si>
   <si>
     <t>62922LAD0</t>
   </si>
   <si>
     <t>US62922LAD01</t>
   </si>
   <si>
     <t>BPG27W5</t>
   </si>
   <si>
     <t>NIDDA HEALTHCARE HOLDING GMBH RegS</t>
   </si>
   <si>
     <t>BMIFL3DN5</t>
   </si>
   <si>
     <t>XS3198991039</t>
   </si>
   <si>
-    <t>BMIE1DYM7</t>
-[...7 lines deleted...]
-  <si>
     <t>NRG ENERGY INC 144A</t>
   </si>
   <si>
+    <t>629377CU4</t>
+  </si>
+  <si>
+    <t>US629377CU45</t>
+  </si>
+  <si>
+    <t>BPH14T7</t>
+  </si>
+  <si>
+    <t>629377DD1</t>
+  </si>
+  <si>
+    <t>US629377DD11</t>
+  </si>
+  <si>
+    <t>BVBFJY7</t>
+  </si>
+  <si>
+    <t>629377CR1</t>
+  </si>
+  <si>
+    <t>US629377CR16</t>
+  </si>
+  <si>
+    <t>BNM51T9</t>
+  </si>
+  <si>
     <t>629377CW0</t>
   </si>
   <si>
     <t>US629377CW01</t>
   </si>
   <si>
     <t>BSF0624</t>
   </si>
   <si>
     <t>629377DC3</t>
   </si>
   <si>
     <t>US629377DC38</t>
   </si>
   <si>
     <t>BVBFJZ8</t>
   </si>
   <si>
-    <t>629377CR1</t>
-[...16 lines deleted...]
-  <si>
     <t>629377CX8</t>
   </si>
   <si>
     <t>US629377CX83</t>
   </si>
   <si>
     <t>BSF0635</t>
   </si>
   <si>
-    <t>629377DD1</t>
-[...7 lines deleted...]
-  <si>
     <t>OHL OPERACIONES SA RegS</t>
   </si>
   <si>
     <t>BMI9Y9Z57</t>
   </si>
   <si>
     <t>XS2356570239</t>
   </si>
   <si>
     <t>BMC4YK1</t>
   </si>
   <si>
     <t>OLYMPUS WTR US HLDG CORP RegS</t>
   </si>
   <si>
     <t>BMIFK6FE7</t>
   </si>
   <si>
     <t>XS3193933663</t>
   </si>
   <si>
     <t>OPTION CARE HEALTH INC 144A</t>
   </si>
   <si>
     <t>68404LAA0</t>
   </si>
   <si>
     <t>US68404LAA08</t>
   </si>
   <si>
     <t>BPGMYW4</t>
   </si>
   <si>
     <t>OUTFRONT MEDIA CAPITAL LLC / OUTFR 144A</t>
   </si>
   <si>
     <t>69007TAE4</t>
   </si>
   <si>
     <t>US69007TAE47</t>
   </si>
   <si>
     <t>BM9YRT4</t>
   </si>
   <si>
-    <t>69007TAC8</t>
-[...7 lines deleted...]
-  <si>
     <t>OUTFRONT MEDIA CAPITAL LLC/ CORP 144A</t>
   </si>
   <si>
     <t>69007TAG9</t>
   </si>
   <si>
     <t>US69007TAG94</t>
   </si>
   <si>
     <t>BLDCVV7</t>
   </si>
   <si>
     <t>P&amp;L DEVELOPMENT LLC 144A</t>
   </si>
   <si>
     <t>69306RAB2</t>
   </si>
   <si>
     <t>US69306RAB24</t>
   </si>
   <si>
     <t>BRK14J8</t>
   </si>
   <si>
-    <t>PACHELBEL BIDCO SPA RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>PANTHER ESCROW ISSUER LLC 144A</t>
   </si>
   <si>
     <t>69867RAA5</t>
   </si>
   <si>
     <t>US69867RAA59</t>
   </si>
   <si>
     <t>BS2FMQ8</t>
   </si>
   <si>
     <t>PARK RIVER HOLDINGS INC 144A</t>
   </si>
   <si>
+    <t>70082LAD9</t>
+  </si>
+  <si>
+    <t>US70082LAD91</t>
+  </si>
+  <si>
+    <t>BV5CTK0</t>
+  </si>
+  <si>
     <t>70082LAC1</t>
   </si>
   <si>
     <t>US70082LAC19</t>
   </si>
   <si>
     <t>BVMS5D6</t>
   </si>
   <si>
-    <t>70082LAD9</t>
-[...7 lines deleted...]
-  <si>
     <t>PATRICK INDUSTRIES INC 144A</t>
   </si>
   <si>
     <t>703343AD5</t>
   </si>
   <si>
     <t>US703343AD59</t>
   </si>
   <si>
     <t>BMF1LT7</t>
   </si>
   <si>
     <t>703343AH6</t>
   </si>
   <si>
     <t>US703343AH63</t>
   </si>
   <si>
     <t>BQFN210</t>
   </si>
   <si>
     <t>PATTERN ENERGY OPERATIONS LP / PAT 144A</t>
   </si>
   <si>
     <t>70339PAA7</t>
   </si>
   <si>
     <t>US70339PAA75</t>
   </si>
   <si>
     <t>PERFORMANCE FOOD GROUP INC 144A</t>
   </si>
   <si>
+    <t>71376LAF7</t>
+  </si>
+  <si>
+    <t>US71376LAF76</t>
+  </si>
+  <si>
+    <t>BP4YGK4</t>
+  </si>
+  <si>
     <t>71376LAE0</t>
   </si>
   <si>
     <t>US71376LAE02</t>
   </si>
   <si>
     <t>BNHT925</t>
   </si>
   <si>
-    <t>71376LAF7</t>
-[...7 lines deleted...]
-  <si>
     <t>PERMIAN RESOURCES OPERATING LLC 144A</t>
   </si>
   <si>
     <t>71424VAB6</t>
   </si>
   <si>
     <t>US71424VAB62</t>
   </si>
   <si>
     <t>BP091F3</t>
   </si>
   <si>
     <t>PERRIGO FINANCE PLC</t>
   </si>
   <si>
     <t>714295AA0</t>
   </si>
   <si>
     <t>US714295AA08</t>
   </si>
   <si>
     <t>BDR71F6</t>
   </si>
   <si>
     <t>PERRIGO FINANCE UNLIMITED CO</t>
@@ -3144,119 +3177,95 @@
   <si>
     <t>BPSQ1Q7</t>
   </si>
   <si>
     <t>PLAINS ALL AMERICAN PIPELINE LP</t>
   </si>
   <si>
     <t>726503AE5</t>
   </si>
   <si>
     <t>US726503AE55</t>
   </si>
   <si>
     <t>BF22XZ4</t>
   </si>
   <si>
     <t>PLAYTIKA HOLDING CORP 144A</t>
   </si>
   <si>
     <t>72815LAA5</t>
   </si>
   <si>
     <t>US72815LAA52</t>
   </si>
   <si>
-    <t>PRECISION DRILLING CORPORATION 144A</t>
-[...22 lines deleted...]
-  <si>
     <t>PRESTIGEBIDCO GMBH RegS</t>
   </si>
   <si>
     <t>BMIDMKWQ3</t>
   </si>
   <si>
     <t>XS2848952151</t>
   </si>
   <si>
     <t>BRV0DH5</t>
   </si>
   <si>
     <t>PRIMO WATER HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>74168RAC7</t>
   </si>
   <si>
     <t>US74168RAC79</t>
   </si>
   <si>
     <t>BNZD219</t>
   </si>
   <si>
     <t>QUIKRETE HOLDINGS INC 144A</t>
   </si>
   <si>
+    <t>74843PAB6</t>
+  </si>
+  <si>
+    <t>US74843PAB67</t>
+  </si>
+  <si>
+    <t>BPH25H5</t>
+  </si>
+  <si>
     <t>74843PAA8</t>
   </si>
   <si>
     <t>US74843PAA84</t>
   </si>
   <si>
     <t>BPH26F0</t>
   </si>
   <si>
-    <t>74843PAB6</t>
-[...7 lines deleted...]
-  <si>
     <t>REAL HERO MERGER SUB 2 INC 144A</t>
   </si>
   <si>
     <t>75602BAA7</t>
   </si>
   <si>
     <t>US75602BAA70</t>
   </si>
   <si>
     <t>BMF88D1</t>
   </si>
   <si>
     <t>RITCHIE BROS HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>76774LAB3</t>
   </si>
   <si>
     <t>US76774LAB36</t>
   </si>
   <si>
     <t>BQZCG82</t>
   </si>
   <si>
     <t>RIVERS ENTERPRISE BORROWER LLC 144A</t>
@@ -3342,119 +3351,98 @@
   <si>
     <t>SABLE INTERNATIONAL FINANCE LTD 144A</t>
   </si>
   <si>
     <t>785712AK6</t>
   </si>
   <si>
     <t>US785712AK68</t>
   </si>
   <si>
     <t>BL54J73</t>
   </si>
   <si>
     <t>SCIENCE APPLICATIONS INTERNATIONAL 144A</t>
   </si>
   <si>
     <t>808625AB3</t>
   </si>
   <si>
     <t>US808625AB32</t>
   </si>
   <si>
     <t>BRWD7H1</t>
   </si>
   <si>
-    <t>SEAGATE DATA STORAGE TECHNOLOGY PT 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>SEASPAN CORP 144A</t>
   </si>
   <si>
     <t>81254UAK2</t>
   </si>
   <si>
     <t>US81254UAK25</t>
   </si>
   <si>
     <t>BMZ6F67</t>
   </si>
   <si>
     <t>SENSATA TECHNOLOGIES INC 144A</t>
   </si>
   <si>
     <t>81728UAC8</t>
   </si>
   <si>
     <t>US81728UAC80</t>
   </si>
   <si>
     <t>BS3G0G6</t>
   </si>
   <si>
     <t>81728UAB0</t>
   </si>
   <si>
     <t>US81728UAB08</t>
   </si>
   <si>
     <t>BMD7L86</t>
   </si>
   <si>
     <t>SHERWOOD FINANCING PLC RegS</t>
   </si>
   <si>
     <t>BMIE7YLT4</t>
   </si>
   <si>
     <t>XS2953568479</t>
   </si>
   <si>
     <t>BRPSD64</t>
   </si>
   <si>
     <t>SINCLAIR TELEVISION GROUP INC 144A</t>
   </si>
   <si>
-    <t>829259BF6</t>
-[...7 lines deleted...]
-  <si>
     <t>829259BH2</t>
   </si>
   <si>
     <t>US829259BH26</t>
   </si>
   <si>
     <t>BP946X2</t>
   </si>
   <si>
     <t>SM ENERGY CO 144A</t>
   </si>
   <si>
     <t>78454LAY6</t>
   </si>
   <si>
     <t>US78454LAY65</t>
   </si>
   <si>
     <t>BRT6LN7</t>
   </si>
   <si>
     <t>SMYRNA READY MIX CONCRETE LLC 144A</t>
   </si>
   <si>
     <t>83283WAE3</t>
@@ -3558,50 +3546,62 @@
   <si>
     <t>STANDARD INDUSTRIES INC 144A</t>
   </si>
   <si>
     <t>853496AG2</t>
   </si>
   <si>
     <t>US853496AG21</t>
   </si>
   <si>
     <t>BMYXXP4</t>
   </si>
   <si>
     <t>STANDARD INDUSTRIES INC/NJ 144A</t>
   </si>
   <si>
     <t>853496AH0</t>
   </si>
   <si>
     <t>US853496AH04</t>
   </si>
   <si>
     <t>BMFNDV9</t>
   </si>
   <si>
+    <t>STONEBRIAR ABF ISSUER LLC 144A</t>
+  </si>
+  <si>
+    <t>86177CAA7</t>
+  </si>
+  <si>
+    <t>US86177CAA71</t>
+  </si>
+  <si>
+    <t>BLGYYH7</t>
+  </si>
+  <si>
     <t>STONEPEAK NILE PARENT LLC 144A</t>
   </si>
   <si>
     <t>861932AA9</t>
   </si>
   <si>
     <t>US861932AA97</t>
   </si>
   <si>
     <t>SUBURBAN PROPANE PARTNERS LP/SUBUR 144A</t>
   </si>
   <si>
     <t>864486AL9</t>
   </si>
   <si>
     <t>US864486AL98</t>
   </si>
   <si>
     <t>SUMMER BIDCO BV RegS</t>
   </si>
   <si>
     <t>BMID05E15</t>
   </si>
   <si>
     <t>XS2758100296</t>
@@ -3651,113 +3651,149 @@
   <si>
     <t>BN79VB8</t>
   </si>
   <si>
     <t>SUPERIOR PLUS LP / SUPERIOR GENERA 144A</t>
   </si>
   <si>
     <t>86828LAC6</t>
   </si>
   <si>
     <t>US86828LAC63</t>
   </si>
   <si>
     <t>SURGERY CENTER HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>86881WAF9</t>
   </si>
   <si>
     <t>US86881WAF95</t>
   </si>
   <si>
     <t>BRS7WN8</t>
   </si>
   <si>
+    <t>SYNERGY INFRASTRUCTURE HOLDINGS LL 144A</t>
+  </si>
+  <si>
+    <t>87191JAA2</t>
+  </si>
+  <si>
+    <t>US87191JAA25</t>
+  </si>
+  <si>
+    <t>BVMNPD1</t>
+  </si>
+  <si>
+    <t>TAYLOR MORRISON COMMUNITIES INC 144A</t>
+  </si>
+  <si>
+    <t>87724RAK8</t>
+  </si>
+  <si>
+    <t>US87724RAK86</t>
+  </si>
+  <si>
+    <t>BVSWDM7</t>
+  </si>
+  <si>
     <t>TEAM HEALTH HOLDINGS INC 144A</t>
   </si>
   <si>
     <t>87817AAE7</t>
   </si>
   <si>
     <t>US87817AAE73</t>
   </si>
   <si>
     <t>BVRTP56</t>
   </si>
   <si>
     <t>87817AAB3</t>
   </si>
   <si>
     <t>US87817AAB35</t>
   </si>
   <si>
     <t>BT3MTT7</t>
   </si>
   <si>
     <t>TEAMSYSTEM SPA RegS</t>
   </si>
   <si>
     <t>BMIDQZUY1</t>
   </si>
   <si>
     <t>XS2864287466</t>
   </si>
   <si>
+    <t>TENET HEALTHCARE CORP 144A</t>
+  </si>
+  <si>
+    <t>88033GDV9</t>
+  </si>
+  <si>
+    <t>US88033GDV95</t>
+  </si>
+  <si>
+    <t>BVSYC37</t>
+  </si>
+  <si>
+    <t>88033GDW7</t>
+  </si>
+  <si>
+    <t>US88033GDW78</t>
+  </si>
+  <si>
+    <t>BMHXSD4</t>
+  </si>
+  <si>
     <t>TERRAFORM POWER OPERATING LLC 144A</t>
   </si>
   <si>
     <t>88104LAE3</t>
   </si>
   <si>
     <t>US88104LAE39</t>
   </si>
   <si>
     <t>BD2BVC0</t>
   </si>
   <si>
     <t>TEVA PHARMACEUTICAL FINANCE NETHER</t>
   </si>
   <si>
     <t>BMIA9Z9F1</t>
   </si>
   <si>
     <t>XS2406607171</t>
   </si>
   <si>
     <t>BMCNGG8</t>
   </si>
   <si>
-    <t>88167AAT8</t>
-[...7 lines deleted...]
-  <si>
     <t>88167AAF8</t>
   </si>
   <si>
     <t>US88167AAF84</t>
   </si>
   <si>
     <t>BD3GSZ6</t>
   </si>
   <si>
     <t>TMS INTERNATIONAL CORP/DE 144A</t>
   </si>
   <si>
     <t>87261QAC7</t>
   </si>
   <si>
     <t>US87261QAC78</t>
   </si>
   <si>
     <t>BNSM3Z4</t>
   </si>
   <si>
     <t>TOPBUILD CORP 144A</t>
   </si>
   <si>
     <t>89055FAC7</t>
@@ -3795,440 +3831,413 @@
   <si>
     <t>TRANSALTA CORPORATION</t>
   </si>
   <si>
     <t>89346DAH0</t>
   </si>
   <si>
     <t>US89346DAH08</t>
   </si>
   <si>
     <t>BP0XN04</t>
   </si>
   <si>
     <t>TRANSDIGM INC 144A</t>
   </si>
   <si>
     <t>893647BR7</t>
   </si>
   <si>
     <t>US893647BR70</t>
   </si>
   <si>
     <t>BNC3FJ1</t>
   </si>
   <si>
-    <t>893647BU0</t>
-[...5 lines deleted...]
-    <t>BNM6H94</t>
+    <t>893647BV8</t>
+  </si>
+  <si>
+    <t>US893647BV82</t>
+  </si>
+  <si>
+    <t>BNM6HC7</t>
   </si>
   <si>
     <t>893647BZ9</t>
   </si>
   <si>
     <t>US893647BZ96</t>
   </si>
   <si>
     <t>BVYLB13</t>
   </si>
   <si>
-    <t>893647BV8</t>
-[...7 lines deleted...]
-  <si>
     <t>TRANSOCEAN INC 144A</t>
   </si>
   <si>
     <t>893830BY4</t>
   </si>
   <si>
     <t>US893830BY45</t>
   </si>
   <si>
     <t>BPBSCH8</t>
   </si>
   <si>
     <t>TRANSOCEAN INTERNATIONAL LTD 144A</t>
   </si>
   <si>
+    <t>893814AA1</t>
+  </si>
+  <si>
+    <t>US893814AA10</t>
+  </si>
+  <si>
+    <t>BV4FWY5</t>
+  </si>
+  <si>
     <t>893830BX6</t>
   </si>
   <si>
     <t>US893830BX61</t>
   </si>
   <si>
     <t>BL0NW76</t>
   </si>
   <si>
-    <t>893814AA1</t>
-[...13 lines deleted...]
-  <si>
     <t>UNITED GROUP BV RegS</t>
   </si>
   <si>
     <t>BMID05DX6</t>
   </si>
   <si>
     <t>XS2758078930</t>
   </si>
   <si>
     <t>BNTYZB9</t>
   </si>
   <si>
     <t>BMID05E07</t>
   </si>
   <si>
     <t>XS2758099779</t>
   </si>
   <si>
     <t>BNSM0D1</t>
   </si>
   <si>
+    <t>UNITED WHOLESALE MORTGAGE LLC 144A</t>
+  </si>
+  <si>
+    <t>913229AA8</t>
+  </si>
+  <si>
+    <t>US913229AA80</t>
+  </si>
+  <si>
     <t>UNIVISION COMMUNICATIONS INC 144A</t>
   </si>
   <si>
     <t>914906BA9</t>
   </si>
   <si>
     <t>US914906BA95</t>
   </si>
   <si>
     <t>BV1C948</t>
   </si>
   <si>
     <t>US ACUTE CARE SOLUTIONS LLC 144A</t>
   </si>
   <si>
     <t>90367UAD3</t>
   </si>
   <si>
     <t>US90367UAD37</t>
   </si>
   <si>
     <t>BQ68CL4</t>
   </si>
   <si>
     <t>US FOODS INC 144A</t>
   </si>
   <si>
     <t>90290MAD3</t>
   </si>
   <si>
     <t>US90290MAD39</t>
   </si>
   <si>
     <t>BLBNHR0</t>
   </si>
   <si>
     <t>USD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>USD_CCASH</t>
   </si>
   <si>
     <t>USD/EUR</t>
   </si>
   <si>
-    <t>BMIFRLLCR</t>
-[...32 lines deleted...]
-    <t>BMIFRLKSR</t>
+    <t>BMIFVN84P</t>
+  </si>
+  <si>
+    <t>BMIFV863R</t>
+  </si>
+  <si>
+    <t>BMIFV85RP</t>
+  </si>
+  <si>
+    <t>BMIFVN84R</t>
+  </si>
+  <si>
+    <t>BMIFV85WP</t>
+  </si>
+  <si>
+    <t>BMIFV85WR</t>
+  </si>
+  <si>
+    <t>BMIFVN88R</t>
+  </si>
+  <si>
+    <t>BMIFV85TP</t>
+  </si>
+  <si>
+    <t>BMIFV863P</t>
+  </si>
+  <si>
+    <t>BMIFV85RR</t>
+  </si>
+  <si>
+    <t>BMIFV85GR</t>
+  </si>
+  <si>
+    <t>BMIFV85TR</t>
+  </si>
+  <si>
+    <t>BMIFV85GP</t>
+  </si>
+  <si>
+    <t>BMIFVN88P</t>
   </si>
   <si>
     <t>UWM HOLDINGS LLC 144A</t>
   </si>
   <si>
     <t>903522AB6</t>
   </si>
   <si>
     <t>US903522AB68</t>
   </si>
   <si>
     <t>BVSYM93</t>
   </si>
   <si>
     <t>VALVOLINE INC 144A</t>
   </si>
   <si>
     <t>92047WAG6</t>
   </si>
   <si>
     <t>US92047WAG69</t>
   </si>
   <si>
     <t>BMTS6P5</t>
   </si>
   <si>
     <t>VENTURE GLOBAL LNG INC 144A</t>
   </si>
   <si>
+    <t>92332YAF8</t>
+  </si>
+  <si>
+    <t>US92332YAF88</t>
+  </si>
+  <si>
+    <t>BRSF3L7</t>
+  </si>
+  <si>
     <t>92332YAA9</t>
   </si>
   <si>
     <t>US92332YAA91</t>
   </si>
   <si>
     <t>BRK41K7</t>
   </si>
   <si>
-    <t>92332YAF8</t>
-[...5 lines deleted...]
-    <t>BRSF3L7</t>
+    <t>92332YAC5</t>
+  </si>
+  <si>
+    <t>US92332YAC57</t>
+  </si>
+  <si>
+    <t>BQ80PR5</t>
   </si>
   <si>
     <t>92332YAB7</t>
   </si>
   <si>
     <t>US92332YAB74</t>
   </si>
   <si>
     <t>BRK4301</t>
   </si>
   <si>
-    <t>92332YAC5</t>
-[...7 lines deleted...]
-  <si>
     <t>VERSANT MEDIA GROUP INC 144A</t>
   </si>
   <si>
     <t>925283AA1</t>
   </si>
   <si>
     <t>US925283AA12</t>
   </si>
   <si>
     <t>BVBCQP8</t>
   </si>
   <si>
-    <t>VIKING BAKED GOODS ACQUISITION COR 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>VIRGIN MEDIA SECURED FINANCE PLC RegS</t>
   </si>
   <si>
     <t>BMI8SAAZ4</t>
   </si>
   <si>
     <t>XS2010031214</t>
   </si>
   <si>
     <t>BL9Z8T7</t>
   </si>
   <si>
     <t>BMI81U8Z2</t>
   </si>
   <si>
     <t>XS2062666602</t>
   </si>
   <si>
     <t>BKLXG54</t>
   </si>
   <si>
     <t>VISTAJET MALTA FINANCE PLC / XO MA 144A</t>
   </si>
   <si>
-    <t>92841HAA0</t>
-[...7 lines deleted...]
-  <si>
     <t>92840JAB5</t>
   </si>
   <si>
     <t>US92840JAB52</t>
   </si>
   <si>
     <t>BP4Z8H8</t>
   </si>
   <si>
     <t>VISTRA OPERATIONS CO LLC 144A</t>
   </si>
   <si>
     <t>92840VAF9</t>
   </si>
   <si>
     <t>US92840VAF94</t>
   </si>
   <si>
     <t>BHRH886</t>
   </si>
   <si>
     <t>VISTRA OPERATIONS COMPANY LLC 144A</t>
   </si>
   <si>
-    <t>92840VAP7</t>
-[...7 lines deleted...]
-  <si>
     <t>92840VAH5</t>
   </si>
   <si>
     <t>US92840VAH50</t>
   </si>
   <si>
     <t>BN0ZRZ9</t>
   </si>
   <si>
     <t>VITAL ENERGY INC 144A</t>
   </si>
   <si>
     <t>516806AK2</t>
   </si>
   <si>
     <t>US516806AK23</t>
   </si>
   <si>
     <t>BSKP420</t>
   </si>
   <si>
     <t>VM CONSOLIDATED INC 144A</t>
   </si>
   <si>
     <t>91835HAA0</t>
   </si>
   <si>
     <t>US91835HAA05</t>
   </si>
   <si>
     <t>VMED O2 UK FINANCING I PLC RegS</t>
   </si>
   <si>
+    <t>BMI91TL54</t>
+  </si>
+  <si>
+    <t>XS2231189924</t>
+  </si>
+  <si>
+    <t>BM9BWQ7</t>
+  </si>
+  <si>
     <t>BMID8WA46</t>
   </si>
   <si>
     <t>XS2796600307</t>
   </si>
   <si>
     <t>BLC9J37</t>
   </si>
   <si>
-    <t>BMI91TL54</t>
-[...7 lines deleted...]
-  <si>
     <t>BMI9WND45</t>
   </si>
   <si>
     <t>XS2358483258</t>
   </si>
   <si>
     <t>BL6JV15</t>
   </si>
   <si>
     <t>VOLTAGRID LLC 144A</t>
   </si>
   <si>
     <t>92874BAA3</t>
   </si>
   <si>
     <t>US92874BAA35</t>
   </si>
   <si>
+    <t>BVK6BT0</t>
+  </si>
+  <si>
     <t>VOYAGER PARENT LLC 144A</t>
   </si>
   <si>
     <t>92921EAA0</t>
   </si>
   <si>
     <t>US92921EAA01</t>
   </si>
   <si>
     <t>BVK4MV3</t>
   </si>
   <si>
     <t>VT TOPCO INC 144A</t>
   </si>
   <si>
     <t>91838PAA9</t>
   </si>
   <si>
     <t>US91838PAA93</t>
   </si>
   <si>
     <t>BPSKCT9</t>
   </si>
   <si>
     <t>W R GRACE HOLDINGS LLC 144A</t>
@@ -4245,182 +4254,182 @@
   <si>
     <t>WAGA BONDCO LIMITED RegS</t>
   </si>
   <si>
     <t>BMIEEP2C3</t>
   </si>
   <si>
     <t>XS2982061702</t>
   </si>
   <si>
     <t>BM8BKJ7</t>
   </si>
   <si>
     <t>WAND NEWCO 3 INC 144A</t>
   </si>
   <si>
     <t>933940AA6</t>
   </si>
   <si>
     <t>US933940AA60</t>
   </si>
   <si>
     <t>BRBCTZ1</t>
   </si>
   <si>
-    <t>WARNERMEDIA HLDG</t>
-[...10 lines deleted...]
-  <si>
     <t>WARNERMEDIA HOLDINGS INC</t>
   </si>
   <si>
     <t>55903VBW2</t>
   </si>
   <si>
     <t>US55903VBW28</t>
   </si>
   <si>
     <t>BTPF2W8</t>
   </si>
   <si>
     <t>WATCO COS LLC/FINANCE CO 144A</t>
   </si>
   <si>
     <t>941130AD8</t>
   </si>
   <si>
     <t>US941130AD86</t>
   </si>
   <si>
     <t>BSF1V77</t>
   </si>
   <si>
     <t>WBI OPERATING LLC 144A</t>
   </si>
   <si>
+    <t>92944BAA9</t>
+  </si>
+  <si>
+    <t>US92944BAA98</t>
+  </si>
+  <si>
+    <t>BV2JDW4</t>
+  </si>
+  <si>
     <t>92944BAB7</t>
   </si>
   <si>
     <t>US92944BAB71</t>
   </si>
   <si>
     <t>BV4FWV2</t>
   </si>
   <si>
-    <t>92944BAA9</t>
-[...5 lines deleted...]
-    <t>BV2JDW4</t>
+    <t>WEPA HYGIENEPRODUKTE GMBH RegS</t>
+  </si>
+  <si>
+    <t>BMIFTKMQ2</t>
+  </si>
+  <si>
+    <t>DE000A4DFVJ0</t>
+  </si>
+  <si>
+    <t>BVMNMV8</t>
   </si>
   <si>
     <t>WESCO DISTRIBUTION INC 144A</t>
   </si>
   <si>
+    <t>95081QAS3</t>
+  </si>
+  <si>
+    <t>US95081QAS30</t>
+  </si>
+  <si>
+    <t>BPDHNL4</t>
+  </si>
+  <si>
+    <t>95081QAQ7</t>
+  </si>
+  <si>
+    <t>US95081QAQ73</t>
+  </si>
+  <si>
+    <t>BQBCWX3</t>
+  </si>
+  <si>
+    <t>95081QAP9</t>
+  </si>
+  <si>
+    <t>US95081QAP90</t>
+  </si>
+  <si>
+    <t>BMYMZT9</t>
+  </si>
+  <si>
     <t>95081QAR5</t>
   </si>
   <si>
     <t>US95081QAR56</t>
   </si>
   <si>
     <t>BQBBHB3</t>
   </si>
   <si>
-    <t>95081QAS3</t>
-[...37 lines deleted...]
-  <si>
     <t>WHITE CAP SUPPLY HOLDINGS LLC 144A</t>
   </si>
   <si>
     <t>96467GAC2</t>
   </si>
   <si>
     <t>US96467GAC24</t>
   </si>
   <si>
+    <t>BRCG060</t>
+  </si>
+  <si>
     <t>WINDSOR HOLDINGS III LLC 144A</t>
   </si>
   <si>
     <t>97360AAA5</t>
   </si>
   <si>
     <t>US97360AAA51</t>
   </si>
   <si>
     <t>BRTZPL0</t>
   </si>
   <si>
     <t>WINDSTREAM SERVICES LLC 144A</t>
   </si>
   <si>
+    <t>97381AAA0</t>
+  </si>
+  <si>
+    <t>US97381AAA07</t>
+  </si>
+  <si>
+    <t>BRSF6F2</t>
+  </si>
+  <si>
     <t>97382BAB5</t>
   </si>
   <si>
     <t>US97382BAB53</t>
   </si>
   <si>
     <t>BVMSGF5</t>
   </si>
   <si>
     <t>WOLSELEY GROUP FINCO PLC RegS</t>
   </si>
   <si>
     <t>BMIEW5ZL1</t>
   </si>
   <si>
     <t>XS3075424989</t>
   </si>
   <si>
     <t>BP7M8B0</t>
   </si>
   <si>
     <t>WRANGLER HOLDCO CORP 144A</t>
   </si>
   <si>
     <t>37441QAA9</t>
@@ -4437,75 +4446,84 @@
   <si>
     <t>982911AA7</t>
   </si>
   <si>
     <t>US982911AA70</t>
   </si>
   <si>
     <t>BW5ZMJ6</t>
   </si>
   <si>
     <t>XPLR INFRAST OPERATING 144A</t>
   </si>
   <si>
     <t>65342QAM4</t>
   </si>
   <si>
     <t>US65342QAM42</t>
   </si>
   <si>
     <t>BS4CSC5</t>
   </si>
   <si>
     <t>XPLR INFRASTRUCTURE OPERATING PART 144A</t>
   </si>
   <si>
+    <t>98379YAA0</t>
+  </si>
+  <si>
+    <t>US98379YAA01</t>
+  </si>
+  <si>
+    <t>BS84Y41</t>
+  </si>
+  <si>
+    <t>98380MAB1</t>
+  </si>
+  <si>
+    <t>US98380MAB19</t>
+  </si>
+  <si>
+    <t>BTXYTD7</t>
+  </si>
+  <si>
     <t>65342QAB8</t>
   </si>
   <si>
     <t>US65342QAB86</t>
   </si>
   <si>
     <t>BZ6CT29</t>
   </si>
   <si>
     <t>98380MAA3</t>
   </si>
   <si>
     <t>US98380MAA36</t>
   </si>
   <si>
     <t>BTXYQ14</t>
-  </si>
-[...7 lines deleted...]
-    <t>BTXYTD7</t>
   </si>
   <si>
     <t>ZEGONA FINANCE PLC 144A</t>
   </si>
   <si>
     <t>98927UAA5</t>
   </si>
   <si>
     <t>US98927UAA51</t>
   </si>
   <si>
     <t>BPLZN32</t>
   </si>
   <si>
     <t>Los datos sobre posiciones se refieren al periodo iniciado en la fecha indicada y pueden cambiar. Estos valores y las asignaciones porcentuales revisten fines meramente ilustrativos y no constituyen asesoramiento de inversiones o recomendaciones con respecto a los valores o las inversiones que aquí se mencionan, no debiéndose interpretar como tales. No existe garantía alguna de que las estrategias vayan a alcanzar su objetivo. Las inversiones entrañan riesgos, incluida la posible pérdida del capital invertido. Consulte el folleto del fondo para obtener información sobre riesgos más completa.</t>
   </si>
   <si>
     <t xml:space="preserve">Antes de invertir, estudie minuciosamente el objetivo de inversión, los riesgos, las comisiones y los gastos del fondo. En los folletos figura esta y otra información sobre el fondo. Para obtener un folleto, puede descargárselo en morganstanley.com/im. Lea el folleto detenidamente antes de invertir.           </t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) es la división de gestión de activos de Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
@@ -4882,7432 +4900,7959 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E449"/>
+  <dimension ref="A1:E480"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.25</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.6</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.34</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.29</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.2</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.25</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.28</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.63</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E19" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>62</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>63</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>65</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>66</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.15</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>69</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>70</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.18</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>72</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>73</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>76</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>77</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>80</v>
       </c>
       <c r="D26" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.67</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C27" t="s" s="0">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D27" t="s" s="0">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.2</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C28" t="s" s="0">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D28" t="s" s="0">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.62</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C29" t="s" s="0">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D29" t="s" s="0">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.45</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C30" t="s" s="0">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D30" t="s" s="0">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E30" t="n" s="0">
         <v>0.47</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C31" t="s" s="0">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D31" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C32" t="s" s="0">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D32" t="s" s="0">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>103</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>104</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>105</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.34</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>107</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>108</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>109</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.22</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>112</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>113</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.27</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>115</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>116</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>117</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.12</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>119</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>120</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>121</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.22</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>124</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>125</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.25</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>127</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>128</v>
       </c>
       <c r="D39" t="s" s="0">
-        <v>44</v>
+        <v>129</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.28</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C41" t="s" s="0">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>134</v>
+        <v>81</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C42" t="s" s="0">
-        <v>44</v>
+        <v>137</v>
       </c>
       <c r="D42" t="s" s="0">
-        <v>44</v>
+        <v>138</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C43" t="s" s="0">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D43" t="s" s="0">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.49</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C44" t="s" s="0">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D44" t="s" s="0">
-        <v>144</v>
+        <v>81</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C45" t="s" s="0">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D45" t="s" s="0">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.26</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C46" t="s" s="0">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D46" t="s" s="0">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.11</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.01</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C48" t="s" s="0">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D48" t="s" s="0">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.22</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C49" t="s" s="0">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D49" t="s" s="0">
-        <v>162</v>
+        <v>81</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.51</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C50" t="s" s="0">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D50" t="s" s="0">
-        <v>44</v>
+        <v>168</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C51" t="s" s="0">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D51" t="s" s="0">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C52" t="s" s="0">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D52" t="s" s="0">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.46</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C53" t="s" s="0">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D53" t="s" s="0">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>0.35</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C54" t="s" s="0">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D54" t="s" s="0">
-        <v>179</v>
+        <v>81</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.58</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C55" t="s" s="0">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.21</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C56" t="s" s="0">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>186</v>
+        <v>81</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.31</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.12</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C58" t="s" s="0">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D58" t="s" s="0">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.05</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C59" t="s" s="0">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.07</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C60" t="s" s="0">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D60" t="s" s="0">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.24</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C61" t="s" s="0">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D61" t="s" s="0">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.21</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C62" t="s" s="0">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D62" t="s" s="0">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.24</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C63" t="s" s="0">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>44</v>
+        <v>213</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.32</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D64" t="s" s="0">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>0.16</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C65" t="s" s="0">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D65" t="s" s="0">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.94</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.75</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C67" t="s" s="0">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D67" t="s" s="0">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.16</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C68" t="s" s="0">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>230</v>
+        <v>81</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.12</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C69" t="s" s="0">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D69" t="s" s="0">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.14</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C70" t="s" s="0">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.1</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C71" t="s" s="0">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D71" t="s" s="0">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.12</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>44</v>
+        <v>247</v>
       </c>
       <c r="E72" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C73" t="s" s="0">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D73" t="s" s="0">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.37</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="E74" t="n" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D75" t="s" s="0">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.28</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C76" t="s" s="0">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D76" t="s" s="0">
-        <v>258</v>
+        <v>81</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D77" t="s" s="0">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>0.13</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C78" t="s" s="0">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D78" t="s" s="0">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>0.11</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C79" t="s" s="0">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D79" t="s" s="0">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>0.16</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C80" t="s" s="0">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D80" t="s" s="0">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.52</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C81" t="s" s="0">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D81" t="s" s="0">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>279</v>
       </c>
       <c r="C82" t="s" s="0">
         <v>280</v>
       </c>
       <c r="D82" t="s" s="0">
         <v>281</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.15</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>282</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>283</v>
       </c>
       <c r="C83" t="s" s="0">
         <v>284</v>
       </c>
       <c r="D83" t="s" s="0">
         <v>285</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D84" t="s" s="0">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.23</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C85" t="s" s="0">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D85" t="s" s="0">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.17</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="D86" t="s" s="0">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.27</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C87" t="s" s="0">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D87" t="s" s="0">
-        <v>44</v>
+        <v>301</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.28</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.26</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="D89" t="s" s="0">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D90" t="s" s="0">
-        <v>307</v>
+        <v>81</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.6</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>308</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D91" t="s" s="0">
-        <v>44</v>
+        <v>313</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.74</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D92" t="s" s="0">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.58</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D93" t="s" s="0">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.3</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>322</v>
+        <v>81</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.2</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.24</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>0.6</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.17</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.3</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C99" t="s" s="0">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D99" t="s" s="0">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>0.13</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C100" t="s" s="0">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D100" t="s" s="0">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D101" t="s" s="0">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>0.15</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>0.23</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D103" t="s" s="0">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.4</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C104" t="s" s="0">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D104" t="s" s="0">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.56</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.17</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.32</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.19</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>44</v>
+        <v>378</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.55</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>44</v>
+        <v>382</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>382</v>
+        <v>81</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.05</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>385</v>
+        <v>81</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.05</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.34</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.1</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.21</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.3</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.1</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.21</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.07</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.43</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.23</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>44</v>
+        <v>430</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.24</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>429</v>
+        <v>81</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.23</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>44</v>
+        <v>436</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>44</v>
+        <v>437</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.01</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.36</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.3</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.39</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.12</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>0.33</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.31</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="E132" t="n" s="0">
         <v>0.13</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="E133" t="n" s="0">
         <v>0.09</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.09</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.13</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.41</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.37</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="D139" t="s" s="0">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.22</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.31</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.29</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.17</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="D143" t="s" s="0">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>0.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>0.38</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="D145" t="s" s="0">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.75</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.36</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.25</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="D148" t="s" s="0">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.52</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="D149" t="s" s="0">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.21</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>44</v>
+        <v>529</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>44</v>
+        <v>530</v>
       </c>
       <c r="E150" t="n" s="0">
-        <v>0.09</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>525</v>
+        <v>81</v>
       </c>
       <c r="D151" t="s" s="0">
-        <v>526</v>
+        <v>81</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.43</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="C152" t="s" s="0">
-        <v>44</v>
+        <v>535</v>
       </c>
       <c r="D152" t="s" s="0">
-        <v>44</v>
+        <v>536</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>-0.31</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D153" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.29</v>
+        <v>-0.64</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="C154" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D154" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="C155" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D155" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>-0.3</v>
+        <v>-0.44</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>535</v>
+        <v>544</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D158" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>538</v>
+        <v>81</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>539</v>
+        <v>81</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.08</v>
+        <v>-0.23</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>542</v>
+        <v>81</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.24</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>545</v>
+        <v>81</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>546</v>
+        <v>81</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.37</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>548</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>549</v>
+        <v>81</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>550</v>
+        <v>81</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.18</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>552</v>
+        <v>81</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>553</v>
+        <v>81</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>0.34</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>556</v>
+        <v>81</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>557</v>
+        <v>81</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>559</v>
+        <v>81</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>560</v>
+        <v>81</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="C166" t="s" s="0">
         <v>554</v>
       </c>
-      <c r="B166" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D166" t="s" s="0">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.11</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>567</v>
+        <v>81</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.23</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>569</v>
+        <v>560</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="E168" t="n" s="0">
         <v>0.34</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>573</v>
+        <v>564</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>574</v>
+        <v>565</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.08</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>576</v>
+        <v>563</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.13</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>586</v>
+        <v>575</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>587</v>
+        <v>576</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.16</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>588</v>
+        <v>570</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.15</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>595</v>
+        <v>583</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.07</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>597</v>
+        <v>585</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>598</v>
+        <v>586</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>599</v>
+        <v>587</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.32</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>600</v>
+        <v>588</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>601</v>
+        <v>589</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>44</v>
+        <v>590</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>44</v>
+        <v>591</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>-19.79</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>602</v>
+        <v>593</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>44</v>
+        <v>594</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>44</v>
+        <v>595</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.29</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>44</v>
+        <v>598</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>44</v>
+        <v>599</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>19.97</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
         <v>600</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>44</v>
+        <v>602</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>44</v>
+        <v>603</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>-0.29</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="B180" s="6" t="s">
         <v>605</v>
       </c>
-      <c r="B180" s="6" t="s">
+      <c r="C180" t="s" s="0">
         <v>606</v>
       </c>
-      <c r="C180" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D180" t="s" s="0">
-        <v>44</v>
+        <v>607</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>6.31</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>44</v>
+        <v>610</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>44</v>
+        <v>611</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>-6.26</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>610</v>
+        <v>81</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>611</v>
+        <v>81</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.44</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
         <v>612</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>614</v>
+        <v>81</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>615</v>
+        <v>81</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.59</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>1.73</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>1.68</v>
+        <v>-0.29</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>-1.69</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>623</v>
+        <v>81</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>624</v>
+        <v>81</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.28</v>
+        <v>-1.24</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>627</v>
+        <v>81</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>628</v>
+        <v>81</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>630</v>
+        <v>81</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>631</v>
+        <v>81</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.22</v>
+        <v>-21.56</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>634</v>
+        <v>81</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>635</v>
+        <v>81</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>0.09</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>636</v>
+        <v>622</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>637</v>
+        <v>81</v>
       </c>
       <c r="D191" t="s" s="0">
-        <v>638</v>
+        <v>81</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.09</v>
+        <v>21.68</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>639</v>
+        <v>612</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>640</v>
+        <v>623</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>641</v>
+        <v>81</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>642</v>
+        <v>81</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>0.21</v>
+        <v>-0.15</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>643</v>
+        <v>612</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>644</v>
+        <v>624</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>645</v>
+        <v>81</v>
       </c>
       <c r="D193" t="s" s="0">
-        <v>646</v>
+        <v>81</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.47</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>643</v>
+        <v>612</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>647</v>
+        <v>625</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>648</v>
+        <v>81</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>649</v>
+        <v>81</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>0.11</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>650</v>
+        <v>612</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>651</v>
+        <v>626</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>652</v>
+        <v>81</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>653</v>
+        <v>81</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.49</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>654</v>
+        <v>612</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>655</v>
+        <v>627</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>656</v>
+        <v>81</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>657</v>
+        <v>81</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>0.54</v>
+        <v>-0.44</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>658</v>
+        <v>612</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>659</v>
+        <v>628</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>660</v>
+        <v>81</v>
       </c>
       <c r="D197" t="s" s="0">
-        <v>661</v>
+        <v>81</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>0.28</v>
+        <v>-0.32</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>662</v>
+        <v>612</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>663</v>
+        <v>629</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>664</v>
+        <v>81</v>
       </c>
       <c r="D198" t="s" s="0">
-        <v>665</v>
+        <v>81</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>666</v>
+        <v>612</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>667</v>
+        <v>630</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>668</v>
+        <v>81</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>669</v>
+        <v>81</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.26</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>670</v>
+        <v>612</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>671</v>
+        <v>631</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>672</v>
+        <v>81</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>673</v>
+        <v>81</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.23</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>674</v>
+        <v>612</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>675</v>
+        <v>632</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>676</v>
+        <v>81</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>677</v>
+        <v>81</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.15</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>674</v>
+        <v>612</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>678</v>
+        <v>633</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>679</v>
+        <v>81</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>680</v>
+        <v>81</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.15</v>
+        <v>-0.18</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>681</v>
+        <v>612</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>682</v>
+        <v>634</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>683</v>
+        <v>81</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>684</v>
+        <v>81</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.37</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>685</v>
+        <v>612</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>686</v>
+        <v>635</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>687</v>
+        <v>81</v>
       </c>
       <c r="D204" t="s" s="0">
-        <v>688</v>
+        <v>81</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>689</v>
+        <v>612</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>690</v>
+        <v>636</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>691</v>
+        <v>81</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>692</v>
+        <v>81</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.14</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>689</v>
+        <v>612</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>693</v>
+        <v>637</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>694</v>
+        <v>81</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>695</v>
+        <v>81</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.23</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>696</v>
+        <v>612</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>697</v>
+        <v>638</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>698</v>
+        <v>81</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.25</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>696</v>
+        <v>612</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>699</v>
+        <v>639</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>700</v>
+        <v>81</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>701</v>
+        <v>81</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.17</v>
+        <v>-0.33</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>702</v>
+        <v>612</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>703</v>
+        <v>640</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>704</v>
+        <v>81</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>705</v>
+        <v>81</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.27</v>
+        <v>-0.58</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>706</v>
+        <v>641</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>707</v>
+        <v>642</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>708</v>
+        <v>81</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>709</v>
+        <v>81</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.29</v>
+        <v>-6.86</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>710</v>
+        <v>641</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>711</v>
+        <v>643</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>712</v>
+        <v>81</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>713</v>
+        <v>81</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.37</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>714</v>
+        <v>641</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>715</v>
+        <v>644</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>716</v>
+        <v>81</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>717</v>
+        <v>81</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.16</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>718</v>
+        <v>641</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>719</v>
+        <v>645</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>720</v>
+        <v>81</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>721</v>
+        <v>81</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.18</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>722</v>
+        <v>641</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>723</v>
+        <v>646</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>724</v>
+        <v>81</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.21</v>
+        <v>6.85</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>725</v>
+        <v>641</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>726</v>
+        <v>647</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>727</v>
+        <v>81</v>
       </c>
       <c r="D215" t="s" s="0">
-        <v>728</v>
+        <v>81</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>0.27</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>729</v>
+        <v>641</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>730</v>
+        <v>648</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>731</v>
+        <v>81</v>
       </c>
       <c r="D216" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.53</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>732</v>
+        <v>641</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>733</v>
+        <v>649</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>734</v>
+        <v>81</v>
       </c>
       <c r="D217" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.44</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>735</v>
+        <v>641</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>736</v>
+        <v>650</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>737</v>
+        <v>81</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>738</v>
+        <v>81</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.45</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>739</v>
+        <v>641</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>740</v>
+        <v>651</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="D219" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>741</v>
+        <v>641</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>742</v>
+        <v>652</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>743</v>
+        <v>81</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>744</v>
+        <v>81</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>741</v>
+        <v>641</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>745</v>
+        <v>653</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>746</v>
+        <v>81</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>747</v>
+        <v>81</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.37</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>748</v>
+        <v>641</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>749</v>
+        <v>654</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>750</v>
+        <v>81</v>
       </c>
       <c r="D222" t="s" s="0">
-        <v>751</v>
+        <v>81</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.22</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>752</v>
+        <v>641</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>753</v>
+        <v>655</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>754</v>
+        <v>81</v>
       </c>
       <c r="D223" t="s" s="0">
-        <v>755</v>
+        <v>81</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.11</v>
+        <v>-0.69</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>752</v>
+        <v>656</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>756</v>
+        <v>657</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>757</v>
+        <v>81</v>
       </c>
       <c r="D224" t="s" s="0">
-        <v>758</v>
+        <v>81</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>759</v>
+        <v>656</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>760</v>
+        <v>658</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>761</v>
+        <v>81</v>
       </c>
       <c r="D225" t="s" s="0">
-        <v>762</v>
+        <v>81</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.09</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>759</v>
+        <v>659</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>763</v>
+        <v>660</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>764</v>
+        <v>661</v>
       </c>
       <c r="D226" t="s" s="0">
-        <v>765</v>
+        <v>662</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.08</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>766</v>
+        <v>663</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>767</v>
+        <v>664</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>768</v>
+        <v>81</v>
       </c>
       <c r="D227" t="s" s="0">
-        <v>769</v>
+        <v>81</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.25</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>770</v>
+        <v>665</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>771</v>
+        <v>666</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>772</v>
+        <v>81</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>773</v>
+        <v>81</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.13</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>774</v>
+        <v>665</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>775</v>
+        <v>667</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>776</v>
+        <v>81</v>
       </c>
       <c r="D229" t="s" s="0">
-        <v>777</v>
+        <v>81</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.01</v>
+        <v>-1.84</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>778</v>
+        <v>668</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>779</v>
+        <v>669</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>780</v>
+        <v>670</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>44</v>
+        <v>671</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.36</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>781</v>
+        <v>672</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>782</v>
+        <v>673</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>783</v>
+        <v>674</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>44</v>
+        <v>675</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.15</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>781</v>
+        <v>676</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>784</v>
+        <v>677</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>785</v>
+        <v>678</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>786</v>
+        <v>679</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.36</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>787</v>
+        <v>680</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>788</v>
+        <v>681</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>789</v>
+        <v>682</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>790</v>
+        <v>683</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.04</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>787</v>
+        <v>684</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>791</v>
+        <v>685</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>792</v>
+        <v>686</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>793</v>
+        <v>687</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.29</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>794</v>
+        <v>684</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>795</v>
+        <v>688</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>796</v>
+        <v>689</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>44</v>
+        <v>690</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.23</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>797</v>
+        <v>691</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>798</v>
+        <v>692</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>799</v>
+        <v>693</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>800</v>
+        <v>694</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.17</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>797</v>
+        <v>695</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>801</v>
+        <v>696</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>802</v>
+        <v>697</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>803</v>
+        <v>698</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.08</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>797</v>
+        <v>699</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>804</v>
+        <v>700</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>805</v>
+        <v>701</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>806</v>
+        <v>702</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.05</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>807</v>
+        <v>703</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>808</v>
+        <v>704</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>809</v>
+        <v>705</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>44</v>
+        <v>706</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>807</v>
+        <v>707</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>810</v>
+        <v>708</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>811</v>
+        <v>709</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>812</v>
+        <v>710</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.09</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>813</v>
+        <v>711</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>814</v>
+        <v>712</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>815</v>
+        <v>713</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>816</v>
+        <v>714</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.19</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>817</v>
+        <v>715</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>818</v>
+        <v>716</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>819</v>
+        <v>717</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>820</v>
+        <v>718</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.14</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>817</v>
+        <v>715</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>821</v>
+        <v>719</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>822</v>
+        <v>720</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>823</v>
+        <v>721</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.35</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>817</v>
+        <v>722</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>824</v>
+        <v>723</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>825</v>
+        <v>724</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>826</v>
+        <v>725</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.1</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>827</v>
+        <v>726</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>828</v>
+        <v>727</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>829</v>
+        <v>728</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>830</v>
+        <v>729</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.27</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>827</v>
+        <v>730</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>831</v>
+        <v>731</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>832</v>
+        <v>732</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>833</v>
+        <v>733</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.01</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>834</v>
+        <v>730</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>835</v>
+        <v>734</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>836</v>
+        <v>735</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>44</v>
+        <v>736</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.48</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>837</v>
+        <v>737</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>838</v>
+        <v>738</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>839</v>
+        <v>739</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.34</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>840</v>
+        <v>737</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>841</v>
+        <v>740</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>842</v>
+        <v>741</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>843</v>
+        <v>742</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.33</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>844</v>
+        <v>743</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>845</v>
+        <v>744</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>846</v>
+        <v>745</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>847</v>
+        <v>746</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.21</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>848</v>
+        <v>747</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>849</v>
+        <v>748</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>850</v>
+        <v>749</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>851</v>
+        <v>750</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.11</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>852</v>
+        <v>751</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>853</v>
+        <v>752</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>854</v>
+        <v>753</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>855</v>
+        <v>754</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>852</v>
+        <v>755</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>856</v>
+        <v>756</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>857</v>
+        <v>757</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>858</v>
+        <v>758</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.28</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>859</v>
+        <v>759</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>860</v>
+        <v>760</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>861</v>
+        <v>761</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>862</v>
+        <v>762</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.14</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>863</v>
+        <v>763</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>864</v>
+        <v>764</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>865</v>
+        <v>765</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>866</v>
+        <v>81</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.12</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>867</v>
+        <v>766</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>868</v>
+        <v>767</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>869</v>
+        <v>768</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.89</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>870</v>
+        <v>769</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>871</v>
+        <v>770</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>872</v>
+        <v>771</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>873</v>
+        <v>772</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.48</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>874</v>
+        <v>773</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>875</v>
+        <v>774</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>876</v>
+        <v>81</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>877</v>
+        <v>81</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>878</v>
+        <v>775</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>879</v>
+        <v>776</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>880</v>
+        <v>777</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>881</v>
+        <v>778</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.22</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>882</v>
+        <v>775</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>883</v>
+        <v>779</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>884</v>
+        <v>780</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>885</v>
+        <v>781</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.47</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>886</v>
+        <v>782</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>887</v>
+        <v>783</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>888</v>
+        <v>784</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>44</v>
+        <v>785</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>886</v>
+        <v>786</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>889</v>
+        <v>787</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>890</v>
+        <v>788</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>44</v>
+        <v>789</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.07</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>886</v>
+        <v>786</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>891</v>
+        <v>790</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>892</v>
+        <v>791</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>893</v>
+        <v>792</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>894</v>
+        <v>793</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>895</v>
+        <v>794</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>896</v>
+        <v>795</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>897</v>
+        <v>796</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>1.18</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>898</v>
+        <v>793</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>899</v>
+        <v>797</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>900</v>
+        <v>798</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>901</v>
+        <v>799</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>902</v>
+        <v>800</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>903</v>
+        <v>801</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>904</v>
+        <v>802</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>905</v>
+        <v>803</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.19</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>902</v>
+        <v>804</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>906</v>
+        <v>805</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>907</v>
+        <v>806</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>908</v>
+        <v>807</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.09</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>909</v>
+        <v>808</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>910</v>
+        <v>809</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>911</v>
+        <v>810</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>912</v>
+        <v>811</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.29</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>913</v>
+        <v>812</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>914</v>
+        <v>813</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>915</v>
+        <v>814</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>916</v>
+        <v>81</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.24</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>917</v>
+        <v>815</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>918</v>
+        <v>816</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>919</v>
+        <v>817</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>920</v>
+        <v>81</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.52</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>917</v>
+        <v>815</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>921</v>
+        <v>818</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>922</v>
+        <v>819</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>923</v>
+        <v>820</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.22</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>924</v>
+        <v>821</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>925</v>
+        <v>822</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>926</v>
+        <v>823</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>927</v>
+        <v>824</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.27</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>924</v>
+        <v>821</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>928</v>
+        <v>825</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>929</v>
+        <v>826</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>930</v>
+        <v>827</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>931</v>
+        <v>828</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>932</v>
+        <v>829</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>933</v>
+        <v>830</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.15</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>931</v>
+        <v>831</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>934</v>
+        <v>832</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>935</v>
+        <v>833</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>936</v>
+        <v>834</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.3</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>937</v>
+        <v>831</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>938</v>
+        <v>835</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>939</v>
+        <v>836</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>940</v>
+        <v>837</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.18</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>937</v>
+        <v>838</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>941</v>
+        <v>839</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>942</v>
+        <v>840</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>943</v>
+        <v>81</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.16</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>937</v>
+        <v>841</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>944</v>
+        <v>842</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>945</v>
+        <v>843</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>946</v>
+        <v>844</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.1</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>937</v>
+        <v>845</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>947</v>
+        <v>846</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>948</v>
+        <v>847</v>
       </c>
       <c r="D279" t="s" s="0">
-        <v>949</v>
+        <v>848</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.33</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>937</v>
+        <v>845</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>950</v>
+        <v>849</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>951</v>
+        <v>850</v>
       </c>
       <c r="D280" t="s" s="0">
-        <v>952</v>
+        <v>851</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>937</v>
+        <v>845</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>953</v>
+        <v>852</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>954</v>
+        <v>853</v>
       </c>
       <c r="D281" t="s" s="0">
-        <v>955</v>
+        <v>854</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.31</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>956</v>
+        <v>855</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>957</v>
+        <v>856</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>958</v>
+        <v>857</v>
       </c>
       <c r="D282" t="s" s="0">
-        <v>959</v>
+        <v>81</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.15</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>960</v>
+        <v>858</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>961</v>
+        <v>859</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>962</v>
+        <v>860</v>
       </c>
       <c r="D283" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.75</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>963</v>
+        <v>861</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>964</v>
+        <v>862</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>965</v>
+        <v>863</v>
       </c>
       <c r="D284" t="s" s="0">
-        <v>966</v>
+        <v>864</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.35</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>967</v>
+        <v>865</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>968</v>
+        <v>866</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>969</v>
+        <v>867</v>
       </c>
       <c r="D285" t="s" s="0">
-        <v>970</v>
+        <v>868</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.13</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>967</v>
+        <v>869</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>971</v>
+        <v>870</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>972</v>
+        <v>871</v>
       </c>
       <c r="D286" t="s" s="0">
-        <v>973</v>
+        <v>872</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>974</v>
+        <v>873</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>975</v>
+        <v>874</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>976</v>
+        <v>875</v>
       </c>
       <c r="D287" t="s" s="0">
-        <v>977</v>
+        <v>876</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>978</v>
+        <v>873</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>979</v>
+        <v>877</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>980</v>
+        <v>878</v>
       </c>
       <c r="D288" t="s" s="0">
-        <v>981</v>
+        <v>879</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.13</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>982</v>
+        <v>880</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>983</v>
+        <v>881</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>984</v>
+        <v>882</v>
       </c>
       <c r="D289" t="s" s="0">
-        <v>985</v>
+        <v>883</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.29</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>986</v>
+        <v>884</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>987</v>
+        <v>885</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>988</v>
+        <v>886</v>
       </c>
       <c r="D290" t="s" s="0">
-        <v>989</v>
+        <v>81</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.89</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>990</v>
+        <v>887</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>991</v>
+        <v>888</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>992</v>
+        <v>889</v>
       </c>
       <c r="D291" t="s" s="0">
-        <v>993</v>
+        <v>890</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.3</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>990</v>
+        <v>891</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>994</v>
+        <v>892</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>995</v>
+        <v>893</v>
       </c>
       <c r="D292" t="s" s="0">
-        <v>996</v>
+        <v>894</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.05</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>997</v>
+        <v>895</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>998</v>
+        <v>896</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>999</v>
+        <v>897</v>
       </c>
       <c r="D293" t="s" s="0">
-        <v>1000</v>
+        <v>898</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.29</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>997</v>
+        <v>899</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>1001</v>
+        <v>900</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>1002</v>
+        <v>901</v>
       </c>
       <c r="D294" t="s" s="0">
-        <v>1003</v>
+        <v>902</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.16</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>1004</v>
+        <v>903</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>1005</v>
+        <v>904</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>1006</v>
+        <v>905</v>
       </c>
       <c r="D295" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>1007</v>
+        <v>903</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>1008</v>
+        <v>906</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>1009</v>
+        <v>907</v>
       </c>
       <c r="D296" t="s" s="0">
-        <v>1010</v>
+        <v>81</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.27</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>1007</v>
+        <v>903</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>1011</v>
+        <v>908</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>1012</v>
+        <v>909</v>
       </c>
       <c r="D297" t="s" s="0">
-        <v>1013</v>
+        <v>910</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>1014</v>
+        <v>911</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>1015</v>
+        <v>912</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>1016</v>
+        <v>913</v>
       </c>
       <c r="D298" t="s" s="0">
-        <v>1017</v>
+        <v>914</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>0.14</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>1018</v>
+        <v>915</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>1019</v>
+        <v>916</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>1020</v>
+        <v>917</v>
       </c>
       <c r="D299" t="s" s="0">
-        <v>1021</v>
+        <v>918</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>0.19</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>1022</v>
+        <v>919</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>1023</v>
+        <v>920</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>1024</v>
+        <v>921</v>
       </c>
       <c r="D300" t="s" s="0">
-        <v>1025</v>
+        <v>922</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.57</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>1026</v>
+        <v>923</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>1027</v>
+        <v>924</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>1028</v>
+        <v>925</v>
       </c>
       <c r="D301" t="s" s="0">
-        <v>1029</v>
+        <v>926</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>1026</v>
+        <v>923</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>1030</v>
+        <v>927</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>1031</v>
+        <v>928</v>
       </c>
       <c r="D302" t="s" s="0">
-        <v>1032</v>
+        <v>929</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.35</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>1033</v>
+        <v>930</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>1034</v>
+        <v>931</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>1035</v>
+        <v>932</v>
       </c>
       <c r="D303" t="s" s="0">
-        <v>1036</v>
+        <v>933</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.29</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>1037</v>
+        <v>934</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>1038</v>
+        <v>935</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>1039</v>
+        <v>936</v>
       </c>
       <c r="D304" t="s" s="0">
-        <v>1040</v>
+        <v>937</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.33</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>1041</v>
+        <v>938</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>1042</v>
+        <v>939</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>1043</v>
+        <v>940</v>
       </c>
       <c r="D305" t="s" s="0">
-        <v>44</v>
+        <v>941</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.2</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>1044</v>
+        <v>938</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>1045</v>
+        <v>942</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>1046</v>
+        <v>943</v>
       </c>
       <c r="D306" t="s" s="0">
-        <v>1047</v>
+        <v>944</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.09</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>1048</v>
+        <v>945</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>1049</v>
+        <v>946</v>
       </c>
       <c r="C307" t="s" s="0">
-        <v>1050</v>
+        <v>947</v>
       </c>
       <c r="D307" t="s" s="0">
-        <v>1051</v>
+        <v>948</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>0.16</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>1052</v>
+        <v>945</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>1053</v>
+        <v>949</v>
       </c>
       <c r="C308" t="s" s="0">
-        <v>1054</v>
+        <v>950</v>
       </c>
       <c r="D308" t="s" s="0">
-        <v>1055</v>
+        <v>951</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>0.25</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>1056</v>
+        <v>952</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>1057</v>
+        <v>953</v>
       </c>
       <c r="C309" t="s" s="0">
-        <v>1058</v>
+        <v>954</v>
       </c>
       <c r="D309" t="s" s="0">
-        <v>1059</v>
+        <v>81</v>
       </c>
       <c r="E309" t="n" s="0">
-        <v>0.41</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>1060</v>
+        <v>955</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>1061</v>
+        <v>956</v>
       </c>
       <c r="C310" t="s" s="0">
-        <v>1062</v>
+        <v>957</v>
       </c>
       <c r="D310" t="s" s="0">
-        <v>1063</v>
+        <v>958</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>0.3</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>1060</v>
+        <v>955</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>1064</v>
+        <v>959</v>
       </c>
       <c r="C311" t="s" s="0">
-        <v>1065</v>
+        <v>960</v>
       </c>
       <c r="D311" t="s" s="0">
-        <v>1066</v>
+        <v>961</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>0.36</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>1067</v>
+        <v>955</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>1068</v>
+        <v>962</v>
       </c>
       <c r="C312" t="s" s="0">
-        <v>1069</v>
+        <v>963</v>
       </c>
       <c r="D312" t="s" s="0">
-        <v>1070</v>
+        <v>964</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>0.2</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>1071</v>
+        <v>955</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>1072</v>
+        <v>965</v>
       </c>
       <c r="C313" t="s" s="0">
-        <v>1073</v>
+        <v>966</v>
       </c>
       <c r="D313" t="s" s="0">
-        <v>1074</v>
+        <v>967</v>
       </c>
       <c r="E313" t="n" s="0">
-        <v>0.14</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>1075</v>
+        <v>955</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>1076</v>
+        <v>968</v>
       </c>
       <c r="C314" t="s" s="0">
-        <v>1077</v>
+        <v>969</v>
       </c>
       <c r="D314" t="s" s="0">
-        <v>1078</v>
+        <v>970</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.16</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>1079</v>
+        <v>955</v>
       </c>
       <c r="B315" s="6" t="s">
-        <v>1080</v>
+        <v>971</v>
       </c>
       <c r="C315" t="s" s="0">
-        <v>1081</v>
+        <v>972</v>
       </c>
       <c r="D315" t="s" s="0">
-        <v>1082</v>
+        <v>973</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>0.34</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>1079</v>
+        <v>974</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>1083</v>
+        <v>975</v>
       </c>
       <c r="C316" t="s" s="0">
-        <v>1084</v>
+        <v>976</v>
       </c>
       <c r="D316" t="s" s="0">
-        <v>1085</v>
+        <v>977</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>0.23</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>1086</v>
+        <v>978</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>1087</v>
+        <v>979</v>
       </c>
       <c r="C317" t="s" s="0">
-        <v>1088</v>
+        <v>980</v>
       </c>
       <c r="D317" t="s" s="0">
-        <v>1089</v>
+        <v>81</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>0.08</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>1090</v>
+        <v>981</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>1091</v>
+        <v>982</v>
       </c>
       <c r="C318" t="s" s="0">
-        <v>1092</v>
+        <v>983</v>
       </c>
       <c r="D318" t="s" s="0">
-        <v>1093</v>
+        <v>984</v>
       </c>
       <c r="E318" t="n" s="0">
-        <v>0.2</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>1094</v>
+        <v>985</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>1095</v>
+        <v>986</v>
       </c>
       <c r="C319" t="s" s="0">
-        <v>1096</v>
+        <v>987</v>
       </c>
       <c r="D319" t="s" s="0">
-        <v>1097</v>
+        <v>988</v>
       </c>
       <c r="E319" t="n" s="0">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>1098</v>
+        <v>989</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>1099</v>
+        <v>990</v>
       </c>
       <c r="C320" t="s" s="0">
-        <v>1100</v>
+        <v>991</v>
       </c>
       <c r="D320" t="s" s="0">
-        <v>1101</v>
+        <v>992</v>
       </c>
       <c r="E320" t="n" s="0">
-        <v>0.29</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>1102</v>
+        <v>993</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>1103</v>
+        <v>994</v>
       </c>
       <c r="C321" t="s" s="0">
-        <v>1104</v>
+        <v>995</v>
       </c>
       <c r="D321" t="s" s="0">
-        <v>1105</v>
+        <v>996</v>
       </c>
       <c r="E321" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
-        <v>1106</v>
+        <v>997</v>
       </c>
       <c r="B322" s="6" t="s">
-        <v>1107</v>
+        <v>998</v>
       </c>
       <c r="C322" t="s" s="0">
-        <v>1108</v>
+        <v>999</v>
       </c>
       <c r="D322" t="s" s="0">
-        <v>1109</v>
+        <v>1000</v>
       </c>
       <c r="E322" t="n" s="0">
-        <v>0.13</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>1110</v>
+        <v>1001</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>1111</v>
+        <v>1002</v>
       </c>
       <c r="C323" t="s" s="0">
-        <v>1112</v>
+        <v>1003</v>
       </c>
       <c r="D323" t="s" s="0">
-        <v>1113</v>
+        <v>1004</v>
       </c>
       <c r="E323" t="n" s="0">
-        <v>0.33</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>1114</v>
+        <v>1001</v>
       </c>
       <c r="B324" s="6" t="s">
-        <v>1115</v>
+        <v>1005</v>
       </c>
       <c r="C324" t="s" s="0">
-        <v>1116</v>
+        <v>1006</v>
       </c>
       <c r="D324" t="s" s="0">
-        <v>1117</v>
+        <v>1007</v>
       </c>
       <c r="E324" t="n" s="0">
-        <v>0.43</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>1118</v>
+        <v>1008</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>1119</v>
+        <v>1009</v>
       </c>
       <c r="C325" t="s" s="0">
-        <v>1120</v>
+        <v>1010</v>
       </c>
       <c r="D325" t="s" s="0">
-        <v>1121</v>
+        <v>1011</v>
       </c>
       <c r="E325" t="n" s="0">
-        <v>0.07</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>1118</v>
+        <v>1008</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>1122</v>
+        <v>1012</v>
       </c>
       <c r="C326" t="s" s="0">
-        <v>1123</v>
+        <v>1013</v>
       </c>
       <c r="D326" t="s" s="0">
-        <v>1124</v>
+        <v>1014</v>
       </c>
       <c r="E326" t="n" s="0">
-        <v>0.21</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>1125</v>
+        <v>1015</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>1126</v>
+        <v>1016</v>
       </c>
       <c r="C327" t="s" s="0">
-        <v>1127</v>
+        <v>1017</v>
       </c>
       <c r="D327" t="s" s="0">
-        <v>1128</v>
+        <v>81</v>
       </c>
       <c r="E327" t="n" s="0">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
-        <v>1129</v>
+        <v>1018</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>1130</v>
+        <v>1019</v>
       </c>
       <c r="C328" t="s" s="0">
-        <v>1131</v>
+        <v>1020</v>
       </c>
       <c r="D328" t="s" s="0">
-        <v>1132</v>
+        <v>1021</v>
       </c>
       <c r="E328" t="n" s="0">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
-        <v>1129</v>
+        <v>1018</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>1133</v>
+        <v>1022</v>
       </c>
       <c r="C329" t="s" s="0">
-        <v>1134</v>
+        <v>1023</v>
       </c>
       <c r="D329" t="s" s="0">
-        <v>1135</v>
+        <v>1024</v>
       </c>
       <c r="E329" t="n" s="0">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
-        <v>1136</v>
+        <v>1025</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>1137</v>
+        <v>1026</v>
       </c>
       <c r="C330" t="s" s="0">
-        <v>1138</v>
+        <v>1027</v>
       </c>
       <c r="D330" t="s" s="0">
-        <v>1139</v>
+        <v>1028</v>
       </c>
       <c r="E330" t="n" s="0">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>1140</v>
+        <v>1029</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>1141</v>
+        <v>1030</v>
       </c>
       <c r="C331" t="s" s="0">
-        <v>1142</v>
+        <v>1031</v>
       </c>
       <c r="D331" t="s" s="0">
-        <v>1143</v>
+        <v>1032</v>
       </c>
       <c r="E331" t="n" s="0">
-        <v>0.11</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>1144</v>
+        <v>1033</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>1145</v>
+        <v>1034</v>
       </c>
       <c r="C332" t="s" s="0">
-        <v>1146</v>
+        <v>1035</v>
       </c>
       <c r="D332" t="s" s="0">
-        <v>1147</v>
+        <v>1036</v>
       </c>
       <c r="E332" t="n" s="0">
-        <v>0.35</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
-        <v>1148</v>
+        <v>1037</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>1149</v>
+        <v>1038</v>
       </c>
       <c r="C333" t="s" s="0">
-        <v>1150</v>
+        <v>1039</v>
       </c>
       <c r="D333" t="s" s="0">
-        <v>1151</v>
+        <v>1040</v>
       </c>
       <c r="E333" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
-        <v>1148</v>
+        <v>1037</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>1152</v>
+        <v>1041</v>
       </c>
       <c r="C334" t="s" s="0">
-        <v>1153</v>
+        <v>1042</v>
       </c>
       <c r="D334" t="s" s="0">
-        <v>1154</v>
+        <v>1043</v>
       </c>
       <c r="E334" t="n" s="0">
-        <v>0.43</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
-        <v>1155</v>
+        <v>1044</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>1156</v>
+        <v>1045</v>
       </c>
       <c r="C335" t="s" s="0">
-        <v>1157</v>
+        <v>1046</v>
       </c>
       <c r="D335" t="s" s="0">
-        <v>1158</v>
+        <v>1047</v>
       </c>
       <c r="E335" t="n" s="0">
-        <v>0.11</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
-        <v>1155</v>
+        <v>1048</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>1159</v>
+        <v>1049</v>
       </c>
       <c r="C336" t="s" s="0">
-        <v>1160</v>
+        <v>1050</v>
       </c>
       <c r="D336" t="s" s="0">
-        <v>1161</v>
+        <v>1051</v>
       </c>
       <c r="E336" t="n" s="0">
-        <v>0.11</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>1162</v>
+        <v>1052</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>1163</v>
+        <v>1053</v>
       </c>
       <c r="C337" t="s" s="0">
-        <v>1164</v>
+        <v>1054</v>
       </c>
       <c r="D337" t="s" s="0">
-        <v>1165</v>
+        <v>81</v>
       </c>
       <c r="E337" t="n" s="0">
-        <v>0.42</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
-        <v>1166</v>
+        <v>1055</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>1167</v>
+        <v>1056</v>
       </c>
       <c r="C338" t="s" s="0">
-        <v>1168</v>
+        <v>1057</v>
       </c>
       <c r="D338" t="s" s="0">
-        <v>1169</v>
+        <v>1058</v>
       </c>
       <c r="E338" t="n" s="0">
-        <v>0.19</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="4" t="s">
-        <v>1170</v>
+        <v>1059</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>1171</v>
+        <v>1060</v>
       </c>
       <c r="C339" t="s" s="0">
-        <v>1172</v>
+        <v>1061</v>
       </c>
       <c r="D339" t="s" s="0">
-        <v>1173</v>
+        <v>1062</v>
       </c>
       <c r="E339" t="n" s="0">
-        <v>0.47</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>1174</v>
+        <v>1063</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>1175</v>
+        <v>1064</v>
       </c>
       <c r="C340" t="s" s="0">
-        <v>1176</v>
+        <v>1065</v>
       </c>
       <c r="D340" t="s" s="0">
-        <v>1177</v>
+        <v>1066</v>
       </c>
       <c r="E340" t="n" s="0">
-        <v>0.02</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
-        <v>1178</v>
+        <v>1063</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>1179</v>
+        <v>1067</v>
       </c>
       <c r="C341" t="s" s="0">
-        <v>1180</v>
+        <v>1068</v>
       </c>
       <c r="D341" t="s" s="0">
-        <v>1181</v>
+        <v>1069</v>
       </c>
       <c r="E341" t="n" s="0">
-        <v>0.32</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
-        <v>1182</v>
+        <v>1070</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>1183</v>
+        <v>1071</v>
       </c>
       <c r="C342" t="s" s="0">
-        <v>1184</v>
+        <v>1072</v>
       </c>
       <c r="D342" t="s" s="0">
-        <v>44</v>
+        <v>1073</v>
       </c>
       <c r="E342" t="n" s="0">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
-        <v>1185</v>
+        <v>1074</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>1186</v>
+        <v>1075</v>
       </c>
       <c r="C343" t="s" s="0">
-        <v>1187</v>
+        <v>1076</v>
       </c>
       <c r="D343" t="s" s="0">
-        <v>44</v>
+        <v>1077</v>
       </c>
       <c r="E343" t="n" s="0">
-        <v>0.23</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
-        <v>1188</v>
+        <v>1078</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>1189</v>
+        <v>1079</v>
       </c>
       <c r="C344" t="s" s="0">
-        <v>1190</v>
+        <v>1080</v>
       </c>
       <c r="D344" t="s" s="0">
-        <v>1191</v>
+        <v>1081</v>
       </c>
       <c r="E344" t="n" s="0">
-        <v>0.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>1192</v>
+        <v>1082</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>1193</v>
+        <v>1083</v>
       </c>
       <c r="C345" t="s" s="0">
-        <v>1194</v>
+        <v>1084</v>
       </c>
       <c r="D345" t="s" s="0">
-        <v>1195</v>
+        <v>1085</v>
       </c>
       <c r="E345" t="n" s="0">
-        <v>0.55</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
-        <v>1192</v>
+        <v>1082</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>1196</v>
+        <v>1086</v>
       </c>
       <c r="C346" t="s" s="0">
-        <v>1197</v>
+        <v>1087</v>
       </c>
       <c r="D346" t="s" s="0">
-        <v>1198</v>
+        <v>1088</v>
       </c>
       <c r="E346" t="n" s="0">
-        <v>0.28</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
-        <v>1192</v>
+        <v>1089</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>1199</v>
+        <v>1090</v>
       </c>
       <c r="C347" t="s" s="0">
-        <v>1200</v>
+        <v>1091</v>
       </c>
       <c r="D347" t="s" s="0">
-        <v>1201</v>
+        <v>1092</v>
       </c>
       <c r="E347" t="n" s="0">
-        <v>0.15</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>1202</v>
+        <v>1093</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>1203</v>
+        <v>1094</v>
       </c>
       <c r="C348" t="s" s="0">
-        <v>1204</v>
+        <v>1095</v>
       </c>
       <c r="D348" t="s" s="0">
-        <v>1205</v>
+        <v>1096</v>
       </c>
       <c r="E348" t="n" s="0">
-        <v>0.2</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>1206</v>
+        <v>1097</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>1207</v>
+        <v>1098</v>
       </c>
       <c r="C349" t="s" s="0">
-        <v>1208</v>
+        <v>1099</v>
       </c>
       <c r="D349" t="s" s="0">
-        <v>44</v>
+        <v>1100</v>
       </c>
       <c r="E349" t="n" s="0">
-        <v>0.35</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
-        <v>1209</v>
+        <v>1101</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>1210</v>
+        <v>1102</v>
       </c>
       <c r="C350" t="s" s="0">
-        <v>1211</v>
+        <v>1103</v>
       </c>
       <c r="D350" t="s" s="0">
-        <v>1212</v>
+        <v>1104</v>
       </c>
       <c r="E350" t="n" s="0">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
-        <v>1213</v>
+        <v>1105</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>1214</v>
+        <v>1106</v>
       </c>
       <c r="C351" t="s" s="0">
-        <v>1215</v>
+        <v>1107</v>
       </c>
       <c r="D351" t="s" s="0">
-        <v>1216</v>
+        <v>1108</v>
       </c>
       <c r="E351" t="n" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
-        <v>1213</v>
+        <v>1109</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>1217</v>
+        <v>1110</v>
       </c>
       <c r="C352" t="s" s="0">
-        <v>1218</v>
+        <v>1111</v>
       </c>
       <c r="D352" t="s" s="0">
-        <v>1219</v>
+        <v>1112</v>
       </c>
       <c r="E352" t="n" s="0">
-        <v>0.34</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>1220</v>
+        <v>1113</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>1221</v>
+        <v>1114</v>
       </c>
       <c r="C353" t="s" s="0">
-        <v>1222</v>
+        <v>1115</v>
       </c>
       <c r="D353" t="s" s="0">
-        <v>44</v>
+        <v>1116</v>
       </c>
       <c r="E353" t="n" s="0">
-        <v>0.55</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
-        <v>1223</v>
+        <v>1117</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>1224</v>
+        <v>1118</v>
       </c>
       <c r="C354" t="s" s="0">
-        <v>1225</v>
+        <v>1119</v>
       </c>
       <c r="D354" t="s" s="0">
-        <v>1226</v>
+        <v>1120</v>
       </c>
       <c r="E354" t="n" s="0">
-        <v>0.24</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
-        <v>1227</v>
+        <v>1117</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>1228</v>
+        <v>1121</v>
       </c>
       <c r="C355" t="s" s="0">
-        <v>1229</v>
+        <v>1122</v>
       </c>
       <c r="D355" t="s" s="0">
-        <v>1230</v>
+        <v>1123</v>
       </c>
       <c r="E355" t="n" s="0">
-        <v>0.28</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="4" t="s">
-        <v>1227</v>
+        <v>1124</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>1231</v>
+        <v>1125</v>
       </c>
       <c r="C356" t="s" s="0">
-        <v>1232</v>
+        <v>1126</v>
       </c>
       <c r="D356" t="s" s="0">
-        <v>1233</v>
+        <v>1127</v>
       </c>
       <c r="E356" t="n" s="0">
-        <v>0.16</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>1227</v>
+        <v>1128</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>1234</v>
+        <v>1129</v>
       </c>
       <c r="C357" t="s" s="0">
-        <v>1235</v>
+        <v>1130</v>
       </c>
       <c r="D357" t="s" s="0">
-        <v>1236</v>
+        <v>1131</v>
       </c>
       <c r="E357" t="n" s="0">
-        <v>0.39</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>1237</v>
+        <v>1132</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>1238</v>
+        <v>1133</v>
       </c>
       <c r="C358" t="s" s="0">
-        <v>1239</v>
+        <v>1134</v>
       </c>
       <c r="D358" t="s" s="0">
-        <v>1240</v>
+        <v>1135</v>
       </c>
       <c r="E358" t="n" s="0">
-        <v>0.31</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
-        <v>1241</v>
+        <v>1136</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>1242</v>
+        <v>1137</v>
       </c>
       <c r="C359" t="s" s="0">
-        <v>1243</v>
+        <v>1138</v>
       </c>
       <c r="D359" t="s" s="0">
-        <v>1244</v>
+        <v>1139</v>
       </c>
       <c r="E359" t="n" s="0">
-        <v>0.3</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>1245</v>
+        <v>1140</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>1246</v>
+        <v>1141</v>
       </c>
       <c r="C360" t="s" s="0">
-        <v>1247</v>
+        <v>1142</v>
       </c>
       <c r="D360" t="s" s="0">
-        <v>1248</v>
+        <v>1143</v>
       </c>
       <c r="E360" t="n" s="0">
-        <v>0.23</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>1249</v>
+        <v>1144</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>1250</v>
+        <v>1145</v>
       </c>
       <c r="C361" t="s" s="0">
-        <v>1251</v>
+        <v>1146</v>
       </c>
       <c r="D361" t="s" s="0">
-        <v>1252</v>
+        <v>1147</v>
       </c>
       <c r="E361" t="n" s="0">
-        <v>0.41</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>1253</v>
+        <v>1144</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>1254</v>
+        <v>1148</v>
       </c>
       <c r="C362" t="s" s="0">
-        <v>1255</v>
+        <v>1149</v>
       </c>
       <c r="D362" t="s" s="0">
-        <v>1256</v>
+        <v>1150</v>
       </c>
       <c r="E362" t="n" s="0">
-        <v>0.25</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>1257</v>
+        <v>1151</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>1258</v>
+        <v>1152</v>
       </c>
       <c r="C363" t="s" s="0">
-        <v>1259</v>
+        <v>1153</v>
       </c>
       <c r="D363" t="s" s="0">
-        <v>1260</v>
+        <v>1154</v>
       </c>
       <c r="E363" t="n" s="0">
-        <v>0.25</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>1257</v>
+        <v>1151</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>1261</v>
+        <v>1155</v>
       </c>
       <c r="C364" t="s" s="0">
-        <v>1262</v>
+        <v>1156</v>
       </c>
       <c r="D364" t="s" s="0">
-        <v>1263</v>
+        <v>1157</v>
       </c>
       <c r="E364" t="n" s="0">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>1257</v>
+        <v>1158</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>1264</v>
+        <v>1159</v>
       </c>
       <c r="C365" t="s" s="0">
-        <v>1265</v>
+        <v>1160</v>
       </c>
       <c r="D365" t="s" s="0">
-        <v>1266</v>
+        <v>1161</v>
       </c>
       <c r="E365" t="n" s="0">
-        <v>0.04</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>1257</v>
+        <v>1162</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>1267</v>
+        <v>1163</v>
       </c>
       <c r="C366" t="s" s="0">
-        <v>1268</v>
+        <v>1164</v>
       </c>
       <c r="D366" t="s" s="0">
-        <v>1269</v>
+        <v>1165</v>
       </c>
       <c r="E366" t="n" s="0">
-        <v>0.35</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>1270</v>
+        <v>1166</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>1271</v>
+        <v>1167</v>
       </c>
       <c r="C367" t="s" s="0">
-        <v>1272</v>
+        <v>1168</v>
       </c>
       <c r="D367" t="s" s="0">
-        <v>1273</v>
+        <v>1169</v>
       </c>
       <c r="E367" t="n" s="0">
-        <v>0.23</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>1274</v>
+        <v>1170</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>1275</v>
+        <v>1171</v>
       </c>
       <c r="C368" t="s" s="0">
-        <v>1276</v>
+        <v>1172</v>
       </c>
       <c r="D368" t="s" s="0">
-        <v>1277</v>
+        <v>1173</v>
       </c>
       <c r="E368" t="n" s="0">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>1274</v>
+        <v>1174</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>1278</v>
+        <v>1175</v>
       </c>
       <c r="C369" t="s" s="0">
-        <v>1279</v>
+        <v>1176</v>
       </c>
       <c r="D369" t="s" s="0">
-        <v>1280</v>
+        <v>1177</v>
       </c>
       <c r="E369" t="n" s="0">
-        <v>0.03</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>1281</v>
+        <v>1178</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>1282</v>
+        <v>1179</v>
       </c>
       <c r="C370" t="s" s="0">
-        <v>44</v>
+        <v>1180</v>
       </c>
       <c r="D370" t="s" s="0">
-        <v>44</v>
+        <v>1181</v>
       </c>
       <c r="E370" t="n" s="0">
-        <v>0.07</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>1283</v>
+        <v>1182</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>1284</v>
+        <v>1183</v>
       </c>
       <c r="C371" t="s" s="0">
-        <v>1285</v>
+        <v>1184</v>
       </c>
       <c r="D371" t="s" s="0">
-        <v>1286</v>
+        <v>81</v>
       </c>
       <c r="E371" t="n" s="0">
-        <v>0.1</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>1283</v>
+        <v>1185</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>1287</v>
+        <v>1186</v>
       </c>
       <c r="C372" t="s" s="0">
-        <v>1288</v>
+        <v>1187</v>
       </c>
       <c r="D372" t="s" s="0">
-        <v>1289</v>
+        <v>81</v>
       </c>
       <c r="E372" t="n" s="0">
-        <v>0.28</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>1290</v>
+        <v>1188</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>1291</v>
+        <v>1189</v>
       </c>
       <c r="C373" t="s" s="0">
-        <v>1292</v>
+        <v>1190</v>
       </c>
       <c r="D373" t="s" s="0">
-        <v>1293</v>
+        <v>1191</v>
       </c>
       <c r="E373" t="n" s="0">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>1294</v>
+        <v>1192</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>1295</v>
+        <v>1193</v>
       </c>
       <c r="C374" t="s" s="0">
-        <v>1296</v>
+        <v>1194</v>
       </c>
       <c r="D374" t="s" s="0">
-        <v>1297</v>
+        <v>1195</v>
       </c>
       <c r="E374" t="n" s="0">
-        <v>0.31</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>1298</v>
+        <v>1192</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>1299</v>
+        <v>1196</v>
       </c>
       <c r="C375" t="s" s="0">
-        <v>1300</v>
+        <v>1197</v>
       </c>
       <c r="D375" t="s" s="0">
-        <v>1301</v>
+        <v>1198</v>
       </c>
       <c r="E375" t="n" s="0">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>1302</v>
+        <v>1192</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>1303</v>
+        <v>1199</v>
       </c>
       <c r="C376" t="s" s="0">
-        <v>44</v>
+        <v>1200</v>
       </c>
       <c r="D376" t="s" s="0">
-        <v>44</v>
+        <v>1201</v>
       </c>
       <c r="E376" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>1304</v>
+        <v>1202</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>1305</v>
+        <v>1203</v>
       </c>
       <c r="C377" t="s" s="0">
-        <v>44</v>
+        <v>1204</v>
       </c>
       <c r="D377" t="s" s="0">
-        <v>44</v>
+        <v>1205</v>
       </c>
       <c r="E377" t="n" s="0">
-        <v>0.01</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="4" t="s">
-        <v>1304</v>
+        <v>1206</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>1306</v>
+        <v>1207</v>
       </c>
       <c r="C378" t="s" s="0">
-        <v>44</v>
+        <v>1208</v>
       </c>
       <c r="D378" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E378" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>1304</v>
+        <v>1209</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>1307</v>
+        <v>1210</v>
       </c>
       <c r="C379" t="s" s="0">
-        <v>44</v>
+        <v>1211</v>
       </c>
       <c r="D379" t="s" s="0">
-        <v>44</v>
+        <v>1212</v>
       </c>
       <c r="E379" t="n" s="0">
-        <v>0.01</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>1304</v>
+        <v>1213</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>1308</v>
+        <v>1214</v>
       </c>
       <c r="C380" t="s" s="0">
-        <v>44</v>
+        <v>1215</v>
       </c>
       <c r="D380" t="s" s="0">
-        <v>44</v>
+        <v>1216</v>
       </c>
       <c r="E380" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
-        <v>1304</v>
+        <v>1217</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>1309</v>
+        <v>1218</v>
       </c>
       <c r="C381" t="s" s="0">
-        <v>44</v>
+        <v>1219</v>
       </c>
       <c r="D381" t="s" s="0">
-        <v>44</v>
+        <v>1220</v>
       </c>
       <c r="E381" t="n" s="0">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>1304</v>
+        <v>1221</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>1310</v>
+        <v>1222</v>
       </c>
       <c r="C382" t="s" s="0">
-        <v>44</v>
+        <v>1223</v>
       </c>
       <c r="D382" t="s" s="0">
-        <v>44</v>
+        <v>1224</v>
       </c>
       <c r="E382" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>1304</v>
+        <v>1221</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>1311</v>
+        <v>1225</v>
       </c>
       <c r="C383" t="s" s="0">
-        <v>44</v>
+        <v>1226</v>
       </c>
       <c r="D383" t="s" s="0">
-        <v>44</v>
+        <v>1227</v>
       </c>
       <c r="E383" t="n" s="0">
-        <v>0.01</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>1304</v>
+        <v>1228</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>1312</v>
+        <v>1229</v>
       </c>
       <c r="C384" t="s" s="0">
-        <v>44</v>
+        <v>1230</v>
       </c>
       <c r="D384" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E384" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>1304</v>
+        <v>1231</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>1313</v>
+        <v>1232</v>
       </c>
       <c r="C385" t="s" s="0">
-        <v>44</v>
+        <v>1233</v>
       </c>
       <c r="D385" t="s" s="0">
-        <v>44</v>
+        <v>1234</v>
       </c>
       <c r="E385" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>1304</v>
+        <v>1231</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>1314</v>
+        <v>1235</v>
       </c>
       <c r="C386" t="s" s="0">
-        <v>44</v>
+        <v>1236</v>
       </c>
       <c r="D386" t="s" s="0">
-        <v>44</v>
+        <v>1237</v>
       </c>
       <c r="E386" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>1304</v>
+        <v>1238</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>1315</v>
+        <v>1239</v>
       </c>
       <c r="C387" t="s" s="0">
-        <v>44</v>
+        <v>1240</v>
       </c>
       <c r="D387" t="s" s="0">
-        <v>44</v>
+        <v>1241</v>
       </c>
       <c r="E387" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>1304</v>
+        <v>1242</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>1316</v>
+        <v>1243</v>
       </c>
       <c r="C388" t="s" s="0">
-        <v>44</v>
+        <v>1244</v>
       </c>
       <c r="D388" t="s" s="0">
-        <v>44</v>
+        <v>1245</v>
       </c>
       <c r="E388" t="n" s="0">
-        <v>0.01</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
-        <v>1317</v>
+        <v>1242</v>
       </c>
       <c r="B389" s="6" t="s">
-        <v>1318</v>
+        <v>1246</v>
       </c>
       <c r="C389" t="s" s="0">
-        <v>1319</v>
+        <v>1247</v>
       </c>
       <c r="D389" t="s" s="0">
-        <v>1320</v>
+        <v>1248</v>
       </c>
       <c r="E389" t="n" s="0">
-        <v>0.2</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>1321</v>
+        <v>1249</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>1322</v>
+        <v>1250</v>
       </c>
       <c r="C390" t="s" s="0">
-        <v>1323</v>
+        <v>1251</v>
       </c>
       <c r="D390" t="s" s="0">
-        <v>1324</v>
+        <v>1252</v>
       </c>
       <c r="E390" t="n" s="0">
-        <v>0.22</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>1325</v>
+        <v>1253</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>1326</v>
+        <v>1254</v>
       </c>
       <c r="C391" t="s" s="0">
-        <v>1327</v>
+        <v>1255</v>
       </c>
       <c r="D391" t="s" s="0">
-        <v>1328</v>
+        <v>1256</v>
       </c>
       <c r="E391" t="n" s="0">
-        <v>0.11</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>1325</v>
+        <v>1257</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>1329</v>
+        <v>1258</v>
       </c>
       <c r="C392" t="s" s="0">
-        <v>1330</v>
+        <v>1259</v>
       </c>
       <c r="D392" t="s" s="0">
-        <v>1331</v>
+        <v>1260</v>
       </c>
       <c r="E392" t="n" s="0">
-        <v>0.1</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>1325</v>
+        <v>1261</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>1332</v>
+        <v>1262</v>
       </c>
       <c r="C393" t="s" s="0">
-        <v>1333</v>
+        <v>1263</v>
       </c>
       <c r="D393" t="s" s="0">
-        <v>1334</v>
+        <v>1264</v>
       </c>
       <c r="E393" t="n" s="0">
-        <v>0.1</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>1325</v>
+        <v>1265</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>1335</v>
+        <v>1266</v>
       </c>
       <c r="C394" t="s" s="0">
-        <v>1336</v>
+        <v>1267</v>
       </c>
       <c r="D394" t="s" s="0">
-        <v>1337</v>
+        <v>1268</v>
       </c>
       <c r="E394" t="n" s="0">
-        <v>0.35</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
-        <v>1338</v>
+        <v>1269</v>
       </c>
       <c r="B395" s="6" t="s">
-        <v>1339</v>
+        <v>1270</v>
       </c>
       <c r="C395" t="s" s="0">
-        <v>1340</v>
+        <v>1271</v>
       </c>
       <c r="D395" t="s" s="0">
-        <v>1341</v>
+        <v>1272</v>
       </c>
       <c r="E395" t="n" s="0">
-        <v>0.11</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>1342</v>
+        <v>1269</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>1343</v>
+        <v>1273</v>
       </c>
       <c r="C396" t="s" s="0">
-        <v>1344</v>
+        <v>1274</v>
       </c>
       <c r="D396" t="s" s="0">
-        <v>1345</v>
+        <v>1275</v>
       </c>
       <c r="E396" t="n" s="0">
-        <v>0.1</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>1346</v>
+        <v>1269</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>1347</v>
+        <v>1276</v>
       </c>
       <c r="C397" t="s" s="0">
-        <v>1348</v>
+        <v>1277</v>
       </c>
       <c r="D397" t="s" s="0">
-        <v>1349</v>
+        <v>1278</v>
       </c>
       <c r="E397" t="n" s="0">
-        <v>0.39</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>1346</v>
+        <v>1279</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>1350</v>
+        <v>1280</v>
       </c>
       <c r="C398" t="s" s="0">
-        <v>1351</v>
+        <v>1281</v>
       </c>
       <c r="D398" t="s" s="0">
-        <v>1352</v>
+        <v>1282</v>
       </c>
       <c r="E398" t="n" s="0">
-        <v>0.38</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>1353</v>
+        <v>1283</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>1354</v>
+        <v>1284</v>
       </c>
       <c r="C399" t="s" s="0">
-        <v>1355</v>
+        <v>1285</v>
       </c>
       <c r="D399" t="s" s="0">
-        <v>1356</v>
+        <v>1286</v>
       </c>
       <c r="E399" t="n" s="0">
-        <v>0.1</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>1353</v>
+        <v>1283</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>1357</v>
+        <v>1287</v>
       </c>
       <c r="C400" t="s" s="0">
-        <v>1358</v>
+        <v>1288</v>
       </c>
       <c r="D400" t="s" s="0">
-        <v>1359</v>
+        <v>1289</v>
       </c>
       <c r="E400" t="n" s="0">
-        <v>0.33</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
-        <v>1360</v>
+        <v>1290</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>1361</v>
+        <v>1291</v>
       </c>
       <c r="C401" t="s" s="0">
-        <v>1362</v>
+        <v>1292</v>
       </c>
       <c r="D401" t="s" s="0">
-        <v>1363</v>
+        <v>1293</v>
       </c>
       <c r="E401" t="n" s="0">
-        <v>0.31</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>1364</v>
+        <v>1290</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>1365</v>
+        <v>1294</v>
       </c>
       <c r="C402" t="s" s="0">
-        <v>1366</v>
+        <v>1295</v>
       </c>
       <c r="D402" t="s" s="0">
-        <v>1367</v>
+        <v>1296</v>
       </c>
       <c r="E402" t="n" s="0">
-        <v>0.17</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>1364</v>
+        <v>1297</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>1368</v>
+        <v>1298</v>
       </c>
       <c r="C403" t="s" s="0">
-        <v>1369</v>
+        <v>1299</v>
       </c>
       <c r="D403" t="s" s="0">
-        <v>1370</v>
+        <v>81</v>
       </c>
       <c r="E403" t="n" s="0">
-        <v>0.27</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>1371</v>
+        <v>1300</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>1372</v>
+        <v>1301</v>
       </c>
       <c r="C404" t="s" s="0">
-        <v>1373</v>
+        <v>1302</v>
       </c>
       <c r="D404" t="s" s="0">
-        <v>1374</v>
+        <v>1303</v>
       </c>
       <c r="E404" t="n" s="0">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>1375</v>
+        <v>1304</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>1376</v>
+        <v>1305</v>
       </c>
       <c r="C405" t="s" s="0">
-        <v>1377</v>
+        <v>1306</v>
       </c>
       <c r="D405" t="s" s="0">
-        <v>44</v>
+        <v>1307</v>
       </c>
       <c r="E405" t="n" s="0">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="4" t="s">
-        <v>1378</v>
+        <v>1308</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>1379</v>
+        <v>1309</v>
       </c>
       <c r="C406" t="s" s="0">
-        <v>1380</v>
+        <v>1310</v>
       </c>
       <c r="D406" t="s" s="0">
-        <v>1381</v>
+        <v>1311</v>
       </c>
       <c r="E406" t="n" s="0">
-        <v>0.08</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>1378</v>
+        <v>1312</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>1382</v>
+        <v>1313</v>
       </c>
       <c r="C407" t="s" s="0">
-        <v>1383</v>
+        <v>81</v>
       </c>
       <c r="D407" t="s" s="0">
-        <v>1384</v>
+        <v>81</v>
       </c>
       <c r="E407" t="n" s="0">
-        <v>0.33</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>1378</v>
+        <v>1314</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>1385</v>
+        <v>1315</v>
       </c>
       <c r="C408" t="s" s="0">
-        <v>1386</v>
+        <v>81</v>
       </c>
       <c r="D408" t="s" s="0">
-        <v>1387</v>
+        <v>81</v>
       </c>
       <c r="E408" t="n" s="0">
-        <v>0.41</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="4" t="s">
-        <v>1388</v>
+        <v>1314</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>1389</v>
+        <v>1316</v>
       </c>
       <c r="C409" t="s" s="0">
-        <v>1390</v>
+        <v>81</v>
       </c>
       <c r="D409" t="s" s="0">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="E409" t="n" s="0">
-        <v>0.23</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>1391</v>
+        <v>1314</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>1392</v>
+        <v>1317</v>
       </c>
       <c r="C410" t="s" s="0">
-        <v>1393</v>
+        <v>81</v>
       </c>
       <c r="D410" t="s" s="0">
-        <v>1394</v>
+        <v>81</v>
       </c>
       <c r="E410" t="n" s="0">
-        <v>0.61</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="4" t="s">
-        <v>1395</v>
+        <v>1314</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>1396</v>
+        <v>1318</v>
       </c>
       <c r="C411" t="s" s="0">
-        <v>1397</v>
+        <v>81</v>
       </c>
       <c r="D411" t="s" s="0">
-        <v>1398</v>
+        <v>81</v>
       </c>
       <c r="E411" t="n" s="0">
-        <v>0.38</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>1399</v>
+        <v>1314</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>1400</v>
+        <v>1319</v>
       </c>
       <c r="C412" t="s" s="0">
-        <v>1401</v>
+        <v>81</v>
       </c>
       <c r="D412" t="s" s="0">
-        <v>1402</v>
+        <v>81</v>
       </c>
       <c r="E412" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>1403</v>
+        <v>1314</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>1404</v>
+        <v>1320</v>
       </c>
       <c r="C413" t="s" s="0">
-        <v>1405</v>
+        <v>81</v>
       </c>
       <c r="D413" t="s" s="0">
-        <v>1406</v>
+        <v>81</v>
       </c>
       <c r="E413" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>1407</v>
+        <v>1314</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>1408</v>
+        <v>1321</v>
       </c>
       <c r="C414" t="s" s="0">
-        <v>1409</v>
+        <v>81</v>
       </c>
       <c r="D414" t="s" s="0">
-        <v>1410</v>
+        <v>81</v>
       </c>
       <c r="E414" t="n" s="0">
-        <v>0.46</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>1411</v>
+        <v>1314</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>1412</v>
+        <v>1322</v>
       </c>
       <c r="C415" t="s" s="0">
-        <v>1413</v>
+        <v>81</v>
       </c>
       <c r="D415" t="s" s="0">
-        <v>1414</v>
+        <v>81</v>
       </c>
       <c r="E415" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>1415</v>
+        <v>1314</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>1416</v>
+        <v>1323</v>
       </c>
       <c r="C416" t="s" s="0">
-        <v>1417</v>
+        <v>81</v>
       </c>
       <c r="D416" t="s" s="0">
-        <v>1418</v>
+        <v>81</v>
       </c>
       <c r="E416" t="n" s="0">
-        <v>0.23</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>1419</v>
+        <v>1314</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>1420</v>
+        <v>1324</v>
       </c>
       <c r="C417" t="s" s="0">
-        <v>1421</v>
+        <v>81</v>
       </c>
       <c r="D417" t="s" s="0">
-        <v>1422</v>
+        <v>81</v>
       </c>
       <c r="E417" t="n" s="0">
-        <v>0.29</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>1423</v>
+        <v>1314</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>1424</v>
+        <v>1325</v>
       </c>
       <c r="C418" t="s" s="0">
-        <v>1425</v>
+        <v>81</v>
       </c>
       <c r="D418" t="s" s="0">
-        <v>1426</v>
+        <v>81</v>
       </c>
       <c r="E418" t="n" s="0">
-        <v>0.2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>1423</v>
+        <v>1314</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>1427</v>
+        <v>1326</v>
       </c>
       <c r="C419" t="s" s="0">
-        <v>1428</v>
+        <v>81</v>
       </c>
       <c r="D419" t="s" s="0">
-        <v>1429</v>
+        <v>81</v>
       </c>
       <c r="E419" t="n" s="0">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="4" t="s">
-        <v>1430</v>
+        <v>1314</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>1431</v>
+        <v>1327</v>
       </c>
       <c r="C420" t="s" s="0">
-        <v>1432</v>
+        <v>81</v>
       </c>
       <c r="D420" t="s" s="0">
-        <v>1433</v>
+        <v>81</v>
       </c>
       <c r="E420" t="n" s="0">
-        <v>0.27</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="4" t="s">
-        <v>1430</v>
+        <v>1314</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>1434</v>
+        <v>1328</v>
       </c>
       <c r="C421" t="s" s="0">
-        <v>1435</v>
+        <v>81</v>
       </c>
       <c r="D421" t="s" s="0">
-        <v>1436</v>
+        <v>81</v>
       </c>
       <c r="E421" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>1430</v>
+        <v>1329</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>1437</v>
+        <v>1330</v>
       </c>
       <c r="C422" t="s" s="0">
-        <v>1438</v>
+        <v>1331</v>
       </c>
       <c r="D422" t="s" s="0">
-        <v>1439</v>
+        <v>1332</v>
       </c>
       <c r="E422" t="n" s="0">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>1430</v>
+        <v>1333</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>1440</v>
+        <v>1334</v>
       </c>
       <c r="C423" t="s" s="0">
-        <v>1441</v>
+        <v>1335</v>
       </c>
       <c r="D423" t="s" s="0">
-        <v>1442</v>
+        <v>1336</v>
       </c>
       <c r="E423" t="n" s="0">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>1443</v>
+        <v>1337</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>1444</v>
+        <v>1338</v>
       </c>
       <c r="C424" t="s" s="0">
-        <v>1445</v>
+        <v>1339</v>
       </c>
       <c r="D424" t="s" s="0">
-        <v>1446</v>
+        <v>1340</v>
       </c>
       <c r="E424" t="n" s="0">
-        <v>0.34</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>1447</v>
+        <v>1337</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>1448</v>
+        <v>1341</v>
       </c>
       <c r="C425" t="s" s="0">
-        <v>1449</v>
+        <v>1342</v>
       </c>
       <c r="D425" t="s" s="0">
-        <v>44</v>
+        <v>1343</v>
       </c>
       <c r="E425" t="n" s="0">
-        <v>0.19</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
-        <v>1450</v>
+        <v>1337</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>1451</v>
+        <v>1344</v>
       </c>
       <c r="C426" t="s" s="0">
-        <v>1452</v>
+        <v>1345</v>
       </c>
       <c r="D426" t="s" s="0">
-        <v>1453</v>
+        <v>1346</v>
       </c>
       <c r="E426" t="n" s="0">
-        <v>0.35</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
-        <v>1454</v>
+        <v>1337</v>
       </c>
       <c r="B427" s="6" t="s">
-        <v>1455</v>
+        <v>1347</v>
       </c>
       <c r="C427" t="s" s="0">
-        <v>1456</v>
+        <v>1348</v>
       </c>
       <c r="D427" t="s" s="0">
-        <v>1457</v>
+        <v>1349</v>
       </c>
       <c r="E427" t="n" s="0">
-        <v>0.46</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>1458</v>
+        <v>1350</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>1459</v>
+        <v>1351</v>
       </c>
       <c r="C428" t="s" s="0">
-        <v>1460</v>
+        <v>1352</v>
       </c>
       <c r="D428" t="s" s="0">
-        <v>1461</v>
+        <v>1353</v>
       </c>
       <c r="E428" t="n" s="0">
-        <v>0.19</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>1462</v>
+        <v>1354</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>1463</v>
+        <v>1355</v>
       </c>
       <c r="C429" t="s" s="0">
-        <v>1464</v>
+        <v>1356</v>
       </c>
       <c r="D429" t="s" s="0">
-        <v>1465</v>
+        <v>1357</v>
       </c>
       <c r="E429" t="n" s="0">
-        <v>0.21</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>1466</v>
+        <v>1354</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>1467</v>
+        <v>1358</v>
       </c>
       <c r="C430" t="s" s="0">
-        <v>1468</v>
+        <v>1359</v>
       </c>
       <c r="D430" t="s" s="0">
-        <v>1469</v>
+        <v>1360</v>
       </c>
       <c r="E430" t="n" s="0">
-        <v>0.13</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>1470</v>
+        <v>1361</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>1471</v>
+        <v>1362</v>
       </c>
       <c r="C431" t="s" s="0">
-        <v>1472</v>
+        <v>1363</v>
       </c>
       <c r="D431" t="s" s="0">
-        <v>1473</v>
+        <v>1364</v>
       </c>
       <c r="E431" t="n" s="0">
-        <v>0.15</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>1474</v>
+        <v>1365</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>1475</v>
+        <v>1366</v>
       </c>
       <c r="C432" t="s" s="0">
-        <v>1476</v>
+        <v>1367</v>
       </c>
       <c r="D432" t="s" s="0">
-        <v>1477</v>
+        <v>1368</v>
       </c>
       <c r="E432" t="n" s="0">
-        <v>0.1</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>1474</v>
+        <v>1369</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>1478</v>
+        <v>1370</v>
       </c>
       <c r="C433" t="s" s="0">
-        <v>1479</v>
+        <v>1371</v>
       </c>
       <c r="D433" t="s" s="0">
-        <v>1480</v>
+        <v>1372</v>
       </c>
       <c r="E433" t="n" s="0">
-        <v>0.16</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
-        <v>1474</v>
+        <v>1373</v>
       </c>
       <c r="B434" s="6" t="s">
-        <v>1481</v>
+        <v>1374</v>
       </c>
       <c r="C434" t="s" s="0">
-        <v>1482</v>
+        <v>1375</v>
       </c>
       <c r="D434" t="s" s="0">
-        <v>1483</v>
+        <v>1376</v>
       </c>
       <c r="E434" t="n" s="0">
-        <v>0.15</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B435" s="6" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C435" t="s" s="0">
+        <v>1379</v>
+      </c>
+      <c r="D435" t="s" s="0">
+        <v>81</v>
+      </c>
+      <c r="E435" t="n" s="0">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="436" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A436" s="4" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B436" s="6" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C436" t="s" s="0">
+        <v>1382</v>
+      </c>
+      <c r="D436" t="s" s="0">
+        <v>1383</v>
+      </c>
+      <c r="E436" t="n" s="0">
+        <v>0.36</v>
+      </c>
+    </row>
+    <row r="437" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A437" s="4" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B437" s="6" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C437" t="s" s="0">
+        <v>1385</v>
+      </c>
+      <c r="D437" t="s" s="0">
+        <v>1386</v>
+      </c>
+      <c r="E437" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="438" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A438" s="4" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B438" s="6" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C438" t="s" s="0">
+        <v>1388</v>
+      </c>
+      <c r="D438" t="s" s="0">
+        <v>1389</v>
+      </c>
+      <c r="E438" t="n" s="0">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="439" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A439" s="4" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B439" s="6" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C439" t="s" s="0">
+        <v>1392</v>
+      </c>
+      <c r="D439" t="s" s="0">
+        <v>1393</v>
+      </c>
+      <c r="E439" t="n" s="0">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="440" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A440" s="4" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B440" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C440" t="s" s="0">
+        <v>1396</v>
+      </c>
+      <c r="D440" t="s" s="0">
+        <v>1397</v>
+      </c>
+      <c r="E440" t="n" s="0">
+        <v>0.66</v>
+      </c>
+    </row>
+    <row r="441" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A441" s="4" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B441" s="6" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C441" t="s" s="0">
+        <v>1400</v>
+      </c>
+      <c r="D441" t="s" s="0">
+        <v>1401</v>
+      </c>
+      <c r="E441" t="n" s="0">
+        <v>0.29</v>
+      </c>
+    </row>
+    <row r="442" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A442" s="4" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B442" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C442" t="s" s="0">
+        <v>1404</v>
+      </c>
+      <c r="D442" t="s" s="0">
+        <v>1405</v>
+      </c>
+      <c r="E442" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="443" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A443" s="4" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B443" s="6" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C443" t="s" s="0">
+        <v>1408</v>
+      </c>
+      <c r="D443" t="s" s="0">
+        <v>1409</v>
+      </c>
+      <c r="E443" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="444" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A444" s="4" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B444" s="6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C444" t="s" s="0">
+        <v>1412</v>
+      </c>
+      <c r="D444" t="s" s="0">
+        <v>1413</v>
+      </c>
+      <c r="E444" t="n" s="0">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="445" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A445" s="4" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B445" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C445" t="s" s="0">
+        <v>1416</v>
+      </c>
+      <c r="D445" t="s" s="0">
+        <v>1417</v>
+      </c>
+      <c r="E445" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="446" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A446" s="4" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B446" s="6" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C446" t="s" s="0">
+        <v>1420</v>
+      </c>
+      <c r="D446" t="s" s="0">
+        <v>1421</v>
+      </c>
+      <c r="E446" t="n" s="0">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="447" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A447" s="4" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B447" s="6" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C447" t="s" s="0">
+        <v>1424</v>
+      </c>
+      <c r="D447" t="s" s="0">
+        <v>1425</v>
+      </c>
+      <c r="E447" t="n" s="0">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="448" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A448" s="4" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B448" s="6" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C448" t="s" s="0">
+        <v>1427</v>
+      </c>
+      <c r="D448" t="s" s="0">
+        <v>1428</v>
+      </c>
+      <c r="E448" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="449" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A449" s="4" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B449" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C449" t="s" s="0">
+        <v>1431</v>
+      </c>
+      <c r="D449" t="s" s="0">
+        <v>1432</v>
+      </c>
+      <c r="E449" t="n" s="0">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="450" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A450" s="4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B450" s="6" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C450" t="s" s="0">
+        <v>1435</v>
+      </c>
+      <c r="D450" t="s" s="0">
+        <v>1436</v>
+      </c>
+      <c r="E450" t="n" s="0">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="451" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A451" s="4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B451" s="6" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C451" t="s" s="0">
+        <v>1438</v>
+      </c>
+      <c r="D451" t="s" s="0">
+        <v>1439</v>
+      </c>
+      <c r="E451" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="452" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A452" s="4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B452" s="6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C452" t="s" s="0">
+        <v>1441</v>
+      </c>
+      <c r="D452" t="s" s="0">
+        <v>1442</v>
+      </c>
+      <c r="E452" t="n" s="0">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="453" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A453" s="4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B453" s="6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C453" t="s" s="0">
+        <v>1444</v>
+      </c>
+      <c r="D453" t="s" s="0">
+        <v>1445</v>
+      </c>
+      <c r="E453" t="n" s="0">
+        <v>0.29</v>
+      </c>
+    </row>
+    <row r="454" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A454" s="4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B454" s="6" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C454" t="s" s="0">
+        <v>1448</v>
+      </c>
+      <c r="D454" t="s" s="0">
+        <v>1449</v>
+      </c>
+      <c r="E454" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="455" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A455" s="4" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B455" s="6" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C455" t="s" s="0">
+        <v>1452</v>
+      </c>
+      <c r="D455" t="s" s="0">
+        <v>1453</v>
+      </c>
+      <c r="E455" t="n" s="0">
+        <v>0.38</v>
+      </c>
+    </row>
+    <row r="456" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A456" s="4" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B456" s="6" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C456" t="s" s="0">
+        <v>1456</v>
+      </c>
+      <c r="D456" t="s" s="0">
+        <v>1457</v>
+      </c>
+      <c r="E456" t="n" s="0">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="457" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A457" s="4" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B457" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C457" t="s" s="0">
+        <v>1459</v>
+      </c>
+      <c r="D457" t="s" s="0">
+        <v>1460</v>
+      </c>
+      <c r="E457" t="n" s="0">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="458" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A458" s="4" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B458" s="6" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C458" t="s" s="0">
+        <v>1463</v>
+      </c>
+      <c r="D458" t="s" s="0">
+        <v>1464</v>
+      </c>
+      <c r="E458" t="n" s="0">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="459" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A459" s="4" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B459" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C459" t="s" s="0">
+        <v>1467</v>
+      </c>
+      <c r="D459" t="s" s="0">
+        <v>1468</v>
+      </c>
+      <c r="E459" t="n" s="0">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="460" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A460" s="4" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B460" s="6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C460" t="s" s="0">
+        <v>1471</v>
+      </c>
+      <c r="D460" t="s" s="0">
+        <v>1472</v>
+      </c>
+      <c r="E460" t="n" s="0">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="461" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A461" s="4" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B461" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C461" t="s" s="0">
+        <v>1475</v>
+      </c>
+      <c r="D461" t="s" s="0">
+        <v>1476</v>
+      </c>
+      <c r="E461" t="n" s="0">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="462" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A462" s="4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B462" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C462" t="s" s="0">
+        <v>1479</v>
+      </c>
+      <c r="D462" t="s" s="0">
+        <v>1480</v>
+      </c>
+      <c r="E462" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="463" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A463" s="4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B463" s="6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C463" t="s" s="0">
+        <v>1482</v>
+      </c>
+      <c r="D463" t="s" s="0">
+        <v>1483</v>
+      </c>
+      <c r="E463" t="n" s="0">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="464" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A464" s="4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B464" s="6" t="s">
         <v>1484</v>
       </c>
-      <c r="B435" s="6" t="s">
+      <c r="C464" t="s" s="0">
         <v>1485</v>
       </c>
-      <c r="C435" t="s" s="0">
+      <c r="D464" t="s" s="0">
         <v>1486</v>
       </c>
-      <c r="D435" t="s" s="0">
+      <c r="E464" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="465" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A465" s="4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B465" s="6" t="s">
         <v>1487</v>
       </c>
-      <c r="E435" t="n" s="0">
-[...22 lines deleted...]
-      <c r="A443" s="11" t="s">
+      <c r="C465" t="s" s="0">
+        <v>1488</v>
+      </c>
+      <c r="D465" t="s" s="0">
         <v>1489</v>
       </c>
-      <c r="B443" s="11"/>
-[...4 lines deleted...]
-      <c r="A444" s="10" t="s">
+      <c r="E465" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="466" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A466" s="4" t="s">
         <v>1490</v>
       </c>
-      <c r="B444" s="9"/>
-[...18 lines deleted...]
-      <c r="A447" s="7" t="str">
+      <c r="B466" s="6" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C466" t="s" s="0">
+        <v>1492</v>
+      </c>
+      <c r="D466" t="s" s="0">
+        <v>1493</v>
+      </c>
+      <c r="E466" t="n" s="0">
+        <v>0.47</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B471" s="2"/>
+    </row>
+    <row r="472" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A472" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B472" s="2"/>
+    </row>
+    <row r="473" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A473" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B473" s="2"/>
+    </row>
+    <row r="474" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="11" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B474" s="11"/>
+      <c r="C474" s="12"/>
+      <c r="D474" s="12"/>
+    </row>
+    <row r="475" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A475" s="10" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B475" s="9"/>
+      <c r="C475" s="9"/>
+      <c r="D475" s="9"/>
+    </row>
+    <row r="476" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A476" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B476" s="9"/>
+      <c r="C476" s="9"/>
+      <c r="D476" s="9"/>
+    </row>
+    <row r="477" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B477" s="2"/>
+    </row>
+    <row r="478" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A478" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B447" s="2"/>
-[...11 lines deleted...]
-      <c r="B449" s="2"/>
+      <c r="B478" s="2"/>
+    </row>
+    <row r="479" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A479" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B479" s="2"/>
+    </row>
+    <row r="480" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A480" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B480" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A443:D443"/>
-    <mergeCell ref="A444:D445"/>
+    <mergeCell ref="A474:D474"/>
+    <mergeCell ref="A475:D476"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>