--- v1 (2025-12-20)
+++ v2 (2026-02-17)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1855" uniqueCount="1497">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1755" uniqueCount="1532">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global High Yield Bond Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 30-nov-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-ene-2026</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
     <t>1011778 BC UNLIMITED LIABILITY CO 144A</t>
   </si>
   <si>
     <t>68245XAM1</t>
   </si>
   <si>
     <t>US68245XAM11</t>
   </si>
@@ -171,113 +171,101 @@
   <si>
     <t>ALEXANDRITE LAKE LUX HOLDINGS SARL RegS</t>
   </si>
   <si>
     <t>BMIF6T983</t>
   </si>
   <si>
     <t>XS3104473312</t>
   </si>
   <si>
     <t>BVRTP23</t>
   </si>
   <si>
     <t>ALEXANDRITE MONNET UK HOLDCO PLC RegS</t>
   </si>
   <si>
     <t>BMIDF37S3</t>
   </si>
   <si>
     <t>XS2800001914</t>
   </si>
   <si>
     <t>BSRK406</t>
   </si>
   <si>
-    <t>ALLEGHENY LUDLUM CORP</t>
-[...10 lines deleted...]
-  <si>
     <t>ALLIANT HOLDINGS INTERMEDIATE LLC 144A</t>
   </si>
   <si>
+    <t>01883LAH6</t>
+  </si>
+  <si>
+    <t>US01883LAH69</t>
+  </si>
+  <si>
+    <t>BS6QBV5</t>
+  </si>
+  <si>
     <t>01883LAG8</t>
   </si>
   <si>
     <t>US01883LAG86</t>
   </si>
   <si>
     <t>BS6QBT3</t>
   </si>
   <si>
     <t>01883LAF0</t>
   </si>
   <si>
     <t>US01883LAF04</t>
   </si>
   <si>
     <t>BNDQTF3</t>
   </si>
   <si>
-    <t>01883LAH6</t>
-[...7 lines deleted...]
-  <si>
     <t>ALLIED UNIVERSAL HOLDCO LLC 144A</t>
   </si>
   <si>
+    <t>019576AF4</t>
+  </si>
+  <si>
+    <t>US019576AF49</t>
+  </si>
+  <si>
+    <t>BQMJ169</t>
+  </si>
+  <si>
     <t>019576AD9</t>
   </si>
   <si>
     <t>US019576AD90</t>
   </si>
   <si>
     <t>BMCGQM3</t>
   </si>
   <si>
-    <t>019576AF4</t>
-[...7 lines deleted...]
-  <si>
     <t>ALLWYN ENTERTAINMENT FINANCING (UK 144A</t>
   </si>
   <si>
     <t>02007VAA8</t>
   </si>
   <si>
     <t>US02007VAA89</t>
   </si>
   <si>
     <t>BQMHP72</t>
   </si>
   <si>
     <t>ALLWYN ENTERTAINMENT FINANCING (UK RegS</t>
   </si>
   <si>
     <t>BMIF7T2C0</t>
   </si>
   <si>
     <t>XS3134529562</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>BMIBX5Z51</t>
@@ -390,77 +378,101 @@
   <si>
     <t>AMNEAL PHARMACEUTICALS LLC 144A</t>
   </si>
   <si>
     <t>03168LAA3</t>
   </si>
   <si>
     <t>US03168LAA35</t>
   </si>
   <si>
     <t>BVPKHD3</t>
   </si>
   <si>
     <t>AMYNTA AGENCY BORROWER INC AND AMY 144A</t>
   </si>
   <si>
     <t>03238AAA3</t>
   </si>
   <si>
     <t>US03238AAA34</t>
   </si>
   <si>
     <t>BTQN0X8</t>
   </si>
   <si>
+    <t>APH SOMERSET INVESTOR 2 LLC 144A</t>
+  </si>
+  <si>
+    <t>00188QAA4</t>
+  </si>
+  <si>
+    <t>US00188QAA40</t>
+  </si>
+  <si>
+    <t>BT9NBR6</t>
+  </si>
+  <si>
     <t>API ESCROW CORP 144A</t>
   </si>
   <si>
     <t>00185PAA9</t>
   </si>
   <si>
     <t>US00185PAA93</t>
   </si>
   <si>
     <t>BP5F651</t>
   </si>
   <si>
     <t>ARCHES BUYER INC 144A</t>
   </si>
   <si>
     <t>039524AA1</t>
   </si>
   <si>
     <t>US039524AA11</t>
   </si>
   <si>
     <t>039524AB9</t>
   </si>
   <si>
     <t>US039524AB93</t>
   </si>
   <si>
+    <t>ARCHROCK SERVICES/PARTNE 144A</t>
+  </si>
+  <si>
+    <t>03958CAA7</t>
+  </si>
+  <si>
+    <t>US03958CAA71</t>
+  </si>
+  <si>
+    <t>BVPC4Q1</t>
+  </si>
+  <si>
     <t>ARCOSA INC 144A</t>
   </si>
   <si>
     <t>039653AC4</t>
   </si>
   <si>
     <t>US039653AC46</t>
   </si>
   <si>
     <t>BMYDZ81</t>
   </si>
   <si>
     <t>ARDAGH GROUP SA 144A</t>
   </si>
   <si>
     <t>039959AA9</t>
   </si>
   <si>
     <t>US039959AA98</t>
   </si>
   <si>
     <t>BTWWV25</t>
   </si>
   <si>
     <t>ARDAGH METAL PACKAGING FINANCE PLC RegS</t>
@@ -540,50 +552,71 @@
   <si>
     <t>BP6MDQ1</t>
   </si>
   <si>
     <t>043436AX2</t>
   </si>
   <si>
     <t>US043436AX21</t>
   </si>
   <si>
     <t>BP8KZF6</t>
   </si>
   <si>
     <t>ASK CHEM DE HOLD GMBH RegS</t>
   </si>
   <si>
     <t>BMIE3P9N4</t>
   </si>
   <si>
     <t>XS2919072962</t>
   </si>
   <si>
     <t>BT9N927</t>
   </si>
   <si>
+    <t>ASURION LLC 144A</t>
+  </si>
+  <si>
+    <t>045941AB7</t>
+  </si>
+  <si>
+    <t>US045941AB79</t>
+  </si>
+  <si>
+    <t>BTZRRR4</t>
+  </si>
+  <si>
+    <t>045941AA9</t>
+  </si>
+  <si>
+    <t>US045941AA96</t>
+  </si>
+  <si>
+    <t>BNBV5N0</t>
+  </si>
+  <si>
     <t>ATHENAHEALTH GROUP INC 144A</t>
   </si>
   <si>
     <t>60337JAA4</t>
   </si>
   <si>
     <t>US60337JAA43</t>
   </si>
   <si>
     <t>BN7SNC0</t>
   </si>
   <si>
     <t>ATLANTICA SUSTAINABLE INFRASTRUCTU 144A</t>
   </si>
   <si>
     <t>04916WAA2</t>
   </si>
   <si>
     <t>US04916WAA27</t>
   </si>
   <si>
     <t>13005HAA8</t>
   </si>
   <si>
     <t>US13005HAA86</t>
@@ -615,68 +648,68 @@
   <si>
     <t>ATOS SE RegS</t>
   </si>
   <si>
     <t>BMIEAGFL3</t>
   </si>
   <si>
     <t>XS2950589437</t>
   </si>
   <si>
     <t>BTDQG43</t>
   </si>
   <si>
     <t>BMIEAHD90</t>
   </si>
   <si>
     <t>XS2950595087</t>
   </si>
   <si>
     <t>BSZ8KL5</t>
   </si>
   <si>
     <t>AVIENT CORP 144A</t>
   </si>
   <si>
+    <t>05368VAB2</t>
+  </si>
+  <si>
+    <t>US05368VAB27</t>
+  </si>
+  <si>
+    <t>BPLPFR0</t>
+  </si>
+  <si>
     <t>05368VAA4</t>
   </si>
   <si>
     <t>US05368VAA44</t>
   </si>
   <si>
     <t>BQFN384</t>
   </si>
   <si>
-    <t>05368VAB2</t>
-[...7 lines deleted...]
-  <si>
     <t>AXON ENTERPRISE INC 144A</t>
   </si>
   <si>
     <t>05464CAD3</t>
   </si>
   <si>
     <t>US05464CAD39</t>
   </si>
   <si>
     <t>BR4XW30</t>
   </si>
   <si>
     <t>05464CAC5</t>
   </si>
   <si>
     <t>US05464CAC55</t>
   </si>
   <si>
     <t>BR4XVS8</t>
   </si>
   <si>
     <t>AZORRA FINANCE LTD 144A</t>
   </si>
   <si>
     <t>05480AAB1</t>
@@ -687,107 +720,134 @@
   <si>
     <t>BVLGWH4</t>
   </si>
   <si>
     <t>B&amp;M EUROPEAN VALUE RETAIL SA RegS</t>
   </si>
   <si>
     <t>BMIABQ0P5</t>
   </si>
   <si>
     <t>XS2411541738</t>
   </si>
   <si>
     <t>BN470M9</t>
   </si>
   <si>
     <t>BMICQWY91</t>
   </si>
   <si>
     <t>XS2721513260</t>
   </si>
   <si>
     <t>BNDSDY6</t>
   </si>
   <si>
-    <t>BATH &amp; BODY WORKS INC</t>
-[...10 lines deleted...]
-  <si>
     <t>BAUSCH+LOMB NETHERLANDS BV MTN RegS</t>
   </si>
   <si>
     <t>BMIF210Z7</t>
   </si>
   <si>
     <t>XS3102032201</t>
   </si>
   <si>
     <t>BAYER AG NC8.5 RegS</t>
   </si>
   <si>
     <t>BMIANZV52</t>
   </si>
   <si>
     <t>XS2451803063</t>
   </si>
   <si>
     <t>BMVD2T4</t>
   </si>
   <si>
     <t>BEACH ACQUISITION BIDCO LLC 144A</t>
   </si>
   <si>
     <t>07337JAC1</t>
   </si>
   <si>
     <t>US07337JAC18</t>
   </si>
   <si>
     <t>BTPF303</t>
   </si>
   <si>
     <t>BEACH ACQUISITION BIDCO LLC RegS</t>
   </si>
   <si>
     <t>BMIF3NGA6</t>
   </si>
   <si>
     <t>XS3109433048</t>
   </si>
   <si>
     <t>BTXM3N9</t>
   </si>
   <si>
+    <t>BELRON UK FINANCE PLC 144A</t>
+  </si>
+  <si>
+    <t>080782AA3</t>
+  </si>
+  <si>
+    <t>US080782AA38</t>
+  </si>
+  <si>
+    <t>BSVLRC8</t>
+  </si>
+  <si>
+    <t>BETCLIC EVEREST GROUP SAS RegS</t>
+  </si>
+  <si>
+    <t>BMIG3GTK3</t>
+  </si>
+  <si>
+    <t>XS3266494221</t>
+  </si>
+  <si>
+    <t>BV5CRC8</t>
+  </si>
+  <si>
+    <t>BIFFA GROUP HOLDINGS LTD RegS</t>
+  </si>
+  <si>
+    <t>BMIFWAUU2</t>
+  </si>
+  <si>
+    <t>XS3246904414</t>
+  </si>
+  <si>
+    <t>BMIFWAV56</t>
+  </si>
+  <si>
+    <t>XS3246270147</t>
+  </si>
+  <si>
     <t>BLOCK INC 144A</t>
   </si>
   <si>
     <t>852234AT0</t>
   </si>
   <si>
     <t>US852234AT09</t>
   </si>
   <si>
     <t>BVYL9V9</t>
   </si>
   <si>
     <t>852234AU7</t>
   </si>
   <si>
     <t>US852234AU71</t>
   </si>
   <si>
     <t>BVYL9T7</t>
   </si>
   <si>
     <t>BOMBARDIER INC 144A</t>
   </si>
   <si>
     <t>097751CA7</t>
@@ -804,104 +864,116 @@
   <si>
     <t>US097751CB51</t>
   </si>
   <si>
     <t>BS2FMN5</t>
   </si>
   <si>
     <t>BOOTS GROUP FINCO LP RegS</t>
   </si>
   <si>
     <t>BMIF6K198</t>
   </si>
   <si>
     <t>XS3134602070</t>
   </si>
   <si>
     <t>BMIF7BF19</t>
   </si>
   <si>
     <t>XS3134602583</t>
   </si>
   <si>
     <t>BRXBPQ9</t>
   </si>
   <si>
+    <t>BRIGHTSTAR LOTTERY PLC 144A</t>
+  </si>
+  <si>
+    <t>108922AA3</t>
+  </si>
+  <si>
+    <t>US108922AA38</t>
+  </si>
+  <si>
+    <t>BWH3RV5</t>
+  </si>
+  <si>
     <t>BUILDERS FIRSTSOURCE INC 144A</t>
   </si>
   <si>
     <t>12008RAN7</t>
   </si>
   <si>
     <t>US12008RAN70</t>
   </si>
   <si>
     <t>BKLJ920</t>
   </si>
   <si>
     <t>12008RAP2</t>
   </si>
   <si>
     <t>US12008RAP29</t>
   </si>
   <si>
     <t>BMD9BZ9</t>
   </si>
   <si>
     <t>CACI INTERNATIONAL INC 144A</t>
   </si>
   <si>
     <t>127190AE6</t>
   </si>
   <si>
     <t>US127190AE62</t>
   </si>
   <si>
     <t>BVF9246</t>
   </si>
   <si>
     <t>CAESARS ENTERTAINMENT INC 144A</t>
   </si>
   <si>
+    <t>12769GAC4</t>
+  </si>
+  <si>
+    <t>US12769GAC42</t>
+  </si>
+  <si>
+    <t>BNTZ4D7</t>
+  </si>
+  <si>
     <t>12769GAB6</t>
   </si>
   <si>
     <t>US12769GAB68</t>
   </si>
   <si>
     <t>BPX27Q2</t>
   </si>
   <si>
-    <t>12769GAC4</t>
-[...7 lines deleted...]
-  <si>
     <t>CALDERYS FINANCING II LLC 144A</t>
   </si>
   <si>
     <t>12878AAA9</t>
   </si>
   <si>
     <t>US12878AAA97</t>
   </si>
   <si>
     <t>BQ3QZS9</t>
   </si>
   <si>
     <t>CALDERYS FINANCING LLC 144A</t>
   </si>
   <si>
     <t>128786AA8</t>
   </si>
   <si>
     <t>US128786AA80</t>
   </si>
   <si>
     <t>BLBQG05</t>
   </si>
   <si>
     <t>CARNIVAL CORP 144A</t>
@@ -918,2597 +990,2564 @@
   <si>
     <t>CARSCOM INC 144A</t>
   </si>
   <si>
     <t>14575EAA3</t>
   </si>
   <si>
     <t>US14575EAA38</t>
   </si>
   <si>
     <t>BMW6SM7</t>
   </si>
   <si>
     <t>CCO HOLDINGS LLC 144A</t>
   </si>
   <si>
     <t>1248EPCS0</t>
   </si>
   <si>
     <t>US1248EPCS01</t>
   </si>
   <si>
     <t>BN4JB66</t>
   </si>
   <si>
-    <t>1248EPCB7</t>
-[...7 lines deleted...]
-  <si>
     <t>1248EPCP6</t>
   </si>
   <si>
     <t>US1248EPCP61</t>
   </si>
   <si>
     <t>BMVZMH8</t>
   </si>
   <si>
     <t>CCO HOLDINGS LLC / CCO HOLDINGS CA 144A</t>
   </si>
   <si>
     <t>1248EPCK7</t>
   </si>
   <si>
     <t>US1248EPCK74</t>
   </si>
   <si>
-    <t>1248EPBX0</t>
-[...7 lines deleted...]
-  <si>
     <t>1248EPCD3</t>
   </si>
   <si>
     <t>US1248EPCD32</t>
   </si>
   <si>
     <t>BK6WV51</t>
   </si>
   <si>
     <t>CD&amp;R FIREFLY BIDCO PLC RegS</t>
   </si>
   <si>
     <t>BMIDAHQ98</t>
   </si>
   <si>
     <t>XS2798887076</t>
   </si>
   <si>
     <t>BQZCN70</t>
   </si>
   <si>
     <t>CELANESE US HOLDINGS LLC</t>
   </si>
   <si>
     <t>15089QAY0</t>
   </si>
   <si>
     <t>US15089QAY08</t>
   </si>
   <si>
+    <t>15089QBD5</t>
+  </si>
+  <si>
+    <t>US15089QBD51</t>
+  </si>
+  <si>
+    <t>BWH3WT8</t>
+  </si>
+  <si>
     <t>CERDIA FINANZ GMBH 144A</t>
   </si>
   <si>
     <t>15679GAC6</t>
   </si>
   <si>
     <t>US15679GAC69</t>
   </si>
   <si>
     <t>BRC3QH4</t>
   </si>
   <si>
     <t>CHAMP ACQUISITION CORP 144A</t>
   </si>
   <si>
     <t>15807XAA8</t>
   </si>
   <si>
     <t>US15807XAA81</t>
   </si>
   <si>
     <t>BL9YNS8</t>
   </si>
   <si>
     <t>CHAMPIONS FINANCING INC 144A</t>
   </si>
   <si>
     <t>15870LAA6</t>
   </si>
   <si>
     <t>US15870LAA61</t>
   </si>
   <si>
     <t>BRBYMG9</t>
   </si>
   <si>
     <t>CHART INDUSTRIES INC 144A</t>
   </si>
   <si>
     <t>16115QAG5</t>
   </si>
   <si>
     <t>US16115QAG55</t>
   </si>
   <si>
     <t>BLC8Z58</t>
   </si>
   <si>
+    <t>CHARTER COMMUNICATIONS OPERATING L</t>
+  </si>
+  <si>
+    <t>161175BV5</t>
+  </si>
+  <si>
+    <t>US161175BV50</t>
+  </si>
+  <si>
+    <t>BMCJ8Q0</t>
+  </si>
+  <si>
+    <t>161175CA0</t>
+  </si>
+  <si>
+    <t>US161175CA05</t>
+  </si>
+  <si>
+    <t>BKY7998</t>
+  </si>
+  <si>
     <t>CHOBANI HOLDCO II LLC 144A</t>
   </si>
   <si>
     <t>169918AA7</t>
   </si>
   <si>
     <t>US169918AA77</t>
   </si>
   <si>
     <t>BS55CW1</t>
   </si>
   <si>
     <t>CHS/COMMUNITY HEALTH SYSTEMS INC 144A</t>
   </si>
   <si>
     <t>12543DBK5</t>
   </si>
   <si>
     <t>US12543DBK54</t>
   </si>
   <si>
     <t>BMFGVX6</t>
   </si>
   <si>
     <t>CHURCHILL DOWNS INCORPORATED 144A</t>
   </si>
   <si>
     <t>12511VAA6</t>
   </si>
   <si>
     <t>US12511VAA61</t>
   </si>
   <si>
     <t>BPP2DX9</t>
   </si>
   <si>
     <t>CI FINANCIAL CORP</t>
   </si>
   <si>
     <t>125491AP5</t>
   </si>
   <si>
     <t>US125491AP51</t>
   </si>
   <si>
     <t>BNW0TL2</t>
   </si>
   <si>
+    <t>CIDRON ATRIUM SE RegS</t>
+  </si>
+  <si>
+    <t>BMIG50G87</t>
+  </si>
+  <si>
+    <t>XS3286655736</t>
+  </si>
+  <si>
     <t>CIENA CORPORATION 144A</t>
   </si>
   <si>
     <t>171779AL5</t>
   </si>
   <si>
     <t>US171779AL52</t>
   </si>
   <si>
     <t>BPCQGC4</t>
   </si>
   <si>
     <t>CIMPRESS PLC 144A</t>
   </si>
   <si>
     <t>17186HAH5</t>
   </si>
   <si>
     <t>US17186HAH57</t>
   </si>
   <si>
     <t>BS6RHT8</t>
   </si>
   <si>
     <t>CIPHER COMPUTE LLC 144A</t>
   </si>
   <si>
     <t>17253NAA5</t>
   </si>
   <si>
     <t>US17253NAA54</t>
   </si>
   <si>
     <t>BP9MC16</t>
   </si>
   <si>
     <t>CIRSA FINANCE INTERNATIONAL SARL RegS</t>
   </si>
   <si>
     <t>BMIC6C3C4</t>
   </si>
   <si>
     <t>XS2649695736</t>
   </si>
   <si>
     <t>BRBRM79</t>
   </si>
   <si>
-    <t>CIVITAS RESOURCES INC 144A</t>
+    <t>CLARIOS GLOBAL LP 144A</t>
+  </si>
+  <si>
+    <t>18060TAE5</t>
+  </si>
+  <si>
+    <t>US18060TAE55</t>
+  </si>
+  <si>
+    <t>BVZMLG0</t>
+  </si>
+  <si>
+    <t>CLARIOS GLOBAL LP / CLARIOS US FIN RegS</t>
+  </si>
+  <si>
+    <t>BMIEZNBD3</t>
+  </si>
+  <si>
+    <t>XS3091295801</t>
+  </si>
+  <si>
+    <t>CLARIOS US FINANCE COMPANY INC 144A</t>
+  </si>
+  <si>
+    <t>18060TAD7</t>
+  </si>
+  <si>
+    <t>US18060TAD72</t>
+  </si>
+  <si>
+    <t>CLEAR CHANNEL OUTDOOR HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>18453HAG1</t>
+  </si>
+  <si>
+    <t>US18453HAG11</t>
+  </si>
+  <si>
+    <t>BSML716</t>
+  </si>
+  <si>
+    <t>CLEARWAY ENERGY OPERATING LLC 144A</t>
+  </si>
+  <si>
+    <t>18539UAD7</t>
+  </si>
+  <si>
+    <t>US18539UAD72</t>
+  </si>
+  <si>
+    <t>BN6J197</t>
+  </si>
+  <si>
+    <t>CLEVELAND-CLIFFS INC 144A</t>
+  </si>
+  <si>
+    <t>185899AS0</t>
+  </si>
+  <si>
+    <t>US185899AS01</t>
+  </si>
+  <si>
+    <t>185899AR2</t>
+  </si>
+  <si>
+    <t>US185899AR28</t>
+  </si>
+  <si>
+    <t>BS0D1J0</t>
+  </si>
+  <si>
+    <t>18589GAA3</t>
+  </si>
+  <si>
+    <t>US18589GAA31</t>
+  </si>
+  <si>
+    <t>BVZMLD7</t>
+  </si>
+  <si>
+    <t>CLOUD SOFTWARE GROUP INC 144A</t>
+  </si>
+  <si>
+    <t>18912UAC6</t>
+  </si>
+  <si>
+    <t>US18912UAC62</t>
+  </si>
+  <si>
+    <t>BSQM7Z9</t>
+  </si>
+  <si>
+    <t>18912UAA0</t>
+  </si>
+  <si>
+    <t>US18912UAA07</t>
+  </si>
+  <si>
+    <t>BRJQLF9</t>
+  </si>
+  <si>
+    <t>CLOUD SOFTWARE GRP HOLDG 144A</t>
+  </si>
+  <si>
+    <t>88632QAE3</t>
+  </si>
+  <si>
+    <t>US88632QAE35</t>
+  </si>
+  <si>
+    <t>BN2QTP4</t>
+  </si>
+  <si>
+    <t>CLYDESDALE ACQUISITION HOLDINGS IN 144A</t>
+  </si>
+  <si>
+    <t>18972EAD7</t>
+  </si>
+  <si>
+    <t>US18972EAD76</t>
+  </si>
+  <si>
+    <t>BM9YJB0</t>
+  </si>
+  <si>
+    <t>18972EAB1</t>
+  </si>
+  <si>
+    <t>US18972EAB11</t>
+  </si>
+  <si>
+    <t>BQ3QRD8</t>
+  </si>
+  <si>
+    <t>COMMERCIAL METALS COMPANY 144A</t>
+  </si>
+  <si>
+    <t>201723AV5</t>
+  </si>
+  <si>
+    <t>US201723AV52</t>
+  </si>
+  <si>
+    <t>BS88ZW8</t>
+  </si>
+  <si>
+    <t>201723AS2</t>
+  </si>
+  <si>
+    <t>US201723AS24</t>
+  </si>
+  <si>
+    <t>BS84Y29</t>
+  </si>
+  <si>
+    <t>COMPASS GROUP DIVERSIFIED HOLDINGS 144A</t>
+  </si>
+  <si>
+    <t>20451RAB8</t>
+  </si>
+  <si>
+    <t>US20451RAB87</t>
+  </si>
+  <si>
+    <t>COMPASS MINERALS INTERNATIONAL INC 144A</t>
+  </si>
+  <si>
+    <t>20451NAJ0</t>
+  </si>
+  <si>
+    <t>US20451NAJ00</t>
+  </si>
+  <si>
+    <t>BRQPYZ0</t>
+  </si>
+  <si>
+    <t>COUGAR JV SUBSIDIARY LLC 144A</t>
+  </si>
+  <si>
+    <t>22208WAA1</t>
+  </si>
+  <si>
+    <t>US22208WAA18</t>
+  </si>
+  <si>
+    <t>BSCBV92</t>
+  </si>
+  <si>
+    <t>COVANTA HOLDING CORP 144A</t>
+  </si>
+  <si>
+    <t>22303XAA3</t>
+  </si>
+  <si>
+    <t>US22303XAA37</t>
+  </si>
+  <si>
+    <t>BMYT7R2</t>
+  </si>
+  <si>
+    <t>CP ATLAS BUYER INC 144A</t>
+  </si>
+  <si>
+    <t>12597YAD1</t>
+  </si>
+  <si>
+    <t>US12597YAD13</t>
+  </si>
+  <si>
+    <t>BSML738</t>
+  </si>
+  <si>
+    <t>12597YAC3</t>
+  </si>
+  <si>
+    <t>US12597YAC30</t>
+  </si>
+  <si>
+    <t>BV6FYC5</t>
+  </si>
+  <si>
+    <t>CPUK FINANCE LTD RegS</t>
+  </si>
+  <si>
+    <t>BMIFNB1N8</t>
+  </si>
+  <si>
+    <t>XS3207994578</t>
+  </si>
+  <si>
+    <t>BW9M044</t>
+  </si>
+  <si>
+    <t>BMIDEVKQ1</t>
+  </si>
+  <si>
+    <t>XS2818818507</t>
+  </si>
+  <si>
+    <t>BSRK4L7</t>
+  </si>
+  <si>
+    <t>CRESCENT ENERGY FINANCE LLC 144A</t>
+  </si>
+  <si>
+    <t>516806AK2</t>
+  </si>
+  <si>
+    <t>US516806AK23</t>
+  </si>
+  <si>
+    <t>BSKP420</t>
+  </si>
+  <si>
+    <t>CSC HOLDINGS LLC 144A</t>
+  </si>
+  <si>
+    <t>126307BF3</t>
+  </si>
+  <si>
+    <t>US126307BF39</t>
+  </si>
+  <si>
+    <t>BMDFGQ3</t>
+  </si>
+  <si>
+    <t>126307BB2</t>
+  </si>
+  <si>
+    <t>US126307BB25</t>
+  </si>
+  <si>
+    <t>BM9LYP0</t>
+  </si>
+  <si>
+    <t>126307BN6</t>
+  </si>
+  <si>
+    <t>US126307BN62</t>
+  </si>
+  <si>
+    <t>BRBCV11</t>
+  </si>
+  <si>
+    <t>CURRENTA GROUP HOLDINGS SARL RegS</t>
+  </si>
+  <si>
+    <t>BMIEVPFD8</t>
+  </si>
+  <si>
+    <t>XS3067389174</t>
+  </si>
+  <si>
+    <t>BVK3WM1</t>
+  </si>
+  <si>
+    <t>CUSHMAN &amp; WAKEFIELD US BORROWER LL 144A</t>
+  </si>
+  <si>
+    <t>23166MAC7</t>
+  </si>
+  <si>
+    <t>US23166MAC73</t>
+  </si>
+  <si>
+    <t>BRBFJT4</t>
+  </si>
+  <si>
+    <t>23166MAA1</t>
+  </si>
+  <si>
+    <t>US23166MAA18</t>
+  </si>
+  <si>
+    <t>BMGDH49</t>
+  </si>
+  <si>
+    <t>DANA FINANCING LUXEMBOURG SARL RegS</t>
+  </si>
+  <si>
+    <t>BMIBZJN29</t>
+  </si>
+  <si>
+    <t>XS2623489627</t>
+  </si>
+  <si>
+    <t>BLCXVJ9</t>
+  </si>
+  <si>
+    <t>DBR LAND HOLDINGS LLC 144A</t>
+  </si>
+  <si>
+    <t>24024BAA5</t>
+  </si>
+  <si>
+    <t>US24024BAA52</t>
+  </si>
+  <si>
+    <t>BVPJF92</t>
+  </si>
+  <si>
+    <t>DELIVERY HERO SE RegS</t>
+  </si>
+  <si>
+    <t>BMIA42EY2</t>
+  </si>
+  <si>
+    <t>DE000A3MP437</t>
+  </si>
+  <si>
+    <t>BMX6RR4</t>
+  </si>
+  <si>
+    <t>BMIBP0RS0</t>
+  </si>
+  <si>
+    <t>DE000A30V5R1</t>
+  </si>
+  <si>
+    <t>BNKBK25</t>
+  </si>
+  <si>
+    <t>DISCOVERY COMMUNICATIONS LLC</t>
+  </si>
+  <si>
+    <t>25470DCA5</t>
+  </si>
+  <si>
+    <t>US25470DCA54</t>
+  </si>
+  <si>
+    <t>BV6FZ55</t>
+  </si>
+  <si>
+    <t>25470DCC1</t>
+  </si>
+  <si>
+    <t>US25470DCC11</t>
+  </si>
+  <si>
+    <t>BV6FZ66</t>
+  </si>
+  <si>
+    <t>DISH NETWORK CORP 144A</t>
+  </si>
+  <si>
+    <t>25470MAG4</t>
+  </si>
+  <si>
+    <t>US25470MAG42</t>
+  </si>
+  <si>
+    <t>BQB9NW0</t>
+  </si>
+  <si>
+    <t>DREAM FINDERS HOMES INC 144A</t>
+  </si>
+  <si>
+    <t>26154DAB6</t>
+  </si>
+  <si>
+    <t>US26154DAB64</t>
+  </si>
+  <si>
+    <t>BT6CC39</t>
+  </si>
+  <si>
+    <t>DYNAMO NEWCO II GMBH RegS</t>
+  </si>
+  <si>
+    <t>BMIDZPST7</t>
+  </si>
+  <si>
+    <t>XS2910523716</t>
+  </si>
+  <si>
+    <t>BRSF0M7</t>
+  </si>
+  <si>
+    <t>ECHOSTAR CORP</t>
+  </si>
+  <si>
+    <t>278768AC0</t>
+  </si>
+  <si>
+    <t>US278768AC00</t>
+  </si>
+  <si>
+    <t>BR54DP1</t>
+  </si>
+  <si>
+    <t>EDGE FINCO PLC RegS</t>
+  </si>
+  <si>
+    <t>BMIE0Q6R9</t>
+  </si>
+  <si>
+    <t>XS2914010157</t>
+  </si>
+  <si>
+    <t>BT7KJ97</t>
+  </si>
+  <si>
+    <t>EG GLOBAL FINANCE PLC RegS</t>
+  </si>
+  <si>
+    <t>BMICQJTC9</t>
+  </si>
+  <si>
+    <t>XS2719998952</t>
+  </si>
+  <si>
+    <t>BP0VHR3</t>
+  </si>
+  <si>
+    <t>EMERALD DEBT MERGER SUB LLC 144A</t>
+  </si>
+  <si>
+    <t>29103CAA6</t>
+  </si>
+  <si>
+    <t>US29103CAA62</t>
+  </si>
+  <si>
+    <t>BPLP3M1</t>
+  </si>
+  <si>
+    <t>ENDO FINANCE HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>29281RAA7</t>
+  </si>
+  <si>
+    <t>US29281RAA77</t>
+  </si>
+  <si>
+    <t>BPBRSM2</t>
+  </si>
+  <si>
+    <t>ENVIVA LLC</t>
+  </si>
+  <si>
+    <t>BMIEB9VW6</t>
+  </si>
+  <si>
+    <t>ESSENDI SA RegS</t>
+  </si>
+  <si>
+    <t>BMIDYDKD8</t>
+  </si>
+  <si>
+    <t>XS2900445375</t>
+  </si>
+  <si>
+    <t>BRZX660</t>
+  </si>
+  <si>
+    <t>EUR CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>EUR_CCASH</t>
+  </si>
+  <si>
+    <t>EUR/USD</t>
+  </si>
+  <si>
+    <t>BMIG537SP</t>
+  </si>
+  <si>
+    <t>BMIG533HR</t>
+  </si>
+  <si>
+    <t>BMIG5LL5P</t>
+  </si>
+  <si>
+    <t>BMIG533HP</t>
+  </si>
+  <si>
+    <t>BMIG5LL5R</t>
+  </si>
+  <si>
+    <t>BMIG537SR</t>
+  </si>
+  <si>
+    <t>FERRELLGAS LP 144A</t>
+  </si>
+  <si>
+    <t>315292AU6</t>
+  </si>
+  <si>
+    <t>US315292AU60</t>
+  </si>
+  <si>
+    <t>BT04MK8</t>
+  </si>
+  <si>
+    <t>FERRELLGAS LP / FERRELLGAS FINANCE 144A</t>
+  </si>
+  <si>
+    <t>315289AC2</t>
+  </si>
+  <si>
+    <t>US315289AC26</t>
+  </si>
+  <si>
+    <t>FIBER MIDCO SPA RegS</t>
+  </si>
+  <si>
+    <t>BMIDFC6R6</t>
+  </si>
+  <si>
+    <t>XS2821788770</t>
+  </si>
+  <si>
+    <t>BM99VP3</t>
+  </si>
+  <si>
+    <t>FIBERCOP SPA 144A</t>
+  </si>
+  <si>
+    <t>683879AB6</t>
+  </si>
+  <si>
+    <t>US683879AB65</t>
+  </si>
+  <si>
+    <t>BSMVWT9</t>
+  </si>
+  <si>
+    <t>683879AF7</t>
+  </si>
+  <si>
+    <t>US683879AF79</t>
+  </si>
+  <si>
+    <t>BSMVY26</t>
+  </si>
+  <si>
+    <t>FIRST QUANTUM MINERALS LTD 144A</t>
+  </si>
+  <si>
+    <t>335934AX3</t>
+  </si>
+  <si>
+    <t>US335934AX36</t>
+  </si>
+  <si>
+    <t>BVMWYX1</t>
+  </si>
+  <si>
+    <t>335934AV7</t>
+  </si>
+  <si>
+    <t>US335934AV79</t>
+  </si>
+  <si>
+    <t>BP6GPK1</t>
+  </si>
+  <si>
+    <t>335934AW5</t>
+  </si>
+  <si>
+    <t>US335934AW52</t>
+  </si>
+  <si>
+    <t>BTJX0C4</t>
+  </si>
+  <si>
+    <t>FIS FABBRICA ITALIANA SINTETICI SP RegS</t>
+  </si>
+  <si>
+    <t>BMIG4YLU9</t>
+  </si>
+  <si>
+    <t>XS3280962856</t>
+  </si>
+  <si>
+    <t>BMIG4YLS4</t>
+  </si>
+  <si>
+    <t>XS3280963821</t>
+  </si>
+  <si>
+    <t>FLUTTER TREASURY DAC 144A</t>
+  </si>
+  <si>
+    <t>344045AB5</t>
+  </si>
+  <si>
+    <t>US344045AB55</t>
+  </si>
+  <si>
+    <t>BSSD8Y6</t>
+  </si>
+  <si>
+    <t>FOCUS FINANCIAL PARTNERS LLC 144A</t>
+  </si>
+  <si>
+    <t>34417VAA5</t>
+  </si>
+  <si>
+    <t>US34417VAA52</t>
+  </si>
+  <si>
+    <t>BRBVMG0</t>
+  </si>
+  <si>
+    <t>FORD MOTOR COMPANY</t>
+  </si>
+  <si>
+    <t>345370DB3</t>
+  </si>
+  <si>
+    <t>US345370DB39</t>
+  </si>
+  <si>
+    <t>BNDY3J9</t>
+  </si>
+  <si>
+    <t>FORD MOTOR CREDIT CO LLC</t>
+  </si>
+  <si>
+    <t>345397ZR7</t>
+  </si>
+  <si>
+    <t>US345397ZR75</t>
+  </si>
+  <si>
+    <t>BJYMJ29</t>
+  </si>
+  <si>
+    <t>FORTREA HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>34965KAA5</t>
+  </si>
+  <si>
+    <t>US34965KAA51</t>
+  </si>
+  <si>
+    <t>BRRH8K8</t>
+  </si>
+  <si>
+    <t>FORVIA SE 144A</t>
+  </si>
+  <si>
+    <t>31209DAA3</t>
+  </si>
+  <si>
+    <t>US31209DAA37</t>
+  </si>
+  <si>
+    <t>BM9YFH8</t>
+  </si>
+  <si>
+    <t>FRONERI LUX FINCO SARL 144A</t>
+  </si>
+  <si>
+    <t>35901MAA5</t>
+  </si>
+  <si>
+    <t>US35901MAA53</t>
+  </si>
+  <si>
+    <t>BSML7G1</t>
+  </si>
+  <si>
+    <t>FRONERI LUX FINCO SARL RegS</t>
+  </si>
+  <si>
+    <t>BMIG2SH39</t>
+  </si>
+  <si>
+    <t>XS3264761456</t>
+  </si>
+  <si>
+    <t>BW9L591</t>
+  </si>
+  <si>
+    <t>BMIF6LVT9</t>
+  </si>
+  <si>
+    <t>XS3123695671</t>
+  </si>
+  <si>
+    <t>BVPF2F5</t>
+  </si>
+  <si>
+    <t>FXFWRD EUR/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIG5LL1R</t>
+  </si>
+  <si>
+    <t>BMIG5LL1P</t>
+  </si>
+  <si>
+    <t>BMIG51YQR</t>
+  </si>
+  <si>
+    <t>BMIG51YQP</t>
+  </si>
+  <si>
+    <t>FXFWRD GBP/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIG522CP</t>
+  </si>
+  <si>
+    <t>BMIG522CR</t>
+  </si>
+  <si>
+    <t>GALAXY BIDCO LTD RegS</t>
+  </si>
+  <si>
+    <t>BMIE8Y9X8</t>
+  </si>
+  <si>
+    <t>XS2958244332</t>
+  </si>
+  <si>
+    <t>BSCDBV0</t>
+  </si>
+  <si>
+    <t>GATWICK AIRPORT FINANCE PLC RegS</t>
+  </si>
+  <si>
+    <t>BMIFT3FP0</t>
+  </si>
+  <si>
+    <t>XS3221827911</t>
+  </si>
+  <si>
+    <t>BSBFT79</t>
+  </si>
+  <si>
+    <t>GBP CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>GBP_CCASH</t>
+  </si>
+  <si>
+    <t>GENTING NEW YORK LLC / GENNY CAPIT 144A</t>
+  </si>
+  <si>
+    <t>37255JAB8</t>
+  </si>
+  <si>
+    <t>US37255JAB89</t>
+  </si>
+  <si>
+    <t>BRBTWL9</t>
+  </si>
+  <si>
+    <t>GFL ENVIRONMENTAL INC 144A</t>
+  </si>
+  <si>
+    <t>36168QAN4</t>
+  </si>
+  <si>
+    <t>US36168QAN43</t>
+  </si>
+  <si>
+    <t>BN0WZC3</t>
+  </si>
+  <si>
+    <t>GLOBAL AUTO HOLDINGS PLC 144A</t>
+  </si>
+  <si>
+    <t>00033GAA3</t>
+  </si>
+  <si>
+    <t>US00033GAA31</t>
+  </si>
+  <si>
+    <t>BP2SYL5</t>
+  </si>
+  <si>
+    <t>GLOBAL MEDICAL RESPONSE INC 144A</t>
+  </si>
+  <si>
+    <t>37960BAD7</t>
+  </si>
+  <si>
+    <t>US37960BAD73</t>
+  </si>
+  <si>
+    <t>BMW2FL3</t>
+  </si>
+  <si>
+    <t>GLOBAL PARTNERS LP 144A</t>
+  </si>
+  <si>
+    <t>37954FAK0</t>
+  </si>
+  <si>
+    <t>US37954FAK03</t>
+  </si>
+  <si>
+    <t>BQRD605</t>
+  </si>
+  <si>
+    <t>37954FAL8</t>
+  </si>
+  <si>
+    <t>US37954FAL85</t>
+  </si>
+  <si>
+    <t>BTCHC72</t>
+  </si>
+  <si>
+    <t>GREYSTAR REAL ESTATE PARTNERS LLC 144A</t>
+  </si>
+  <si>
+    <t>39807UAD8</t>
+  </si>
+  <si>
+    <t>US39807UAD81</t>
+  </si>
+  <si>
+    <t>BQH6240</t>
+  </si>
+  <si>
+    <t>GRIFOLS SA RegS</t>
+  </si>
+  <si>
+    <t>BMIDG7V07</t>
+  </si>
+  <si>
+    <t>XS2805351843</t>
+  </si>
+  <si>
+    <t>BRXM9H1</t>
+  </si>
+  <si>
+    <t>HEALTHEQUITY INC 144A</t>
+  </si>
+  <si>
+    <t>42226AAA5</t>
+  </si>
+  <si>
+    <t>US42226AAA51</t>
+  </si>
+  <si>
+    <t>BM8SKG5</t>
+  </si>
+  <si>
+    <t>HEARTLAND DENTAL CARE INC 144A</t>
+  </si>
+  <si>
+    <t>42239PAB5</t>
+  </si>
+  <si>
+    <t>US42239PAB58</t>
+  </si>
+  <si>
+    <t>BPY0VZ2</t>
+  </si>
+  <si>
+    <t>HERC HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>42704LAG9</t>
+  </si>
+  <si>
+    <t>US42704LAG95</t>
+  </si>
+  <si>
+    <t>BV5GRT7</t>
+  </si>
+  <si>
+    <t>42704LAF1</t>
+  </si>
+  <si>
+    <t>US42704LAF13</t>
+  </si>
+  <si>
+    <t>BV5GRS6</t>
+  </si>
+  <si>
+    <t>42704LAK0</t>
+  </si>
+  <si>
+    <t>US42704LAK08</t>
+  </si>
+  <si>
+    <t>BVLJ7S9</t>
+  </si>
+  <si>
+    <t>42704LAH7</t>
+  </si>
+  <si>
+    <t>US42704LAH78</t>
+  </si>
+  <si>
+    <t>BVLJ7W3</t>
+  </si>
+  <si>
+    <t>HIGHTOWER HOLDING LLC 144A</t>
+  </si>
+  <si>
+    <t>43118DAB6</t>
+  </si>
+  <si>
+    <t>US43118DAB64</t>
+  </si>
+  <si>
+    <t>BS4BB23</t>
+  </si>
+  <si>
+    <t>IHO VERWALTUNGS GMBH 144A</t>
+  </si>
+  <si>
+    <t>44963BAF5</t>
+  </si>
+  <si>
+    <t>US44963BAF58</t>
+  </si>
+  <si>
+    <t>BT7KJM0</t>
+  </si>
+  <si>
+    <t>IHO VERWALTUNGS GMBH RegS</t>
+  </si>
+  <si>
+    <t>BMIBTXDR1</t>
+  </si>
+  <si>
+    <t>XS2606019383</t>
+  </si>
+  <si>
+    <t>BM8NTH4</t>
+  </si>
+  <si>
+    <t>BMIE0AKW7</t>
+  </si>
+  <si>
+    <t>XS2905386962</t>
+  </si>
+  <si>
+    <t>BT7JWY0</t>
+  </si>
+  <si>
+    <t>ILIAD HOLDING SAS RegS</t>
+  </si>
+  <si>
+    <t>BMIE6TNR8</t>
+  </si>
+  <si>
+    <t>XS2943818059</t>
+  </si>
+  <si>
+    <t>BMIDDX5X0</t>
+  </si>
+  <si>
+    <t>XS2810807094</t>
+  </si>
+  <si>
+    <t>BQSB4V5</t>
+  </si>
+  <si>
+    <t>IMA INDUSTRIA MACCHINE AUTOMATICHE RegS</t>
+  </si>
+  <si>
+    <t>BMIDB8CN1</t>
+  </si>
+  <si>
+    <t>XS2805530693</t>
+  </si>
+  <si>
+    <t>BPBSC56</t>
+  </si>
+  <si>
+    <t>IMMOBILIARE GRANDE DISTRIBUZIONE S RegS</t>
+  </si>
+  <si>
+    <t>BMIFQQ7W6</t>
+  </si>
+  <si>
+    <t>XS3223297253</t>
+  </si>
+  <si>
+    <t>BRJBMR3</t>
+  </si>
+  <si>
+    <t>INEOS FINANCE PLC 144A</t>
+  </si>
+  <si>
+    <t>44984WAJ6</t>
+  </si>
+  <si>
+    <t>US44984WAJ62</t>
+  </si>
+  <si>
+    <t>BS7XQ87</t>
+  </si>
+  <si>
+    <t>INEOS FINANCE PLC RegS</t>
+  </si>
+  <si>
+    <t>BMID1G4N3</t>
+  </si>
+  <si>
+    <t>XS2762276967</t>
+  </si>
+  <si>
+    <t>BS7XRX9</t>
+  </si>
+  <si>
+    <t>BMIFJBEZ2</t>
+  </si>
+  <si>
+    <t>XS3192215492</t>
+  </si>
+  <si>
+    <t>BRWD8D4</t>
+  </si>
+  <si>
+    <t>INPOST SA RegS</t>
+  </si>
+  <si>
+    <t>BMIFFWTK7</t>
+  </si>
+  <si>
+    <t>XS3176794595</t>
+  </si>
+  <si>
+    <t>BQZ9694</t>
+  </si>
+  <si>
+    <t>INSIGHT ENTERPRISES INC 144A</t>
+  </si>
+  <si>
+    <t>45765UAC7</t>
+  </si>
+  <si>
+    <t>US45765UAC71</t>
+  </si>
+  <si>
+    <t>BPZRNW3</t>
+  </si>
+  <si>
+    <t>INTRALOT CAPITAL LUXEMBOURG SA RegS</t>
+  </si>
+  <si>
+    <t>BMIFJVQ85</t>
+  </si>
+  <si>
+    <t>XS3192259516</t>
+  </si>
+  <si>
+    <t>IPD 3 BV RegS</t>
+  </si>
+  <si>
+    <t>BMIEUJ6G6</t>
+  </si>
+  <si>
+    <t>XS3067907140</t>
+  </si>
+  <si>
+    <t>IQVIA INC 144A</t>
+  </si>
+  <si>
+    <t>46266TAG3</t>
+  </si>
+  <si>
+    <t>US46266TAG31</t>
+  </si>
+  <si>
+    <t>BQMJ1N6</t>
+  </si>
+  <si>
+    <t>ITALMATCH CHEMICALS SPA RegS</t>
+  </si>
+  <si>
+    <t>BMIG59WP2</t>
+  </si>
+  <si>
+    <t>XS3282797383</t>
+  </si>
+  <si>
+    <t>BMIBLWR13</t>
+  </si>
+  <si>
+    <t>XS2582788100</t>
+  </si>
+  <si>
+    <t>BPRD653</t>
+  </si>
+  <si>
+    <t>BMIBLWTR4</t>
+  </si>
+  <si>
+    <t>XS2582796541</t>
+  </si>
+  <si>
+    <t>BPRD6H5</t>
+  </si>
+  <si>
+    <t>JB POINDEXTER &amp; CO INC 144A</t>
+  </si>
+  <si>
+    <t>465965AC5</t>
+  </si>
+  <si>
+    <t>US465965AC53</t>
+  </si>
+  <si>
+    <t>BMW67M0</t>
+  </si>
+  <si>
+    <t>JH NORTH AMERICA HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>46593WAA3</t>
+  </si>
+  <si>
+    <t>US46593WAA36</t>
+  </si>
+  <si>
+    <t>BRQPYW7</t>
+  </si>
+  <si>
+    <t>46593WAB1</t>
+  </si>
+  <si>
+    <t>US46593WAB19</t>
+  </si>
+  <si>
+    <t>BRQPZ02</t>
+  </si>
+  <si>
+    <t>K HOVNANIAN ENTERPRISES INC 144A</t>
+  </si>
+  <si>
+    <t>48251UAP3</t>
+  </si>
+  <si>
+    <t>US48251UAP30</t>
+  </si>
+  <si>
+    <t>BPCR5H5</t>
+  </si>
+  <si>
+    <t>48251UAQ1</t>
+  </si>
+  <si>
+    <t>US48251UAQ13</t>
+  </si>
+  <si>
+    <t>BPCR5F3</t>
+  </si>
+  <si>
+    <t>KENNOVA THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>990AANVX3</t>
+  </si>
+  <si>
+    <t>KINETIK HOLDINGS LP 144A</t>
+  </si>
+  <si>
+    <t>49461MAA8</t>
+  </si>
+  <si>
+    <t>US49461MAA80</t>
+  </si>
+  <si>
+    <t>BQB7JV5</t>
+  </si>
+  <si>
+    <t>KING US BIDCO INC RegS</t>
+  </si>
+  <si>
+    <t>BMIFTDRE0</t>
+  </si>
+  <si>
+    <t>XS3233507287</t>
+  </si>
+  <si>
+    <t>BS9B548</t>
+  </si>
+  <si>
+    <t>L BRANDS INC</t>
+  </si>
+  <si>
+    <t>501797AM6</t>
+  </si>
+  <si>
+    <t>US501797AM65</t>
+  </si>
+  <si>
+    <t>BYMC9V5</t>
+  </si>
+  <si>
+    <t>LA DORIA SPA RegS</t>
+  </si>
+  <si>
+    <t>BMIF4FCC2</t>
+  </si>
+  <si>
+    <t>XS3109821051</t>
+  </si>
+  <si>
+    <t>LBM ACQUISITION LLC 144A</t>
+  </si>
+  <si>
+    <t>05552BAA4</t>
+  </si>
+  <si>
+    <t>US05552BAA44</t>
+  </si>
+  <si>
+    <t>52109SAB5</t>
+  </si>
+  <si>
+    <t>US52109SAB51</t>
+  </si>
+  <si>
+    <t>BV6N7Z3</t>
+  </si>
+  <si>
+    <t>LCM INVESTMENTS HOLDINGS II LLC 144A</t>
+  </si>
+  <si>
+    <t>50190EAC8</t>
+  </si>
+  <si>
+    <t>US50190EAC84</t>
+  </si>
+  <si>
+    <t>BNTDWN7</t>
+  </si>
+  <si>
+    <t>50190EAA2</t>
+  </si>
+  <si>
+    <t>US50190EAA29</t>
+  </si>
+  <si>
+    <t>BNM5Z19</t>
+  </si>
+  <si>
+    <t>LEEWARD RENEWABLE ENERGY OPERATION 144A</t>
+  </si>
+  <si>
+    <t>524590AA4</t>
+  </si>
+  <si>
+    <t>US524590AA45</t>
+  </si>
+  <si>
+    <t>LEVEL 3 FINANCING INC 144A</t>
+  </si>
+  <si>
+    <t>527298CN1</t>
+  </si>
+  <si>
+    <t>US527298CN12</t>
+  </si>
+  <si>
+    <t>BV6KVQ3</t>
+  </si>
+  <si>
+    <t>LHMC FINCO 2 SARL RegS</t>
+  </si>
+  <si>
+    <t>BMIEUYXA6</t>
+  </si>
+  <si>
+    <t>XS3049411971</t>
+  </si>
+  <si>
+    <t>BV8H1S4</t>
+  </si>
+  <si>
+    <t>LIFEPOINT HEALTH INC 144A</t>
+  </si>
+  <si>
+    <t>53219LAX7</t>
+  </si>
+  <si>
+    <t>US53219LAX73</t>
+  </si>
+  <si>
+    <t>BM8JW95</t>
+  </si>
+  <si>
+    <t>53219LAU3</t>
+  </si>
+  <si>
+    <t>US53219LAU35</t>
+  </si>
+  <si>
+    <t>BM8GQN8</t>
+  </si>
+  <si>
+    <t>53219LAV1</t>
+  </si>
+  <si>
+    <t>US53219LAV18</t>
+  </si>
+  <si>
+    <t>BRF3T50</t>
+  </si>
+  <si>
+    <t>LUNA 2 5SARL RegS</t>
+  </si>
+  <si>
+    <t>BMIF08NZ9</t>
+  </si>
+  <si>
+    <t>XS3100795452</t>
+  </si>
+  <si>
+    <t>MASTERBRAND INC 144A</t>
+  </si>
+  <si>
+    <t>57638PAA2</t>
+  </si>
+  <si>
+    <t>US57638PAA21</t>
+  </si>
+  <si>
+    <t>BS84JR9</t>
+  </si>
+  <si>
+    <t>MATADOR RESOURCES CO 144A</t>
+  </si>
+  <si>
+    <t>576485AG1</t>
+  </si>
+  <si>
+    <t>US576485AG13</t>
+  </si>
+  <si>
+    <t>BRT4R77</t>
+  </si>
+  <si>
+    <t>MATCH GROUP HOLDINGS II LLC 144A</t>
+  </si>
+  <si>
+    <t>57667JAA0</t>
+  </si>
+  <si>
+    <t>US57667JAA07</t>
+  </si>
+  <si>
+    <t>BP94PM4</t>
+  </si>
+  <si>
+    <t>MATICMIND SPA RegS</t>
+  </si>
+  <si>
+    <t>BMIFXT9U4</t>
+  </si>
+  <si>
+    <t>XS3239977997</t>
+  </si>
+  <si>
+    <t>MAV ACQUISITION CORP 144A</t>
+  </si>
+  <si>
+    <t>57767XAA8</t>
+  </si>
+  <si>
+    <t>US57767XAA81</t>
+  </si>
+  <si>
+    <t>BN75V05</t>
+  </si>
+  <si>
+    <t>57767XAB6</t>
+  </si>
+  <si>
+    <t>US57767XAB64</t>
+  </si>
+  <si>
+    <t>BN72CG9</t>
+  </si>
+  <si>
+    <t>MCGRAW-HILL EDUCATION INC 144A</t>
+  </si>
+  <si>
+    <t>58064LAA2</t>
+  </si>
+  <si>
+    <t>US58064LAA26</t>
+  </si>
+  <si>
+    <t>BSWT6Y6</t>
+  </si>
+  <si>
+    <t>MEDLINE BORROWER LP 144A</t>
+  </si>
+  <si>
+    <t>62482BAB8</t>
+  </si>
+  <si>
+    <t>US62482BAB80</t>
+  </si>
+  <si>
+    <t>METIS MERGER SUB LLC 144A</t>
+  </si>
+  <si>
+    <t>59155LAA0</t>
+  </si>
+  <si>
+    <t>US59155LAA08</t>
+  </si>
+  <si>
+    <t>BMD4XS1</t>
+  </si>
+  <si>
+    <t>MIDAS OPCO HOLDINGS LLC 144A</t>
+  </si>
+  <si>
+    <t>59565JAA9</t>
+  </si>
+  <si>
+    <t>US59565JAA97</t>
+  </si>
+  <si>
+    <t>BMY8TS4</t>
+  </si>
+  <si>
+    <t>MILLER HOMES GROUP FIN RegS</t>
+  </si>
+  <si>
+    <t>BMIEQMYK4</t>
+  </si>
+  <si>
+    <t>XS3047271872</t>
+  </si>
+  <si>
+    <t>BQVWN07</t>
+  </si>
+  <si>
+    <t>MOHEGAN TRIBAL / MS DIG 144A</t>
+  </si>
+  <si>
+    <t>60832QAA8</t>
+  </si>
+  <si>
+    <t>US60832QAA85</t>
+  </si>
+  <si>
+    <t>BM9YF23</t>
+  </si>
+  <si>
+    <t>MOLINA HEALTHCARE INC 144A</t>
+  </si>
+  <si>
+    <t>60855RAM2</t>
+  </si>
+  <si>
+    <t>US60855RAM25</t>
+  </si>
+  <si>
+    <t>60855RAK6</t>
+  </si>
+  <si>
+    <t>US60855RAK68</t>
+  </si>
+  <si>
+    <t>60855RAL4</t>
+  </si>
+  <si>
+    <t>US60855RAL42</t>
+  </si>
+  <si>
+    <t>BL0PD68</t>
+  </si>
+  <si>
+    <t>MORGAN STANLEY LIQ FUNDS - TSY USD</t>
+  </si>
+  <si>
+    <t>L64887489</t>
+  </si>
+  <si>
+    <t>LU0875337270</t>
+  </si>
+  <si>
+    <t>B92C5G7</t>
+  </si>
+  <si>
+    <t>MOTION BONDCO DAC 144A</t>
+  </si>
+  <si>
+    <t>61978XAA5</t>
+  </si>
+  <si>
+    <t>US61978XAA54</t>
+  </si>
+  <si>
+    <t>BJQVLM8</t>
+  </si>
+  <si>
+    <t>MOTION FINCO SARL 144A</t>
+  </si>
+  <si>
+    <t>61980LAB5</t>
+  </si>
+  <si>
+    <t>US61980LAB53</t>
+  </si>
+  <si>
+    <t>BMD9ZN5</t>
+  </si>
+  <si>
+    <t>NATIONAL MENTOR HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>63688RAF4</t>
+  </si>
+  <si>
+    <t>US63688RAF47</t>
+  </si>
+  <si>
+    <t>BV3PLR2</t>
+  </si>
+  <si>
+    <t>NCL CORPORATION LTD 144A</t>
+  </si>
+  <si>
+    <t>62886HBR1</t>
+  </si>
+  <si>
+    <t>US62886HBR12</t>
+  </si>
+  <si>
+    <t>BSHT8Y5</t>
+  </si>
+  <si>
+    <t>62886HBG5</t>
+  </si>
+  <si>
+    <t>US62886HBG56</t>
+  </si>
+  <si>
+    <t>BMBN7P5</t>
+  </si>
+  <si>
+    <t>NESCO HOLDINGS II INC 144A</t>
+  </si>
+  <si>
+    <t>64083YAA9</t>
+  </si>
+  <si>
+    <t>US64083YAA91</t>
+  </si>
+  <si>
+    <t>BLNB084</t>
+  </si>
+  <si>
+    <t>NEW FLYER HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>64438WAA5</t>
+  </si>
+  <si>
+    <t>US64438WAA53</t>
+  </si>
+  <si>
+    <t>BVK6G28</t>
+  </si>
+  <si>
+    <t>NEW HOME CO INC/THE 144A</t>
+  </si>
+  <si>
+    <t>645370AG2</t>
+  </si>
+  <si>
+    <t>US645370AG22</t>
+  </si>
+  <si>
+    <t>BT18JQ4</t>
+  </si>
+  <si>
+    <t>645370AF4</t>
+  </si>
+  <si>
+    <t>US645370AF49</t>
+  </si>
+  <si>
+    <t>BSFT4H2</t>
+  </si>
+  <si>
+    <t>NGL ENERGY OPERATING LLC 144A</t>
+  </si>
+  <si>
+    <t>62922LAD0</t>
+  </si>
+  <si>
+    <t>US62922LAD01</t>
+  </si>
+  <si>
+    <t>BPG27W5</t>
+  </si>
+  <si>
+    <t>62922LAC2</t>
+  </si>
+  <si>
+    <t>US62922LAC28</t>
+  </si>
+  <si>
+    <t>BPG27X6</t>
+  </si>
+  <si>
+    <t>NIDDA HEALTHCARE HOLDING GMBH RegS</t>
+  </si>
+  <si>
+    <t>BMIFL3DN5</t>
+  </si>
+  <si>
+    <t>XS3198991039</t>
+  </si>
+  <si>
+    <t>NRG ENERGY INC 144A</t>
+  </si>
+  <si>
+    <t>629377CX8</t>
+  </si>
+  <si>
+    <t>US629377CX83</t>
+  </si>
+  <si>
+    <t>BSF0635</t>
+  </si>
+  <si>
+    <t>629377DD1</t>
+  </si>
+  <si>
+    <t>US629377DD11</t>
+  </si>
+  <si>
+    <t>BVBFJY7</t>
+  </si>
+  <si>
+    <t>629377CU4</t>
+  </si>
+  <si>
+    <t>US629377CU45</t>
+  </si>
+  <si>
+    <t>BPH14T7</t>
+  </si>
+  <si>
+    <t>629377CW0</t>
+  </si>
+  <si>
+    <t>US629377CW01</t>
+  </si>
+  <si>
+    <t>BSF0624</t>
+  </si>
+  <si>
+    <t>629377DC3</t>
+  </si>
+  <si>
+    <t>US629377DC38</t>
+  </si>
+  <si>
+    <t>BVBFJZ8</t>
+  </si>
+  <si>
+    <t>629377CR1</t>
+  </si>
+  <si>
+    <t>US629377CR16</t>
+  </si>
+  <si>
+    <t>BNM51T9</t>
+  </si>
+  <si>
+    <t>OHL OPERACIONES SA RegS</t>
+  </si>
+  <si>
+    <t>BMI9Y9Z57</t>
+  </si>
+  <si>
+    <t>XS2356570239</t>
+  </si>
+  <si>
+    <t>BMC4YK1</t>
+  </si>
+  <si>
+    <t>OLYMPUS WTR US HLDG CORP RegS</t>
+  </si>
+  <si>
+    <t>BMIFK6FE7</t>
+  </si>
+  <si>
+    <t>XS3193933663</t>
+  </si>
+  <si>
+    <t>BVMXVF5</t>
+  </si>
+  <si>
+    <t>OPTION CARE HEALTH INC 144A</t>
+  </si>
+  <si>
+    <t>68404LAA0</t>
+  </si>
+  <si>
+    <t>US68404LAA08</t>
+  </si>
+  <si>
+    <t>BPGMYW4</t>
+  </si>
+  <si>
+    <t>OUTFRONT MEDIA CAPITAL LLC / OUTFR 144A</t>
+  </si>
+  <si>
+    <t>69007TAE4</t>
+  </si>
+  <si>
+    <t>US69007TAE47</t>
+  </si>
+  <si>
+    <t>BM9YRT4</t>
+  </si>
+  <si>
+    <t>OUTFRONT MEDIA CAPITAL LLC/ CORP 144A</t>
+  </si>
+  <si>
+    <t>69007TAG9</t>
+  </si>
+  <si>
+    <t>US69007TAG94</t>
+  </si>
+  <si>
+    <t>BLDCVV7</t>
+  </si>
+  <si>
+    <t>P&amp;L DEVELOPMENT LLC 144A</t>
+  </si>
+  <si>
+    <t>69306RAB2</t>
+  </si>
+  <si>
+    <t>US69306RAB24</t>
+  </si>
+  <si>
+    <t>BRK14J8</t>
+  </si>
+  <si>
+    <t>PANTHER ESCROW ISSUER LLC 144A</t>
+  </si>
+  <si>
+    <t>69867RAA5</t>
+  </si>
+  <si>
+    <t>US69867RAA59</t>
+  </si>
+  <si>
+    <t>BS2FMQ8</t>
+  </si>
+  <si>
+    <t>PARK RIVER HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>70082LAD9</t>
+  </si>
+  <si>
+    <t>US70082LAD91</t>
+  </si>
+  <si>
+    <t>BV5CTK0</t>
+  </si>
+  <si>
+    <t>70082LAC1</t>
+  </si>
+  <si>
+    <t>US70082LAC19</t>
+  </si>
+  <si>
+    <t>BVMS5D6</t>
+  </si>
+  <si>
+    <t>PATRICK INDUSTRIES INC 144A</t>
+  </si>
+  <si>
+    <t>703343AH6</t>
+  </si>
+  <si>
+    <t>US703343AH63</t>
+  </si>
+  <si>
+    <t>BQFN210</t>
+  </si>
+  <si>
+    <t>703343AD5</t>
+  </si>
+  <si>
+    <t>US703343AD59</t>
+  </si>
+  <si>
+    <t>BMF1LT7</t>
+  </si>
+  <si>
+    <t>PATTERN ENERGY OPERATIONS LP / PAT 144A</t>
+  </si>
+  <si>
+    <t>70339PAA7</t>
+  </si>
+  <si>
+    <t>US70339PAA75</t>
+  </si>
+  <si>
+    <t>PERFORMANCE FOOD GROUP INC 144A</t>
+  </si>
+  <si>
+    <t>71376LAE0</t>
+  </si>
+  <si>
+    <t>US71376LAE02</t>
+  </si>
+  <si>
+    <t>BNHT925</t>
+  </si>
+  <si>
+    <t>71376LAF7</t>
+  </si>
+  <si>
+    <t>US71376LAF76</t>
+  </si>
+  <si>
+    <t>BP4YGK4</t>
+  </si>
+  <si>
+    <t>PERMIAN RESOURCES OPERATING LLC 144A</t>
+  </si>
+  <si>
+    <t>71424VAB6</t>
+  </si>
+  <si>
+    <t>US71424VAB62</t>
+  </si>
+  <si>
+    <t>BP091F3</t>
+  </si>
+  <si>
+    <t>PERRIGO FINANCE PLC</t>
+  </si>
+  <si>
+    <t>714295AA0</t>
+  </si>
+  <si>
+    <t>US714295AA08</t>
+  </si>
+  <si>
+    <t>BDR71F6</t>
+  </si>
+  <si>
+    <t>PERRIGO FINANCE UNLIMITED CO</t>
+  </si>
+  <si>
+    <t>BMIDXTW58</t>
+  </si>
+  <si>
+    <t>XS2903463987</t>
+  </si>
+  <si>
+    <t>BRSCY15</t>
+  </si>
+  <si>
+    <t>PETCO HEALTH AND WELLNESS COMPANY 144A</t>
+  </si>
+  <si>
+    <t>71601VAA3</t>
+  </si>
+  <si>
+    <t>US71601VAA35</t>
+  </si>
+  <si>
+    <t>BRBNWD3</t>
+  </si>
+  <si>
+    <t>PETSMART LLC/PETSMART FI 144A</t>
+  </si>
+  <si>
+    <t>71677KAD0</t>
+  </si>
+  <si>
+    <t>US71677KAD00</t>
+  </si>
+  <si>
+    <t>BNRNCD9</t>
+  </si>
+  <si>
+    <t>71677KAC2</t>
+  </si>
+  <si>
+    <t>US71677KAC27</t>
+  </si>
+  <si>
+    <t>BNRNCC8</t>
+  </si>
+  <si>
+    <t>PHOENIX AVIATION CAPITAL LTD 144A</t>
+  </si>
+  <si>
+    <t>71910DAA9</t>
+  </si>
+  <si>
+    <t>US71910DAA90</t>
+  </si>
+  <si>
+    <t>BPSQ1Q7</t>
+  </si>
+  <si>
+    <t>PLAINS ALL AMERICAN PIPELINE LP</t>
+  </si>
+  <si>
+    <t>726503AE5</t>
+  </si>
+  <si>
+    <t>US726503AE55</t>
+  </si>
+  <si>
+    <t>BF22XZ4</t>
+  </si>
+  <si>
+    <t>PRESTIGEBIDCO GMBH RegS</t>
+  </si>
+  <si>
+    <t>BMIDMKWQ3</t>
+  </si>
+  <si>
+    <t>XS2848952151</t>
+  </si>
+  <si>
+    <t>BRV0DH5</t>
+  </si>
+  <si>
+    <t>PRIMO WATER HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>74168RAC7</t>
+  </si>
+  <si>
+    <t>US74168RAC79</t>
+  </si>
+  <si>
+    <t>BNZD219</t>
+  </si>
+  <si>
+    <t>QUIKRETE HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>74843PAB6</t>
+  </si>
+  <si>
+    <t>US74843PAB67</t>
+  </si>
+  <si>
+    <t>BPH25H5</t>
+  </si>
+  <si>
+    <t>74843PAA8</t>
+  </si>
+  <si>
+    <t>US74843PAA84</t>
+  </si>
+  <si>
+    <t>BPH26F0</t>
+  </si>
+  <si>
+    <t>REAL HERO MERGER SUB 2 INC 144A</t>
+  </si>
+  <si>
+    <t>75602BAA7</t>
+  </si>
+  <si>
+    <t>US75602BAA70</t>
+  </si>
+  <si>
+    <t>BMF88D1</t>
+  </si>
+  <si>
+    <t>RITCHIE BROS HOLDINGS INC 144A</t>
+  </si>
+  <si>
+    <t>76774LAB3</t>
+  </si>
+  <si>
+    <t>US76774LAB36</t>
+  </si>
+  <si>
+    <t>BQZCG82</t>
+  </si>
+  <si>
+    <t>RIVERS ENTERPRISE BORROWER LLC 144A</t>
+  </si>
+  <si>
+    <t>76884GAA3</t>
+  </si>
+  <si>
+    <t>US76884GAA31</t>
+  </si>
+  <si>
+    <t>BVBHMH7</t>
+  </si>
+  <si>
+    <t>ROCKET COMPANIES INC 144A</t>
+  </si>
+  <si>
+    <t>77311WAA9</t>
+  </si>
+  <si>
+    <t>US77311WAA99</t>
+  </si>
+  <si>
+    <t>BVDKGL6</t>
+  </si>
+  <si>
+    <t>77311WAB7</t>
+  </si>
+  <si>
+    <t>US77311WAB72</t>
+  </si>
+  <si>
+    <t>BVDKGM7</t>
+  </si>
+  <si>
+    <t>ROCKET MORTGAGE LLC / ROCKET MORTG 144A</t>
+  </si>
+  <si>
+    <t>74841CAA9</t>
+  </si>
+  <si>
+    <t>US74841CAA99</t>
+  </si>
+  <si>
+    <t>BN7NDB4</t>
+  </si>
+  <si>
+    <t>ROLLER BEARING CO OF AMERICA INC 144A</t>
+  </si>
+  <si>
+    <t>775631AD6</t>
+  </si>
+  <si>
+    <t>US775631AD66</t>
+  </si>
+  <si>
+    <t>BMGC4R8</t>
+  </si>
+  <si>
+    <t>ROSSINI SARL RegS</t>
+  </si>
+  <si>
+    <t>BMIDNHPW4</t>
+  </si>
+  <si>
+    <t>XS2854303729</t>
+  </si>
+  <si>
+    <t>BQ3QR50</t>
+  </si>
+  <si>
+    <t>RYAN SPECIALTY LLC 144A</t>
+  </si>
+  <si>
+    <t>78351GAA3</t>
+  </si>
+  <si>
+    <t>US78351GAA31</t>
+  </si>
+  <si>
+    <t>BPLPFQ9</t>
+  </si>
+  <si>
+    <t>SABLE INTERNATIONAL FINANCE LTD 144A</t>
+  </si>
+  <si>
+    <t>785712AK6</t>
+  </si>
+  <si>
+    <t>US785712AK68</t>
+  </si>
+  <si>
+    <t>BL54J73</t>
+  </si>
+  <si>
+    <t>SCIENCE APPLICATIONS INTERNATIONAL 144A</t>
+  </si>
+  <si>
+    <t>808625AB3</t>
+  </si>
+  <si>
+    <t>US808625AB32</t>
+  </si>
+  <si>
+    <t>BRWD7H1</t>
+  </si>
+  <si>
+    <t>SEASPAN CORP 144A</t>
+  </si>
+  <si>
+    <t>81254UAK2</t>
+  </si>
+  <si>
+    <t>US81254UAK25</t>
+  </si>
+  <si>
+    <t>BMZ6F67</t>
+  </si>
+  <si>
+    <t>SENSATA TECHNOLOGIES INC 144A</t>
+  </si>
+  <si>
+    <t>81728UAB0</t>
+  </si>
+  <si>
+    <t>US81728UAB08</t>
+  </si>
+  <si>
+    <t>BMD7L86</t>
+  </si>
+  <si>
+    <t>81728UAC8</t>
+  </si>
+  <si>
+    <t>US81728UAC80</t>
+  </si>
+  <si>
+    <t>BS3G0G6</t>
+  </si>
+  <si>
+    <t>SHERWOOD FINANCING PLC RegS</t>
+  </si>
+  <si>
+    <t>BMIE7YLT4</t>
+  </si>
+  <si>
+    <t>XS2953568479</t>
+  </si>
+  <si>
+    <t>BRPSD64</t>
+  </si>
+  <si>
+    <t>SHIFT4 PAYMENTS LLC RegS</t>
+  </si>
+  <si>
+    <t>BMIEVQB40</t>
+  </si>
+  <si>
+    <t>XS3068793754</t>
+  </si>
+  <si>
+    <t>BVK4D32</t>
+  </si>
+  <si>
+    <t>SINCLAIR TELEVISION GROUP INC 144A</t>
+  </si>
+  <si>
+    <t>829259BH2</t>
+  </si>
+  <si>
+    <t>US829259BH26</t>
+  </si>
+  <si>
+    <t>BP946X2</t>
+  </si>
+  <si>
+    <t>SM ENERGY CO 144A</t>
   </si>
   <si>
     <t>17888HAC7</t>
   </si>
   <si>
     <t>US17888HAC79</t>
   </si>
   <si>
     <t>BQGG520</t>
   </si>
   <si>
+    <t>78454LAY6</t>
+  </si>
+  <si>
+    <t>US78454LAY65</t>
+  </si>
+  <si>
+    <t>BRT6LN7</t>
+  </si>
+  <si>
     <t>17888HAA1</t>
   </si>
   <si>
     <t>US17888HAA14</t>
   </si>
   <si>
     <t>BRT7527</t>
   </si>
   <si>
-    <t>CLARIOS GLOBAL LP 144A</t>
-[...2269 lines deleted...]
-  <si>
     <t>SMYRNA READY MIX CONCRETE LLC 144A</t>
   </si>
   <si>
     <t>83283WAE3</t>
   </si>
   <si>
     <t>US83283WAE30</t>
   </si>
   <si>
     <t>BLDCTF7</t>
   </si>
   <si>
     <t>SNAP INC 144A</t>
   </si>
   <si>
     <t>83304AAL0</t>
   </si>
   <si>
     <t>US83304AAL08</t>
   </si>
   <si>
     <t>BTXQV60</t>
   </si>
   <si>
     <t>SOMNIGROUP INTERNATIONAL INC 144A</t>
   </si>
   <si>
+    <t>88023UAJ0</t>
+  </si>
+  <si>
+    <t>US88023UAJ07</t>
+  </si>
+  <si>
+    <t>BNQN3J3</t>
+  </si>
+  <si>
     <t>88023UAH4</t>
   </si>
   <si>
     <t>US88023UAH41</t>
   </si>
   <si>
     <t>BNNLLH4</t>
   </si>
   <si>
-    <t>88023UAJ0</t>
-[...7 lines deleted...]
-  <si>
     <t>SONIC AUTOMOTIVE INC 144A</t>
   </si>
   <si>
     <t>83545GBD3</t>
   </si>
   <si>
     <t>US83545GBD34</t>
   </si>
   <si>
     <t>BNVY272</t>
   </si>
   <si>
     <t>83545GBE1</t>
   </si>
   <si>
     <t>US83545GBE17</t>
   </si>
   <si>
     <t>BNVY261</t>
   </si>
   <si>
     <t>SPECIALTY BUILDING PRODUCTS HOLDIN 144A</t>
   </si>
   <si>
     <t>84749AAC1</t>
@@ -3579,50 +3618,59 @@
   <si>
     <t>BLGYYH7</t>
   </si>
   <si>
     <t>STONEPEAK NILE PARENT LLC 144A</t>
   </si>
   <si>
     <t>861932AA9</t>
   </si>
   <si>
     <t>US861932AA97</t>
   </si>
   <si>
     <t>SUBURBAN PROPANE PARTNERS LP/SUBUR 144A</t>
   </si>
   <si>
     <t>864486AL9</t>
   </si>
   <si>
     <t>US864486AL98</t>
   </si>
   <si>
     <t>SUMMER BIDCO BV RegS</t>
   </si>
   <si>
+    <t>BMIG2Q6E1</t>
+  </si>
+  <si>
+    <t>XS3277827625</t>
+  </si>
+  <si>
+    <t>BVMLJL1</t>
+  </si>
+  <si>
     <t>BMID05E15</t>
   </si>
   <si>
     <t>XS2758100296</t>
   </si>
   <si>
     <t>BNTYZW0</t>
   </si>
   <si>
     <t>SUNOCO LP 144A</t>
   </si>
   <si>
     <t>86765KAE9</t>
   </si>
   <si>
     <t>US86765KAE91</t>
   </si>
   <si>
     <t>BTWSHW5</t>
   </si>
   <si>
     <t>86765KAC3</t>
   </si>
   <si>
     <t>US86765KAC36</t>
@@ -3678,554 +3726,608 @@
   <si>
     <t>87191JAA2</t>
   </si>
   <si>
     <t>US87191JAA25</t>
   </si>
   <si>
     <t>BVMNPD1</t>
   </si>
   <si>
     <t>TAYLOR MORRISON COMMUNITIES INC 144A</t>
   </si>
   <si>
     <t>87724RAK8</t>
   </si>
   <si>
     <t>US87724RAK86</t>
   </si>
   <si>
     <t>BVSWDM7</t>
   </si>
   <si>
     <t>TEAM HEALTH HOLDINGS INC 144A</t>
   </si>
   <si>
+    <t>87817AAB3</t>
+  </si>
+  <si>
+    <t>US87817AAB35</t>
+  </si>
+  <si>
+    <t>BT3MTT7</t>
+  </si>
+  <si>
     <t>87817AAE7</t>
   </si>
   <si>
     <t>US87817AAE73</t>
   </si>
   <si>
     <t>BVRTP56</t>
   </si>
   <si>
-    <t>87817AAB3</t>
-[...5 lines deleted...]
-    <t>BT3MTT7</t>
+    <t>TEAM SERVICES HOLDING INC 144A</t>
+  </si>
+  <si>
+    <t>87821TAA8</t>
+  </si>
+  <si>
+    <t>US87821TAA88</t>
   </si>
   <si>
     <t>TEAMSYSTEM SPA RegS</t>
   </si>
   <si>
     <t>BMIDQZUY1</t>
   </si>
   <si>
     <t>XS2864287466</t>
   </si>
   <si>
     <t>TENET HEALTHCARE CORP 144A</t>
   </si>
   <si>
     <t>88033GDV9</t>
   </si>
   <si>
     <t>US88033GDV95</t>
   </si>
   <si>
     <t>BVSYC37</t>
   </si>
   <si>
     <t>88033GDW7</t>
   </si>
   <si>
     <t>US88033GDW78</t>
   </si>
   <si>
     <t>BMHXSD4</t>
   </si>
   <si>
     <t>TERRAFORM POWER OPERATING LLC 144A</t>
   </si>
   <si>
     <t>88104LAE3</t>
   </si>
   <si>
     <t>US88104LAE39</t>
   </si>
   <si>
     <t>BD2BVC0</t>
   </si>
   <si>
     <t>TEVA PHARMACEUTICAL FINANCE NETHER</t>
   </si>
   <si>
+    <t>88167AAF8</t>
+  </si>
+  <si>
+    <t>US88167AAF84</t>
+  </si>
+  <si>
+    <t>BD3GSZ6</t>
+  </si>
+  <si>
     <t>BMIA9Z9F1</t>
   </si>
   <si>
     <t>XS2406607171</t>
   </si>
   <si>
     <t>BMCNGG8</t>
   </si>
   <si>
-    <t>88167AAF8</t>
-[...5 lines deleted...]
-    <t>BD3GSZ6</t>
+    <t>THE MENS WEARHOUSE LLC 144A</t>
+  </si>
+  <si>
+    <t>587118AF7</t>
+  </si>
+  <si>
+    <t>US587118AF73</t>
+  </si>
+  <si>
+    <t>BRBNW99</t>
   </si>
   <si>
     <t>TMS INTERNATIONAL CORP/DE 144A</t>
   </si>
   <si>
     <t>87261QAC7</t>
   </si>
   <si>
     <t>US87261QAC78</t>
   </si>
   <si>
     <t>BNSM3Z4</t>
   </si>
   <si>
     <t>TOPBUILD CORP 144A</t>
   </si>
   <si>
     <t>89055FAC7</t>
   </si>
   <si>
     <t>US89055FAC77</t>
   </si>
   <si>
     <t>BP4YZQ3</t>
   </si>
   <si>
     <t>TOUCAN FINCO LTD/CAN/US 144A</t>
   </si>
   <si>
     <t>89157UAA5</t>
   </si>
   <si>
     <t>US89157UAA51</t>
   </si>
   <si>
     <t>BV8CSK0</t>
   </si>
   <si>
     <t>TOUCAN FINCO LTD/CAN/US RegS</t>
   </si>
   <si>
     <t>BMIEUYM18</t>
   </si>
   <si>
     <t>XS3069882630</t>
   </si>
   <si>
     <t>BV8GZJ0</t>
   </si>
   <si>
-    <t>TRANSALTA CORPORATION</t>
-[...8 lines deleted...]
-    <t>BP0XN04</t>
+    <t>TRANSALTA CORP</t>
+  </si>
+  <si>
+    <t>89346DAL1</t>
+  </si>
+  <si>
+    <t>US89346DAL10</t>
+  </si>
+  <si>
+    <t>BS1LNV9</t>
   </si>
   <si>
     <t>TRANSDIGM INC 144A</t>
   </si>
   <si>
+    <t>893647BZ9</t>
+  </si>
+  <si>
+    <t>US893647BZ96</t>
+  </si>
+  <si>
+    <t>BVYLB13</t>
+  </si>
+  <si>
+    <t>893647BV8</t>
+  </si>
+  <si>
+    <t>US893647BV82</t>
+  </si>
+  <si>
+    <t>BNM6HC7</t>
+  </si>
+  <si>
     <t>893647BR7</t>
   </si>
   <si>
     <t>US893647BR70</t>
   </si>
   <si>
     <t>BNC3FJ1</t>
   </si>
   <si>
-    <t>893647BV8</t>
-[...16 lines deleted...]
-  <si>
     <t>TRANSOCEAN INC 144A</t>
   </si>
   <si>
     <t>893830BY4</t>
   </si>
   <si>
     <t>US893830BY45</t>
   </si>
   <si>
     <t>BPBSCH8</t>
   </si>
   <si>
     <t>TRANSOCEAN INTERNATIONAL LTD 144A</t>
   </si>
   <si>
+    <t>893830BX6</t>
+  </si>
+  <si>
+    <t>US893830BX61</t>
+  </si>
+  <si>
+    <t>BL0NW76</t>
+  </si>
+  <si>
     <t>893814AA1</t>
   </si>
   <si>
     <t>US893814AA10</t>
   </si>
   <si>
     <t>BV4FWY5</t>
   </si>
   <si>
-    <t>893830BX6</t>
-[...5 lines deleted...]
-    <t>BL0NW76</t>
+    <t>UNITED AIRLINES HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>910047AL3</t>
+  </si>
+  <si>
+    <t>US910047AL34</t>
+  </si>
+  <si>
+    <t>BW46M90</t>
   </si>
   <si>
     <t>UNITED GROUP BV RegS</t>
   </si>
   <si>
+    <t>BMID05E07</t>
+  </si>
+  <si>
+    <t>XS2758099779</t>
+  </si>
+  <si>
+    <t>BNSM0D1</t>
+  </si>
+  <si>
     <t>BMID05DX6</t>
   </si>
   <si>
     <t>XS2758078930</t>
   </si>
   <si>
     <t>BNTYZB9</t>
   </si>
   <si>
-    <t>BMID05E07</t>
-[...5 lines deleted...]
-    <t>BNSM0D1</t>
+    <t>BMIE1KLC7</t>
+  </si>
+  <si>
+    <t>XS2919880679</t>
+  </si>
+  <si>
+    <t>BS2C8L6</t>
   </si>
   <si>
     <t>UNITED WHOLESALE MORTGAGE LLC 144A</t>
   </si>
   <si>
     <t>913229AA8</t>
   </si>
   <si>
     <t>US913229AA80</t>
   </si>
   <si>
+    <t>UNITI GROUP LLC 144A</t>
+  </si>
+  <si>
+    <t>91327CAA6</t>
+  </si>
+  <si>
+    <t>US91327CAA62</t>
+  </si>
+  <si>
+    <t>BWQLSM8</t>
+  </si>
+  <si>
+    <t>UNITI GROUP LP 144A</t>
+  </si>
+  <si>
+    <t>91327TAC5</t>
+  </si>
+  <si>
+    <t>US91327TAC53</t>
+  </si>
+  <si>
+    <t>BT18KR2</t>
+  </si>
+  <si>
+    <t>UNITI SERVICES LLC 144A</t>
+  </si>
+  <si>
+    <t>97382BAB5</t>
+  </si>
+  <si>
+    <t>US97382BAB53</t>
+  </si>
+  <si>
+    <t>BVMSGF5</t>
+  </si>
+  <si>
     <t>UNIVISION COMMUNICATIONS INC 144A</t>
   </si>
   <si>
+    <t>914906AZ5</t>
+  </si>
+  <si>
+    <t>US914906AZ55</t>
+  </si>
+  <si>
+    <t>BS880J0</t>
+  </si>
+  <si>
     <t>914906BA9</t>
   </si>
   <si>
     <t>US914906BA95</t>
   </si>
   <si>
     <t>BV1C948</t>
   </si>
   <si>
     <t>US ACUTE CARE SOLUTIONS LLC 144A</t>
   </si>
   <si>
     <t>90367UAD3</t>
   </si>
   <si>
     <t>US90367UAD37</t>
   </si>
   <si>
     <t>BQ68CL4</t>
   </si>
   <si>
     <t>US FOODS INC 144A</t>
   </si>
   <si>
     <t>90290MAD3</t>
   </si>
   <si>
     <t>US90290MAD39</t>
   </si>
   <si>
     <t>BLBNHR0</t>
   </si>
   <si>
     <t>USD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>USD_CCASH</t>
   </si>
   <si>
     <t>USD/EUR</t>
   </si>
   <si>
-    <t>BMIFVN84P</t>
-[...38 lines deleted...]
-    <t>BMIFVN88P</t>
+    <t>BMIG57PYR</t>
+  </si>
+  <si>
+    <t>BMIG5BS0R</t>
+  </si>
+  <si>
+    <t>BMIG534HP</t>
+  </si>
+  <si>
+    <t>BMIG57PYP</t>
+  </si>
+  <si>
+    <t>BMIG537TP</t>
+  </si>
+  <si>
+    <t>BMIG5BS0P</t>
+  </si>
+  <si>
+    <t>BMIG537TR</t>
+  </si>
+  <si>
+    <t>BMIG5LA5R</t>
+  </si>
+  <si>
+    <t>BMIG5LA5P</t>
+  </si>
+  <si>
+    <t>BMIG534HR</t>
   </si>
   <si>
     <t>UWM HOLDINGS LLC 144A</t>
   </si>
   <si>
+    <t>903522AA8</t>
+  </si>
+  <si>
+    <t>US903522AA85</t>
+  </si>
+  <si>
+    <t>BS9GF09</t>
+  </si>
+  <si>
     <t>903522AB6</t>
   </si>
   <si>
     <t>US903522AB68</t>
   </si>
   <si>
     <t>BVSYM93</t>
   </si>
   <si>
     <t>VALVOLINE INC 144A</t>
   </si>
   <si>
     <t>92047WAG6</t>
   </si>
   <si>
     <t>US92047WAG69</t>
   </si>
   <si>
     <t>BMTS6P5</t>
   </si>
   <si>
     <t>VENTURE GLOBAL LNG INC 144A</t>
   </si>
   <si>
     <t>92332YAF8</t>
   </si>
   <si>
     <t>US92332YAF88</t>
   </si>
   <si>
     <t>BRSF3L7</t>
   </si>
   <si>
-    <t>92332YAA9</t>
-[...5 lines deleted...]
-    <t>BRK41K7</t>
+    <t>92332YAB7</t>
+  </si>
+  <si>
+    <t>US92332YAB74</t>
+  </si>
+  <si>
+    <t>BRK4301</t>
   </si>
   <si>
     <t>92332YAC5</t>
   </si>
   <si>
     <t>US92332YAC57</t>
   </si>
   <si>
     <t>BQ80PR5</t>
   </si>
   <si>
-    <t>92332YAB7</t>
-[...7 lines deleted...]
-  <si>
     <t>VERSANT MEDIA GROUP INC 144A</t>
   </si>
   <si>
     <t>925283AA1</t>
   </si>
   <si>
     <t>US925283AA12</t>
   </si>
   <si>
     <t>BVBCQP8</t>
   </si>
   <si>
     <t>VIRGIN MEDIA SECURED FINANCE PLC RegS</t>
   </si>
   <si>
+    <t>BMI81U8Z2</t>
+  </si>
+  <si>
+    <t>XS2062666602</t>
+  </si>
+  <si>
+    <t>BKLXG54</t>
+  </si>
+  <si>
     <t>BMI8SAAZ4</t>
   </si>
   <si>
     <t>XS2010031214</t>
   </si>
   <si>
     <t>BL9Z8T7</t>
   </si>
   <si>
-    <t>BMI81U8Z2</t>
-[...7 lines deleted...]
-  <si>
     <t>VISTAJET MALTA FINANCE PLC / XO MA 144A</t>
   </si>
   <si>
     <t>92840JAB5</t>
   </si>
   <si>
     <t>US92840JAB52</t>
   </si>
   <si>
     <t>BP4Z8H8</t>
   </si>
   <si>
     <t>VISTRA OPERATIONS CO LLC 144A</t>
   </si>
   <si>
     <t>92840VAF9</t>
   </si>
   <si>
     <t>US92840VAF94</t>
   </si>
   <si>
     <t>BHRH886</t>
   </si>
   <si>
     <t>VISTRA OPERATIONS COMPANY LLC 144A</t>
   </si>
   <si>
     <t>92840VAH5</t>
   </si>
   <si>
     <t>US92840VAH50</t>
   </si>
   <si>
     <t>BN0ZRZ9</t>
   </si>
   <si>
-    <t>VITAL ENERGY INC 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>VM CONSOLIDATED INC 144A</t>
   </si>
   <si>
     <t>91835HAA0</t>
   </si>
   <si>
     <t>US91835HAA05</t>
   </si>
   <si>
     <t>VMED O2 UK FINANCING I PLC RegS</t>
   </si>
   <si>
+    <t>BMI9WND45</t>
+  </si>
+  <si>
+    <t>XS2358483258</t>
+  </si>
+  <si>
+    <t>BL6JV15</t>
+  </si>
+  <si>
     <t>BMI91TL54</t>
   </si>
   <si>
     <t>XS2231189924</t>
   </si>
   <si>
     <t>BM9BWQ7</t>
   </si>
   <si>
-    <t>BMID8WA46</t>
-[...16 lines deleted...]
-  <si>
     <t>VOLTAGRID LLC 144A</t>
   </si>
   <si>
     <t>92874BAA3</t>
   </si>
   <si>
     <t>US92874BAA35</t>
   </si>
   <si>
     <t>BVK6BT0</t>
   </si>
   <si>
     <t>VOYAGER PARENT LLC 144A</t>
   </si>
   <si>
     <t>92921EAA0</t>
   </si>
   <si>
     <t>US92921EAA01</t>
   </si>
   <si>
     <t>BVK4MV3</t>
   </si>
   <si>
     <t>VT TOPCO INC 144A</t>
@@ -4254,50 +4356,62 @@
   <si>
     <t>WAGA BONDCO LIMITED RegS</t>
   </si>
   <si>
     <t>BMIEEP2C3</t>
   </si>
   <si>
     <t>XS2982061702</t>
   </si>
   <si>
     <t>BM8BKJ7</t>
   </si>
   <si>
     <t>WAND NEWCO 3 INC 144A</t>
   </si>
   <si>
     <t>933940AA6</t>
   </si>
   <si>
     <t>US933940AA60</t>
   </si>
   <si>
     <t>BRBCTZ1</t>
   </si>
   <si>
+    <t>WARNERMEDIA HLDG</t>
+  </si>
+  <si>
+    <t>55903VBY8</t>
+  </si>
+  <si>
+    <t>US55903VBY83</t>
+  </si>
+  <si>
+    <t>BRV43S8</t>
+  </si>
+  <si>
     <t>WARNERMEDIA HOLDINGS INC</t>
   </si>
   <si>
     <t>55903VBW2</t>
   </si>
   <si>
     <t>US55903VBW28</t>
   </si>
   <si>
     <t>BTPF2W8</t>
   </si>
   <si>
     <t>WATCO COS LLC/FINANCE CO 144A</t>
   </si>
   <si>
     <t>941130AD8</t>
   </si>
   <si>
     <t>US941130AD86</t>
   </si>
   <si>
     <t>BSF1V77</t>
   </si>
   <si>
     <t>WBI OPERATING LLC 144A</t>
@@ -4314,131 +4428,122 @@
   <si>
     <t>92944BAB7</t>
   </si>
   <si>
     <t>US92944BAB71</t>
   </si>
   <si>
     <t>BV4FWV2</t>
   </si>
   <si>
     <t>WEPA HYGIENEPRODUKTE GMBH RegS</t>
   </si>
   <si>
     <t>BMIFTKMQ2</t>
   </si>
   <si>
     <t>DE000A4DFVJ0</t>
   </si>
   <si>
     <t>BVMNMV8</t>
   </si>
   <si>
     <t>WESCO DISTRIBUTION INC 144A</t>
   </si>
   <si>
+    <t>95081QAQ7</t>
+  </si>
+  <si>
+    <t>US95081QAQ73</t>
+  </si>
+  <si>
+    <t>BQBCWX3</t>
+  </si>
+  <si>
+    <t>95081QAP9</t>
+  </si>
+  <si>
+    <t>US95081QAP90</t>
+  </si>
+  <si>
+    <t>BMYMZT9</t>
+  </si>
+  <si>
+    <t>95081QAR5</t>
+  </si>
+  <si>
+    <t>US95081QAR56</t>
+  </si>
+  <si>
+    <t>BQBBHB3</t>
+  </si>
+  <si>
     <t>95081QAS3</t>
   </si>
   <si>
     <t>US95081QAS30</t>
   </si>
   <si>
     <t>BPDHNL4</t>
   </si>
   <si>
-    <t>95081QAQ7</t>
-[...25 lines deleted...]
-  <si>
     <t>WHITE CAP SUPPLY HOLDINGS LLC 144A</t>
   </si>
   <si>
     <t>96467GAC2</t>
   </si>
   <si>
     <t>US96467GAC24</t>
   </si>
   <si>
     <t>BRCG060</t>
   </si>
   <si>
     <t>WINDSOR HOLDINGS III LLC 144A</t>
   </si>
   <si>
     <t>97360AAA5</t>
   </si>
   <si>
     <t>US97360AAA51</t>
   </si>
   <si>
     <t>BRTZPL0</t>
   </si>
   <si>
     <t>WINDSTREAM SERVICES LLC 144A</t>
   </si>
   <si>
     <t>97381AAA0</t>
   </si>
   <si>
     <t>US97381AAA07</t>
   </si>
   <si>
     <t>BRSF6F2</t>
   </si>
   <si>
-    <t>97382BAB5</t>
-[...7 lines deleted...]
-  <si>
     <t>WOLSELEY GROUP FINCO PLC RegS</t>
   </si>
   <si>
     <t>BMIEW5ZL1</t>
   </si>
   <si>
     <t>XS3075424989</t>
   </si>
   <si>
     <t>BP7M8B0</t>
   </si>
   <si>
     <t>WRANGLER HOLDCO CORP 144A</t>
   </si>
   <si>
     <t>37441QAA9</t>
   </si>
   <si>
     <t>US37441QAA94</t>
   </si>
   <si>
     <t>BRK23G1</t>
   </si>
   <si>
     <t>WULF COMPUTE LLC 144A</t>
@@ -4455,75 +4560,75 @@
   <si>
     <t>XPLR INFRAST OPERATING 144A</t>
   </si>
   <si>
     <t>65342QAM4</t>
   </si>
   <si>
     <t>US65342QAM42</t>
   </si>
   <si>
     <t>BS4CSC5</t>
   </si>
   <si>
     <t>XPLR INFRASTRUCTURE OPERATING PART 144A</t>
   </si>
   <si>
     <t>98379YAA0</t>
   </si>
   <si>
     <t>US98379YAA01</t>
   </si>
   <si>
     <t>BS84Y41</t>
   </si>
   <si>
+    <t>98380MAA3</t>
+  </si>
+  <si>
+    <t>US98380MAA36</t>
+  </si>
+  <si>
+    <t>BTXYQ14</t>
+  </si>
+  <si>
     <t>98380MAB1</t>
   </si>
   <si>
     <t>US98380MAB19</t>
   </si>
   <si>
     <t>BTXYTD7</t>
   </si>
   <si>
     <t>65342QAB8</t>
   </si>
   <si>
     <t>US65342QAB86</t>
   </si>
   <si>
     <t>BZ6CT29</t>
-  </si>
-[...7 lines deleted...]
-    <t>BTXYQ14</t>
   </si>
   <si>
     <t>ZEGONA FINANCE PLC 144A</t>
   </si>
   <si>
     <t>98927UAA5</t>
   </si>
   <si>
     <t>US98927UAA51</t>
   </si>
   <si>
     <t>BPLZN32</t>
   </si>
   <si>
     <t>Los datos sobre posiciones se refieren al periodo iniciado en la fecha indicada y pueden cambiar. Estos valores y las asignaciones porcentuales revisten fines meramente ilustrativos y no constituyen asesoramiento de inversiones o recomendaciones con respecto a los valores o las inversiones que aquí se mencionan, no debiéndose interpretar como tales. No existe garantía alguna de que las estrategias vayan a alcanzar su objetivo. Las inversiones entrañan riesgos, incluida la posible pérdida del capital invertido. Consulte el folleto del fondo para obtener información sobre riesgos más completa.</t>
   </si>
   <si>
     <t xml:space="preserve">Antes de invertir, estudie minuciosamente el objetivo de inversión, los riesgos, las comisiones y los gastos del fondo. En los folletos figura esta y otra información sobre el fondo. Para obtener un folleto, puede descargárselo en morganstanley.com/im. Lea el folleto detenidamente antes de invertir.           </t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) es la división de gestión de activos de Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
@@ -4900,7959 +5005,7534 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E480"/>
+  <dimension ref="A1:E455"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>1494</v>
+        <v>1529</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.49</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.65</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
         <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.37</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.31</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.22</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
         <v>0.24</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
         <v>0.31</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.68</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B20" s="6" t="s">
+      <c r="C20" t="s" s="0">
         <v>58</v>
       </c>
-      <c r="C20" t="s" s="0">
+      <c r="D20" t="s" s="0">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E20" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B21" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" t="s" s="0">
         <v>61</v>
       </c>
-      <c r="C21" t="s" s="0">
+      <c r="D21" t="s" s="0">
         <v>62</v>
       </c>
-      <c r="D21" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="n" s="0">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>65</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>66</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="B23" s="6" t="s">
+      <c r="C23" t="s" s="0">
         <v>68</v>
       </c>
-      <c r="C23" t="s" s="0">
+      <c r="D23" t="s" s="0">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E23" t="n" s="0">
         <v>0.2</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>72</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>73</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.1</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>76</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>77</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.4</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="B26" s="6" t="s">
+      <c r="C26" t="s" s="0">
         <v>79</v>
       </c>
-      <c r="C26" t="s" s="0">
+      <c r="D26" t="s" s="0">
         <v>80</v>
       </c>
-      <c r="D26" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="n" s="0">
-        <v>0.72</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>83</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>84</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.21</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>87</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>88</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.47</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>91</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>92</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.27</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>94</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>95</v>
       </c>
       <c r="D30" t="s" s="0">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.47</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B31" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="B31" s="6" t="s">
+      <c r="C31" t="s" s="0">
         <v>98</v>
       </c>
-      <c r="C31" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="C32" t="s" s="0">
         <v>100</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="D32" t="s" s="0">
         <v>101</v>
       </c>
-      <c r="C32" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E32" t="n" s="0">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>103</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>104</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>105</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.13</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>107</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>108</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>109</v>
       </c>
       <c r="E34" t="n" s="0">
         <v>0.24</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>112</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>113</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>115</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>116</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>117</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.24</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>119</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>120</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>121</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.13</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>124</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>125</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.23</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>127</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>128</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>129</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C40" t="s" s="0">
         <v>132</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E40" t="n" s="0">
         <v>0.11</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>134</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.27</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>137</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>138</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>0.23</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>140</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>141</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>142</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.38</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>145</v>
       </c>
       <c r="D44" t="s" s="0">
-        <v>81</v>
+        <v>146</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.19</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C45" t="s" s="0">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D45" t="s" s="0">
-        <v>149</v>
+        <v>77</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.08</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>151</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>152</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>153</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>154</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>155</v>
       </c>
       <c r="C47" t="s" s="0">
         <v>156</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>157</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.39</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>158</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>159</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>160</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>161</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.24</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>164</v>
       </c>
       <c r="D49" t="s" s="0">
-        <v>81</v>
+        <v>165</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.19</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C50" t="s" s="0">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D50" t="s" s="0">
-        <v>168</v>
+        <v>77</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.01</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C51" t="s" s="0">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D51" t="s" s="0">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>173</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>174</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>175</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.2</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>176</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>177</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>178</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>179</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>0.69</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>181</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>182</v>
       </c>
       <c r="D54" t="s" s="0">
-        <v>81</v>
+        <v>183</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>180</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C55" t="s" s="0">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.08</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C56" t="s" s="0">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>81</v>
+        <v>190</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.5</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>192</v>
+        <v>77</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.38</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>194</v>
       </c>
       <c r="C58" t="s" s="0">
         <v>195</v>
       </c>
       <c r="D58" t="s" s="0">
         <v>196</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.63</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C59" t="s" s="0">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>199</v>
+        <v>77</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.22</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>200</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>201</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>202</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>203</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.34</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C61" t="s" s="0">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D61" t="s" s="0">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.13</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>208</v>
       </c>
       <c r="C62" t="s" s="0">
         <v>209</v>
       </c>
       <c r="D62" t="s" s="0">
         <v>210</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.05</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C63" t="s" s="0">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.07</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>215</v>
       </c>
       <c r="C64" t="s" s="0">
         <v>216</v>
       </c>
       <c r="D64" t="s" s="0">
         <v>217</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>0.19</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>218</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>219</v>
       </c>
       <c r="C65" t="s" s="0">
         <v>220</v>
       </c>
       <c r="D65" t="s" s="0">
         <v>221</v>
       </c>
       <c r="E65" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>218</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>222</v>
       </c>
       <c r="C66" t="s" s="0">
         <v>223</v>
       </c>
       <c r="D66" t="s" s="0">
         <v>224</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.22</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>226</v>
       </c>
       <c r="C67" t="s" s="0">
         <v>227</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>228</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.25</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>229</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>230</v>
       </c>
       <c r="C68" t="s" s="0">
         <v>231</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>81</v>
+        <v>232</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.35</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>233</v>
       </c>
       <c r="C69" t="s" s="0">
         <v>234</v>
       </c>
       <c r="D69" t="s" s="0">
         <v>235</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.18</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>236</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>237</v>
       </c>
       <c r="C70" t="s" s="0">
         <v>238</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>239</v>
+        <v>77</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.91</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="B71" s="6" t="s">
         <v>240</v>
       </c>
-      <c r="B71" s="6" t="s">
+      <c r="C71" t="s" s="0">
         <v>241</v>
       </c>
-      <c r="C71" t="s" s="0">
+      <c r="D71" t="s" s="0">
         <v>242</v>
       </c>
-      <c r="D71" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E71" t="n" s="0">
-        <v>0.82</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="B72" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="B72" s="6" t="s">
+      <c r="C72" t="s" s="0">
         <v>245</v>
       </c>
-      <c r="C72" t="s" s="0">
+      <c r="D72" t="s" s="0">
         <v>246</v>
       </c>
-      <c r="D72" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E72" t="n" s="0">
-        <v>0.14</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>248</v>
       </c>
       <c r="C73" t="s" s="0">
         <v>249</v>
       </c>
       <c r="D73" t="s" s="0">
         <v>250</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.13</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>251</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>252</v>
       </c>
       <c r="C74" t="s" s="0">
         <v>253</v>
       </c>
       <c r="D74" t="s" s="0">
         <v>254</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D75" t="s" s="0">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.11</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C76" t="s" s="0">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D76" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.15</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D77" t="s" s="0">
-        <v>263</v>
+        <v>77</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>264</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>265</v>
       </c>
       <c r="C78" t="s" s="0">
         <v>266</v>
       </c>
       <c r="D78" t="s" s="0">
         <v>267</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>264</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>268</v>
       </c>
       <c r="C79" t="s" s="0">
         <v>269</v>
       </c>
       <c r="D79" t="s" s="0">
         <v>270</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>0.39</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
         <v>271</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>272</v>
       </c>
       <c r="C80" t="s" s="0">
         <v>273</v>
       </c>
       <c r="D80" t="s" s="0">
         <v>274</v>
       </c>
       <c r="E80" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="B81" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="B81" s="6" t="s">
+      <c r="C81" t="s" s="0">
         <v>276</v>
       </c>
-      <c r="C81" t="s" s="0">
+      <c r="D81" t="s" s="0">
         <v>277</v>
       </c>
-      <c r="D81" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="n" s="0">
-        <v>0.14</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>279</v>
       </c>
       <c r="C82" t="s" s="0">
         <v>280</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>281</v>
+        <v>77</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="C83" t="s" s="0">
         <v>282</v>
       </c>
-      <c r="B83" s="6" t="s">
+      <c r="D83" t="s" s="0">
         <v>283</v>
       </c>
-      <c r="C83" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E83" t="n" s="0">
-        <v>0.2</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="C84" t="s" s="0">
         <v>286</v>
       </c>
-      <c r="B84" s="6" t="s">
+      <c r="D84" t="s" s="0">
         <v>287</v>
       </c>
-      <c r="C84" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E84" t="n" s="0">
-        <v>0.57</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="C85" t="s" s="0">
         <v>290</v>
       </c>
-      <c r="B85" s="6" t="s">
+      <c r="D85" t="s" s="0">
         <v>291</v>
       </c>
-      <c r="C85" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E85" t="n" s="0">
-        <v>0.21</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="C86" t="s" s="0">
+        <v>293</v>
+      </c>
+      <c r="D86" t="s" s="0">
         <v>294</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E86" t="n" s="0">
-        <v>0.17</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="C87" t="s" s="0">
+        <v>297</v>
+      </c>
+      <c r="D87" t="s" s="0">
         <v>298</v>
       </c>
-      <c r="B87" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E87" t="n" s="0">
-        <v>0.26</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B88" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="C88" t="s" s="0">
+        <v>301</v>
+      </c>
+      <c r="D88" t="s" s="0">
         <v>302</v>
       </c>
-      <c r="C88" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E88" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B89" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="C89" t="s" s="0">
+        <v>304</v>
+      </c>
+      <c r="D89" t="s" s="0">
         <v>305</v>
       </c>
-      <c r="C89" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E89" t="n" s="0">
-        <v>0.29</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="C90" t="s" s="0">
         <v>308</v>
       </c>
-      <c r="B90" s="6" t="s">
+      <c r="D90" t="s" s="0">
         <v>309</v>
       </c>
-      <c r="C90" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E90" t="n" s="0">
-        <v>0.31</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>311</v>
       </c>
       <c r="C91" t="s" s="0">
         <v>312</v>
       </c>
       <c r="D91" t="s" s="0">
         <v>313</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.33</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D92" t="s" s="0">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.29</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D93" t="s" s="0">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.65</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>81</v>
+        <v>325</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.65</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.38</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>331</v>
+        <v>77</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>0.28</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B97" s="6" t="s">
         <v>332</v>
       </c>
-      <c r="B97" s="6" t="s">
+      <c r="C97" t="s" s="0">
         <v>333</v>
       </c>
-      <c r="C97" t="s" s="0">
+      <c r="D97" t="s" s="0">
         <v>334</v>
       </c>
-      <c r="D97" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="n" s="0">
-        <v>0.22</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="B98" s="6" t="s">
         <v>336</v>
       </c>
-      <c r="B98" s="6" t="s">
+      <c r="C98" t="s" s="0">
         <v>337</v>
       </c>
-      <c r="C98" t="s" s="0">
+      <c r="D98" t="s" s="0">
         <v>338</v>
       </c>
-      <c r="D98" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E98" t="n" s="0">
-        <v>0.26</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="B99" s="6" t="s">
         <v>340</v>
       </c>
-      <c r="B99" s="6" t="s">
+      <c r="C99" t="s" s="0">
         <v>341</v>
       </c>
-      <c r="C99" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D99" t="s" s="0">
-        <v>343</v>
+        <v>77</v>
       </c>
       <c r="E99" t="n" s="0">
         <v>0.65</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="C100" t="s" s="0">
+        <v>343</v>
+      </c>
+      <c r="D100" t="s" s="0">
         <v>344</v>
       </c>
-      <c r="B100" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" t="n" s="0">
-        <v>0.18</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="C101" t="s" s="0">
+        <v>347</v>
+      </c>
+      <c r="D101" t="s" s="0">
         <v>348</v>
       </c>
-      <c r="B101" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" t="n" s="0">
-        <v>0.28</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="C102" t="s" s="0">
+        <v>351</v>
+      </c>
+      <c r="D102" t="s" s="0">
         <v>352</v>
       </c>
-      <c r="B102" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E102" t="n" s="0">
-        <v>0.14</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="C103" t="s" s="0">
+        <v>355</v>
+      </c>
+      <c r="D103" t="s" s="0">
         <v>356</v>
       </c>
-      <c r="B103" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E103" t="n" s="0">
-        <v>0.16</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="C104" t="s" s="0">
+        <v>359</v>
+      </c>
+      <c r="D104" t="s" s="0">
         <v>360</v>
       </c>
-      <c r="B104" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E104" t="n" s="0">
-        <v>0.17</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C105" t="s" s="0">
+        <v>363</v>
+      </c>
+      <c r="D105" t="s" s="0">
         <v>364</v>
       </c>
-      <c r="B105" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E105" t="n" s="0">
-        <v>0.2</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.61</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.35</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
         <v>372</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="C109" t="s" s="0">
+        <v>378</v>
+      </c>
+      <c r="D109" t="s" s="0">
         <v>379</v>
       </c>
-      <c r="B109" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E109" t="n" s="0">
-        <v>0.21</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="C110" t="s" s="0">
+        <v>382</v>
+      </c>
+      <c r="D110" t="s" s="0">
         <v>383</v>
       </c>
-      <c r="B110" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E110" t="n" s="0">
-        <v>0.47</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="C111" t="s" s="0">
         <v>386</v>
       </c>
-      <c r="B111" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D111" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.12</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
+        <v>387</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="C112" t="s" s="0">
         <v>389</v>
       </c>
-      <c r="B112" s="6" t="s">
+      <c r="D112" t="s" s="0">
         <v>390</v>
       </c>
-      <c r="C112" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E112" t="n" s="0">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="C113" t="s" s="0">
         <v>393</v>
       </c>
-      <c r="B113" s="6" t="s">
+      <c r="D113" t="s" s="0">
         <v>394</v>
       </c>
-      <c r="C113" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E113" t="n" s="0">
-        <v>0.14</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="C114" t="s" s="0">
         <v>397</v>
       </c>
-      <c r="B114" s="6" t="s">
+      <c r="D114" t="s" s="0">
         <v>398</v>
       </c>
-      <c r="C114" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E114" t="n" s="0">
-        <v>0.23</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>400</v>
       </c>
       <c r="C115" t="s" s="0">
         <v>401</v>
       </c>
       <c r="D115" t="s" s="0">
         <v>402</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.22</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>409</v>
+        <v>77</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.11</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>412</v>
+        <v>77</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.28</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
         <v>413</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>414</v>
       </c>
       <c r="C119" t="s" s="0">
         <v>415</v>
       </c>
       <c r="D119" t="s" s="0">
         <v>416</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.14</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
         <v>417</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>418</v>
       </c>
       <c r="C120" t="s" s="0">
         <v>419</v>
       </c>
       <c r="D120" t="s" s="0">
         <v>420</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.48</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>423</v>
+        <v>77</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="B122" s="6" t="s">
         <v>424</v>
       </c>
-      <c r="B122" s="6" t="s">
+      <c r="C122" t="s" s="0">
         <v>425</v>
       </c>
-      <c r="C122" t="s" s="0">
+      <c r="D122" t="s" s="0">
         <v>426</v>
       </c>
-      <c r="D122" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E122" t="n" s="0">
-        <v>0.09</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B123" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="C123" t="s" s="0">
         <v>428</v>
       </c>
-      <c r="C123" t="s" s="0">
+      <c r="D123" t="s" s="0">
         <v>429</v>
       </c>
-      <c r="D123" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E123" t="n" s="0">
-        <v>0.09</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B124" s="6" t="s">
         <v>431</v>
       </c>
-      <c r="B124" s="6" t="s">
+      <c r="C124" t="s" s="0">
         <v>432</v>
       </c>
-      <c r="C124" t="s" s="0">
+      <c r="D124" t="s" s="0">
         <v>433</v>
       </c>
-      <c r="D124" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E124" t="n" s="0">
-        <v>0.27</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B125" s="6" t="s">
         <v>434</v>
       </c>
-      <c r="B125" s="6" t="s">
+      <c r="C125" t="s" s="0">
         <v>435</v>
       </c>
-      <c r="C125" t="s" s="0">
+      <c r="D125" t="s" s="0">
         <v>436</v>
       </c>
-      <c r="D125" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E125" t="n" s="0">
-        <v>0.25</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B126" s="6" t="s">
         <v>438</v>
       </c>
-      <c r="B126" s="6" t="s">
+      <c r="C126" t="s" s="0">
         <v>439</v>
       </c>
-      <c r="C126" t="s" s="0">
+      <c r="D126" t="s" s="0">
         <v>440</v>
       </c>
-      <c r="D126" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E126" t="n" s="0">
-        <v>0.32</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="B127" s="6" t="s">
         <v>442</v>
       </c>
-      <c r="B127" s="6" t="s">
+      <c r="C127" t="s" s="0">
         <v>443</v>
       </c>
-      <c r="C127" t="s" s="0">
+      <c r="D127" t="s" s="0">
         <v>444</v>
       </c>
-      <c r="D127" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E127" t="n" s="0">
-        <v>0.33</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="C128" t="s" s="0">
         <v>446</v>
       </c>
-      <c r="B128" s="6" t="s">
+      <c r="D128" t="s" s="0">
         <v>447</v>
       </c>
-      <c r="C128" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E128" t="n" s="0">
-        <v>0.41</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B129" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="C129" t="s" s="0">
         <v>450</v>
       </c>
-      <c r="C129" t="s" s="0">
+      <c r="D129" t="s" s="0">
         <v>451</v>
       </c>
-      <c r="D129" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E129" t="n" s="0">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="C130" t="s" s="0">
         <v>453</v>
       </c>
-      <c r="B130" s="6" t="s">
+      <c r="D130" t="s" s="0">
         <v>454</v>
       </c>
-      <c r="C130" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E130" t="n" s="0">
-        <v>0.34</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B131" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="C131" t="s" s="0">
         <v>457</v>
       </c>
-      <c r="C131" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D131" t="s" s="0">
-        <v>459</v>
+        <v>77</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.36</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="C132" t="s" s="0">
         <v>460</v>
       </c>
-      <c r="B132" s="6" t="s">
+      <c r="D132" t="s" s="0">
         <v>461</v>
       </c>
-      <c r="C132" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E132" t="n" s="0">
-        <v>0.13</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B133" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="C133" t="s" s="0">
         <v>464</v>
       </c>
-      <c r="C133" t="s" s="0">
+      <c r="D133" t="s" s="0">
         <v>465</v>
       </c>
-      <c r="D133" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E133" t="n" s="0">
-        <v>0.09</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>467</v>
       </c>
       <c r="C134" t="s" s="0">
         <v>468</v>
       </c>
       <c r="D134" t="s" s="0">
         <v>469</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.06</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>474</v>
       </c>
       <c r="C136" t="s" s="0">
         <v>475</v>
       </c>
       <c r="D136" t="s" s="0">
         <v>476</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.44</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
         <v>477</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>478</v>
       </c>
       <c r="C137" t="s" s="0">
         <v>479</v>
       </c>
       <c r="D137" t="s" s="0">
         <v>480</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.09</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
         <v>477</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>481</v>
       </c>
       <c r="C138" t="s" s="0">
         <v>482</v>
       </c>
       <c r="D138" t="s" s="0">
         <v>483</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.33</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
         <v>484</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>485</v>
       </c>
       <c r="C139" t="s" s="0">
         <v>486</v>
       </c>
       <c r="D139" t="s" s="0">
         <v>487</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
         <v>488</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>489</v>
       </c>
       <c r="C140" t="s" s="0">
         <v>490</v>
       </c>
       <c r="D140" t="s" s="0">
         <v>491</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="B141" s="6" t="s">
         <v>492</v>
       </c>
-      <c r="B141" s="6" t="s">
+      <c r="C141" t="s" s="0">
         <v>493</v>
       </c>
-      <c r="C141" t="s" s="0">
+      <c r="D141" t="s" s="0">
         <v>494</v>
       </c>
-      <c r="D141" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E141" t="n" s="0">
-        <v>0.31</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="B142" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="C142" t="s" s="0">
         <v>496</v>
       </c>
-      <c r="C142" t="s" s="0">
+      <c r="D142" t="s" s="0">
         <v>497</v>
       </c>
-      <c r="D142" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E142" t="n" s="0">
-        <v>0.34</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="B143" s="6" t="s">
         <v>499</v>
       </c>
-      <c r="B143" s="6" t="s">
+      <c r="C143" t="s" s="0">
         <v>500</v>
       </c>
-      <c r="C143" t="s" s="0">
+      <c r="D143" t="s" s="0">
         <v>501</v>
       </c>
-      <c r="D143" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E143" t="n" s="0">
-        <v>0.17</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="B144" s="6" t="s">
         <v>503</v>
       </c>
-      <c r="B144" s="6" t="s">
+      <c r="C144" t="s" s="0">
         <v>504</v>
       </c>
-      <c r="C144" t="s" s="0">
+      <c r="D144" t="s" s="0">
         <v>505</v>
       </c>
-      <c r="D144" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E144" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="C145" t="s" s="0">
         <v>507</v>
       </c>
-      <c r="B145" s="6" t="s">
+      <c r="D145" t="s" s="0">
         <v>508</v>
       </c>
-      <c r="C145" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E145" t="n" s="0">
-        <v>0.23</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="C146" t="s" s="0">
         <v>511</v>
       </c>
-      <c r="B146" s="6" t="s">
+      <c r="D146" t="s" s="0">
         <v>512</v>
       </c>
-      <c r="C146" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E146" t="n" s="0">
-        <v>0.42</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="C147" t="s" s="0">
         <v>515</v>
       </c>
-      <c r="B147" s="6" t="s">
+      <c r="D147" t="s" s="0">
         <v>516</v>
       </c>
-      <c r="C147" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E147" t="n" s="0">
-        <v>0.82</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="C148" t="s" s="0">
         <v>519</v>
       </c>
-      <c r="B148" s="6" t="s">
+      <c r="D148" t="s" s="0">
         <v>520</v>
       </c>
-      <c r="C148" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E148" t="n" s="0">
-        <v>0.39</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="C149" t="s" s="0">
+        <v>522</v>
+      </c>
+      <c r="D149" t="s" s="0">
         <v>523</v>
       </c>
-      <c r="B149" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E149" t="n" s="0">
-        <v>0.48</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
+        <v>524</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="C150" t="s" s="0">
+        <v>526</v>
+      </c>
+      <c r="D150" t="s" s="0">
         <v>527</v>
       </c>
-      <c r="B150" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E150" t="n" s="0">
-        <v>0.23</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>81</v>
+        <v>529</v>
       </c>
       <c r="D151" t="s" s="0">
-        <v>81</v>
+        <v>530</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="C152" t="s" s="0">
         <v>533</v>
       </c>
-      <c r="B152" s="6" t="s">
+      <c r="D152" t="s" s="0">
         <v>534</v>
       </c>
-      <c r="C152" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E152" t="n" s="0">
-        <v>0.46</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="C153" t="s" s="0">
         <v>537</v>
       </c>
-      <c r="B153" s="6" t="s">
+      <c r="D153" t="s" s="0">
         <v>538</v>
       </c>
-      <c r="C153" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E153" t="n" s="0">
-        <v>-0.64</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
         <v>539</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>540</v>
       </c>
       <c r="C154" t="s" s="0">
-        <v>81</v>
+        <v>541</v>
       </c>
       <c r="D154" t="s" s="0">
-        <v>81</v>
+        <v>542</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C155" t="s" s="0">
-        <v>81</v>
+        <v>545</v>
       </c>
       <c r="D155" t="s" s="0">
-        <v>81</v>
+        <v>546</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>81</v>
+        <v>549</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>81</v>
+        <v>550</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>81</v>
+        <v>553</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>81</v>
+        <v>554</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>-0.44</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>539</v>
+        <v>555</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>81</v>
+        <v>557</v>
       </c>
       <c r="D158" t="s" s="0">
-        <v>81</v>
+        <v>558</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.04</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>539</v>
+        <v>559</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>81</v>
+        <v>561</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>81</v>
+        <v>562</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>-0.23</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>539</v>
+        <v>563</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>546</v>
+        <v>564</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>539</v>
+        <v>565</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>547</v>
+        <v>566</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>81</v>
+        <v>567</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>81</v>
+        <v>568</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.23</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>539</v>
+        <v>569</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>548</v>
+        <v>570</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.44</v>
+        <v>-0.62</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>539</v>
+        <v>571</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>549</v>
+        <v>572</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E163" t="n" s="0">
         <v>-0.01</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>539</v>
+        <v>571</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>550</v>
+        <v>573</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>539</v>
+        <v>571</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>551</v>
+        <v>574</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>553</v>
+        <v>575</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>554</v>
+        <v>77</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>555</v>
+        <v>77</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.09</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>557</v>
+        <v>576</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>558</v>
+        <v>77</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>561</v>
+        <v>77</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>562</v>
+        <v>77</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.34</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>563</v>
+        <v>578</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>564</v>
+        <v>579</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>565</v>
+        <v>580</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>566</v>
+        <v>581</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.36</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>563</v>
+        <v>582</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>567</v>
+        <v>583</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>569</v>
+        <v>77</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>571</v>
+        <v>586</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.11</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>570</v>
+        <v>589</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>575</v>
+        <v>591</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>576</v>
+        <v>592</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.12</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>570</v>
+        <v>589</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>577</v>
+        <v>593</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>578</v>
+        <v>594</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>579</v>
+        <v>595</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.41</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>580</v>
+        <v>596</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>582</v>
+        <v>598</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>583</v>
+        <v>599</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.25</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.33</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>594</v>
+        <v>608</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>595</v>
+        <v>77</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.14</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>599</v>
+        <v>77</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.08</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.35</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>81</v>
+        <v>625</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>81</v>
+        <v>626</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>612</v>
+        <v>627</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>81</v>
+        <v>629</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>81</v>
+        <v>630</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>615</v>
+        <v>632</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>81</v>
+        <v>633</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>81</v>
+        <v>634</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>612</v>
+        <v>635</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>616</v>
+        <v>636</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>81</v>
+        <v>637</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>81</v>
+        <v>638</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>-0.29</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>612</v>
+        <v>639</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>617</v>
+        <v>640</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>81</v>
+        <v>641</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>81</v>
+        <v>642</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>612</v>
+        <v>639</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>618</v>
+        <v>643</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>81</v>
+        <v>644</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>81</v>
+        <v>645</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>-1.24</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>619</v>
+        <v>647</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.23</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>620</v>
+        <v>648</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>-21.56</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>621</v>
+        <v>649</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>0.59</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>612</v>
+        <v>646</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>622</v>
+        <v>650</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D191" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>21.68</v>
+        <v>-21.82</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>612</v>
+        <v>651</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>623</v>
+        <v>652</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>-0.15</v>
+        <v>-6.59</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>612</v>
+        <v>651</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D193" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.06</v>
+        <v>6.62</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>612</v>
+        <v>654</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>625</v>
+        <v>655</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>81</v>
+        <v>656</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>81</v>
+        <v>657</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>0.32</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>612</v>
+        <v>658</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>626</v>
+        <v>659</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>81</v>
+        <v>660</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>81</v>
+        <v>661</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.06</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>612</v>
+        <v>662</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>627</v>
+        <v>663</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>-0.44</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>612</v>
+        <v>664</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>628</v>
+        <v>665</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>81</v>
+        <v>666</v>
       </c>
       <c r="D197" t="s" s="0">
-        <v>81</v>
+        <v>667</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>-0.32</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>612</v>
+        <v>668</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>629</v>
+        <v>669</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>81</v>
+        <v>670</v>
       </c>
       <c r="D198" t="s" s="0">
-        <v>81</v>
+        <v>671</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>612</v>
+        <v>672</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>630</v>
+        <v>673</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>81</v>
+        <v>674</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>81</v>
+        <v>675</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>1.25</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>612</v>
+        <v>676</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>631</v>
+        <v>677</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>81</v>
+        <v>678</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>81</v>
+        <v>679</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>-0.23</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>612</v>
+        <v>680</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>632</v>
+        <v>681</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>81</v>
+        <v>682</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>81</v>
+        <v>683</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.29</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>612</v>
+        <v>680</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>633</v>
+        <v>684</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>81</v>
+        <v>685</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>81</v>
+        <v>686</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>-0.18</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>612</v>
+        <v>687</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>634</v>
+        <v>688</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>81</v>
+        <v>689</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>81</v>
+        <v>690</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.44</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>612</v>
+        <v>691</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>635</v>
+        <v>692</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>81</v>
+        <v>693</v>
       </c>
       <c r="D204" t="s" s="0">
-        <v>81</v>
+        <v>694</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.14</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>612</v>
+        <v>695</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>636</v>
+        <v>696</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>81</v>
+        <v>697</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>81</v>
+        <v>698</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>-0.14</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>612</v>
+        <v>699</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>637</v>
+        <v>700</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>81</v>
+        <v>701</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>81</v>
+        <v>702</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.33</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>612</v>
+        <v>703</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>638</v>
+        <v>704</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>81</v>
+        <v>705</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>81</v>
+        <v>706</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>612</v>
+        <v>703</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>639</v>
+        <v>707</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>81</v>
+        <v>708</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>81</v>
+        <v>709</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>-0.33</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>612</v>
+        <v>703</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>640</v>
+        <v>710</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>81</v>
+        <v>711</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>81</v>
+        <v>712</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>-0.58</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>641</v>
+        <v>703</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>642</v>
+        <v>713</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>81</v>
+        <v>714</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>81</v>
+        <v>715</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>-6.86</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>641</v>
+        <v>716</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>643</v>
+        <v>717</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>81</v>
+        <v>718</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>81</v>
+        <v>719</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.05</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>641</v>
+        <v>720</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>644</v>
+        <v>721</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>81</v>
+        <v>722</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>81</v>
+        <v>723</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>641</v>
+        <v>724</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>645</v>
+        <v>725</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>81</v>
+        <v>726</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>81</v>
+        <v>727</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>-0.18</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>641</v>
+        <v>724</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>646</v>
+        <v>728</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>81</v>
+        <v>729</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>81</v>
+        <v>730</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>6.85</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>641</v>
+        <v>731</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>647</v>
+        <v>732</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>81</v>
+        <v>733</v>
       </c>
       <c r="D215" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>641</v>
+        <v>731</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>648</v>
+        <v>734</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>81</v>
+        <v>735</v>
       </c>
       <c r="D216" t="s" s="0">
-        <v>81</v>
+        <v>736</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>641</v>
+        <v>737</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>649</v>
+        <v>738</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>81</v>
+        <v>739</v>
       </c>
       <c r="D217" t="s" s="0">
-        <v>81</v>
+        <v>740</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.18</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>641</v>
+        <v>741</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>650</v>
+        <v>742</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>81</v>
+        <v>743</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>81</v>
+        <v>744</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.06</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>641</v>
+        <v>745</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>651</v>
+        <v>746</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>81</v>
+        <v>747</v>
       </c>
       <c r="D219" t="s" s="0">
-        <v>81</v>
+        <v>748</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.06</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>641</v>
+        <v>749</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>652</v>
+        <v>750</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>81</v>
+        <v>751</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>81</v>
+        <v>752</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>641</v>
+        <v>749</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>653</v>
+        <v>753</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>81</v>
+        <v>754</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>81</v>
+        <v>755</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>641</v>
+        <v>756</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>654</v>
+        <v>757</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>81</v>
+        <v>758</v>
       </c>
       <c r="D222" t="s" s="0">
-        <v>81</v>
+        <v>759</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.69</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>641</v>
+        <v>760</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>655</v>
+        <v>761</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>81</v>
+        <v>762</v>
       </c>
       <c r="D223" t="s" s="0">
-        <v>81</v>
+        <v>763</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>-0.69</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>656</v>
+        <v>764</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>657</v>
+        <v>765</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>81</v>
+        <v>766</v>
       </c>
       <c r="D224" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.01</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>656</v>
+        <v>767</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>658</v>
+        <v>768</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>81</v>
+        <v>769</v>
       </c>
       <c r="D225" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>659</v>
+        <v>770</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>660</v>
+        <v>771</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>661</v>
+        <v>772</v>
       </c>
       <c r="D226" t="s" s="0">
-        <v>662</v>
+        <v>773</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.3</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>663</v>
+        <v>774</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>664</v>
+        <v>775</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>81</v>
+        <v>776</v>
       </c>
       <c r="D227" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>1.9</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>665</v>
+        <v>774</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>666</v>
+        <v>777</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>81</v>
+        <v>778</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>81</v>
+        <v>779</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>1.84</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>665</v>
+        <v>774</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>667</v>
+        <v>780</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>81</v>
+        <v>781</v>
       </c>
       <c r="D229" t="s" s="0">
-        <v>81</v>
+        <v>782</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>-1.84</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>668</v>
+        <v>783</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>669</v>
+        <v>784</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>670</v>
+        <v>785</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>671</v>
+        <v>786</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.23</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>672</v>
+        <v>787</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>673</v>
+        <v>788</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>674</v>
+        <v>789</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>675</v>
+        <v>790</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.33</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>676</v>
+        <v>787</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>677</v>
+        <v>791</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>678</v>
+        <v>792</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>679</v>
+        <v>793</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>680</v>
+        <v>794</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>681</v>
+        <v>795</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>682</v>
+        <v>796</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>683</v>
+        <v>797</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.23</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>684</v>
+        <v>794</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>685</v>
+        <v>798</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>686</v>
+        <v>799</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>687</v>
+        <v>800</v>
       </c>
       <c r="E234" t="n" s="0">
         <v>0.12</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>684</v>
+        <v>801</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>688</v>
+        <v>802</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>689</v>
+        <v>77</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>690</v>
+        <v>77</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.51</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>691</v>
+        <v>803</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>692</v>
+        <v>804</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>693</v>
+        <v>805</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>694</v>
+        <v>806</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.47</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>695</v>
+        <v>807</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>696</v>
+        <v>808</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>697</v>
+        <v>809</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>698</v>
+        <v>810</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.59</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>699</v>
+        <v>811</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>700</v>
+        <v>812</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>701</v>
+        <v>813</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>702</v>
+        <v>814</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.31</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>703</v>
+        <v>815</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>704</v>
+        <v>816</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>705</v>
+        <v>817</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>706</v>
+        <v>77</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.14</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>707</v>
+        <v>818</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>708</v>
+        <v>819</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>709</v>
+        <v>820</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>710</v>
+        <v>77</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.29</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>711</v>
+        <v>818</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>712</v>
+        <v>821</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>713</v>
+        <v>822</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>714</v>
+        <v>823</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.14</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>715</v>
+        <v>824</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>716</v>
+        <v>825</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>717</v>
+        <v>826</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>718</v>
+        <v>827</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.17</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>715</v>
+        <v>824</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>719</v>
+        <v>828</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>720</v>
+        <v>829</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>721</v>
+        <v>830</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.17</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>722</v>
+        <v>831</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>723</v>
+        <v>832</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>724</v>
+        <v>833</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>725</v>
+        <v>77</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.33</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>726</v>
+        <v>834</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>727</v>
+        <v>835</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>728</v>
+        <v>836</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>729</v>
+        <v>837</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.16</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>730</v>
+        <v>838</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>731</v>
+        <v>839</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>732</v>
+        <v>840</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>733</v>
+        <v>841</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>730</v>
+        <v>842</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>734</v>
+        <v>843</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>735</v>
+        <v>844</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>736</v>
+        <v>845</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.14</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>737</v>
+        <v>842</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>738</v>
+        <v>846</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>739</v>
+        <v>847</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>81</v>
+        <v>848</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.28</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>737</v>
+        <v>842</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>740</v>
+        <v>849</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>741</v>
+        <v>850</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>742</v>
+        <v>851</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.19</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>743</v>
+        <v>852</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>744</v>
+        <v>853</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>745</v>
+        <v>854</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>746</v>
+        <v>77</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>747</v>
+        <v>855</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>748</v>
+        <v>856</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>749</v>
+        <v>857</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>750</v>
+        <v>858</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.32</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>751</v>
+        <v>859</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>752</v>
+        <v>860</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>753</v>
+        <v>861</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>754</v>
+        <v>862</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>755</v>
+        <v>863</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>756</v>
+        <v>864</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>757</v>
+        <v>865</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>758</v>
+        <v>866</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.14</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>759</v>
+        <v>867</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>760</v>
+        <v>868</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>761</v>
+        <v>869</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>762</v>
+        <v>77</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.29</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>763</v>
+        <v>870</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>764</v>
+        <v>871</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>765</v>
+        <v>872</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>81</v>
+        <v>873</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.43</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>766</v>
+        <v>870</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>767</v>
+        <v>874</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>768</v>
+        <v>875</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>81</v>
+        <v>876</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.48</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>769</v>
+        <v>877</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>770</v>
+        <v>878</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>771</v>
+        <v>879</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>772</v>
+        <v>880</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.28</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>773</v>
+        <v>881</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>774</v>
+        <v>882</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>81</v>
+        <v>883</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.03</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>775</v>
+        <v>884</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>776</v>
+        <v>885</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>777</v>
+        <v>886</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>778</v>
+        <v>887</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.11</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>775</v>
+        <v>888</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>779</v>
+        <v>889</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>780</v>
+        <v>890</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>781</v>
+        <v>891</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.41</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>782</v>
+        <v>892</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>783</v>
+        <v>893</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>784</v>
+        <v>894</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>785</v>
+        <v>895</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>786</v>
+        <v>896</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>787</v>
+        <v>897</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>788</v>
+        <v>898</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>789</v>
+        <v>899</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.09</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>786</v>
+        <v>900</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>790</v>
+        <v>901</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>791</v>
+        <v>902</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>792</v>
+        <v>77</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.14</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>793</v>
+        <v>900</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>794</v>
+        <v>903</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>795</v>
+        <v>904</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>796</v>
+        <v>77</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>793</v>
+        <v>900</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>797</v>
+        <v>905</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>798</v>
+        <v>906</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>799</v>
+        <v>907</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>800</v>
+        <v>908</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>801</v>
+        <v>909</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>802</v>
+        <v>910</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>803</v>
+        <v>911</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.27</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>804</v>
+        <v>912</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>805</v>
+        <v>913</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>806</v>
+        <v>914</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>807</v>
+        <v>915</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.45</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>808</v>
+        <v>916</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>809</v>
+        <v>917</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>810</v>
+        <v>918</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>811</v>
+        <v>919</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>812</v>
+        <v>920</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>813</v>
+        <v>921</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>814</v>
+        <v>922</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>81</v>
+        <v>923</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>815</v>
+        <v>924</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>816</v>
+        <v>925</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>817</v>
+        <v>926</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>81</v>
+        <v>927</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>815</v>
+        <v>924</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>818</v>
+        <v>928</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>819</v>
+        <v>929</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>820</v>
+        <v>930</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>821</v>
+        <v>931</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>822</v>
+        <v>932</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>823</v>
+        <v>933</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>824</v>
+        <v>934</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.32</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>821</v>
+        <v>935</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>825</v>
+        <v>936</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>826</v>
+        <v>937</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>827</v>
+        <v>938</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>828</v>
+        <v>939</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>829</v>
+        <v>940</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>830</v>
+        <v>941</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>81</v>
+        <v>942</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>831</v>
+        <v>939</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>832</v>
+        <v>943</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>833</v>
+        <v>944</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>834</v>
+        <v>945</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.18</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>831</v>
+        <v>946</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>835</v>
+        <v>947</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>836</v>
+        <v>948</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>837</v>
+        <v>949</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.09</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>838</v>
+        <v>946</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>839</v>
+        <v>950</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>840</v>
+        <v>951</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>81</v>
+        <v>952</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.1</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>841</v>
+        <v>953</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>842</v>
+        <v>954</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>843</v>
+        <v>955</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>844</v>
+        <v>77</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.21</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>845</v>
+        <v>956</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>846</v>
+        <v>957</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>847</v>
+        <v>958</v>
       </c>
       <c r="D279" t="s" s="0">
-        <v>848</v>
+        <v>959</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.15</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>845</v>
+        <v>956</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>849</v>
+        <v>960</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>850</v>
+        <v>961</v>
       </c>
       <c r="D280" t="s" s="0">
-        <v>851</v>
+        <v>962</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.11</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>845</v>
+        <v>956</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>852</v>
+        <v>963</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>853</v>
+        <v>964</v>
       </c>
       <c r="D281" t="s" s="0">
-        <v>854</v>
+        <v>965</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.38</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>855</v>
+        <v>956</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>856</v>
+        <v>966</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>857</v>
+        <v>967</v>
       </c>
       <c r="D282" t="s" s="0">
-        <v>81</v>
+        <v>968</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.44</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>858</v>
+        <v>956</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>859</v>
+        <v>969</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>860</v>
+        <v>970</v>
       </c>
       <c r="D283" t="s" s="0">
-        <v>81</v>
+        <v>971</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.28</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>861</v>
+        <v>956</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>862</v>
+        <v>972</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>863</v>
+        <v>973</v>
       </c>
       <c r="D284" t="s" s="0">
-        <v>864</v>
+        <v>974</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.36</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>865</v>
+        <v>975</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>866</v>
+        <v>976</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>867</v>
+        <v>977</v>
       </c>
       <c r="D285" t="s" s="0">
-        <v>868</v>
+        <v>978</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>869</v>
+        <v>979</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>870</v>
+        <v>980</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>871</v>
+        <v>981</v>
       </c>
       <c r="D286" t="s" s="0">
-        <v>872</v>
+        <v>982</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.12</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>873</v>
+        <v>983</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>874</v>
+        <v>984</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>875</v>
+        <v>985</v>
       </c>
       <c r="D287" t="s" s="0">
-        <v>876</v>
+        <v>986</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.05</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>873</v>
+        <v>987</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>877</v>
+        <v>988</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>878</v>
+        <v>989</v>
       </c>
       <c r="D288" t="s" s="0">
-        <v>879</v>
+        <v>990</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.31</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>880</v>
+        <v>991</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>881</v>
+        <v>992</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>882</v>
+        <v>993</v>
       </c>
       <c r="D289" t="s" s="0">
-        <v>883</v>
+        <v>994</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.13</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>884</v>
+        <v>995</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>885</v>
+        <v>996</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>886</v>
+        <v>997</v>
       </c>
       <c r="D290" t="s" s="0">
-        <v>81</v>
+        <v>998</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.71</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>887</v>
+        <v>999</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>888</v>
+        <v>1000</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>889</v>
+        <v>1001</v>
       </c>
       <c r="D291" t="s" s="0">
-        <v>890</v>
+        <v>1002</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.51</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>891</v>
+        <v>1003</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>892</v>
+        <v>1004</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>893</v>
+        <v>1005</v>
       </c>
       <c r="D292" t="s" s="0">
-        <v>894</v>
+        <v>1006</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.13</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>895</v>
+        <v>1003</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>896</v>
+        <v>1007</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>897</v>
+        <v>1008</v>
       </c>
       <c r="D293" t="s" s="0">
-        <v>898</v>
+        <v>1009</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.24</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>899</v>
+        <v>1010</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>900</v>
+        <v>1011</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>901</v>
+        <v>1012</v>
       </c>
       <c r="D294" t="s" s="0">
-        <v>902</v>
+        <v>1013</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.43</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>903</v>
+        <v>1010</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>904</v>
+        <v>1014</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>905</v>
+        <v>1015</v>
       </c>
       <c r="D295" t="s" s="0">
-        <v>81</v>
+        <v>1016</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.08</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>903</v>
+        <v>1017</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>906</v>
+        <v>1018</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>907</v>
+        <v>1019</v>
       </c>
       <c r="D296" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>903</v>
+        <v>1020</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>908</v>
+        <v>1021</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>909</v>
+        <v>1022</v>
       </c>
       <c r="D297" t="s" s="0">
-        <v>910</v>
+        <v>1023</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.08</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>911</v>
+        <v>1020</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>912</v>
+        <v>1024</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>913</v>
+        <v>1025</v>
       </c>
       <c r="D298" t="s" s="0">
-        <v>914</v>
+        <v>1026</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>2.88</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>915</v>
+        <v>1027</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>916</v>
+        <v>1028</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>917</v>
+        <v>1029</v>
       </c>
       <c r="D299" t="s" s="0">
-        <v>918</v>
+        <v>1030</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>919</v>
+        <v>1031</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>920</v>
+        <v>1032</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>921</v>
+        <v>1033</v>
       </c>
       <c r="D300" t="s" s="0">
-        <v>922</v>
+        <v>1034</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>923</v>
+        <v>1035</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>924</v>
+        <v>1036</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>925</v>
+        <v>1037</v>
       </c>
       <c r="D301" t="s" s="0">
-        <v>926</v>
+        <v>1038</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.1</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>923</v>
+        <v>1039</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>927</v>
+        <v>1040</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>928</v>
+        <v>1041</v>
       </c>
       <c r="D302" t="s" s="0">
-        <v>929</v>
+        <v>1042</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>930</v>
+        <v>1043</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>931</v>
+        <v>1044</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>932</v>
+        <v>1045</v>
       </c>
       <c r="D303" t="s" s="0">
-        <v>933</v>
+        <v>1046</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.31</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>934</v>
+        <v>1043</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>935</v>
+        <v>1047</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>936</v>
+        <v>1048</v>
       </c>
       <c r="D304" t="s" s="0">
-        <v>937</v>
+        <v>1049</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.24</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>938</v>
+        <v>1050</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>939</v>
+        <v>1051</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>940</v>
+        <v>1052</v>
       </c>
       <c r="D305" t="s" s="0">
-        <v>941</v>
+        <v>1053</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.38</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>938</v>
+        <v>1054</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>942</v>
+        <v>1055</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>943</v>
+        <v>1056</v>
       </c>
       <c r="D306" t="s" s="0">
-        <v>944</v>
+        <v>1057</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>945</v>
+        <v>1058</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>946</v>
+        <v>1059</v>
       </c>
       <c r="C307" t="s" s="0">
-        <v>947</v>
+        <v>1060</v>
       </c>
       <c r="D307" t="s" s="0">
-        <v>948</v>
+        <v>1061</v>
       </c>
       <c r="E307" t="n" s="0">
         <v>0.29</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>945</v>
+        <v>1062</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>949</v>
+        <v>1063</v>
       </c>
       <c r="C308" t="s" s="0">
-        <v>950</v>
+        <v>1064</v>
       </c>
       <c r="D308" t="s" s="0">
-        <v>951</v>
+        <v>1065</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>0.06</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>952</v>
+        <v>1066</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>953</v>
+        <v>1067</v>
       </c>
       <c r="C309" t="s" s="0">
-        <v>954</v>
+        <v>1068</v>
       </c>
       <c r="D309" t="s" s="0">
-        <v>81</v>
+        <v>1069</v>
       </c>
       <c r="E309" t="n" s="0">
-        <v>0.16</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>955</v>
+        <v>1066</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>956</v>
+        <v>1070</v>
       </c>
       <c r="C310" t="s" s="0">
-        <v>957</v>
+        <v>1071</v>
       </c>
       <c r="D310" t="s" s="0">
-        <v>958</v>
+        <v>1072</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>0.36</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>955</v>
+        <v>1073</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>959</v>
+        <v>1074</v>
       </c>
       <c r="C311" t="s" s="0">
-        <v>960</v>
+        <v>1075</v>
       </c>
       <c r="D311" t="s" s="0">
-        <v>961</v>
+        <v>1076</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>0.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>955</v>
+        <v>1077</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>962</v>
+        <v>1078</v>
       </c>
       <c r="C312" t="s" s="0">
-        <v>963</v>
+        <v>1079</v>
       </c>
       <c r="D312" t="s" s="0">
-        <v>964</v>
+        <v>1080</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>955</v>
+        <v>1081</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>965</v>
+        <v>1082</v>
       </c>
       <c r="C313" t="s" s="0">
-        <v>966</v>
+        <v>1083</v>
       </c>
       <c r="D313" t="s" s="0">
-        <v>967</v>
+        <v>1084</v>
       </c>
       <c r="E313" t="n" s="0">
-        <v>0.19</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>955</v>
+        <v>1085</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>968</v>
+        <v>1086</v>
       </c>
       <c r="C314" t="s" s="0">
-        <v>969</v>
+        <v>1087</v>
       </c>
       <c r="D314" t="s" s="0">
-        <v>970</v>
+        <v>1088</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>955</v>
+        <v>1085</v>
       </c>
       <c r="B315" s="6" t="s">
-        <v>971</v>
+        <v>1089</v>
       </c>
       <c r="C315" t="s" s="0">
-        <v>972</v>
+        <v>1090</v>
       </c>
       <c r="D315" t="s" s="0">
-        <v>973</v>
+        <v>1091</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>0.13</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>974</v>
+        <v>1092</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>975</v>
+        <v>1093</v>
       </c>
       <c r="C316" t="s" s="0">
-        <v>976</v>
+        <v>1094</v>
       </c>
       <c r="D316" t="s" s="0">
-        <v>977</v>
+        <v>1095</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>0.17</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>978</v>
+        <v>1096</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>979</v>
+        <v>1097</v>
       </c>
       <c r="C317" t="s" s="0">
-        <v>980</v>
+        <v>1098</v>
       </c>
       <c r="D317" t="s" s="0">
-        <v>81</v>
+        <v>1099</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>0.65</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>981</v>
+        <v>1100</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>982</v>
+        <v>1101</v>
       </c>
       <c r="C318" t="s" s="0">
-        <v>983</v>
+        <v>1102</v>
       </c>
       <c r="D318" t="s" s="0">
-        <v>984</v>
+        <v>1103</v>
       </c>
       <c r="E318" t="n" s="0">
-        <v>0.39</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>985</v>
+        <v>1104</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>986</v>
+        <v>1105</v>
       </c>
       <c r="C319" t="s" s="0">
-        <v>987</v>
+        <v>1106</v>
       </c>
       <c r="D319" t="s" s="0">
-        <v>988</v>
+        <v>1107</v>
       </c>
       <c r="E319" t="n" s="0">
-        <v>0.15</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>989</v>
+        <v>1108</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>990</v>
+        <v>1109</v>
       </c>
       <c r="C320" t="s" s="0">
-        <v>991</v>
+        <v>1110</v>
       </c>
       <c r="D320" t="s" s="0">
-        <v>992</v>
+        <v>1111</v>
       </c>
       <c r="E320" t="n" s="0">
-        <v>0.22</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>993</v>
+        <v>1112</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>994</v>
+        <v>1113</v>
       </c>
       <c r="C321" t="s" s="0">
-        <v>995</v>
+        <v>1114</v>
       </c>
       <c r="D321" t="s" s="0">
-        <v>996</v>
+        <v>1115</v>
       </c>
       <c r="E321" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
-        <v>997</v>
+        <v>1116</v>
       </c>
       <c r="B322" s="6" t="s">
-        <v>998</v>
+        <v>1117</v>
       </c>
       <c r="C322" t="s" s="0">
-        <v>999</v>
+        <v>1118</v>
       </c>
       <c r="D322" t="s" s="0">
-        <v>1000</v>
+        <v>1119</v>
       </c>
       <c r="E322" t="n" s="0">
-        <v>0.76</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>1001</v>
+        <v>1120</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>1002</v>
+        <v>1121</v>
       </c>
       <c r="C323" t="s" s="0">
-        <v>1003</v>
+        <v>1122</v>
       </c>
       <c r="D323" t="s" s="0">
-        <v>1004</v>
+        <v>1123</v>
       </c>
       <c r="E323" t="n" s="0">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>1001</v>
+        <v>1120</v>
       </c>
       <c r="B324" s="6" t="s">
-        <v>1005</v>
+        <v>1124</v>
       </c>
       <c r="C324" t="s" s="0">
-        <v>1006</v>
+        <v>1125</v>
       </c>
       <c r="D324" t="s" s="0">
-        <v>1007</v>
+        <v>1126</v>
       </c>
       <c r="E324" t="n" s="0">
-        <v>0.33</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>1008</v>
+        <v>1127</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>1009</v>
+        <v>1128</v>
       </c>
       <c r="C325" t="s" s="0">
-        <v>1010</v>
+        <v>1129</v>
       </c>
       <c r="D325" t="s" s="0">
-        <v>1011</v>
+        <v>1130</v>
       </c>
       <c r="E325" t="n" s="0">
-        <v>0.31</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>1008</v>
+        <v>1131</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>1012</v>
+        <v>1132</v>
       </c>
       <c r="C326" t="s" s="0">
-        <v>1013</v>
+        <v>1133</v>
       </c>
       <c r="D326" t="s" s="0">
-        <v>1014</v>
+        <v>1134</v>
       </c>
       <c r="E326" t="n" s="0">
-        <v>0.14</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>1015</v>
+        <v>1135</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>1016</v>
+        <v>1136</v>
       </c>
       <c r="C327" t="s" s="0">
-        <v>1017</v>
+        <v>1137</v>
       </c>
       <c r="D327" t="s" s="0">
-        <v>81</v>
+        <v>1138</v>
       </c>
       <c r="E327" t="n" s="0">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
-        <v>1018</v>
+        <v>1139</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>1019</v>
+        <v>1140</v>
       </c>
       <c r="C328" t="s" s="0">
-        <v>1020</v>
+        <v>1141</v>
       </c>
       <c r="D328" t="s" s="0">
-        <v>1021</v>
+        <v>1142</v>
       </c>
       <c r="E328" t="n" s="0">
-        <v>0.15</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
-        <v>1018</v>
+        <v>1139</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>1022</v>
+        <v>1143</v>
       </c>
       <c r="C329" t="s" s="0">
-        <v>1023</v>
+        <v>1144</v>
       </c>
       <c r="D329" t="s" s="0">
-        <v>1024</v>
+        <v>1145</v>
       </c>
       <c r="E329" t="n" s="0">
-        <v>0.3</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
-        <v>1025</v>
+        <v>1139</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>1026</v>
+        <v>1146</v>
       </c>
       <c r="C330" t="s" s="0">
-        <v>1027</v>
+        <v>1147</v>
       </c>
       <c r="D330" t="s" s="0">
-        <v>1028</v>
+        <v>1148</v>
       </c>
       <c r="E330" t="n" s="0">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>1029</v>
+        <v>1149</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>1030</v>
+        <v>1150</v>
       </c>
       <c r="C331" t="s" s="0">
-        <v>1031</v>
+        <v>1151</v>
       </c>
       <c r="D331" t="s" s="0">
-        <v>1032</v>
+        <v>1152</v>
       </c>
       <c r="E331" t="n" s="0">
-        <v>0.2</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>1033</v>
+        <v>1153</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>1034</v>
+        <v>1154</v>
       </c>
       <c r="C332" t="s" s="0">
-        <v>1035</v>
+        <v>1155</v>
       </c>
       <c r="D332" t="s" s="0">
-        <v>1036</v>
+        <v>1156</v>
       </c>
       <c r="E332" t="n" s="0">
-        <v>0.48</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
-        <v>1037</v>
+        <v>1157</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>1038</v>
+        <v>1158</v>
       </c>
       <c r="C333" t="s" s="0">
-        <v>1039</v>
+        <v>1159</v>
       </c>
       <c r="D333" t="s" s="0">
-        <v>1040</v>
+        <v>1160</v>
       </c>
       <c r="E333" t="n" s="0">
-        <v>0.1</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
-        <v>1037</v>
+        <v>1157</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>1041</v>
+        <v>1161</v>
       </c>
       <c r="C334" t="s" s="0">
-        <v>1042</v>
+        <v>1162</v>
       </c>
       <c r="D334" t="s" s="0">
-        <v>1043</v>
+        <v>1163</v>
       </c>
       <c r="E334" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
-        <v>1044</v>
+        <v>1164</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>1045</v>
+        <v>1165</v>
       </c>
       <c r="C335" t="s" s="0">
-        <v>1046</v>
+        <v>1166</v>
       </c>
       <c r="D335" t="s" s="0">
-        <v>1047</v>
+        <v>1167</v>
       </c>
       <c r="E335" t="n" s="0">
-        <v>0.32</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
-        <v>1048</v>
+        <v>1164</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>1049</v>
+        <v>1168</v>
       </c>
       <c r="C336" t="s" s="0">
-        <v>1050</v>
+        <v>1169</v>
       </c>
       <c r="D336" t="s" s="0">
-        <v>1051</v>
+        <v>1170</v>
       </c>
       <c r="E336" t="n" s="0">
-        <v>0.23</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>1052</v>
+        <v>1171</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>1053</v>
+        <v>1172</v>
       </c>
       <c r="C337" t="s" s="0">
-        <v>1054</v>
+        <v>1173</v>
       </c>
       <c r="D337" t="s" s="0">
-        <v>81</v>
+        <v>1174</v>
       </c>
       <c r="E337" t="n" s="0">
-        <v>0.09</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
-        <v>1055</v>
+        <v>1175</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>1056</v>
+        <v>1176</v>
       </c>
       <c r="C338" t="s" s="0">
-        <v>1057</v>
+        <v>1177</v>
       </c>
       <c r="D338" t="s" s="0">
-        <v>1058</v>
+        <v>1178</v>
       </c>
       <c r="E338" t="n" s="0">
-        <v>0.27</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="4" t="s">
-        <v>1059</v>
+        <v>1179</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>1060</v>
+        <v>1180</v>
       </c>
       <c r="C339" t="s" s="0">
-        <v>1061</v>
+        <v>1181</v>
       </c>
       <c r="D339" t="s" s="0">
-        <v>1062</v>
+        <v>1182</v>
       </c>
       <c r="E339" t="n" s="0">
-        <v>0.45</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>1063</v>
+        <v>1183</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>1064</v>
+        <v>1184</v>
       </c>
       <c r="C340" t="s" s="0">
-        <v>1065</v>
+        <v>1185</v>
       </c>
       <c r="D340" t="s" s="0">
-        <v>1066</v>
+        <v>1186</v>
       </c>
       <c r="E340" t="n" s="0">
-        <v>0.28</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
-        <v>1063</v>
+        <v>1187</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>1067</v>
+        <v>1188</v>
       </c>
       <c r="C341" t="s" s="0">
-        <v>1068</v>
+        <v>1189</v>
       </c>
       <c r="D341" t="s" s="0">
-        <v>1069</v>
+        <v>1190</v>
       </c>
       <c r="E341" t="n" s="0">
-        <v>0.28</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
-        <v>1070</v>
+        <v>1191</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>1071</v>
+        <v>1192</v>
       </c>
       <c r="C342" t="s" s="0">
-        <v>1072</v>
+        <v>1193</v>
       </c>
       <c r="D342" t="s" s="0">
-        <v>1073</v>
+        <v>1194</v>
       </c>
       <c r="E342" t="n" s="0">
-        <v>0.17</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
-        <v>1074</v>
+        <v>1195</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>1075</v>
+        <v>1196</v>
       </c>
       <c r="C343" t="s" s="0">
-        <v>1076</v>
+        <v>1197</v>
       </c>
       <c r="D343" t="s" s="0">
-        <v>1077</v>
+        <v>77</v>
       </c>
       <c r="E343" t="n" s="0">
         <v>0.16</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
-        <v>1078</v>
+        <v>1198</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>1079</v>
+        <v>1199</v>
       </c>
       <c r="C344" t="s" s="0">
-        <v>1080</v>
+        <v>1200</v>
       </c>
       <c r="D344" t="s" s="0">
-        <v>1081</v>
+        <v>77</v>
       </c>
       <c r="E344" t="n" s="0">
-        <v>0.17</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>1082</v>
+        <v>1201</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>1083</v>
+        <v>1202</v>
       </c>
       <c r="C345" t="s" s="0">
-        <v>1084</v>
+        <v>1203</v>
       </c>
       <c r="D345" t="s" s="0">
-        <v>1085</v>
+        <v>1204</v>
       </c>
       <c r="E345" t="n" s="0">
-        <v>0.37</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
-        <v>1082</v>
+        <v>1201</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>1086</v>
+        <v>1205</v>
       </c>
       <c r="C346" t="s" s="0">
-        <v>1087</v>
+        <v>1206</v>
       </c>
       <c r="D346" t="s" s="0">
-        <v>1088</v>
+        <v>1207</v>
       </c>
       <c r="E346" t="n" s="0">
-        <v>0.25</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
-        <v>1089</v>
+        <v>1208</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>1090</v>
+        <v>1209</v>
       </c>
       <c r="C347" t="s" s="0">
-        <v>1091</v>
+        <v>1210</v>
       </c>
       <c r="D347" t="s" s="0">
-        <v>1092</v>
+        <v>1211</v>
       </c>
       <c r="E347" t="n" s="0">
-        <v>0.08</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>1093</v>
+        <v>1208</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>1094</v>
+        <v>1212</v>
       </c>
       <c r="C348" t="s" s="0">
-        <v>1095</v>
+        <v>1213</v>
       </c>
       <c r="D348" t="s" s="0">
-        <v>1096</v>
+        <v>1214</v>
       </c>
       <c r="E348" t="n" s="0">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>1097</v>
+        <v>1208</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>1098</v>
+        <v>1215</v>
       </c>
       <c r="C349" t="s" s="0">
-        <v>1099</v>
+        <v>1216</v>
       </c>
       <c r="D349" t="s" s="0">
-        <v>1100</v>
+        <v>1217</v>
       </c>
       <c r="E349" t="n" s="0">
-        <v>0.27</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
-        <v>1101</v>
+        <v>1218</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>1102</v>
+        <v>1219</v>
       </c>
       <c r="C350" t="s" s="0">
-        <v>1103</v>
+        <v>1220</v>
       </c>
       <c r="D350" t="s" s="0">
-        <v>1104</v>
+        <v>1221</v>
       </c>
       <c r="E350" t="n" s="0">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
-        <v>1105</v>
+        <v>1222</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>1106</v>
+        <v>1223</v>
       </c>
       <c r="C351" t="s" s="0">
-        <v>1107</v>
+        <v>1224</v>
       </c>
       <c r="D351" t="s" s="0">
-        <v>1108</v>
+        <v>77</v>
       </c>
       <c r="E351" t="n" s="0">
-        <v>0.15</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
-        <v>1109</v>
+        <v>1225</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>1110</v>
+        <v>1226</v>
       </c>
       <c r="C352" t="s" s="0">
-        <v>1111</v>
+        <v>1227</v>
       </c>
       <c r="D352" t="s" s="0">
-        <v>1112</v>
+        <v>1228</v>
       </c>
       <c r="E352" t="n" s="0">
-        <v>0.14</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>1113</v>
+        <v>1229</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>1114</v>
+        <v>1230</v>
       </c>
       <c r="C353" t="s" s="0">
-        <v>1115</v>
+        <v>1231</v>
       </c>
       <c r="D353" t="s" s="0">
-        <v>1116</v>
+        <v>1232</v>
       </c>
       <c r="E353" t="n" s="0">
-        <v>0.46</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
-        <v>1117</v>
+        <v>1233</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>1118</v>
+        <v>1234</v>
       </c>
       <c r="C354" t="s" s="0">
-        <v>1119</v>
+        <v>1235</v>
       </c>
       <c r="D354" t="s" s="0">
-        <v>1120</v>
+        <v>1236</v>
       </c>
       <c r="E354" t="n" s="0">
-        <v>0.08</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
-        <v>1117</v>
+        <v>1237</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>1121</v>
+        <v>1238</v>
       </c>
       <c r="C355" t="s" s="0">
-        <v>1122</v>
+        <v>1239</v>
       </c>
       <c r="D355" t="s" s="0">
-        <v>1123</v>
+        <v>1240</v>
       </c>
       <c r="E355" t="n" s="0">
-        <v>0.23</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="4" t="s">
-        <v>1124</v>
+        <v>1237</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>1125</v>
+        <v>1241</v>
       </c>
       <c r="C356" t="s" s="0">
-        <v>1126</v>
+        <v>1242</v>
       </c>
       <c r="D356" t="s" s="0">
-        <v>1127</v>
+        <v>1243</v>
       </c>
       <c r="E356" t="n" s="0">
-        <v>0.28</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>1128</v>
+        <v>1244</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>1129</v>
+        <v>1245</v>
       </c>
       <c r="C357" t="s" s="0">
-        <v>1130</v>
+        <v>1246</v>
       </c>
       <c r="D357" t="s" s="0">
-        <v>1131</v>
+        <v>77</v>
       </c>
       <c r="E357" t="n" s="0">
-        <v>0.27</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>1132</v>
+        <v>1247</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>1133</v>
+        <v>1248</v>
       </c>
       <c r="C358" t="s" s="0">
-        <v>1134</v>
+        <v>1249</v>
       </c>
       <c r="D358" t="s" s="0">
-        <v>1135</v>
+        <v>77</v>
       </c>
       <c r="E358" t="n" s="0">
-        <v>0.14</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
-        <v>1136</v>
+        <v>1250</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>1137</v>
+        <v>1251</v>
       </c>
       <c r="C359" t="s" s="0">
-        <v>1138</v>
+        <v>1252</v>
       </c>
       <c r="D359" t="s" s="0">
-        <v>1139</v>
+        <v>1253</v>
       </c>
       <c r="E359" t="n" s="0">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>1140</v>
+        <v>1250</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>1141</v>
+        <v>1254</v>
       </c>
       <c r="C360" t="s" s="0">
-        <v>1142</v>
+        <v>1255</v>
       </c>
       <c r="D360" t="s" s="0">
-        <v>1143</v>
+        <v>1256</v>
       </c>
       <c r="E360" t="n" s="0">
-        <v>0.29</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>1144</v>
+        <v>1257</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>1145</v>
+        <v>1258</v>
       </c>
       <c r="C361" t="s" s="0">
-        <v>1146</v>
+        <v>1259</v>
       </c>
       <c r="D361" t="s" s="0">
-        <v>1147</v>
+        <v>1260</v>
       </c>
       <c r="E361" t="n" s="0">
-        <v>0.01</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>1144</v>
+        <v>1261</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>1148</v>
+        <v>1262</v>
       </c>
       <c r="C362" t="s" s="0">
-        <v>1149</v>
+        <v>1263</v>
       </c>
       <c r="D362" t="s" s="0">
-        <v>1150</v>
+        <v>1264</v>
       </c>
       <c r="E362" t="n" s="0">
-        <v>0.48</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>1151</v>
+        <v>1261</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>1152</v>
+        <v>1265</v>
       </c>
       <c r="C363" t="s" s="0">
-        <v>1153</v>
+        <v>1266</v>
       </c>
       <c r="D363" t="s" s="0">
-        <v>1154</v>
+        <v>1267</v>
       </c>
       <c r="E363" t="n" s="0">
-        <v>0.12</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>1151</v>
+        <v>1268</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>1155</v>
+        <v>1269</v>
       </c>
       <c r="C364" t="s" s="0">
-        <v>1156</v>
+        <v>1270</v>
       </c>
       <c r="D364" t="s" s="0">
-        <v>1157</v>
+        <v>1271</v>
       </c>
       <c r="E364" t="n" s="0">
-        <v>0.12</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>1158</v>
+        <v>1272</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>1159</v>
+        <v>1273</v>
       </c>
       <c r="C365" t="s" s="0">
-        <v>1160</v>
+        <v>1274</v>
       </c>
       <c r="D365" t="s" s="0">
-        <v>1161</v>
+        <v>1275</v>
       </c>
       <c r="E365" t="n" s="0">
-        <v>0.45</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>1162</v>
+        <v>1276</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>1163</v>
+        <v>1277</v>
       </c>
       <c r="C366" t="s" s="0">
-        <v>1164</v>
+        <v>1278</v>
       </c>
       <c r="D366" t="s" s="0">
-        <v>1165</v>
+        <v>1279</v>
       </c>
       <c r="E366" t="n" s="0">
-        <v>0.2</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>1166</v>
+        <v>1280</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>1167</v>
+        <v>1281</v>
       </c>
       <c r="C367" t="s" s="0">
-        <v>1168</v>
+        <v>1282</v>
       </c>
       <c r="D367" t="s" s="0">
-        <v>1169</v>
+        <v>1283</v>
       </c>
       <c r="E367" t="n" s="0">
-        <v>0.38</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>1170</v>
+        <v>1284</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>1171</v>
+        <v>1285</v>
       </c>
       <c r="C368" t="s" s="0">
-        <v>1172</v>
+        <v>1286</v>
       </c>
       <c r="D368" t="s" s="0">
-        <v>1173</v>
+        <v>1287</v>
       </c>
       <c r="E368" t="n" s="0">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>1174</v>
+        <v>1288</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>1175</v>
+        <v>1289</v>
       </c>
       <c r="C369" t="s" s="0">
-        <v>1176</v>
+        <v>1290</v>
       </c>
       <c r="D369" t="s" s="0">
-        <v>1177</v>
+        <v>1291</v>
       </c>
       <c r="E369" t="n" s="0">
-        <v>0.35</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>1178</v>
+        <v>1292</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>1179</v>
+        <v>1293</v>
       </c>
       <c r="C370" t="s" s="0">
-        <v>1180</v>
+        <v>1294</v>
       </c>
       <c r="D370" t="s" s="0">
-        <v>1181</v>
+        <v>1295</v>
       </c>
       <c r="E370" t="n" s="0">
-        <v>0.25</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>1182</v>
+        <v>1292</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>1183</v>
+        <v>1296</v>
       </c>
       <c r="C371" t="s" s="0">
-        <v>1184</v>
+        <v>1297</v>
       </c>
       <c r="D371" t="s" s="0">
-        <v>81</v>
+        <v>1298</v>
       </c>
       <c r="E371" t="n" s="0">
-        <v>0.16</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>1185</v>
+        <v>1292</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>1186</v>
+        <v>1299</v>
       </c>
       <c r="C372" t="s" s="0">
-        <v>1187</v>
+        <v>1300</v>
       </c>
       <c r="D372" t="s" s="0">
-        <v>81</v>
+        <v>1301</v>
       </c>
       <c r="E372" t="n" s="0">
-        <v>0.24</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>1188</v>
+        <v>1302</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>1189</v>
+        <v>1303</v>
       </c>
       <c r="C373" t="s" s="0">
-        <v>1190</v>
+        <v>1304</v>
       </c>
       <c r="D373" t="s" s="0">
-        <v>1191</v>
+        <v>1305</v>
       </c>
       <c r="E373" t="n" s="0">
         <v>0.24</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>1192</v>
+        <v>1306</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>1193</v>
+        <v>1307</v>
       </c>
       <c r="C374" t="s" s="0">
-        <v>1194</v>
+        <v>1308</v>
       </c>
       <c r="D374" t="s" s="0">
-        <v>1195</v>
+        <v>1309</v>
       </c>
       <c r="E374" t="n" s="0">
-        <v>0.69</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>1192</v>
+        <v>1306</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>1196</v>
+        <v>1310</v>
       </c>
       <c r="C375" t="s" s="0">
-        <v>1197</v>
+        <v>1311</v>
       </c>
       <c r="D375" t="s" s="0">
-        <v>1198</v>
+        <v>1312</v>
       </c>
       <c r="E375" t="n" s="0">
-        <v>0.24</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>1192</v>
+        <v>1313</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>1199</v>
+        <v>1314</v>
       </c>
       <c r="C376" t="s" s="0">
-        <v>1200</v>
+        <v>1315</v>
       </c>
       <c r="D376" t="s" s="0">
-        <v>1201</v>
+        <v>1316</v>
       </c>
       <c r="E376" t="n" s="0">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>1202</v>
+        <v>1317</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>1203</v>
+        <v>1318</v>
       </c>
       <c r="C377" t="s" s="0">
-        <v>1204</v>
+        <v>1319</v>
       </c>
       <c r="D377" t="s" s="0">
-        <v>1205</v>
+        <v>1320</v>
       </c>
       <c r="E377" t="n" s="0">
-        <v>0.22</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="4" t="s">
-        <v>1206</v>
+        <v>1317</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>1207</v>
+        <v>1321</v>
       </c>
       <c r="C378" t="s" s="0">
-        <v>1208</v>
+        <v>1322</v>
       </c>
       <c r="D378" t="s" s="0">
-        <v>81</v>
+        <v>1323</v>
       </c>
       <c r="E378" t="n" s="0">
-        <v>0.28</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>1209</v>
+        <v>1317</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>1210</v>
+        <v>1324</v>
       </c>
       <c r="C379" t="s" s="0">
-        <v>1211</v>
+        <v>1325</v>
       </c>
       <c r="D379" t="s" s="0">
-        <v>1212</v>
+        <v>1326</v>
       </c>
       <c r="E379" t="n" s="0">
-        <v>0.21</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>1213</v>
+        <v>1327</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>1214</v>
+        <v>1328</v>
       </c>
       <c r="C380" t="s" s="0">
-        <v>1215</v>
+        <v>1329</v>
       </c>
       <c r="D380" t="s" s="0">
-        <v>1216</v>
+        <v>77</v>
       </c>
       <c r="E380" t="n" s="0">
-        <v>0.24</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
-        <v>1217</v>
+        <v>1330</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>1218</v>
+        <v>1331</v>
       </c>
       <c r="C381" t="s" s="0">
-        <v>1219</v>
+        <v>1332</v>
       </c>
       <c r="D381" t="s" s="0">
-        <v>1220</v>
+        <v>1333</v>
       </c>
       <c r="E381" t="n" s="0">
-        <v>0.19</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>1221</v>
+        <v>1334</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>1222</v>
+        <v>1335</v>
       </c>
       <c r="C382" t="s" s="0">
-        <v>1223</v>
+        <v>1336</v>
       </c>
       <c r="D382" t="s" s="0">
-        <v>1224</v>
+        <v>1337</v>
       </c>
       <c r="E382" t="n" s="0">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>1221</v>
+        <v>1338</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>1225</v>
+        <v>1339</v>
       </c>
       <c r="C383" t="s" s="0">
-        <v>1226</v>
+        <v>1340</v>
       </c>
       <c r="D383" t="s" s="0">
-        <v>1227</v>
+        <v>1341</v>
       </c>
       <c r="E383" t="n" s="0">
-        <v>0.28</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>1228</v>
+        <v>1342</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>1229</v>
+        <v>1343</v>
       </c>
       <c r="C384" t="s" s="0">
-        <v>1230</v>
+        <v>1344</v>
       </c>
       <c r="D384" t="s" s="0">
-        <v>81</v>
+        <v>1345</v>
       </c>
       <c r="E384" t="n" s="0">
-        <v>0.28</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>1231</v>
+        <v>1342</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>1232</v>
+        <v>1346</v>
       </c>
       <c r="C385" t="s" s="0">
-        <v>1233</v>
+        <v>1347</v>
       </c>
       <c r="D385" t="s" s="0">
-        <v>1234</v>
+        <v>1348</v>
       </c>
       <c r="E385" t="n" s="0">
-        <v>0.07</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>1231</v>
+        <v>1349</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>1235</v>
+        <v>1350</v>
       </c>
       <c r="C386" t="s" s="0">
-        <v>1236</v>
+        <v>1351</v>
       </c>
       <c r="D386" t="s" s="0">
-        <v>1237</v>
+        <v>1352</v>
       </c>
       <c r="E386" t="n" s="0">
-        <v>0.13</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>1238</v>
+        <v>1353</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>1239</v>
+        <v>1354</v>
       </c>
       <c r="C387" t="s" s="0">
-        <v>1240</v>
+        <v>1355</v>
       </c>
       <c r="D387" t="s" s="0">
-        <v>1241</v>
+        <v>1356</v>
       </c>
       <c r="E387" t="n" s="0">
-        <v>0.26</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>1242</v>
+        <v>1357</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>1243</v>
+        <v>1358</v>
       </c>
       <c r="C388" t="s" s="0">
-        <v>1244</v>
+        <v>77</v>
       </c>
       <c r="D388" t="s" s="0">
-        <v>1245</v>
+        <v>77</v>
       </c>
       <c r="E388" t="n" s="0">
-        <v>0.3</v>
+        <v>-1.45</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
-        <v>1242</v>
+        <v>1359</v>
       </c>
       <c r="B389" s="6" t="s">
-        <v>1246</v>
+        <v>1360</v>
       </c>
       <c r="C389" t="s" s="0">
-        <v>1247</v>
+        <v>77</v>
       </c>
       <c r="D389" t="s" s="0">
-        <v>1248</v>
+        <v>77</v>
       </c>
       <c r="E389" t="n" s="0">
-        <v>0.43</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>1249</v>
+        <v>1359</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>1250</v>
+        <v>1361</v>
       </c>
       <c r="C390" t="s" s="0">
-        <v>1251</v>
+        <v>77</v>
       </c>
       <c r="D390" t="s" s="0">
-        <v>1252</v>
+        <v>77</v>
       </c>
       <c r="E390" t="n" s="0">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>1253</v>
+        <v>1359</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>1254</v>
+        <v>1362</v>
       </c>
       <c r="C391" t="s" s="0">
-        <v>1255</v>
+        <v>77</v>
       </c>
       <c r="D391" t="s" s="0">
-        <v>1256</v>
+        <v>77</v>
       </c>
       <c r="E391" t="n" s="0">
-        <v>0.24</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>1257</v>
+        <v>1359</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>1258</v>
+        <v>1363</v>
       </c>
       <c r="C392" t="s" s="0">
-        <v>1259</v>
+        <v>77</v>
       </c>
       <c r="D392" t="s" s="0">
-        <v>1260</v>
+        <v>77</v>
       </c>
       <c r="E392" t="n" s="0">
-        <v>0.24</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>1261</v>
+        <v>1359</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>1262</v>
+        <v>1364</v>
       </c>
       <c r="C393" t="s" s="0">
-        <v>1263</v>
+        <v>77</v>
       </c>
       <c r="D393" t="s" s="0">
-        <v>1264</v>
+        <v>77</v>
       </c>
       <c r="E393" t="n" s="0">
-        <v>0.16</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>1265</v>
+        <v>1359</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>1266</v>
+        <v>1365</v>
       </c>
       <c r="C394" t="s" s="0">
-        <v>1267</v>
+        <v>77</v>
       </c>
       <c r="D394" t="s" s="0">
-        <v>1268</v>
+        <v>77</v>
       </c>
       <c r="E394" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
-        <v>1269</v>
+        <v>1359</v>
       </c>
       <c r="B395" s="6" t="s">
-        <v>1270</v>
+        <v>1366</v>
       </c>
       <c r="C395" t="s" s="0">
-        <v>1271</v>
+        <v>77</v>
       </c>
       <c r="D395" t="s" s="0">
-        <v>1272</v>
+        <v>77</v>
       </c>
       <c r="E395" t="n" s="0">
-        <v>0.28</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>1269</v>
+        <v>1359</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>1273</v>
+        <v>1367</v>
       </c>
       <c r="C396" t="s" s="0">
-        <v>1274</v>
+        <v>77</v>
       </c>
       <c r="D396" t="s" s="0">
-        <v>1275</v>
+        <v>77</v>
       </c>
       <c r="E396" t="n" s="0">
-        <v>0.39</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>1269</v>
+        <v>1359</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>1276</v>
+        <v>1368</v>
       </c>
       <c r="C397" t="s" s="0">
-        <v>1277</v>
+        <v>77</v>
       </c>
       <c r="D397" t="s" s="0">
-        <v>1278</v>
+        <v>77</v>
       </c>
       <c r="E397" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>1279</v>
+        <v>1359</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>1280</v>
+        <v>1369</v>
       </c>
       <c r="C398" t="s" s="0">
-        <v>1281</v>
+        <v>77</v>
       </c>
       <c r="D398" t="s" s="0">
-        <v>1282</v>
+        <v>77</v>
       </c>
       <c r="E398" t="n" s="0">
-        <v>0.25</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>1283</v>
+        <v>1370</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>1284</v>
+        <v>1371</v>
       </c>
       <c r="C399" t="s" s="0">
-        <v>1285</v>
+        <v>1372</v>
       </c>
       <c r="D399" t="s" s="0">
-        <v>1286</v>
+        <v>1373</v>
       </c>
       <c r="E399" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>1283</v>
+        <v>1370</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>1287</v>
+        <v>1374</v>
       </c>
       <c r="C400" t="s" s="0">
-        <v>1288</v>
+        <v>1375</v>
       </c>
       <c r="D400" t="s" s="0">
-        <v>1289</v>
+        <v>1376</v>
       </c>
       <c r="E400" t="n" s="0">
-        <v>0.13</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
-        <v>1290</v>
+        <v>1377</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>1291</v>
+        <v>1378</v>
       </c>
       <c r="C401" t="s" s="0">
-        <v>1292</v>
+        <v>1379</v>
       </c>
       <c r="D401" t="s" s="0">
-        <v>1293</v>
+        <v>1380</v>
       </c>
       <c r="E401" t="n" s="0">
-        <v>0.11</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>1290</v>
+        <v>1381</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>1294</v>
+        <v>1382</v>
       </c>
       <c r="C402" t="s" s="0">
-        <v>1295</v>
+        <v>1383</v>
       </c>
       <c r="D402" t="s" s="0">
-        <v>1296</v>
+        <v>1384</v>
       </c>
       <c r="E402" t="n" s="0">
-        <v>0.3</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>1297</v>
+        <v>1381</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>1298</v>
+        <v>1385</v>
       </c>
       <c r="C403" t="s" s="0">
-        <v>1299</v>
+        <v>1386</v>
       </c>
       <c r="D403" t="s" s="0">
-        <v>81</v>
+        <v>1387</v>
       </c>
       <c r="E403" t="n" s="0">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>1300</v>
+        <v>1381</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>1301</v>
+        <v>1388</v>
       </c>
       <c r="C404" t="s" s="0">
-        <v>1302</v>
+        <v>1389</v>
       </c>
       <c r="D404" t="s" s="0">
-        <v>1303</v>
+        <v>1390</v>
       </c>
       <c r="E404" t="n" s="0">
-        <v>0.19</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>1304</v>
+        <v>1391</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>1305</v>
+        <v>1392</v>
       </c>
       <c r="C405" t="s" s="0">
-        <v>1306</v>
+        <v>1393</v>
       </c>
       <c r="D405" t="s" s="0">
-        <v>1307</v>
+        <v>1394</v>
       </c>
       <c r="E405" t="n" s="0">
-        <v>0.32</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="4" t="s">
-        <v>1308</v>
+        <v>1395</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>1309</v>
+        <v>1396</v>
       </c>
       <c r="C406" t="s" s="0">
-        <v>1310</v>
+        <v>1397</v>
       </c>
       <c r="D406" t="s" s="0">
-        <v>1311</v>
+        <v>1398</v>
       </c>
       <c r="E406" t="n" s="0">
-        <v>0.2</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>1312</v>
+        <v>1395</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>1313</v>
+        <v>1399</v>
       </c>
       <c r="C407" t="s" s="0">
-        <v>81</v>
+        <v>1400</v>
       </c>
       <c r="D407" t="s" s="0">
-        <v>81</v>
+        <v>1401</v>
       </c>
       <c r="E407" t="n" s="0">
-        <v>0.63</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>1314</v>
+        <v>1402</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>1315</v>
+        <v>1403</v>
       </c>
       <c r="C408" t="s" s="0">
-        <v>81</v>
+        <v>1404</v>
       </c>
       <c r="D408" t="s" s="0">
-        <v>81</v>
+        <v>1405</v>
       </c>
       <c r="E408" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="4" t="s">
-        <v>1314</v>
+        <v>1406</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>1316</v>
+        <v>1407</v>
       </c>
       <c r="C409" t="s" s="0">
-        <v>81</v>
+        <v>1408</v>
       </c>
       <c r="D409" t="s" s="0">
-        <v>81</v>
+        <v>1409</v>
       </c>
       <c r="E409" t="n" s="0">
-        <v>0.05</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>1314</v>
+        <v>1410</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>1317</v>
+        <v>1411</v>
       </c>
       <c r="C410" t="s" s="0">
-        <v>81</v>
+        <v>1412</v>
       </c>
       <c r="D410" t="s" s="0">
-        <v>81</v>
+        <v>1413</v>
       </c>
       <c r="E410" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="4" t="s">
-        <v>1314</v>
+        <v>1414</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>1318</v>
+        <v>1415</v>
       </c>
       <c r="C411" t="s" s="0">
-        <v>81</v>
+        <v>1416</v>
       </c>
       <c r="D411" t="s" s="0">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E411" t="n" s="0">
-        <v>0.03</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>1314</v>
+        <v>1417</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>1319</v>
+        <v>1418</v>
       </c>
       <c r="C412" t="s" s="0">
-        <v>81</v>
+        <v>1419</v>
       </c>
       <c r="D412" t="s" s="0">
-        <v>81</v>
+        <v>1420</v>
       </c>
       <c r="E412" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>1314</v>
+        <v>1417</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>1320</v>
+        <v>1421</v>
       </c>
       <c r="C413" t="s" s="0">
-        <v>81</v>
+        <v>1422</v>
       </c>
       <c r="D413" t="s" s="0">
-        <v>81</v>
+        <v>1423</v>
       </c>
       <c r="E413" t="n" s="0">
-        <v>0.01</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>1314</v>
+        <v>1424</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>1321</v>
+        <v>1425</v>
       </c>
       <c r="C414" t="s" s="0">
-        <v>81</v>
+        <v>1426</v>
       </c>
       <c r="D414" t="s" s="0">
-        <v>81</v>
+        <v>1427</v>
       </c>
       <c r="E414" t="n" s="0">
-        <v>0.01</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>1314</v>
+        <v>1428</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>1322</v>
+        <v>1429</v>
       </c>
       <c r="C415" t="s" s="0">
-        <v>81</v>
+        <v>1430</v>
       </c>
       <c r="D415" t="s" s="0">
-        <v>81</v>
+        <v>1431</v>
       </c>
       <c r="E415" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>1314</v>
+        <v>1432</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>1323</v>
+        <v>1433</v>
       </c>
       <c r="C416" t="s" s="0">
-        <v>81</v>
+        <v>1434</v>
       </c>
       <c r="D416" t="s" s="0">
-        <v>81</v>
+        <v>1435</v>
       </c>
       <c r="E416" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>1314</v>
+        <v>1436</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>1324</v>
+        <v>1437</v>
       </c>
       <c r="C417" t="s" s="0">
-        <v>81</v>
+        <v>1438</v>
       </c>
       <c r="D417" t="s" s="0">
-        <v>81</v>
+        <v>1439</v>
       </c>
       <c r="E417" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>1314</v>
+        <v>1440</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>1325</v>
+        <v>1441</v>
       </c>
       <c r="C418" t="s" s="0">
-        <v>81</v>
+        <v>1442</v>
       </c>
       <c r="D418" t="s" s="0">
-        <v>81</v>
+        <v>1443</v>
       </c>
       <c r="E418" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>1314</v>
+        <v>1444</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>1326</v>
+        <v>1445</v>
       </c>
       <c r="C419" t="s" s="0">
-        <v>81</v>
+        <v>1446</v>
       </c>
       <c r="D419" t="s" s="0">
-        <v>81</v>
+        <v>1447</v>
       </c>
       <c r="E419" t="n" s="0">
-        <v>0.02</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="4" t="s">
-        <v>1314</v>
+        <v>1448</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>1327</v>
+        <v>1449</v>
       </c>
       <c r="C420" t="s" s="0">
-        <v>81</v>
+        <v>1450</v>
       </c>
       <c r="D420" t="s" s="0">
-        <v>81</v>
+        <v>1451</v>
       </c>
       <c r="E420" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="4" t="s">
-        <v>1314</v>
+        <v>1452</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>1328</v>
+        <v>1453</v>
       </c>
       <c r="C421" t="s" s="0">
-        <v>81</v>
+        <v>1454</v>
       </c>
       <c r="D421" t="s" s="0">
-        <v>81</v>
+        <v>1455</v>
       </c>
       <c r="E421" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>1329</v>
+        <v>1456</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>1330</v>
+        <v>1457</v>
       </c>
       <c r="C422" t="s" s="0">
-        <v>1331</v>
+        <v>1458</v>
       </c>
       <c r="D422" t="s" s="0">
-        <v>1332</v>
+        <v>1459</v>
       </c>
       <c r="E422" t="n" s="0">
-        <v>0.22</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>1333</v>
+        <v>1460</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>1334</v>
+        <v>1461</v>
       </c>
       <c r="C423" t="s" s="0">
-        <v>1335</v>
+        <v>1462</v>
       </c>
       <c r="D423" t="s" s="0">
-        <v>1336</v>
+        <v>1463</v>
       </c>
       <c r="E423" t="n" s="0">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>1337</v>
+        <v>1460</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>1338</v>
+        <v>1464</v>
       </c>
       <c r="C424" t="s" s="0">
-        <v>1339</v>
+        <v>1465</v>
       </c>
       <c r="D424" t="s" s="0">
-        <v>1340</v>
+        <v>1466</v>
       </c>
       <c r="E424" t="n" s="0">
-        <v>0.07</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>1337</v>
+        <v>1467</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>1341</v>
+        <v>1468</v>
       </c>
       <c r="C425" t="s" s="0">
-        <v>1342</v>
+        <v>1469</v>
       </c>
       <c r="D425" t="s" s="0">
-        <v>1343</v>
+        <v>1470</v>
       </c>
       <c r="E425" t="n" s="0">
-        <v>0.12</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
-        <v>1337</v>
+        <v>1471</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>1344</v>
+        <v>1472</v>
       </c>
       <c r="C426" t="s" s="0">
-        <v>1345</v>
+        <v>1473</v>
       </c>
       <c r="D426" t="s" s="0">
-        <v>1346</v>
+        <v>1474</v>
       </c>
       <c r="E426" t="n" s="0">
-        <v>0.37</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
-        <v>1337</v>
+        <v>1471</v>
       </c>
       <c r="B427" s="6" t="s">
-        <v>1347</v>
+        <v>1475</v>
       </c>
       <c r="C427" t="s" s="0">
-        <v>1348</v>
+        <v>1476</v>
       </c>
       <c r="D427" t="s" s="0">
-        <v>1349</v>
+        <v>1477</v>
       </c>
       <c r="E427" t="n" s="0">
-        <v>0.11</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>1350</v>
+        <v>1471</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>1351</v>
+        <v>1478</v>
       </c>
       <c r="C428" t="s" s="0">
-        <v>1352</v>
+        <v>1479</v>
       </c>
       <c r="D428" t="s" s="0">
-        <v>1353</v>
+        <v>1480</v>
       </c>
       <c r="E428" t="n" s="0">
-        <v>0.15</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>1354</v>
+        <v>1471</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>1355</v>
+        <v>1481</v>
       </c>
       <c r="C429" t="s" s="0">
-        <v>1356</v>
+        <v>1482</v>
       </c>
       <c r="D429" t="s" s="0">
-        <v>1357</v>
+        <v>1483</v>
       </c>
       <c r="E429" t="n" s="0">
-        <v>0.42</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>1354</v>
+        <v>1484</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>1358</v>
+        <v>1485</v>
       </c>
       <c r="C430" t="s" s="0">
-        <v>1359</v>
+        <v>1486</v>
       </c>
       <c r="D430" t="s" s="0">
-        <v>1360</v>
+        <v>1487</v>
       </c>
       <c r="E430" t="n" s="0">
-        <v>0.42</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>1361</v>
+        <v>1488</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>1362</v>
+        <v>1489</v>
       </c>
       <c r="C431" t="s" s="0">
-        <v>1363</v>
+        <v>1490</v>
       </c>
       <c r="D431" t="s" s="0">
-        <v>1364</v>
+        <v>1491</v>
       </c>
       <c r="E431" t="n" s="0">
-        <v>0.33</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>1365</v>
+        <v>1492</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>1366</v>
+        <v>1493</v>
       </c>
       <c r="C432" t="s" s="0">
-        <v>1367</v>
+        <v>1494</v>
       </c>
       <c r="D432" t="s" s="0">
-        <v>1368</v>
+        <v>1495</v>
       </c>
       <c r="E432" t="n" s="0">
-        <v>0.34</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>1369</v>
+        <v>1496</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>1370</v>
+        <v>1497</v>
       </c>
       <c r="C433" t="s" s="0">
-        <v>1371</v>
+        <v>1498</v>
       </c>
       <c r="D433" t="s" s="0">
-        <v>1372</v>
+        <v>1499</v>
       </c>
       <c r="E433" t="n" s="0">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
-        <v>1373</v>
+        <v>1500</v>
       </c>
       <c r="B434" s="6" t="s">
-        <v>1374</v>
+        <v>1501</v>
       </c>
       <c r="C434" t="s" s="0">
-        <v>1375</v>
+        <v>1502</v>
       </c>
       <c r="D434" t="s" s="0">
-        <v>1376</v>
+        <v>1503</v>
       </c>
       <c r="E434" t="n" s="0">
-        <v>0.2</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
-        <v>1377</v>
+        <v>1504</v>
       </c>
       <c r="B435" s="6" t="s">
-        <v>1378</v>
+        <v>1505</v>
       </c>
       <c r="C435" t="s" s="0">
-        <v>1379</v>
+        <v>1506</v>
       </c>
       <c r="D435" t="s" s="0">
-        <v>81</v>
+        <v>1507</v>
       </c>
       <c r="E435" t="n" s="0">
-        <v>0.32</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A436" s="4" t="s">
-        <v>1380</v>
+        <v>1508</v>
       </c>
       <c r="B436" s="6" t="s">
-        <v>1381</v>
+        <v>1509</v>
       </c>
       <c r="C436" t="s" s="0">
-        <v>1382</v>
+        <v>1510</v>
       </c>
       <c r="D436" t="s" s="0">
-        <v>1383</v>
+        <v>1511</v>
       </c>
       <c r="E436" t="n" s="0">
-        <v>0.36</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A437" s="4" t="s">
-        <v>1380</v>
+        <v>1512</v>
       </c>
       <c r="B437" s="6" t="s">
-        <v>1384</v>
+        <v>1513</v>
       </c>
       <c r="C437" t="s" s="0">
-        <v>1385</v>
+        <v>1514</v>
       </c>
       <c r="D437" t="s" s="0">
-        <v>1386</v>
+        <v>1515</v>
       </c>
       <c r="E437" t="n" s="0">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A438" s="4" t="s">
-        <v>1380</v>
+        <v>1512</v>
       </c>
       <c r="B438" s="6" t="s">
-        <v>1387</v>
+        <v>1516</v>
       </c>
       <c r="C438" t="s" s="0">
-        <v>1388</v>
+        <v>1517</v>
       </c>
       <c r="D438" t="s" s="0">
-        <v>1389</v>
+        <v>1518</v>
       </c>
       <c r="E438" t="n" s="0">
-        <v>0.44</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A439" s="4" t="s">
-        <v>1390</v>
+        <v>1512</v>
       </c>
       <c r="B439" s="6" t="s">
-        <v>1391</v>
+        <v>1519</v>
       </c>
       <c r="C439" t="s" s="0">
-        <v>1392</v>
+        <v>1520</v>
       </c>
       <c r="D439" t="s" s="0">
-        <v>1393</v>
+        <v>1521</v>
       </c>
       <c r="E439" t="n" s="0">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A440" s="4" t="s">
-        <v>1394</v>
+        <v>1512</v>
       </c>
       <c r="B440" s="6" t="s">
-        <v>1395</v>
+        <v>1522</v>
       </c>
       <c r="C440" t="s" s="0">
-        <v>1396</v>
+        <v>1523</v>
       </c>
       <c r="D440" t="s" s="0">
-        <v>1397</v>
+        <v>1524</v>
       </c>
       <c r="E440" t="n" s="0">
-        <v>0.66</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A441" s="4" t="s">
-        <v>1398</v>
+        <v>1525</v>
       </c>
       <c r="B441" s="6" t="s">
-        <v>1399</v>
+        <v>1526</v>
       </c>
       <c r="C441" t="s" s="0">
-        <v>1400</v>
+        <v>1527</v>
       </c>
       <c r="D441" t="s" s="0">
-        <v>1401</v>
+        <v>1528</v>
       </c>
       <c r="E441" t="n" s="0">
-        <v>0.29</v>
-[...83 lines deleted...]
-      <c r="E446" t="n" s="0">
         <v>0.4</v>
       </c>
     </row>
-    <row r="447" spans="1:2" x14ac:dyDescent="0.25">
-[...388 lines deleted...]
-      <c r="A478" s="7" t="str">
+    <row r="446" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B446" s="2"/>
+    </row>
+    <row r="447" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A447" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B447" s="2"/>
+    </row>
+    <row r="448" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A448" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B448" s="2"/>
+    </row>
+    <row r="449" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="11" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B449" s="11"/>
+      <c r="C449" s="12"/>
+      <c r="D449" s="12"/>
+    </row>
+    <row r="450" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A450" s="10" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B450" s="9"/>
+      <c r="C450" s="9"/>
+      <c r="D450" s="9"/>
+    </row>
+    <row r="451" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A451" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B451" s="9"/>
+      <c r="C451" s="9"/>
+      <c r="D451" s="9"/>
+    </row>
+    <row r="452" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B452" s="2"/>
+    </row>
+    <row r="453" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A453" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B478" s="2"/>
-[...11 lines deleted...]
-      <c r="B480" s="2"/>
+      <c r="B453" s="2"/>
+    </row>
+    <row r="454" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A454" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B454" s="2"/>
+    </row>
+    <row r="455" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A455" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B455" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A474:D474"/>
-    <mergeCell ref="A475:D476"/>
+    <mergeCell ref="A449:D449"/>
+    <mergeCell ref="A450:D451"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>