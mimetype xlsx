--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2211" uniqueCount="1471">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2243" uniqueCount="1487">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global Bond Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-oct-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 30-nov-2025</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
     <t>ABN AMRO BANK NV MTN RegS</t>
   </si>
   <si>
     <t>BMIDPNKT1</t>
   </si>
   <si>
     <t>XS2859413341</t>
   </si>
@@ -126,50 +126,59 @@
   <si>
     <t>00002NAA5</t>
   </si>
   <si>
     <t>US00002NAA54</t>
   </si>
   <si>
     <t>ADMT_24-NQM3 A1 144A</t>
   </si>
   <si>
     <t>00039HAA5</t>
   </si>
   <si>
     <t>US00039HAA59</t>
   </si>
   <si>
     <t>ADMT_25-NQM4 A1A 144A</t>
   </si>
   <si>
     <t>002941AB8</t>
   </si>
   <si>
     <t>US002941AB88</t>
   </si>
   <si>
+    <t>AFRICAN EXPORT-IMPORT BANK RegS</t>
+  </si>
+  <si>
+    <t>BMIFTBMC3</t>
+  </si>
+  <si>
+    <t>JP500117BRB1</t>
+  </si>
+  <si>
     <t>AFRICAN EXPORT-IMPORT BANK/THE RegS</t>
   </si>
   <si>
     <t>BMI9SD0D6</t>
   </si>
   <si>
     <t>XS2343007170</t>
   </si>
   <si>
     <t>AIB GROUP PLC MTN 144A</t>
   </si>
   <si>
     <t>00135TAE4</t>
   </si>
   <si>
     <t>US00135TAE47</t>
   </si>
   <si>
     <t>BR86Z69</t>
   </si>
   <si>
     <t>AJAXM_21-C A 144A</t>
   </si>
   <si>
     <t>009733AA4</t>
@@ -180,77 +189,77 @@
   <si>
     <t>ALBERTA (PROVINCE OF) MTN RegS</t>
   </si>
   <si>
     <t>BMIEPK4S5</t>
   </si>
   <si>
     <t>XS3040412424</t>
   </si>
   <si>
     <t>ALLIANDER NV RegS</t>
   </si>
   <si>
     <t>BMIDMT907</t>
   </si>
   <si>
     <t>XS2829852842</t>
   </si>
   <si>
     <t>BS84LG2</t>
   </si>
   <si>
     <t>ALLIANZ SE RegS</t>
   </si>
   <si>
+    <t>BMIC1JJH6</t>
+  </si>
+  <si>
+    <t>DE000A351U49</t>
+  </si>
+  <si>
+    <t>BRJB5H4</t>
+  </si>
+  <si>
+    <t>BMICXKC85</t>
+  </si>
+  <si>
+    <t>DE000A3823H4</t>
+  </si>
+  <si>
+    <t>BQS6ZQ2</t>
+  </si>
+  <si>
     <t>BMI8NP0N4</t>
   </si>
   <si>
     <t>DE000A254TM8</t>
   </si>
   <si>
     <t>BM952V4</t>
   </si>
   <si>
-    <t>BMIC1JJH6</t>
-[...16 lines deleted...]
-  <si>
     <t>ALLY FINANCIAL INC</t>
   </si>
   <si>
     <t>02005NBW9</t>
   </si>
   <si>
     <t>US02005NBW92</t>
   </si>
   <si>
     <t>BPG4QZ7</t>
   </si>
   <si>
     <t>AMCOR FLEXIBLES NORTH AMERICA INC</t>
   </si>
   <si>
     <t>02344AAG3</t>
   </si>
   <si>
     <t>US02344AAG31</t>
   </si>
   <si>
     <t>BPCPJS8</t>
   </si>
   <si>
     <t>AMERICAN NATIONAL GROUP INC</t>
@@ -288,140 +297,134 @@
   <si>
     <t>BWD24D7</t>
   </si>
   <si>
     <t>ARCHES BUYER INC 144A</t>
   </si>
   <si>
     <t>039524AA1</t>
   </si>
   <si>
     <t>US039524AA11</t>
   </si>
   <si>
     <t>AT&amp;T INC</t>
   </si>
   <si>
     <t>00206RKA9</t>
   </si>
   <si>
     <t>US00206RKA94</t>
   </si>
   <si>
     <t>BMHWV76</t>
   </si>
   <si>
+    <t>AUD CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>AUD_CCASH</t>
+  </si>
+  <si>
     <t>AURIZON NETWORK PTY LTD MTN RegS</t>
   </si>
   <si>
     <t>BMI4MQ218</t>
   </si>
   <si>
     <t>XS1418788599</t>
   </si>
   <si>
     <t>BD6S9S9</t>
   </si>
   <si>
     <t>AUSTRALIA &amp; NEW ZEALAND BANKING GR 144A</t>
   </si>
   <si>
     <t>052528AM8</t>
   </si>
   <si>
     <t>US052528AM81</t>
   </si>
   <si>
     <t>BNKJS47</t>
   </si>
   <si>
     <t>AUSTRIA (REPUBLIC OF)</t>
   </si>
   <si>
+    <t>BMI11PPC0</t>
+  </si>
+  <si>
+    <t>AT0000A10683</t>
+  </si>
+  <si>
+    <t>B95ZBJ8</t>
+  </si>
+  <si>
     <t>BMIA5AQF1</t>
   </si>
   <si>
     <t>AT0000A2T198</t>
   </si>
   <si>
     <t>BK9RM38</t>
   </si>
   <si>
-    <t>BMI11PPC0</t>
-[...7 lines deleted...]
-  <si>
     <t>AVOLON HOLDINGS FUNDING LTD 144A</t>
   </si>
   <si>
     <t>05401AAZ4</t>
   </si>
   <si>
     <t>US05401AAZ49</t>
   </si>
   <si>
     <t>BMHSGQ8</t>
   </si>
   <si>
     <t>AXA SA MTN RegS</t>
   </si>
   <si>
     <t>BMI6EG800</t>
   </si>
   <si>
     <t>XS1799611642</t>
   </si>
   <si>
     <t>BF4J2T0</t>
   </si>
   <si>
     <t>BABS_23-RM7 A1 144A</t>
   </si>
   <si>
     <t>10638BAA2</t>
   </si>
   <si>
     <t>US10638BAA26</t>
   </si>
   <si>
-    <t>BANCO MERCANTIL DEL NORTE SA RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>BANK GOSPODARSTWA KRAJOWEGO MTN RegS</t>
   </si>
   <si>
     <t>BMIEMBFD9</t>
   </si>
   <si>
     <t>XS3026019334</t>
   </si>
   <si>
     <t>BV6KM15</t>
   </si>
   <si>
     <t>BANK OF AMERICA CORP</t>
   </si>
   <si>
     <t>06051GLU1</t>
   </si>
   <si>
     <t>US06051GLU12</t>
   </si>
   <si>
     <t>BNNJDR2</t>
   </si>
   <si>
     <t>BANNA_19-1 C RegS</t>
@@ -537,98 +540,113 @@
   <si>
     <t>07325YAE8</t>
   </si>
   <si>
     <t>US07325YAE86</t>
   </si>
   <si>
     <t>BAYC_07-3 M4 144A</t>
   </si>
   <si>
     <t>07325YAF5</t>
   </si>
   <si>
     <t>US07325YAF51</t>
   </si>
   <si>
     <t>BAYC_08-1 M1 144A</t>
   </si>
   <si>
     <t>07324AAG6</t>
   </si>
   <si>
     <t>US07324AAG67</t>
   </si>
   <si>
-    <t>BBVA BANCOMER SA (TEXAS BRANCH) 144A</t>
-[...22 lines deleted...]
-  <si>
     <t>BEACH ACQUISITION BIDCO LLC RegS</t>
   </si>
   <si>
     <t>BMIF3NGA6</t>
   </si>
   <si>
     <t>XS3109433048</t>
   </si>
   <si>
     <t>BTXM3N9</t>
   </si>
   <si>
+    <t>BELGIUM (KINGDOM OF)</t>
+  </si>
+  <si>
+    <t>BMI8DQW08</t>
+  </si>
+  <si>
+    <t>BE0000350596</t>
+  </si>
+  <si>
+    <t>BHNC948</t>
+  </si>
+  <si>
+    <t>BMIAGQN91</t>
+  </si>
+  <si>
+    <t>BE0000354630</t>
+  </si>
+  <si>
+    <t>BL6HWK5</t>
+  </si>
+  <si>
+    <t>BELGIUM KINGDOM OF (GOVERNMENT)</t>
+  </si>
+  <si>
+    <t>BMIECF7Y4</t>
+  </si>
+  <si>
+    <t>BE0000363722</t>
+  </si>
+  <si>
+    <t>BR4S9J0</t>
+  </si>
+  <si>
     <t>BLACKSTONE PROPERTY PARTNERS EUROP MTN RegS</t>
   </si>
   <si>
     <t>BMI956U01</t>
   </si>
   <si>
     <t>XS2247718435</t>
   </si>
   <si>
     <t>BMF76Z6</t>
   </si>
   <si>
+    <t>BNP CASH COLLATERAL: OTC UMR VM CO</t>
+  </si>
+  <si>
+    <t>BMI5C1FU3</t>
+  </si>
+  <si>
     <t>BNP PARIBAS SA MTN RegS</t>
   </si>
   <si>
     <t>BMIBJXNX8</t>
   </si>
   <si>
     <t>FR001400DCZ6</t>
   </si>
   <si>
     <t>BQFLPL5</t>
   </si>
   <si>
     <t>BOA CASH COLLATERAL: OTC UMR VM CO</t>
   </si>
   <si>
     <t>BMI5C1F58</t>
   </si>
   <si>
     <t>BOFA SECURITIES INC MBS MARGIN</t>
   </si>
   <si>
     <t>BMI1NM6Q3</t>
   </si>
   <si>
     <t>BOOTS GROUP FINCO LP RegS</t>
@@ -660,50 +678,59 @@
   <si>
     <t>XS2193662728</t>
   </si>
   <si>
     <t>BPCE SA MTN RegS</t>
   </si>
   <si>
     <t>BMIC0YY53</t>
   </si>
   <si>
     <t>FR001400I7P8</t>
   </si>
   <si>
     <t>BRRFJ54</t>
   </si>
   <si>
     <t>BRITISH COLUMBIA INVESTMENT MANAGE</t>
   </si>
   <si>
     <t>110610AD4</t>
   </si>
   <si>
     <t>CA110610AD48</t>
   </si>
   <si>
+    <t>BN6QKB3</t>
+  </si>
+  <si>
+    <t>CAD CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>CAD_CCASH</t>
+  </si>
+  <si>
     <t>CAIF_25-1A B 144A</t>
   </si>
   <si>
     <t>BMIF9LD25</t>
   </si>
   <si>
     <t>XS3124333975</t>
   </si>
   <si>
     <t>CAIXABANK SA 144A</t>
   </si>
   <si>
     <t>12803RAC8</t>
   </si>
   <si>
     <t>US12803RAC88</t>
   </si>
   <si>
     <t>BQBBDX7</t>
   </si>
   <si>
     <t>CAIXABANK SA MTN RegS</t>
   </si>
   <si>
     <t>BMIEKHKT7</t>
@@ -735,56 +762,50 @@
   <si>
     <t>CASH COLLATERAL USD BARCL</t>
   </si>
   <si>
     <t>CSHBARUS0</t>
   </si>
   <si>
     <t>CASH COLLATERAL USD CREDIT AGRICOL</t>
   </si>
   <si>
     <t>BMIAP59V4</t>
   </si>
   <si>
     <t>CASH COLLATERAL USD JPMBKVM OTC VM</t>
   </si>
   <si>
     <t>CSHJPMSD4</t>
   </si>
   <si>
     <t>CASH COLLATERAL USD RY</t>
   </si>
   <si>
     <t>BMI15S8J4</t>
   </si>
   <si>
-    <t>CASH COLLATERAL USD WFC</t>
-[...4 lines deleted...]
-  <si>
     <t>CASIA_22-1A A2 144A</t>
   </si>
   <si>
     <t>BMIAPB1B3</t>
   </si>
   <si>
     <t>XS2459127739</t>
   </si>
   <si>
     <t>CASIA_22-1X A RegS</t>
   </si>
   <si>
     <t>BMIAPB180</t>
   </si>
   <si>
     <t>XS2459127226</t>
   </si>
   <si>
     <t>CDP FINANCIAL INC RegS</t>
   </si>
   <si>
     <t>BMIDXHG78</t>
   </si>
   <si>
     <t>CAC23264AY75</t>
@@ -906,161 +927,164 @@
   <si>
     <t>XS3107229281</t>
   </si>
   <si>
     <t>BVLJZ74</t>
   </si>
   <si>
     <t>CHINA DEVELOPMENT BANK</t>
   </si>
   <si>
     <t>BMI89J939</t>
   </si>
   <si>
     <t>CND10002KYS6</t>
   </si>
   <si>
     <t>BMI9JFXP8</t>
   </si>
   <si>
     <t>CND100045707</t>
   </si>
   <si>
     <t>CHINA PEOPLES REPUBLIC OF (GOVERNM</t>
   </si>
   <si>
+    <t>BMIAQH2W2</t>
+  </si>
+  <si>
+    <t>CND10004TCP5</t>
+  </si>
+  <si>
+    <t>BMI985K68</t>
+  </si>
+  <si>
+    <t>CND10003VNX4</t>
+  </si>
+  <si>
+    <t>BMIB490X2</t>
+  </si>
+  <si>
+    <t>CND10005JJ69</t>
+  </si>
+  <si>
+    <t>BQT3M83</t>
+  </si>
+  <si>
+    <t>BMIEE8KV9</t>
+  </si>
+  <si>
+    <t>CND10008S8G8</t>
+  </si>
+  <si>
+    <t>BNVRS73</t>
+  </si>
+  <si>
+    <t>BMIE6ES39</t>
+  </si>
+  <si>
+    <t>CND10008MC01</t>
+  </si>
+  <si>
+    <t>BS1HX95</t>
+  </si>
+  <si>
+    <t>BMIBD1EQ9</t>
+  </si>
+  <si>
+    <t>CND10005TZQ1</t>
+  </si>
+  <si>
+    <t>BP48J96</t>
+  </si>
+  <si>
     <t>BMI7UG2V8</t>
   </si>
   <si>
     <t>CND10002D1Y9</t>
   </si>
   <si>
-    <t>BMIAQH2W2</t>
-[...8 lines deleted...]
-    <t>CND10003VNX4</t>
+    <t>BKLTZB1</t>
   </si>
   <si>
     <t>BMIBB5NN9</t>
   </si>
   <si>
     <t>CND10005R9B1</t>
   </si>
   <si>
     <t>BNNJZV0</t>
   </si>
   <si>
-    <t>BMIBD1EQ9</t>
-[...34 lines deleted...]
-  <si>
     <t>CLAST_19-1 1A 144A</t>
   </si>
   <si>
     <t>14855MAA6</t>
   </si>
   <si>
     <t>US14855MAA62</t>
   </si>
   <si>
     <t>CNH CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>CNH_CCASH</t>
   </si>
   <si>
     <t>COMMONWEALTH BANK OF AUSTRALIA MTN 144A</t>
   </si>
   <si>
     <t>202712BK0</t>
   </si>
   <si>
     <t>US202712BK06</t>
   </si>
   <si>
     <t>BK5W9M5</t>
   </si>
   <si>
     <t>CORPORACION ANDINA DE FOMENTO</t>
   </si>
   <si>
+    <t>219868CJ3</t>
+  </si>
+  <si>
+    <t>US219868CJ38</t>
+  </si>
+  <si>
+    <t>BPK8536</t>
+  </si>
+  <si>
     <t>219868CL8</t>
   </si>
   <si>
     <t>US219868CL83</t>
   </si>
   <si>
     <t>BT3NSJ3</t>
   </si>
   <si>
-    <t>219868CJ3</t>
-[...7 lines deleted...]
-  <si>
     <t>CORPORACION ANDINA DE FOMENTO RegS</t>
   </si>
   <si>
     <t>BMIF0HBS8</t>
   </si>
   <si>
     <t>USP31890AL30</t>
   </si>
   <si>
     <t>CPPIB CAPITAL INC MTN RegS</t>
   </si>
   <si>
     <t>BMIECAT96</t>
   </si>
   <si>
     <t>AU3CB0317089</t>
   </si>
   <si>
     <t>BR1FL54</t>
   </si>
   <si>
     <t>CREDIT AGRICOLE ASSURANCES SA RegS</t>
   </si>
   <si>
     <t>BMI688Z47</t>
@@ -1209,68 +1233,68 @@
   <si>
     <t>BMIDP8QU5</t>
   </si>
   <si>
     <t>DE000A383KA9</t>
   </si>
   <si>
     <t>BPK7XZ1</t>
   </si>
   <si>
     <t>DIAMONDBACK ENERGY INC</t>
   </si>
   <si>
     <t>25278XAV1</t>
   </si>
   <si>
     <t>US25278XAV10</t>
   </si>
   <si>
     <t>BQWR7X2</t>
   </si>
   <si>
     <t>DLR KREDIT A/S</t>
   </si>
   <si>
+    <t>BMIBTYE98</t>
+  </si>
+  <si>
+    <t>DK0006358981</t>
+  </si>
+  <si>
+    <t>BN4Q2V9</t>
+  </si>
+  <si>
     <t>BMIE8L726</t>
   </si>
   <si>
     <t>DK0006361852</t>
   </si>
   <si>
     <t>BW60G98</t>
   </si>
   <si>
-    <t>BMIBTYE98</t>
-[...7 lines deleted...]
-  <si>
     <t>DUERO_1 A RegS</t>
   </si>
   <si>
     <t>BMI7V6R67</t>
   </si>
   <si>
     <t>XS1843432078</t>
   </si>
   <si>
     <t>DYNAMO NEWCO II GMBH RegS</t>
   </si>
   <si>
     <t>BMIDZPST7</t>
   </si>
   <si>
     <t>XS2910523716</t>
   </si>
   <si>
     <t>BRSF0M7</t>
   </si>
   <si>
     <t>E-MAC_04-II A RegS</t>
   </si>
   <si>
     <t>BRS75PXU2</t>
@@ -1443,144 +1467,150 @@
   <si>
     <t>ENGIE SA RegS</t>
   </si>
   <si>
     <t>BMIFLQWW3</t>
   </si>
   <si>
     <t>FR0014013BG2</t>
   </si>
   <si>
     <t>BMIFLQXP7</t>
   </si>
   <si>
     <t>FR0014013BH0</t>
   </si>
   <si>
     <t>BMIDKCAK0</t>
   </si>
   <si>
     <t>FR001400QOK5</t>
   </si>
   <si>
     <t>BSLTP51</t>
   </si>
   <si>
+    <t>BMI9WSFD2</t>
+  </si>
+  <si>
+    <t>FR00140046Y4</t>
+  </si>
+  <si>
+    <t>BLD2ZX7</t>
+  </si>
+  <si>
     <t>BMIDK7W43</t>
   </si>
   <si>
     <t>FR001400QOL3</t>
   </si>
   <si>
     <t>BSLTP40</t>
   </si>
   <si>
-    <t>BMI9WSFD2</t>
-[...7 lines deleted...]
-  <si>
     <t>ERLS_21-NPLA A1 144A</t>
   </si>
   <si>
     <t>Z95JSE9M0</t>
   </si>
   <si>
     <t>XS2418694316</t>
   </si>
   <si>
     <t>ESAIL_07-5X A1C RegS</t>
   </si>
   <si>
     <t>BRS8BPM92</t>
   </si>
   <si>
     <t>XS0328025241</t>
   </si>
   <si>
     <t>B29H4R0</t>
   </si>
   <si>
     <t>ESSENDI SA RegS</t>
   </si>
   <si>
     <t>BMIEVN2E5</t>
   </si>
   <si>
     <t>XS3049459749</t>
   </si>
   <si>
     <t>BVK4848</t>
   </si>
   <si>
     <t>ESTONIA (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMICYGX49</t>
   </si>
   <si>
     <t>XS2740429076</t>
   </si>
   <si>
     <t>BRBCHG8</t>
   </si>
   <si>
+    <t>ETD AUD MARGIN BALANCE</t>
+  </si>
+  <si>
+    <t>MARGIAUD8</t>
+  </si>
+  <si>
     <t>ETD KRW MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGIKRW8</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGIUSD7</t>
   </si>
   <si>
     <t>EUR CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>EUR_CCASH</t>
   </si>
   <si>
     <t>EUR/USD</t>
   </si>
   <si>
-    <t>BMIFRLSLR</t>
-[...8 lines deleted...]
-    <t>BMIFR46HP</t>
+    <t>BMIFVTGJR</t>
+  </si>
+  <si>
+    <t>BMIFVTGJP</t>
+  </si>
+  <si>
+    <t>BMIFVTGBP</t>
+  </si>
+  <si>
+    <t>BMIFVTGBR</t>
   </si>
   <si>
     <t>EUROPEAN FINANCIAL STABILITY FACIL MTN RegS</t>
   </si>
   <si>
     <t>BMI1CHFU7</t>
   </si>
   <si>
     <t>EU000A1G0BJ5</t>
   </si>
   <si>
     <t>BD6L308</t>
   </si>
   <si>
     <t>FHLMC 30YR UMBS</t>
   </si>
   <si>
     <t>3133CU5F9</t>
   </si>
   <si>
     <t>US3133CU5F95</t>
   </si>
   <si>
     <t>FHLMC 30YR UMBS SUPER</t>
   </si>
@@ -1647,810 +1677,798 @@
   <si>
     <t>US30259RAM79</t>
   </si>
   <si>
     <t>FMMSR_22-GT2 A 144A</t>
   </si>
   <si>
     <t>30259RAP0</t>
   </si>
   <si>
     <t>US30259RAP01</t>
   </si>
   <si>
     <t>FMMSR_24-FT1 A 144A</t>
   </si>
   <si>
     <t>30191JAB0</t>
   </si>
   <si>
     <t>US30191JAB08</t>
   </si>
   <si>
     <t>FNMA 30YR</t>
   </si>
   <si>
+    <t>3138AUDE4</t>
+  </si>
+  <si>
+    <t>US3138AUDE44</t>
+  </si>
+  <si>
+    <t>3138A7K49</t>
+  </si>
+  <si>
+    <t>US3138A7K499</t>
+  </si>
+  <si>
     <t>3138E2VY8</t>
   </si>
   <si>
     <t>US3138E2VY88</t>
   </si>
   <si>
-    <t>3138AUDE4</t>
-[...8 lines deleted...]
-    <t>US3138A7K499</t>
+    <t>31418BYJ9</t>
+  </si>
+  <si>
+    <t>US31418BYJ96</t>
   </si>
   <si>
     <t>3138X0PH5</t>
   </si>
   <si>
     <t>US3138X0PH55</t>
   </si>
   <si>
-    <t>31418BYJ9</t>
-[...4 lines deleted...]
-  <si>
     <t>FNMA 30YR UMBS</t>
   </si>
   <si>
+    <t>3140BN2U1</t>
+  </si>
+  <si>
+    <t>US3140BN2U18</t>
+  </si>
+  <si>
     <t>31418EQ78</t>
   </si>
   <si>
     <t>US31418EQ781</t>
   </si>
   <si>
-    <t>3140BN2U1</t>
-[...4 lines deleted...]
-  <si>
     <t>3140Y65U0</t>
   </si>
   <si>
     <t>US3140Y65U03</t>
   </si>
   <si>
     <t>FNMA 30YR UMBS SUPER</t>
   </si>
   <si>
+    <t>3140XJQN6</t>
+  </si>
+  <si>
+    <t>US3140XJQN67</t>
+  </si>
+  <si>
     <t>3140XMH33</t>
   </si>
   <si>
     <t>US3140XMH339</t>
   </si>
   <si>
-    <t>3140XJQN6</t>
-[...4 lines deleted...]
-  <si>
     <t>FNMA CONV LONG TERM 30YR - JUMBO-C</t>
   </si>
   <si>
     <t>31418DD74</t>
   </si>
   <si>
     <t>US31418DD740</t>
   </si>
   <si>
     <t>31418DBW1</t>
   </si>
   <si>
     <t>US31418DBW11</t>
   </si>
   <si>
     <t>FOUNDRY JV HOLDCO LLC 144A</t>
   </si>
   <si>
     <t>350930AF0</t>
   </si>
   <si>
     <t>US350930AF07</t>
   </si>
   <si>
+    <t>FRANCE (REPUBLIC OF)</t>
+  </si>
+  <si>
+    <t>BMIESE050</t>
+  </si>
+  <si>
+    <t>FR001400Z2L7</t>
+  </si>
+  <si>
+    <t>BN7QFJ5</t>
+  </si>
+  <si>
     <t>FUNDD_25-1X A RegS</t>
   </si>
   <si>
     <t>Z9719L0S8</t>
   </si>
   <si>
     <t>XS3033039440</t>
   </si>
   <si>
     <t>FWLS_15-SC02 1A</t>
   </si>
   <si>
     <t>3137G1AK3</t>
   </si>
   <si>
     <t>US3137G1AK38</t>
   </si>
   <si>
     <t>FWLS_15-SC02 2A</t>
   </si>
   <si>
     <t>3137G1AL1</t>
   </si>
   <si>
     <t>US3137G1AL11</t>
   </si>
   <si>
     <t>FWLS_16-SC01 2A</t>
   </si>
   <si>
     <t>3137G1AW7</t>
   </si>
   <si>
     <t>US3137G1AW75</t>
   </si>
   <si>
     <t>FXFWRD AUD/USD 08-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFV7NKP</t>
+  </si>
+  <si>
+    <t>BMIFV7NKR</t>
+  </si>
+  <si>
+    <t>BMIFPW71R</t>
+  </si>
+  <si>
     <t>BMIFPW71P</t>
   </si>
   <si>
-    <t>BMIFPW71R</t>
-[...26 lines deleted...]
-    <t>BMIFKK2PR</t>
+    <t>FXFWRD BRL/USD 17-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFRR9SP</t>
+  </si>
+  <si>
+    <t>BMIFRR9SR</t>
   </si>
   <si>
     <t>FXFWRD CAD/USD 08-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFLZBVP</t>
+  </si>
+  <si>
     <t>BMIFN1CKP</t>
   </si>
   <si>
+    <t>BMIFL28NR</t>
+  </si>
+  <si>
+    <t>BMIFUHUAR</t>
+  </si>
+  <si>
     <t>BMIFLHA2R</t>
   </si>
   <si>
-    <t>BMIFLZBVP</t>
-[...2 lines deleted...]
-    <t>BMIFL28NR</t>
+    <t>BMIFUHUAP</t>
   </si>
   <si>
     <t>BMIFLHA2P</t>
   </si>
   <si>
     <t>BMIFL28NP</t>
   </si>
   <si>
     <t>BMIFN1CKR</t>
   </si>
   <si>
     <t>BMIFLZBVR</t>
   </si>
   <si>
-    <t>FXFWRD CHF/USD 05-NOV-2025</t>
-[...13 lines deleted...]
-  <si>
     <t>FXFWRD CHF/USD 28-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFV7NHR</t>
+  </si>
+  <si>
     <t>BMIFR815P</t>
   </si>
   <si>
     <t>BMIFR815R</t>
   </si>
   <si>
-    <t>FXFWRD CLP/USD 10-NOV-2025</t>
-[...83 lines deleted...]
-    <t>BMIFF55SP</t>
+    <t>BMIFV7NHP</t>
+  </si>
+  <si>
+    <t>FXFWRD CLP/USD 17-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFRRC9P</t>
+  </si>
+  <si>
+    <t>BMIFRRC9R</t>
+  </si>
+  <si>
+    <t>FXFWRD CNH/USD 17-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFUHTZR</t>
+  </si>
+  <si>
+    <t>BMIFRY7CR</t>
+  </si>
+  <si>
+    <t>BMIFUHTZP</t>
+  </si>
+  <si>
+    <t>BMIFRY7CP</t>
   </si>
   <si>
     <t>FXFWRD CZK/USD 28-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFR7WER</t>
+  </si>
+  <si>
+    <t>BMIFRF0SP</t>
+  </si>
+  <si>
+    <t>BMIFR7WEP</t>
+  </si>
+  <si>
     <t>BMIFRF0SR</t>
   </si>
   <si>
-    <t>BMIFR7WER</t>
-[...34 lines deleted...]
-  <si>
     <t>FXFWRD DKK/USD 28-JAN-2026</t>
   </si>
   <si>
     <t>BMIFR09AR</t>
   </si>
   <si>
     <t>BMIFR09AP</t>
   </si>
   <si>
-    <t>FXFWRD EGP/USD 10-NOV-2025</t>
-[...5 lines deleted...]
-    <t>BMIFEESHR</t>
+    <t>BMIFU6KSR</t>
+  </si>
+  <si>
+    <t>BMIFU6KSP</t>
+  </si>
+  <si>
+    <t>FXFWRD EGP/USD 17-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFRPXZP</t>
+  </si>
+  <si>
+    <t>BMIFRPXZR</t>
+  </si>
+  <si>
+    <t>FXFWRD EUR/USD 02-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFVEVZR</t>
+  </si>
+  <si>
+    <t>BMIFVEVZP</t>
   </si>
   <si>
     <t>FXFWRD EUR/USD 14-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFTKJ8P</t>
+  </si>
+  <si>
+    <t>BMIFV7NFR</t>
+  </si>
+  <si>
+    <t>BMIFSWYRP</t>
+  </si>
+  <si>
+    <t>BMIFTSAMP</t>
+  </si>
+  <si>
+    <t>BMIFUYVZP</t>
+  </si>
+  <si>
+    <t>BMIFR7ADP</t>
+  </si>
+  <si>
+    <t>BMIFS6KRP</t>
+  </si>
+  <si>
+    <t>BMIFSPKMP</t>
+  </si>
+  <si>
+    <t>BMIFS6KRR</t>
+  </si>
+  <si>
+    <t>BMIFVC3JR</t>
+  </si>
+  <si>
+    <t>BMIFUHU8R</t>
+  </si>
+  <si>
+    <t>BMIFPDZ6R</t>
+  </si>
+  <si>
+    <t>BMIFTSAMR</t>
+  </si>
+  <si>
+    <t>BMIFSWYRR</t>
+  </si>
+  <si>
+    <t>BMIFPW4RR</t>
+  </si>
+  <si>
+    <t>BMIFUHU8P</t>
+  </si>
+  <si>
+    <t>BMIFSPKMR</t>
+  </si>
+  <si>
+    <t>BMIFPW4RP</t>
+  </si>
+  <si>
+    <t>BMIFV7NFP</t>
+  </si>
+  <si>
+    <t>BMIFPDZ6P</t>
+  </si>
+  <si>
+    <t>BMIFPMBTR</t>
+  </si>
+  <si>
+    <t>BMIFPF2RP</t>
+  </si>
+  <si>
+    <t>BMIFUARSR</t>
+  </si>
+  <si>
+    <t>BMIFUYVZR</t>
+  </si>
+  <si>
+    <t>BMIFPMBTP</t>
+  </si>
+  <si>
     <t>BMIFPF2RR</t>
   </si>
   <si>
-    <t>BMIFPMBTP</t>
-[...5 lines deleted...]
-    <t>BMIFPF2RP</t>
+    <t>BMIFVC3JP</t>
+  </si>
+  <si>
+    <t>BMIFTKJ8R</t>
+  </si>
+  <si>
+    <t>BMIFUARSP</t>
   </si>
   <si>
     <t>BMIFR7ADR</t>
   </si>
   <si>
-    <t>BMIFPW4RP</t>
-[...34 lines deleted...]
-  <si>
     <t>FXFWRD GBP/USD 28-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFVK4TP</t>
+  </si>
+  <si>
     <t>BMIFR8TXP</t>
   </si>
   <si>
+    <t>BMIFV7NMR</t>
+  </si>
+  <si>
+    <t>BMIFUHTXP</t>
+  </si>
+  <si>
+    <t>BMIFRQVBR</t>
+  </si>
+  <si>
+    <t>BMIFU4TKR</t>
+  </si>
+  <si>
+    <t>BMIFUBNKP</t>
+  </si>
+  <si>
+    <t>BMIFU4TKP</t>
+  </si>
+  <si>
     <t>BMIFR8TXR</t>
   </si>
   <si>
-    <t>FXFWRD HUF/USD 05-NOV-2025</t>
-[...11 lines deleted...]
-    <t>BMIFF5GAR</t>
+    <t>BMIFUBNKR</t>
+  </si>
+  <si>
+    <t>BMIFVK4TR</t>
+  </si>
+  <si>
+    <t>BMIFRQVBP</t>
+  </si>
+  <si>
+    <t>BMIFV7NMP</t>
+  </si>
+  <si>
+    <t>BMIFUHTXR</t>
   </si>
   <si>
     <t>FXFWRD HUF/USD 28-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFR8JYP</t>
+  </si>
+  <si>
     <t>BMIFR8JYR</t>
   </si>
   <si>
-    <t>BMIFR8JYP</t>
-[...16 lines deleted...]
-  <si>
     <t>FXFWRD JPY/USD 05-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFPF5JR</t>
+  </si>
+  <si>
+    <t>BMIFNLN6P</t>
+  </si>
+  <si>
+    <t>BMIFQZASP</t>
+  </si>
+  <si>
+    <t>BMIFUC9DR</t>
+  </si>
+  <si>
+    <t>BMIFUB9NP</t>
+  </si>
+  <si>
+    <t>BMIFUYV0P</t>
+  </si>
+  <si>
+    <t>BMIFNLN6R</t>
+  </si>
+  <si>
+    <t>BMIFRQSZR</t>
+  </si>
+  <si>
+    <t>BMIFV7NPR</t>
+  </si>
+  <si>
+    <t>BMIFUYV0R</t>
+  </si>
+  <si>
     <t>BMIFPF5JP</t>
   </si>
   <si>
-    <t>BMIFNLN6P</t>
+    <t>BMIFTY1FP</t>
+  </si>
+  <si>
+    <t>BMIFV7NPP</t>
+  </si>
+  <si>
+    <t>BMIFUC9DP</t>
+  </si>
+  <si>
+    <t>BMIFQTYMR</t>
+  </si>
+  <si>
+    <t>BMIFUBNRP</t>
+  </si>
+  <si>
+    <t>BMIFQZASR</t>
   </si>
   <si>
     <t>BMIFQTYMP</t>
   </si>
   <si>
-    <t>BMIFQZASR</t>
-[...26 lines deleted...]
-    <t>BMIFEM4ZR</t>
+    <t>BMIFTY1FR</t>
+  </si>
+  <si>
+    <t>BMIFUB9NR</t>
+  </si>
+  <si>
+    <t>BMIFUBNRR</t>
+  </si>
+  <si>
+    <t>BMIFVRLNR</t>
+  </si>
+  <si>
+    <t>BMIFVC4LR</t>
+  </si>
+  <si>
+    <t>BMIFRQSZP</t>
+  </si>
+  <si>
+    <t>BMIFVRLNP</t>
+  </si>
+  <si>
+    <t>BMIFVC4LP</t>
+  </si>
+  <si>
+    <t>FXFWRD JPY/USD 05-FEB-2026</t>
+  </si>
+  <si>
+    <t>BMIFVRKZR</t>
+  </si>
+  <si>
+    <t>BMIFVRKZP</t>
+  </si>
+  <si>
+    <t>FXFWRD KRW/USD 17-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFRY3UP</t>
+  </si>
+  <si>
+    <t>BMIFUHXXP</t>
+  </si>
+  <si>
+    <t>BMIFRY3UR</t>
+  </si>
+  <si>
+    <t>BMIFUHXXR</t>
   </si>
   <si>
     <t>FXFWRD MXN/USD 08-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFNB8KR</t>
+  </si>
+  <si>
+    <t>BMIFLHAEP</t>
+  </si>
+  <si>
+    <t>BMIFL2AJR</t>
+  </si>
+  <si>
+    <t>BMIFLHAER</t>
+  </si>
+  <si>
+    <t>BMIFL2AJP</t>
+  </si>
+  <si>
+    <t>BMIFT3LXR</t>
+  </si>
+  <si>
+    <t>BMIFNB8KP</t>
+  </si>
+  <si>
+    <t>BMIFPW55R</t>
+  </si>
+  <si>
+    <t>BMIFLZBDR</t>
+  </si>
+  <si>
+    <t>BMIFLZBDP</t>
+  </si>
+  <si>
+    <t>BMIFT3LXP</t>
+  </si>
+  <si>
     <t>BMIFPW55P</t>
   </si>
   <si>
-    <t>BMIFLZBDP</t>
-[...71 lines deleted...]
-    <t>BMIFR0JZR</t>
+    <t>FXFWRD MYR/USD 17-DEC-2025</t>
+  </si>
+  <si>
+    <t>BMIFRXQZP</t>
+  </si>
+  <si>
+    <t>BMIFRXQZR</t>
   </si>
   <si>
     <t>FXFWRD NOK/USD 28-JAN-2026</t>
   </si>
   <si>
     <t>BMIFR0K5R</t>
   </si>
   <si>
     <t>BMIFR0K5P</t>
   </si>
   <si>
     <t>FXFWRD NZD/USD 08-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFPWGCR</t>
+  </si>
+  <si>
+    <t>BMIFUSHPP</t>
+  </si>
+  <si>
     <t>BMIFPWGCP</t>
   </si>
   <si>
-    <t>BMIFPWGCR</t>
-[...14 lines deleted...]
-    <t>BMIFF5R4R</t>
+    <t>BMIFUSHPR</t>
   </si>
   <si>
     <t>FXFWRD PLN/USD 28-JAN-2026</t>
   </si>
   <si>
     <t>BMIFR8D6P</t>
   </si>
   <si>
     <t>BMIFR8D6R</t>
   </si>
   <si>
-    <t>FXFWRD RON/USD 05-NOV-2025</t>
-[...13 lines deleted...]
-  <si>
     <t>FXFWRD RON/USD 28-JAN-2026</t>
   </si>
   <si>
     <t>BMIFR0RYP</t>
   </si>
   <si>
     <t>BMIFR0RYR</t>
   </si>
   <si>
-    <t>FXFWRD SEK/USD 05-NOV-2025</t>
-[...13 lines deleted...]
-  <si>
     <t>FXFWRD SEK/USD 28-JAN-2026</t>
   </si>
   <si>
+    <t>BMIFV7NEP</t>
+  </si>
+  <si>
     <t>BMIFR0Q5P</t>
   </si>
   <si>
+    <t>BMIFV7NER</t>
+  </si>
+  <si>
     <t>BMIFR0Q5R</t>
   </si>
   <si>
     <t>FXFWRD SGD/USD 05-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFPLBLR</t>
+  </si>
+  <si>
+    <t>BMIFVQWCP</t>
+  </si>
+  <si>
     <t>BMIFPLBLP</t>
   </si>
   <si>
-    <t>BMIFPLBLR</t>
+    <t>BMIFVQWCR</t>
+  </si>
+  <si>
+    <t>FXFWRD SGD/USD 05-FEB-2026</t>
+  </si>
+  <si>
+    <t>BMIFVQWBP</t>
+  </si>
+  <si>
+    <t>BMIFVQWBR</t>
   </si>
   <si>
     <t>FXFWRD ZAR/USD 05-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFVR7ZP</t>
+  </si>
+  <si>
+    <t>BMIFQQYCP</t>
+  </si>
+  <si>
+    <t>BMIFVR7ZR</t>
+  </si>
+  <si>
     <t>BMIFQQYCR</t>
   </si>
   <si>
-    <t>BMIFQQYCP</t>
+    <t>FXFWRD ZAR/USD 05-FEB-2026</t>
+  </si>
+  <si>
+    <t>BMIFVR80R</t>
+  </si>
+  <si>
+    <t>BMIFVR80P</t>
   </si>
   <si>
     <t>FXFWRD ZAR/USD 17-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFKBLNR</t>
+  </si>
+  <si>
+    <t>BMIFLQV2R</t>
+  </si>
+  <si>
+    <t>BMIFKBLNP</t>
+  </si>
+  <si>
     <t>BMIFLQV2P</t>
   </si>
   <si>
-    <t>BMIFKBLNR</t>
-[...7 lines deleted...]
-  <si>
     <t>GACI FIRST INVESTMENT CO MTN RegS</t>
   </si>
   <si>
     <t>BMIDK1ZU5</t>
   </si>
   <si>
     <t>XS2838973209</t>
   </si>
   <si>
     <t>BRQQ237</t>
   </si>
   <si>
-    <t>GBP CASH(Alpha Committed)</t>
-[...4 lines deleted...]
-  <si>
     <t>GERMANY (FEDERAL REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMID18823</t>
   </si>
   <si>
     <t>DE000BU2D004</t>
   </si>
   <si>
     <t>BQXK2R9</t>
   </si>
   <si>
-    <t>GLOBAL ATLANTIC FIN CO 144A</t>
-[...5 lines deleted...]
-    <t>US37959GAC15</t>
+    <t>GMCF_06-1U A</t>
+  </si>
+  <si>
+    <t>Z916X8U52</t>
+  </si>
+  <si>
+    <t>MX91MX000034</t>
   </si>
   <si>
     <t>GMCF_07-2U A</t>
   </si>
   <si>
     <t>Z91885Z24</t>
   </si>
   <si>
     <t>MX97MX020028</t>
   </si>
   <si>
     <t>GNMA2 30YR TBA(REG C)</t>
   </si>
   <si>
-    <t>BYDRUHY12</t>
+    <t>BYDT3AMU2</t>
   </si>
   <si>
     <t>GNR_13-71 IG</t>
   </si>
   <si>
     <t>38378TAH3</t>
   </si>
   <si>
     <t>US38378TAH32</t>
   </si>
   <si>
     <t>GOLDMAN SACHS &amp; CO</t>
   </si>
   <si>
     <t>CXMUSD056</t>
   </si>
   <si>
     <t>HCA INC</t>
   </si>
   <si>
     <t>404119DC0</t>
   </si>
   <si>
     <t>US404119DC05</t>
   </si>
@@ -2463,62 +2481,50 @@
   <si>
     <t>GR0128017747</t>
   </si>
   <si>
     <t>BMB3RG6</t>
   </si>
   <si>
     <t>HORZN_18-1 A 144A</t>
   </si>
   <si>
     <t>440405AE8</t>
   </si>
   <si>
     <t>US440405AE86</t>
   </si>
   <si>
     <t>HPA_21-2 F 144A</t>
   </si>
   <si>
     <t>43732VAL0</t>
   </si>
   <si>
     <t>US43732VAL09</t>
   </si>
   <si>
-    <t>HSBC HOLDINGS PLC MTN RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>HUNGARY (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMI7DU4C6</t>
   </si>
   <si>
     <t>HU0000403696</t>
   </si>
   <si>
     <t>BJH5419</t>
   </si>
   <si>
     <t>HUNGARY GOVERNMENT INTERNATIONAL B RegS</t>
   </si>
   <si>
     <t>BMIBJFMD2</t>
   </si>
   <si>
     <t>XS2574267261</t>
   </si>
   <si>
     <t>BPXYFH5</t>
   </si>
   <si>
     <t>HYUNDAI CAPITAL AMERICA 144A</t>
@@ -2580,56 +2586,50 @@
   <si>
     <t>BMIEW5ZJ6</t>
   </si>
   <si>
     <t>XS3074495444</t>
   </si>
   <si>
     <t>BTZQF88</t>
   </si>
   <si>
     <t>IRELAND (GOVERNMENT) RegS</t>
   </si>
   <si>
     <t>BMI89RMX0</t>
   </si>
   <si>
     <t>IE00BKFVC345</t>
   </si>
   <si>
     <t>BJVL8J9</t>
   </si>
   <si>
     <t>ITALY (REPUBLIC OF)</t>
   </si>
   <si>
-    <t>BMI832NZ5</t>
-[...4 lines deleted...]
-  <si>
     <t>BMIAYQRW6</t>
   </si>
   <si>
     <t>IT0005497000</t>
   </si>
   <si>
     <t>BLDC9F7</t>
   </si>
   <si>
     <t>ITALY (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMID4DSF8</t>
   </si>
   <si>
     <t>IT0005584856</t>
   </si>
   <si>
     <t>BJK16W9</t>
   </si>
   <si>
     <t>ITALY BUONI POLIENNALI DEL TESORO</t>
   </si>
   <si>
     <t>BMIFEM9F3</t>
@@ -2643,50 +2643,62 @@
   <si>
     <t>IVORY COAST GOVERNMENT INTERNATION RegS</t>
   </si>
   <si>
     <t>BMI98X317</t>
   </si>
   <si>
     <t>XS2264871828</t>
   </si>
   <si>
     <t>BMYD8L5</t>
   </si>
   <si>
     <t>JAPAN (GOVERNMENT OF) 10YR #29</t>
   </si>
   <si>
     <t>BMIDGVGP6</t>
   </si>
   <si>
     <t>JP1120291Q59</t>
   </si>
   <si>
     <t>BR51DF2</t>
   </si>
   <si>
+    <t>JAPAN (GOVERNMENT OF) 10YR #30</t>
+  </si>
+  <si>
+    <t>BMIEXP4Q9</t>
+  </si>
+  <si>
+    <t>JP1120301R56</t>
+  </si>
+  <si>
+    <t>BVJ2P86</t>
+  </si>
+  <si>
     <t>JAPAN (GOVERNMENT OF) 10YR #378</t>
   </si>
   <si>
     <t>BMIEQQHN8</t>
   </si>
   <si>
     <t>JP1103781R44</t>
   </si>
   <si>
     <t>BRF4GQ3</t>
   </si>
   <si>
     <t>JAPAN (GOVERNMENT OF) 20YR #177</t>
   </si>
   <si>
     <t>BMI9Z9BG8</t>
   </si>
   <si>
     <t>JP1201771M76</t>
   </si>
   <si>
     <t>BNKTGJ8</t>
   </si>
   <si>
     <t>JAPAN (GOVERNMENT OF) 30YR #64</t>
@@ -2703,57 +2715,60 @@
   <si>
     <t>JAPAN (GOVERNMENT OF) 30YR #73</t>
   </si>
   <si>
     <t>BMIAFQQJ7</t>
   </si>
   <si>
     <t>JP1300731N17</t>
   </si>
   <si>
     <t>BMBSYR1</t>
   </si>
   <si>
     <t>JEFFERIES FINANCIAL GROUP INC MTN</t>
   </si>
   <si>
     <t>47233JGT9</t>
   </si>
   <si>
     <t>US47233JGT97</t>
   </si>
   <si>
     <t>BMTVQ54</t>
   </si>
   <si>
-    <t>JERSEY CENTRAL POWER &amp; LIGHT CO 144A</t>
-[...5 lines deleted...]
-    <t>US476556DD44</t>
+    <t>JERSEY CENTRAL POWER &amp; LIGHT COMPA 144A</t>
+  </si>
+  <si>
+    <t>476556DG7</t>
+  </si>
+  <si>
+    <t>US476556DG74</t>
+  </si>
+  <si>
+    <t>BT8PBS4</t>
   </si>
   <si>
     <t>JPMBB_14-C23 D 144A</t>
   </si>
   <si>
     <t>46643AAG8</t>
   </si>
   <si>
     <t>US46643AAG85</t>
   </si>
   <si>
     <t>BWYSL00</t>
   </si>
   <si>
     <t>JPMMT_07-A4 2A3</t>
   </si>
   <si>
     <t>46631JAE8</t>
   </si>
   <si>
     <t>US46631JAE82</t>
   </si>
   <si>
     <t>B44RRY7</t>
   </si>
@@ -2820,98 +2835,101 @@
   <si>
     <t>LITHUANIA (REPUBLIC OF) MTN RegS</t>
   </si>
   <si>
     <t>BMIDNELQ8</t>
   </si>
   <si>
     <t>XS2841247583</t>
   </si>
   <si>
     <t>BNZHZ67</t>
   </si>
   <si>
     <t>LORCA TELECOM BONDCO SA RegS</t>
   </si>
   <si>
     <t>BMI933WJ7</t>
   </si>
   <si>
     <t>XS2240463674</t>
   </si>
   <si>
     <t>BN7HR69</t>
   </si>
   <si>
-    <t>LSA: (CDX.NA.HY.45.V1)</t>
-[...4 lines deleted...]
-  <si>
     <t>MABS_04-WMC2 M1</t>
   </si>
   <si>
     <t>57643LDJ2</t>
   </si>
   <si>
     <t>US57643LDJ26</t>
   </si>
   <si>
     <t>MALAYSIA (GOVERNMENT)</t>
   </si>
   <si>
+    <t>BMI7DV392</t>
+  </si>
+  <si>
+    <t>MYBMO1900020</t>
+  </si>
+  <si>
+    <t>BDVLNF8</t>
+  </si>
+  <si>
     <t>BMIAFY926</t>
   </si>
   <si>
     <t>MYBMO2200016</t>
   </si>
   <si>
     <t>BMH24M2</t>
   </si>
   <si>
-    <t>BMI7DV392</t>
-[...7 lines deleted...]
-  <si>
     <t>MANSD_06-1X M1 RegS</t>
   </si>
   <si>
     <t>BRS8GFX97</t>
   </si>
   <si>
     <t>XS0272298166</t>
   </si>
   <si>
     <t>B1GJ7Q2</t>
   </si>
   <si>
+    <t>MARSM_09-1 F RegS</t>
+  </si>
+  <si>
+    <t>Z913G74T7</t>
+  </si>
+  <si>
+    <t>FR0010744680</t>
+  </si>
+  <si>
     <t>MASTRA_02-NC1 M3</t>
   </si>
   <si>
     <t>61909QAF3</t>
   </si>
   <si>
     <t>US61909QAF37</t>
   </si>
   <si>
     <t>MCGRAW-HILL EDUCATION INC 144A</t>
   </si>
   <si>
     <t>58064LAA2</t>
   </si>
   <si>
     <t>US58064LAA26</t>
   </si>
   <si>
     <t>BSWT6Y6</t>
   </si>
   <si>
     <t>META PLATFORMS INC</t>
   </si>
   <si>
     <t>30303MAE2</t>
@@ -3129,89 +3147,107 @@
   <si>
     <t>US63875FAA49</t>
   </si>
   <si>
     <t>NDFT_24-1X C RegS</t>
   </si>
   <si>
     <t>BMID8BQE3</t>
   </si>
   <si>
     <t>XS2768182870</t>
   </si>
   <si>
     <t>NEW ZEALAND (GOVERNMENT OF)</t>
   </si>
   <si>
     <t>BMID9YCE7</t>
   </si>
   <si>
     <t>NZGOVDT535C1</t>
   </si>
   <si>
     <t>BPX2VW6</t>
   </si>
   <si>
+    <t>BMIDV20J4</t>
+  </si>
+  <si>
+    <t>NZGOVDT536C9</t>
+  </si>
+  <si>
+    <t>BQB71W0</t>
+  </si>
+  <si>
     <t>NEW ZEALAND LOCAL GOVERNMENT FUNDI MTN</t>
   </si>
   <si>
     <t>BMID56MV3</t>
   </si>
   <si>
     <t>AU3CB0307478</t>
   </si>
   <si>
     <t>BRC73K8</t>
   </si>
   <si>
     <t>NGATE_07-3 A3 RegS</t>
   </si>
   <si>
     <t>Z913H3KE0</t>
   </si>
   <si>
     <t>XS0332288058</t>
   </si>
   <si>
     <t>B2NDQF6</t>
   </si>
   <si>
     <t>NGATE_07-3X CB RegS</t>
   </si>
   <si>
     <t>Z913H3KH3</t>
   </si>
   <si>
     <t>XS0329656523</t>
   </si>
   <si>
     <t>B2NDQJ0</t>
   </si>
   <si>
     <t>NORDEA KREDIT REALKREDITAKTIESELSK</t>
   </si>
   <si>
+    <t>BMIDZ32G2</t>
+  </si>
+  <si>
+    <t>DK0002061217</t>
+  </si>
+  <si>
+    <t>BRT3ZK3</t>
+  </si>
+  <si>
     <t>BMICUQAZ7</t>
   </si>
   <si>
     <t>DK0002059906</t>
   </si>
   <si>
     <t>BQ74R38</t>
   </si>
   <si>
     <t>NORTEGAS ENERGIA GRUPO SL MTN RegS</t>
   </si>
   <si>
     <t>BMI9DCZD6</t>
   </si>
   <si>
     <t>XS2289797248</t>
   </si>
   <si>
     <t>BMXYG48</t>
   </si>
   <si>
     <t>NORTH MACEDONIA GOVERNMENT INTERNA RegS</t>
   </si>
   <si>
     <t>BMI9K7UU6</t>
@@ -3279,50 +3315,56 @@
   <si>
     <t>DK0009542680</t>
   </si>
   <si>
     <t>BRCBPB5</t>
   </si>
   <si>
     <t>NYT_19-NYT A 144A</t>
   </si>
   <si>
     <t>62954PAA8</t>
   </si>
   <si>
     <t>US62954PAA84</t>
   </si>
   <si>
     <t>NYT_19-NYT B 144A</t>
   </si>
   <si>
     <t>62954PAG5</t>
   </si>
   <si>
     <t>US62954PAG54</t>
   </si>
   <si>
+    <t>NZD CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>NZD_CCASH</t>
+  </si>
+  <si>
     <t>NZES_25-FHT1 A 144A</t>
   </si>
   <si>
     <t>64832EAA7</t>
   </si>
   <si>
     <t>US64832EAA73</t>
   </si>
   <si>
     <t>OCCIDENTAL PETROLEUM CORP</t>
   </si>
   <si>
     <t>674599EF8</t>
   </si>
   <si>
     <t>US674599EF81</t>
   </si>
   <si>
     <t>BMHLJ91</t>
   </si>
   <si>
     <t>OMERS FINANCE TRUST MTN RegS</t>
   </si>
   <si>
     <t>BMIE1EFD6</t>
@@ -3357,50 +3399,59 @@
   <si>
     <t>ONTARIO TEACHERS FINANCE TRUST RegS</t>
   </si>
   <si>
     <t>BMIDL0KE8</t>
   </si>
   <si>
     <t>CAC69798AZ64</t>
   </si>
   <si>
     <t>BSB9N91</t>
   </si>
   <si>
     <t>ORACLE CORPORATION</t>
   </si>
   <si>
     <t>68389XDP7</t>
   </si>
   <si>
     <t>US68389XDP78</t>
   </si>
   <si>
     <t>BVBFJM5</t>
   </si>
   <si>
+    <t>68389XDM4</t>
+  </si>
+  <si>
+    <t>US68389XDM48</t>
+  </si>
+  <si>
+    <t>BVBFJW5</t>
+  </si>
+  <si>
     <t>ORANGE SA MTN RegS</t>
   </si>
   <si>
     <t>BMIBVBVZ8</t>
   </si>
   <si>
     <t>FR001400GDJ1</t>
   </si>
   <si>
     <t>BNM0CR9</t>
   </si>
   <si>
     <t>PERU (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>715638DC3</t>
   </si>
   <si>
     <t>US715638DC30</t>
   </si>
   <si>
     <t>PIRAEUS FINANCIAL HOLDINGS SA MTN RegS</t>
   </si>
   <si>
     <t>BMICYAJ22</t>
@@ -3423,50 +3474,59 @@
   <si>
     <t>POLAND (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMI9VBB36</t>
   </si>
   <si>
     <t>PL0000113783</t>
   </si>
   <si>
     <t>BMD24S2</t>
   </si>
   <si>
     <t>PORTUGAL (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMIDHB3P3</t>
   </si>
   <si>
     <t>PTOTE3OE0025</t>
   </si>
   <si>
     <t>BN2WG28</t>
   </si>
   <si>
+    <t>PRK_17-280P A 144A</t>
+  </si>
+  <si>
+    <t>90205FAA8</t>
+  </si>
+  <si>
+    <t>US90205FAA84</t>
+  </si>
+  <si>
     <t>PRK_17-280P C 144A</t>
   </si>
   <si>
     <t>90205FAJ9</t>
   </si>
   <si>
     <t>US90205FAJ93</t>
   </si>
   <si>
     <t>PROG_21-SFR9 F 144A</t>
   </si>
   <si>
     <t>74333QAN5</t>
   </si>
   <si>
     <t>US74333QAN51</t>
   </si>
   <si>
     <t>PROLOGIS EURO FINANCE LLC</t>
   </si>
   <si>
     <t>BMI6S6ER1</t>
   </si>
   <si>
     <t>XS1861322383</t>
@@ -3585,90 +3645,81 @@
   <si>
     <t>BQ69CF1</t>
   </si>
   <si>
     <t>RGRNF_20-1 C RegS</t>
   </si>
   <si>
     <t>Z94GMYZP3</t>
   </si>
   <si>
     <t>XS2099060662</t>
   </si>
   <si>
     <t>ROCKET MORTGAGE LLC / ROCKET MORTG 144A</t>
   </si>
   <si>
     <t>74841CAB7</t>
   </si>
   <si>
     <t>US74841CAB72</t>
   </si>
   <si>
     <t>BN7RYH9</t>
   </si>
   <si>
-    <t>ROGERS COMMUNICATIONS INC</t>
-[...19 lines deleted...]
-  <si>
     <t>ROMANIA (REPUBLIC OF) MTN RegS</t>
   </si>
   <si>
+    <t>BYDE8JKM1</t>
+  </si>
+  <si>
+    <t>XS2999533271</t>
+  </si>
+  <si>
+    <t>BSNZDM0</t>
+  </si>
+  <si>
     <t>BMIEPPBK3</t>
   </si>
   <si>
     <t>XS3021378032</t>
   </si>
   <si>
     <t>BTWMSY6</t>
   </si>
   <si>
-    <t>BYDE8JKM1</t>
-[...5 lines deleted...]
-    <t>BSNZDM0</t>
+    <t>ROMANIAN GOVERNMENT INTERNATIONAL MTN RegS</t>
+  </si>
+  <si>
+    <t>BMID3BT39</t>
+  </si>
+  <si>
+    <t>XS2770920937</t>
+  </si>
+  <si>
+    <t>BQ7WTC5</t>
   </si>
   <si>
     <t>RSMNP_23-1 A RegS</t>
   </si>
   <si>
     <t>BMICTPTM0</t>
   </si>
   <si>
     <t>XS2728633186</t>
   </si>
   <si>
     <t>RVMLT_07-4X A RegS</t>
   </si>
   <si>
     <t>Z9447PQW1</t>
   </si>
   <si>
     <t>USU76675AA21</t>
   </si>
   <si>
     <t>RWE AG RegS</t>
   </si>
   <si>
     <t>BMIF0QHR4</t>
   </si>
@@ -3888,68 +3939,68 @@
   <si>
     <t>BKPR124</t>
   </si>
   <si>
     <t>SPAIN (KINGDOM OF)</t>
   </si>
   <si>
     <t>BMIEYFKQ2</t>
   </si>
   <si>
     <t>ES0000012P33</t>
   </si>
   <si>
     <t>BLDCJD5</t>
   </si>
   <si>
     <t>SPAIN GOVERNMENT BOND</t>
   </si>
   <si>
     <t>BMIEEUJK6</t>
   </si>
   <si>
     <t>ES0000012O67</t>
   </si>
   <si>
+    <t>BMIB8N868</t>
+  </si>
+  <si>
+    <t>ES0000012K95</t>
+  </si>
+  <si>
+    <t>BK81639</t>
+  </si>
+  <si>
     <t>BMID274Y8</t>
   </si>
   <si>
     <t>ES0000012M93</t>
   </si>
   <si>
     <t>BR1WDH1</t>
   </si>
   <si>
-    <t>BMIB8N868</t>
-[...7 lines deleted...]
-  <si>
     <t>SROCK_24-1A A 144A</t>
   </si>
   <si>
     <t>BMIEE44X2</t>
   </si>
   <si>
     <t>XS2948049437</t>
   </si>
   <si>
     <t>STANDARD CHARTERED PLC 144A</t>
   </si>
   <si>
     <t>853254CC2</t>
   </si>
   <si>
     <t>US853254CC25</t>
   </si>
   <si>
     <t>BL597M9</t>
   </si>
   <si>
     <t>STRES_23-1 A RegS</t>
   </si>
   <si>
     <t>BMICTCEV5</t>
@@ -3960,69 +4011,72 @@
   <si>
     <t>SVENSKA HANDELSBANKEN AB MTN RegS</t>
   </si>
   <si>
     <t>BMIE3TJL9</t>
   </si>
   <si>
     <t>XS2930111096</t>
   </si>
   <si>
     <t>BTBMGS7</t>
   </si>
   <si>
     <t>SWP: CNY 2.072500 20-MAR-2029 CNR</t>
   </si>
   <si>
     <t>BMID7ZX11</t>
   </si>
   <si>
     <t>SWP: CNY 2.246700 09-JAN-2029 CNR</t>
   </si>
   <si>
     <t>BMICY3X55</t>
   </si>
   <si>
-    <t>T-MOBILE US INC</t>
-[...17 lines deleted...]
-    <t>IT0005332488</t>
+    <t>SWP: NZD 3.810400 20-NOV-2035 3M</t>
+  </si>
+  <si>
+    <t>BMIFU1YN6</t>
+  </si>
+  <si>
+    <t>SWP: OIS 13.440000 02-JAN-2031 BZD</t>
+  </si>
+  <si>
+    <t>BMIEYE7Z0</t>
+  </si>
+  <si>
+    <t>SWP: OIS 13.627500 02-JAN-2031 BZD</t>
+  </si>
+  <si>
+    <t>BMIF6LZK4</t>
+  </si>
+  <si>
+    <t>SWP: OIS 13.635000 02-JAN-2031 BZD</t>
+  </si>
+  <si>
+    <t>BMIEZW5T5</t>
   </si>
   <si>
     <t>TAURS_20-NL1X B RegS</t>
   </si>
   <si>
     <t>Z94PWZPT2</t>
   </si>
   <si>
     <t>XS2128007320</t>
   </si>
   <si>
     <t>TELEFONICA EMISIONES SAU MTN RegS</t>
   </si>
   <si>
     <t>BMICZK0A1</t>
   </si>
   <si>
     <t>XS2753311393</t>
   </si>
   <si>
     <t>BPJM8Y1</t>
   </si>
   <si>
     <t>TELEFONICA EUROPE BV RegS</t>
   </si>
@@ -4101,135 +4155,117 @@
   <si>
     <t>TOTALENERGIES SE RegS</t>
   </si>
   <si>
     <t>BMIAFXJJ0</t>
   </si>
   <si>
     <t>XS2432131188</t>
   </si>
   <si>
     <t>TOUCAN FINCO LTD/CAN/US 144A</t>
   </si>
   <si>
     <t>89157UAA5</t>
   </si>
   <si>
     <t>US89157UAA51</t>
   </si>
   <si>
     <t>BV8CSK0</t>
   </si>
   <si>
     <t>TREASURY CORPORATION OF VICTORIA MTN</t>
   </si>
   <si>
+    <t>BMIBAQ5E4</t>
+  </si>
+  <si>
+    <t>AU3SG0002710</t>
+  </si>
+  <si>
+    <t>BN4P7R7</t>
+  </si>
+  <si>
     <t>BMIA5AYU9</t>
   </si>
   <si>
     <t>AU3SG0002579</t>
   </si>
   <si>
     <t>BMF7LT5</t>
   </si>
   <si>
-    <t>BMIBAQ5E4</t>
-[...7 lines deleted...]
-  <si>
     <t>TREASURY CORPORATION OF VICTORIA MTN RegS</t>
   </si>
   <si>
     <t>BMI9QFTY6</t>
   </si>
   <si>
     <t>AU3SG0002504</t>
   </si>
   <si>
     <t>BKVDQP4</t>
   </si>
   <si>
-    <t>UBS CASH COLLATERAL: OTC UMR VM CO</t>
-[...16 lines deleted...]
-  <si>
     <t>UK CONV GILT RegS</t>
   </si>
   <si>
     <t>BMIEXAQZ8</t>
   </si>
   <si>
     <t>GB00BT7J0241</t>
   </si>
   <si>
     <t>BT7J024</t>
   </si>
   <si>
     <t>UKLOG_24-1A D 144A</t>
   </si>
   <si>
     <t>BMIDFKRH7</t>
   </si>
   <si>
     <t>XS2809142156</t>
   </si>
   <si>
     <t>UMBS 30YR TBA(REG A)</t>
   </si>
   <si>
-    <t>BMIFM0FM0</t>
-[...5 lines deleted...]
-    <t>BMIFM0XT5</t>
+    <t>BMIFSGXW7</t>
   </si>
   <si>
     <t>BMIFR9B57</t>
   </si>
   <si>
-    <t>BMIFLJLF8</t>
+    <t>BMIFQCJC8</t>
+  </si>
+  <si>
+    <t>BMIFRTC03</t>
+  </si>
+  <si>
+    <t>BMIFSH0Z4</t>
   </si>
   <si>
     <t>UNITED GROUP BV RegS</t>
   </si>
   <si>
     <t>BMIE1KLC7</t>
   </si>
   <si>
     <t>XS2919880679</t>
   </si>
   <si>
     <t>BS2C8L6</t>
   </si>
   <si>
     <t>UNITED KINGDOM OF GREAT BRITAIN AN RegS</t>
   </si>
   <si>
     <t>BMIDL00H3</t>
   </si>
   <si>
     <t>GB00BQC82C90</t>
   </si>
   <si>
     <t>BQC82C9</t>
   </si>
@@ -4254,126 +4290,138 @@
   <si>
     <t>BJK0PQ3</t>
   </si>
   <si>
     <t>US BANCORP</t>
   </si>
   <si>
     <t>91159HJR2</t>
   </si>
   <si>
     <t>US91159HJR21</t>
   </si>
   <si>
     <t>BRBCTL7</t>
   </si>
   <si>
     <t>USD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>USD_CCASH</t>
   </si>
   <si>
     <t>USD/EUR</t>
   </si>
   <si>
-    <t>BMIFRLT9R</t>
-[...2 lines deleted...]
-    <t>BMIFRLT9P</t>
+    <t>BMIFV83TR</t>
+  </si>
+  <si>
+    <t>BMIFV83TP</t>
   </si>
   <si>
     <t>UZBEKISTAN (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMIEJ97B1</t>
   </si>
   <si>
     <t>XS3008639810</t>
   </si>
   <si>
     <t>VDCDE_25-1A A2 144A</t>
   </si>
   <si>
     <t>BMIEXCL30</t>
   </si>
   <si>
     <t>XS3045501718</t>
   </si>
   <si>
     <t>VDCUK_24-1A A2 144A</t>
   </si>
   <si>
     <t>BMIDGPHF0</t>
   </si>
   <si>
     <t>XS2808282201</t>
   </si>
   <si>
     <t>BR50TY0</t>
   </si>
   <si>
+    <t>VERIZON COMMUNICATIONS INC</t>
+  </si>
+  <si>
+    <t>92343VHF4</t>
+  </si>
+  <si>
+    <t>US92343VHF40</t>
+  </si>
+  <si>
+    <t>BQ5HG98</t>
+  </si>
+  <si>
     <t>VIRGIN MEDIA SECURED FINANCE PLC RegS</t>
   </si>
   <si>
     <t>BMI81U8Z2</t>
   </si>
   <si>
     <t>XS2062666602</t>
   </si>
   <si>
     <t>BKLXG54</t>
   </si>
   <si>
     <t>VOLKSWAGEN INTERNATIONAL FINANCE N RegS</t>
   </si>
   <si>
     <t>BMI1WDT39</t>
   </si>
   <si>
     <t>XS1048428442</t>
   </si>
   <si>
     <t>BKWC0Q9</t>
   </si>
   <si>
+    <t>BMI5MWLS2</t>
+  </si>
+  <si>
+    <t>XS1629774230</t>
+  </si>
+  <si>
+    <t>BYVMXX6</t>
+  </si>
+  <si>
     <t>BMICDVQR6</t>
   </si>
   <si>
     <t>XS2675884576</t>
   </si>
   <si>
     <t>BR852D2</t>
-  </si>
-[...7 lines deleted...]
-    <t>BYVMXX6</t>
   </si>
   <si>
     <t>VONOVIA SE MTN RegS</t>
   </si>
   <si>
     <t>BMI9VARA5</t>
   </si>
   <si>
     <t>DE000A3E5MH6</t>
   </si>
   <si>
     <t>BNR4L24</t>
   </si>
   <si>
     <t>VONTIER CORP</t>
   </si>
   <si>
     <t>928881AD3</t>
   </si>
   <si>
     <t>US928881AD35</t>
   </si>
   <si>
     <t>BPVBWX3</t>
   </si>
@@ -4822,9472 +4870,9608 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E569"/>
+  <dimension ref="A1:E577"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>1468</v>
+        <v>1484</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
         <v>0.28</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
         <v>0.3</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.36</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>34</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.33</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>37</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.45</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>40</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.31</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D17" t="s" s="0">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B18" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="C18" t="s" s="0">
         <v>46</v>
       </c>
-      <c r="C18" t="s" s="0">
+      <c r="D18" t="s" s="0">
         <v>47</v>
       </c>
-      <c r="D18" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="n" s="0">
-        <v>0.02</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>50</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.24</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>53</v>
       </c>
       <c r="D20" t="s" s="0">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.04</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="B21" s="6" t="s">
+      <c r="C21" t="s" s="0">
         <v>56</v>
       </c>
-      <c r="C21" t="s" s="0">
+      <c r="D21" t="s" s="0">
         <v>57</v>
       </c>
-      <c r="D21" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>60</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>61</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.29</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.13</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="B24" s="6" t="s">
+      <c r="C24" t="s" s="0">
         <v>66</v>
       </c>
-      <c r="C24" t="s" s="0">
+      <c r="D24" t="s" s="0">
         <v>67</v>
       </c>
-      <c r="D24" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="n" s="0">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="B25" s="6" t="s">
+      <c r="C25" t="s" s="0">
         <v>70</v>
       </c>
-      <c r="C25" t="s" s="0">
+      <c r="D25" t="s" s="0">
         <v>71</v>
       </c>
-      <c r="D25" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E25" t="n" s="0">
-        <v>0.19</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="B26" s="6" t="s">
+      <c r="C26" t="s" s="0">
         <v>74</v>
       </c>
-      <c r="C26" t="s" s="0">
+      <c r="D26" t="s" s="0">
         <v>75</v>
       </c>
-      <c r="D26" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="n" s="0">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B27" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="B27" s="6" t="s">
+      <c r="C27" t="s" s="0">
         <v>78</v>
       </c>
-      <c r="C27" t="s" s="0">
+      <c r="D27" t="s" s="0">
         <v>79</v>
       </c>
-      <c r="D27" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E27" t="n" s="0">
-        <v>0.09</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="6" t="s">
+      <c r="C28" t="s" s="0">
         <v>82</v>
       </c>
-      <c r="C28" t="s" s="0">
+      <c r="D28" t="s" s="0">
         <v>83</v>
       </c>
-      <c r="D28" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="n" s="0">
-        <v>0.33</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B29" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="B29" s="6" t="s">
+      <c r="C29" t="s" s="0">
         <v>86</v>
       </c>
-      <c r="C29" t="s" s="0">
+      <c r="D29" t="s" s="0">
         <v>87</v>
       </c>
-      <c r="D29" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E29" t="n" s="0">
-        <v>0.15</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>90</v>
       </c>
       <c r="D30" t="s" s="0">
-        <v>91</v>
+        <v>28</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B31" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="B31" s="6" t="s">
+      <c r="C31" t="s" s="0">
         <v>93</v>
       </c>
-      <c r="C31" t="s" s="0">
+      <c r="D31" t="s" s="0">
         <v>94</v>
       </c>
-      <c r="D31" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="n" s="0">
-        <v>0.03</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B32" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" t="s" s="0">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="D32" t="s" s="0">
-        <v>99</v>
+        <v>28</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C33" t="s" s="0">
+        <v>99</v>
+      </c>
+      <c r="D33" t="s" s="0">
         <v>100</v>
       </c>
-      <c r="B33" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E33" t="n" s="0">
-        <v>0.32</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B34" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C34" t="s" s="0">
+        <v>103</v>
+      </c>
+      <c r="D34" t="s" s="0">
         <v>104</v>
       </c>
-      <c r="C34" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E34" t="n" s="0">
-        <v>0.15</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C35" t="s" s="0">
         <v>107</v>
       </c>
-      <c r="B35" s="6" t="s">
+      <c r="D35" t="s" s="0">
         <v>108</v>
       </c>
-      <c r="C35" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E35" t="n" s="0">
-        <v>0.34</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="C36" t="s" s="0">
+        <v>110</v>
+      </c>
+      <c r="D36" t="s" s="0">
         <v>111</v>
       </c>
-      <c r="B36" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36" t="n" s="0">
-        <v>0.15</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C37" t="s" s="0">
+        <v>114</v>
+      </c>
+      <c r="D37" t="s" s="0">
         <v>115</v>
       </c>
-      <c r="B37" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E37" t="n" s="0">
-        <v>0.15</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C38" t="s" s="0">
         <v>118</v>
       </c>
-      <c r="B38" s="6" t="s">
+      <c r="D38" t="s" s="0">
         <v>119</v>
       </c>
-      <c r="C38" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E38" t="n" s="0">
-        <v>0.14</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C39" t="s" s="0">
         <v>122</v>
       </c>
-      <c r="B39" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39" t="s" s="0">
-        <v>125</v>
+        <v>28</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.19</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="C40" t="s" s="0">
+        <v>125</v>
+      </c>
+      <c r="D40" t="s" s="0">
         <v>126</v>
       </c>
-      <c r="B40" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E40" t="n" s="0">
-        <v>0.27</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C41" t="s" s="0">
+        <v>129</v>
+      </c>
+      <c r="D41" t="s" s="0">
         <v>130</v>
       </c>
-      <c r="B41" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" t="n" s="0">
-        <v>0.14</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C42" t="s" s="0">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E42" t="n" s="0">
         <v>0.13</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C43" t="s" s="0">
         <v>136</v>
       </c>
-      <c r="B43" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s" s="0">
-        <v>139</v>
+        <v>28</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.29</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B44" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C44" t="s" s="0">
+        <v>139</v>
+      </c>
+      <c r="D44" t="s" s="0">
         <v>140</v>
       </c>
-      <c r="C44" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E44" t="n" s="0">
-        <v>0.16</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B45" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="C45" t="s" s="0">
+        <v>142</v>
+      </c>
+      <c r="D45" t="s" s="0">
         <v>143</v>
       </c>
-      <c r="C45" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E45" t="n" s="0">
-        <v>0.31</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="C46" t="s" s="0">
+        <v>145</v>
+      </c>
+      <c r="D46" t="s" s="0">
         <v>146</v>
       </c>
-      <c r="B46" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" t="n" s="0">
-        <v>0.02</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C47" t="s" s="0">
+        <v>149</v>
+      </c>
+      <c r="D47" t="s" s="0">
         <v>150</v>
       </c>
-      <c r="B47" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C48" t="s" s="0">
+        <v>153</v>
+      </c>
+      <c r="D48" t="s" s="0">
         <v>154</v>
       </c>
-      <c r="B48" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="C49" t="s" s="0">
         <v>157</v>
       </c>
-      <c r="B49" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="C50" t="s" s="0">
         <v>160</v>
       </c>
-      <c r="B50" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="C51" t="s" s="0">
         <v>163</v>
       </c>
-      <c r="B51" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="C52" t="s" s="0">
         <v>166</v>
       </c>
-      <c r="B52" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.06</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="C53" t="s" s="0">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E53" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="C54" t="s" s="0">
         <v>172</v>
       </c>
-      <c r="B54" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.19</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C55" t="s" s="0">
         <v>175</v>
       </c>
-      <c r="B55" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" t="s" s="0">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.25</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="C56" t="s" s="0">
+        <v>178</v>
+      </c>
+      <c r="D56" t="s" s="0">
         <v>179</v>
       </c>
-      <c r="B56" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E56" t="n" s="0">
-        <v>0.06</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="C57" t="s" s="0">
+        <v>182</v>
+      </c>
+      <c r="D57" t="s" s="0">
         <v>183</v>
       </c>
-      <c r="B57" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E57" t="n" s="0">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C58" t="s" s="0">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D58" t="s" s="0">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.28</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C59" t="s" s="0">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.21</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C60" t="s" s="0">
-        <v>28</v>
+        <v>193</v>
       </c>
       <c r="D60" t="s" s="0">
-        <v>28</v>
+        <v>194</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.08</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="C62" t="s" s="0">
         <v>199</v>
       </c>
-      <c r="B62" s="6" t="s">
+      <c r="D62" t="s" s="0">
         <v>200</v>
       </c>
-      <c r="C62" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E62" t="n" s="0">
-        <v>0.15</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B63" s="6" t="s">
         <v>202</v>
       </c>
-      <c r="B63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" t="s" s="0">
-        <v>204</v>
+        <v>28</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>205</v>
+        <v>28</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>208</v>
+        <v>28</v>
       </c>
       <c r="D64" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>0.38</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C65" t="s" s="0">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D65" t="s" s="0">
-        <v>212</v>
+        <v>28</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.07</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>28</v>
+        <v>211</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.51</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C67" t="s" s="0">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.22</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C68" t="s" s="0">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.13</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C69" t="s" s="0">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D69" t="s" s="0">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.28</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C70" t="s" s="0">
-        <v>228</v>
+        <v>28</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>229</v>
+        <v>28</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C71" t="s" s="0">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.51</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>28</v>
+        <v>230</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>28</v>
+        <v>231</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="C73" t="s" s="0">
+        <v>234</v>
+      </c>
+      <c r="D73" t="s" s="0">
         <v>235</v>
       </c>
-      <c r="B73" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="C74" t="s" s="0">
         <v>237</v>
       </c>
-      <c r="B74" s="6" t="s">
+      <c r="D74" t="s" s="0">
         <v>238</v>
       </c>
-      <c r="C74" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E74" t="n" s="0">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
         <v>239</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>240</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>28</v>
+        <v>241</v>
       </c>
       <c r="D75" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C76" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D76" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="D77" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>0.2</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>247</v>
       </c>
       <c r="C78" t="s" s="0">
-        <v>248</v>
+        <v>28</v>
       </c>
       <c r="D78" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>0.18</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="B79" s="6" t="s">
         <v>249</v>
       </c>
-      <c r="B79" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" t="s" s="0">
-        <v>251</v>
+        <v>28</v>
       </c>
       <c r="D79" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>0.21</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="C80" t="s" s="0">
         <v>252</v>
       </c>
-      <c r="B80" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D80" t="s" s="0">
-        <v>255</v>
+        <v>28</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C81" t="s" s="0">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="D81" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C82" t="s" s="0">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.24</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>28</v>
+        <v>262</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.24</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="D84" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.32</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="C85" t="s" s="0">
+        <v>268</v>
+      </c>
+      <c r="D85" t="s" s="0">
         <v>269</v>
       </c>
-      <c r="B85" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E85" t="n" s="0">
-        <v>0.42</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="C86" t="s" s="0">
         <v>272</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="C87" t="s" s="0">
         <v>275</v>
       </c>
-      <c r="B87" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D87" t="s" s="0">
-        <v>278</v>
+        <v>28</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.15</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>282</v>
+        <v>28</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.02</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D89" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.17</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D90" t="s" s="0">
-        <v>28</v>
+        <v>285</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.23</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>286</v>
       </c>
       <c r="B91" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="C91" t="s" s="0">
+        <v>288</v>
+      </c>
+      <c r="D91" t="s" s="0">
         <v>289</v>
       </c>
-      <c r="C91" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E91" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C92" t="s" s="0">
         <v>292</v>
       </c>
-      <c r="B92" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D92" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.37</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B93" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="C93" t="s" s="0">
         <v>295</v>
       </c>
-      <c r="C93" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D93" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.29</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="C94" t="s" s="0">
         <v>297</v>
       </c>
-      <c r="B94" s="6" t="s">
+      <c r="D94" t="s" s="0">
         <v>298</v>
       </c>
-      <c r="C94" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E94" t="n" s="0">
-        <v>0.93</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>300</v>
       </c>
       <c r="C95" t="s" s="0">
         <v>301</v>
       </c>
       <c r="D95" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.23</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>302</v>
       </c>
       <c r="C96" t="s" s="0">
         <v>303</v>
       </c>
       <c r="D96" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>306</v>
+        <v>28</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.35</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>307</v>
       </c>
       <c r="C98" t="s" s="0">
         <v>308</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>309</v>
+        <v>28</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>1.61</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B99" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="C99" t="s" s="0">
         <v>310</v>
       </c>
-      <c r="C99" t="s" s="0">
+      <c r="D99" t="s" s="0">
         <v>311</v>
       </c>
-      <c r="D99" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E99" t="n" s="0">
-        <v>0.61</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B100" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C100" t="s" s="0">
         <v>313</v>
       </c>
-      <c r="C100" t="s" s="0">
+      <c r="D100" t="s" s="0">
         <v>314</v>
       </c>
-      <c r="D100" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E100" t="n" s="0">
-        <v>0.93</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="B101" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="C101" t="s" s="0">
         <v>316</v>
       </c>
-      <c r="C101" t="s" s="0">
+      <c r="D101" t="s" s="0">
         <v>317</v>
       </c>
-      <c r="D101" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E101" t="n" s="0">
-        <v>1.39</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="C102" t="s" s="0">
         <v>319</v>
       </c>
-      <c r="B102" s="6" t="s">
+      <c r="D102" t="s" s="0">
         <v>320</v>
       </c>
-      <c r="C102" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E102" t="n" s="0">
-        <v>0.05</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C103" t="s" s="0">
         <v>322</v>
       </c>
-      <c r="B103" s="6" t="s">
+      <c r="D103" t="s" s="0">
         <v>323</v>
       </c>
-      <c r="C103" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E103" t="n" s="0">
-        <v>0.12</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="B104" s="6" t="s">
         <v>324</v>
       </c>
-      <c r="B104" s="6" t="s">
+      <c r="C104" t="s" s="0">
         <v>325</v>
       </c>
-      <c r="C104" t="s" s="0">
+      <c r="D104" t="s" s="0">
         <v>326</v>
       </c>
-      <c r="D104" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E104" t="n" s="0">
-        <v>0.29</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B105" s="6" t="s">
         <v>328</v>
       </c>
-      <c r="B105" s="6" t="s">
+      <c r="C105" t="s" s="0">
         <v>329</v>
       </c>
-      <c r="C105" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D105" t="s" s="0">
-        <v>331</v>
+        <v>28</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>333</v>
+        <v>28</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>334</v>
+        <v>28</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.27</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="C107" t="s" s="0">
+        <v>334</v>
+      </c>
+      <c r="D107" t="s" s="0">
         <v>335</v>
       </c>
-      <c r="B107" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E107" t="n" s="0">
-        <v>0.17</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="C108" t="s" s="0">
         <v>338</v>
       </c>
-      <c r="B108" s="6" t="s">
+      <c r="D108" t="s" s="0">
         <v>339</v>
       </c>
-      <c r="C108" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E108" t="n" s="0">
-        <v>0.4</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="C109" t="s" s="0">
+        <v>341</v>
+      </c>
+      <c r="D109" t="s" s="0">
         <v>342</v>
       </c>
-      <c r="B109" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E109" t="n" s="0">
-        <v>0.05</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="C111" t="s" s="0">
+        <v>348</v>
+      </c>
+      <c r="D111" t="s" s="0">
         <v>349</v>
       </c>
-      <c r="B111" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E111" t="n" s="0">
-        <v>0.58</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="C112" t="s" s="0">
         <v>352</v>
       </c>
-      <c r="B112" s="6" t="s">
+      <c r="D112" t="s" s="0">
         <v>353</v>
       </c>
-      <c r="C112" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E112" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="C113" t="s" s="0">
+        <v>355</v>
+      </c>
+      <c r="D113" t="s" s="0">
         <v>356</v>
       </c>
-      <c r="B113" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E113" t="n" s="0">
-        <v>0.05</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="C114" t="s" s="0">
         <v>359</v>
       </c>
-      <c r="B114" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D114" t="s" s="0">
-        <v>362</v>
+        <v>28</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.17</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="C115" t="s" s="0">
+        <v>362</v>
+      </c>
+      <c r="D115" t="s" s="0">
         <v>363</v>
       </c>
-      <c r="B115" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E115" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="B116" s="6" t="s">
         <v>365</v>
       </c>
-      <c r="B116" s="6" t="s">
+      <c r="C116" t="s" s="0">
         <v>366</v>
       </c>
-      <c r="C116" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D116" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>368</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>28</v>
+        <v>369</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>28</v>
+        <v>370</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C118" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D118" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C119" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D119" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C120" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D120" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C121" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D121" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C122" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D122" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>-0.21</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C123" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D123" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>-0.02</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C124" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D124" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C125" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D125" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.07</v>
+        <v>-0.21</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C126" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D126" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.38</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C127" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D127" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C128" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D128" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.19</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>392</v>
+        <v>28</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>393</v>
+        <v>28</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.25</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
         <v>394</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>395</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>396</v>
+        <v>28</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>397</v>
+        <v>28</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>0.28</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>400</v>
+        <v>28</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>401</v>
+        <v>28</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
         <v>398</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>0.03</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="C133" t="s" s="0">
+        <v>404</v>
+      </c>
+      <c r="D133" t="s" s="0">
         <v>405</v>
       </c>
-      <c r="B133" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E133" t="n" s="0">
-        <v>0.06</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="C134" t="s" s="0">
         <v>408</v>
       </c>
-      <c r="B134" s="6" t="s">
+      <c r="D134" t="s" s="0">
         <v>409</v>
       </c>
-      <c r="C134" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E134" t="n" s="0">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="C135" t="s" s="0">
+        <v>411</v>
+      </c>
+      <c r="D135" t="s" s="0">
         <v>412</v>
       </c>
-      <c r="B135" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E135" t="n" s="0">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="C136" t="s" s="0">
         <v>415</v>
       </c>
-      <c r="B136" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D136" t="s" s="0">
-        <v>418</v>
+        <v>28</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="C137" t="s" s="0">
+        <v>418</v>
+      </c>
+      <c r="D137" t="s" s="0">
         <v>419</v>
       </c>
-      <c r="B137" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E137" t="n" s="0">
-        <v>0.14</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D138" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.22</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="C139" t="s" s="0">
+        <v>425</v>
+      </c>
+      <c r="D139" t="s" s="0">
         <v>426</v>
       </c>
-      <c r="B139" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E139" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="C140" t="s" s="0">
+        <v>429</v>
+      </c>
+      <c r="D140" t="s" s="0">
         <v>430</v>
       </c>
-      <c r="B140" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E140" t="n" s="0">
-        <v>0.18</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>437</v>
+        <v>28</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.22</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>28</v>
+        <v>437</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.54</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
+        <v>438</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="C143" t="s" s="0">
+        <v>440</v>
+      </c>
+      <c r="D143" t="s" s="0">
         <v>441</v>
       </c>
-      <c r="B143" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E143" t="n" s="0">
-        <v>0.15</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="C144" t="s" s="0">
+        <v>444</v>
+      </c>
+      <c r="D144" t="s" s="0">
         <v>445</v>
       </c>
-      <c r="B144" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E144" t="n" s="0">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D145" t="s" s="0">
-        <v>452</v>
+        <v>28</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.34</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.18</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.42</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D148" t="s" s="0">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.05</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D149" t="s" s="0">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.1</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>28</v>
+        <v>468</v>
       </c>
       <c r="E150" t="n" s="0">
-        <v>0.08</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
         <v>469</v>
       </c>
       <c r="B151" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="C151" t="s" s="0">
+        <v>471</v>
+      </c>
+      <c r="D151" t="s" s="0">
         <v>472</v>
       </c>
-      <c r="C151" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E151" t="n" s="0">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>474</v>
       </c>
       <c r="C152" t="s" s="0">
         <v>475</v>
       </c>
       <c r="D152" t="s" s="0">
         <v>476</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.07</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D153" t="s" s="0">
-        <v>479</v>
+        <v>28</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>480</v>
       </c>
       <c r="C154" t="s" s="0">
         <v>481</v>
       </c>
       <c r="D154" t="s" s="0">
-        <v>482</v>
+        <v>28</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="C155" t="s" s="0">
         <v>483</v>
       </c>
-      <c r="B155" s="6" t="s">
+      <c r="D155" t="s" s="0">
         <v>484</v>
       </c>
-      <c r="C155" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E155" t="n" s="0">
-        <v>0.17</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C156" t="s" s="0">
         <v>486</v>
       </c>
-      <c r="B156" s="6" t="s">
+      <c r="D156" t="s" s="0">
         <v>487</v>
       </c>
-      <c r="C156" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E156" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="C157" t="s" s="0">
+        <v>489</v>
+      </c>
+      <c r="D157" t="s" s="0">
         <v>490</v>
       </c>
-      <c r="B157" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E157" t="n" s="0">
-        <v>0.18</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="D158" t="s" s="0">
-        <v>497</v>
+        <v>28</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>28</v>
+        <v>496</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>28</v>
+        <v>497</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.12</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="C160" t="s" s="0">
         <v>500</v>
       </c>
-      <c r="B160" s="6" t="s">
+      <c r="D160" t="s" s="0">
         <v>501</v>
       </c>
-      <c r="C160" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E160" t="n" s="0">
-        <v>0.42</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
         <v>502</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>503</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>28</v>
+        <v>504</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>28</v>
+        <v>505</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.14</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C162" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D162" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C163" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D163" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="C164" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D164" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.01</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C165" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D165" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>511</v>
+        <v>28</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>512</v>
+        <v>28</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>515</v>
+        <v>28</v>
       </c>
       <c r="D167" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.43</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>517</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>518</v>
+        <v>28</v>
       </c>
       <c r="D168" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>2.43</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>521</v>
+        <v>28</v>
       </c>
       <c r="D169" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="C170" t="s" s="0">
+        <v>521</v>
+      </c>
+      <c r="D170" t="s" s="0">
         <v>522</v>
       </c>
-      <c r="B170" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E170" t="n" s="0">
-        <v>0.01</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="C171" t="s" s="0">
         <v>525</v>
       </c>
-      <c r="B171" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D171" t="s" s="0">
-        <v>528</v>
+        <v>28</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.4</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D172" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.12</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D173" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.18</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="D174" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="B175" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="C175" t="s" s="0">
+        <v>537</v>
+      </c>
+      <c r="D175" t="s" s="0">
         <v>538</v>
       </c>
-      <c r="B175" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E175" t="n" s="0">
-        <v>0.5</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B176" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="C176" t="s" s="0">
         <v>541</v>
       </c>
-      <c r="B176" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D176" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.33</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="B177" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="C177" t="s" s="0">
         <v>544</v>
       </c>
-      <c r="B177" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D177" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.03</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B178" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="C178" t="s" s="0">
         <v>547</v>
       </c>
-      <c r="C178" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D178" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.01</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>549</v>
       </c>
       <c r="C179" t="s" s="0">
         <v>550</v>
       </c>
       <c r="D179" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.01</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D180" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.02</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D181" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E181" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D182" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D183" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.44</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D184" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>2.18</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="B185" s="6" t="s">
         <v>563</v>
       </c>
       <c r="C185" t="s" s="0">
         <v>564</v>
       </c>
       <c r="D185" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D186" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.55</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>568</v>
       </c>
       <c r="C187" t="s" s="0">
         <v>569</v>
       </c>
       <c r="D187" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>570</v>
       </c>
       <c r="C188" t="s" s="0">
         <v>571</v>
       </c>
       <c r="D188" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.01</v>
+        <v>2.19</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
         <v>572</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>573</v>
       </c>
       <c r="C189" t="s" s="0">
         <v>574</v>
       </c>
       <c r="D189" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.27</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B190" s="6" t="s">
         <v>575</v>
       </c>
-      <c r="B190" s="6" t="s">
+      <c r="C190" t="s" s="0">
         <v>576</v>
       </c>
-      <c r="C190" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D190" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>0.33</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="B191" s="6" t="s">
         <v>578</v>
       </c>
-      <c r="B191" s="6" t="s">
+      <c r="C191" t="s" s="0">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="D191" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E191" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="C192" t="s" s="0">
         <v>581</v>
-      </c>
-[...4 lines deleted...]
-        <v>583</v>
       </c>
       <c r="D192" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E192" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B193" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="C193" t="s" s="0">
         <v>584</v>
       </c>
-      <c r="B193" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D193" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.01</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="B194" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="C194" t="s" s="0">
         <v>587</v>
       </c>
-      <c r="B194" s="6" t="s">
+      <c r="D194" t="s" s="0">
         <v>588</v>
       </c>
-      <c r="C194" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E194" t="n" s="0">
-        <v>-1.76</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>28</v>
+        <v>591</v>
       </c>
       <c r="D195" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>1.75</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>28</v>
+        <v>594</v>
       </c>
       <c r="D196" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E196" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>28</v>
+        <v>597</v>
       </c>
       <c r="D197" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>0.5</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>28</v>
+        <v>600</v>
       </c>
       <c r="D198" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>-0.2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="C199" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D199" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="C200" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D200" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="C201" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D201" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>-0.49</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="C202" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D202" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.2</v>
+        <v>-1.8</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>590</v>
+        <v>606</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
       <c r="C203" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D203" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="C204" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D204" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.63</v>
+        <v>-0.78</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="C205" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D205" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.12</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="C206" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D206" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.15</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="C207" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D207" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E207" t="n" s="0">
         <v>-0.18</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>604</v>
+        <v>613</v>
       </c>
       <c r="C208" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D208" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>-0.12</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>605</v>
+        <v>614</v>
       </c>
       <c r="C209" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D209" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>606</v>
+        <v>615</v>
       </c>
       <c r="C210" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D210" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>-0.63</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="C211" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D211" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>-0.15</v>
+        <v>-0.12</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="C212" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D212" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.59</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="C213" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D213" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>-0.59</v>
+        <v>-0.65</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="C214" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D214" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>-0.59</v>
+        <v>-0.15</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="C215" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D215" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>0.59</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="C216" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D216" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.59</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="C217" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D217" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>-0.59</v>
+        <v>-0.6</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="C218" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D218" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>-0.07</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>616</v>
+        <v>625</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="C219" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D219" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E219" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="C220" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D220" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>-0.42</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="C221" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D221" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.23</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="C222" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D222" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.43</v>
+        <v>-2.52</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="C223" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D223" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.12</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C224" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D224" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>-0.07</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="C225" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D225" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>-0.12</v>
+        <v>-0.24</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="C226" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D226" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.07</v>
+        <v>-0.27</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="C227" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D227" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>-0.43</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="C228" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D228" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.36</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>619</v>
+        <v>638</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="C229" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D229" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.16</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>619</v>
+        <v>638</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="C230" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D230" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>-0.36</v>
+        <v>-1.97</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>619</v>
+        <v>638</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="C231" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D231" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>-2.69</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>619</v>
+        <v>638</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="C232" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D232" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.42</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="C233" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D233" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>2.69</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="C234" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D234" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>-0.16</v>
+        <v>-0.53</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>619</v>
+        <v>646</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
       <c r="C235" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D235" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>-0.23</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>637</v>
+        <v>648</v>
       </c>
       <c r="C236" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D236" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.25</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>638</v>
+        <v>650</v>
       </c>
       <c r="C237" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D237" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.24</v>
+        <v>-2.03</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>639</v>
+        <v>651</v>
       </c>
       <c r="C238" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D238" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.08</v>
+        <v>-0.2</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>640</v>
+        <v>652</v>
       </c>
       <c r="C239" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D239" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>641</v>
+        <v>653</v>
       </c>
       <c r="C240" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D240" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>-0.07</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>642</v>
+        <v>654</v>
       </c>
       <c r="C241" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D241" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>-0.26</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>643</v>
+        <v>655</v>
       </c>
       <c r="C242" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D242" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>-0.24</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="C243" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D243" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.07</v>
+        <v>-0.19</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>646</v>
+        <v>657</v>
       </c>
       <c r="C244" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D244" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.68</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>647</v>
+        <v>658</v>
       </c>
       <c r="C245" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D245" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>-0.24</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>648</v>
+        <v>659</v>
       </c>
       <c r="C246" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D246" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.24</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>649</v>
+        <v>660</v>
       </c>
       <c r="C247" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D247" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>-0.26</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="C248" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D248" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>1.99</v>
+        <v>7.08</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="C249" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D249" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="C250" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D250" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>-1.97</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="C251" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D251" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>1.93</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="C252" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D252" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>-1.95</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="C253" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D253" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.04</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="C254" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D254" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="C255" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D255" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.07</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="C256" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D256" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>1.94</v>
+        <v>-7.04</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="C257" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D257" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>-1.92</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="C258" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D258" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.53</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="C259" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D259" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>-0.51</v>
+        <v>-1.35</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="C260" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D260" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.1</v>
+        <v>-0.19</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C261" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D261" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E261" t="n" s="0">
         <v>-0.19</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="C262" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D262" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>-6.88</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="C263" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D263" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>-0.1</v>
+        <v>-0.18</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="C264" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D264" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>-0.29</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C265" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D265" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.13</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C266" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D266" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.19</v>
+        <v>-0.29</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="C267" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D267" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>-0.13</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="C268" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D268" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.28</v>
+        <v>-3.51</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="C269" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D269" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>6.95</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="C270" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D270" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>3.43</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="C271" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D271" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>-3.39</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C272" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D272" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>-3.45</v>
+        <v>-0.22</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="C273" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D273" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>3.45</v>
+        <v>-0.09</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="C274" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D274" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="C275" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D275" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.06</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C276" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D276" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>-3.42</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="C277" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D277" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>3.42</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="C278" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D278" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C279" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D279" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>-0.26</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="C280" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D280" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.16</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="C281" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D281" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>-0.25</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="C282" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D282" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>-0.25</v>
+        <v>-0.26</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="C283" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D283" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.25</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="C284" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D284" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>-0.03</v>
+        <v>5.07</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="C285" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D285" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.03</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="C286" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D286" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="C287" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D287" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.03</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="C288" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D288" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>-0.06</v>
+        <v>-1.01</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="C289" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D289" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>5.05</v>
+        <v>-5.26</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="C290" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D290" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.35</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="C291" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D291" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.09</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C292" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D292" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>-5.16</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C293" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D293" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.06</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C294" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D294" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>-0.35</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="C295" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D295" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>-0.13</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C296" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D296" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E296" t="n" s="0">
         <v>-0.25</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C297" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D297" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.36</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C298" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D298" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>1.27</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C299" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D299" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>-1.3</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C300" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D300" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.14</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="C301" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D301" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.06</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C302" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D302" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C303" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D303" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>-0.63</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C304" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D304" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>-0.06</v>
+        <v>3.92</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C305" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D305" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.64</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C306" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D306" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>-0.15</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C307" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D307" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>0.06</v>
+        <v>-3.92</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C308" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D308" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>-0.14</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>713</v>
+        <v>725</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C309" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D309" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E309" t="n" s="0">
-        <v>-0.06</v>
+        <v>-3.92</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C310" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D310" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>-0.08</v>
+        <v>3.92</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C311" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D311" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>0.54</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="C312" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D312" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>-0.03</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C313" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D313" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E313" t="n" s="0">
-        <v>0.03</v>
+        <v>-1.03</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C314" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D314" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B315" s="6" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="C315" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D315" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C316" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D316" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>0.46</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="C317" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D317" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>-0.45</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="C318" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D318" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E318" t="n" s="0">
-        <v>-0.54</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C319" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D319" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E319" t="n" s="0">
-        <v>0.08</v>
+        <v>-0.65</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C320" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D320" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E320" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C321" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D321" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E321" t="n" s="0">
-        <v>-0.05</v>
+        <v>-0.15</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B322" s="6" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C322" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D322" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E322" t="n" s="0">
-        <v>-0.05</v>
+        <v>-0.14</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C323" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D323" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E323" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B324" s="6" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C324" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D324" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E324" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C325" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D325" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E325" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C326" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D326" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E326" t="n" s="0">
-        <v>0.09</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C327" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D327" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E327" t="n" s="0">
-        <v>-0.09</v>
+        <v>-0.26</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
         <v>746</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C328" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D328" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E328" t="n" s="0">
-        <v>0.14</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C329" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D329" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E329" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C330" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D330" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E330" t="n" s="0">
-        <v>-0.14</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="C331" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D331" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E331" t="n" s="0">
-        <v>-0.15</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C332" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D332" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E332" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.7</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C333" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D333" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E333" t="n" s="0">
-        <v>-0.14</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C334" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D334" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E334" t="n" s="0">
-        <v>0.1</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C335" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D335" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E335" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C336" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D336" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E336" t="n" s="0">
-        <v>0.1</v>
+        <v>-0.15</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C337" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D337" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E337" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C338" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D338" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E338" t="n" s="0">
-        <v>0.09</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="4" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="C339" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D339" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E339" t="n" s="0">
-        <v>-0.1</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C340" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D340" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E340" t="n" s="0">
         <v>0.42</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C341" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D341" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E341" t="n" s="0">
-        <v>-0.42</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C342" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D342" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E342" t="n" s="0">
-        <v>0.41</v>
+        <v>-0.43</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="C343" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D343" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E343" t="n" s="0">
-        <v>-0.41</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C344" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D344" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E344" t="n" s="0">
-        <v>0.41</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C345" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D345" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E345" t="n" s="0">
-        <v>-0.42</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C346" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D346" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E346" t="n" s="0">
         <v>-0.06</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C347" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D347" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E347" t="n" s="0">
-        <v>0.06</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
         <v>773</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C348" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D348" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E348" t="n" s="0">
-        <v>0.41</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C349" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D349" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E349" t="n" s="0">
-        <v>-0.41</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
         <v>776</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C350" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D350" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E350" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.43</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
         <v>776</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C351" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D351" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E351" t="n" s="0">
-        <v>0.43</v>
+        <v>-0.42</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
         <v>776</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C352" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D352" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E352" t="n" s="0">
-        <v>-0.43</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C353" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D353" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E353" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
         <v>781</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C354" t="s" s="0">
-        <v>783</v>
+        <v>28</v>
       </c>
       <c r="D354" t="s" s="0">
-        <v>784</v>
+        <v>28</v>
       </c>
       <c r="E354" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.42</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
+        <v>784</v>
+      </c>
+      <c r="B355" s="6" t="s">
         <v>785</v>
       </c>
-      <c r="B355" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D355" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E355" t="n" s="0">
-        <v>0.04</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="4" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C356" t="s" s="0">
-        <v>789</v>
+        <v>28</v>
       </c>
       <c r="D356" t="s" s="0">
-        <v>790</v>
+        <v>28</v>
       </c>
       <c r="E356" t="n" s="0">
-        <v>0.4</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="C357" t="s" s="0">
-        <v>793</v>
+        <v>28</v>
       </c>
       <c r="D357" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E357" t="n" s="0">
-        <v>0.3</v>
+        <v>-0.45</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="C358" t="s" s="0">
-        <v>796</v>
+        <v>28</v>
       </c>
       <c r="D358" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E358" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="C359" t="s" s="0">
-        <v>28</v>
+        <v>791</v>
       </c>
       <c r="D359" t="s" s="0">
-        <v>28</v>
+        <v>792</v>
       </c>
       <c r="E359" t="n" s="0">
-        <v>0.35</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="C360" t="s" s="0">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="D360" t="s" s="0">
-        <v>28</v>
+        <v>796</v>
       </c>
       <c r="E360" t="n" s="0">
-        <v>0.02</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="C361" t="s" s="0">
-        <v>28</v>
+        <v>799</v>
       </c>
       <c r="D361" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E361" t="n" s="0">
-        <v>0.27</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="C362" t="s" s="0">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="D362" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E362" t="n" s="0">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="C363" t="s" s="0">
-        <v>809</v>
+        <v>28</v>
       </c>
       <c r="D363" t="s" s="0">
-        <v>810</v>
+        <v>28</v>
       </c>
       <c r="E363" t="n" s="0">
-        <v>0.12</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>812</v>
+        <v>806</v>
       </c>
       <c r="C364" t="s" s="0">
-        <v>813</v>
+        <v>807</v>
       </c>
       <c r="D364" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E364" t="n" s="0">
-        <v>0.07</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>814</v>
+        <v>808</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>815</v>
+        <v>809</v>
       </c>
       <c r="C365" t="s" s="0">
-        <v>816</v>
+        <v>28</v>
       </c>
       <c r="D365" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E365" t="n" s="0">
-        <v>0.39</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>818</v>
+        <v>811</v>
       </c>
       <c r="C366" t="s" s="0">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="D366" t="s" s="0">
-        <v>820</v>
+        <v>28</v>
       </c>
       <c r="E366" t="n" s="0">
-        <v>0.27</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>821</v>
+        <v>813</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>822</v>
+        <v>814</v>
       </c>
       <c r="C367" t="s" s="0">
-        <v>823</v>
+        <v>815</v>
       </c>
       <c r="D367" t="s" s="0">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="E367" t="n" s="0">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>825</v>
+        <v>817</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>826</v>
+        <v>818</v>
       </c>
       <c r="C368" t="s" s="0">
-        <v>827</v>
+        <v>819</v>
       </c>
       <c r="D368" t="s" s="0">
-        <v>828</v>
+        <v>28</v>
       </c>
       <c r="E368" t="n" s="0">
-        <v>0.46</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="C369" t="s" s="0">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="D369" t="s" s="0">
-        <v>832</v>
+        <v>28</v>
       </c>
       <c r="E369" t="n" s="0">
-        <v>0.31</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>833</v>
+        <v>823</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="C370" t="s" s="0">
-        <v>835</v>
+        <v>825</v>
       </c>
       <c r="D370" t="s" s="0">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="E370" t="n" s="0">
-        <v>0.22</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>837</v>
+        <v>827</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>838</v>
+        <v>828</v>
       </c>
       <c r="C371" t="s" s="0">
-        <v>28</v>
+        <v>829</v>
       </c>
       <c r="D371" t="s" s="0">
-        <v>28</v>
+        <v>830</v>
       </c>
       <c r="E371" t="n" s="0">
-        <v>0.01</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="C372" t="s" s="0">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="D372" t="s" s="0">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="E372" t="n" s="0">
-        <v>0.1</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>843</v>
+        <v>835</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="C373" t="s" s="0">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="D373" t="s" s="0">
-        <v>846</v>
+        <v>838</v>
       </c>
       <c r="E373" t="n" s="0">
-        <v>0.4</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>847</v>
+        <v>839</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="C374" t="s" s="0">
-        <v>849</v>
+        <v>28</v>
       </c>
       <c r="D374" t="s" s="0">
-        <v>850</v>
+        <v>28</v>
       </c>
       <c r="E374" t="n" s="0">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="C375" t="s" s="0">
-        <v>853</v>
+        <v>843</v>
       </c>
       <c r="D375" t="s" s="0">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="E375" t="n" s="0">
-        <v>0.18</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="C376" t="s" s="0">
-        <v>857</v>
+        <v>847</v>
       </c>
       <c r="D376" t="s" s="0">
-        <v>28</v>
+        <v>848</v>
       </c>
       <c r="E376" t="n" s="0">
-        <v>1.48</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>855</v>
+        <v>849</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="C377" t="s" s="0">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="D377" t="s" s="0">
-        <v>860</v>
+        <v>852</v>
       </c>
       <c r="E377" t="n" s="0">
-        <v>0.29</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="4" t="s">
-        <v>861</v>
+        <v>853</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>862</v>
+        <v>854</v>
       </c>
       <c r="C378" t="s" s="0">
-        <v>863</v>
+        <v>855</v>
       </c>
       <c r="D378" t="s" s="0">
-        <v>864</v>
+        <v>856</v>
       </c>
       <c r="E378" t="n" s="0">
-        <v>0.99</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="C379" t="s" s="0">
-        <v>867</v>
+        <v>859</v>
       </c>
       <c r="D379" t="s" s="0">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="E379" t="n" s="0">
-        <v>0.4</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="C380" t="s" s="0">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="D380" t="s" s="0">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="E380" t="n" s="0">
-        <v>0.21</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="C381" t="s" s="0">
-        <v>875</v>
+        <v>867</v>
       </c>
       <c r="D381" t="s" s="0">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="E381" t="n" s="0">
-        <v>0.51</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="C382" t="s" s="0">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="D382" t="s" s="0">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="E382" t="n" s="0">
-        <v>0.92</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>882</v>
+        <v>874</v>
       </c>
       <c r="C383" t="s" s="0">
-        <v>883</v>
+        <v>875</v>
       </c>
       <c r="D383" t="s" s="0">
-        <v>884</v>
+        <v>876</v>
       </c>
       <c r="E383" t="n" s="0">
-        <v>0.53</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>885</v>
+        <v>877</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="C384" t="s" s="0">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="D384" t="s" s="0">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="E384" t="n" s="0">
-        <v>0.37</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>889</v>
+        <v>881</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="C385" t="s" s="0">
-        <v>891</v>
+        <v>883</v>
       </c>
       <c r="D385" t="s" s="0">
-        <v>892</v>
+        <v>884</v>
       </c>
       <c r="E385" t="n" s="0">
-        <v>0.97</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="C386" t="s" s="0">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="D386" t="s" s="0">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="E386" t="n" s="0">
-        <v>0.2</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="C387" t="s" s="0">
-        <v>899</v>
+        <v>891</v>
       </c>
       <c r="D387" t="s" s="0">
-        <v>28</v>
+        <v>892</v>
       </c>
       <c r="E387" t="n" s="0">
-        <v>0.26</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>901</v>
+        <v>894</v>
       </c>
       <c r="C388" t="s" s="0">
-        <v>902</v>
+        <v>895</v>
       </c>
       <c r="D388" t="s" s="0">
-        <v>903</v>
+        <v>896</v>
       </c>
       <c r="E388" t="n" s="0">
-        <v>0.15</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
-        <v>904</v>
+        <v>897</v>
       </c>
       <c r="B389" s="6" t="s">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="C389" t="s" s="0">
-        <v>906</v>
+        <v>899</v>
       </c>
       <c r="D389" t="s" s="0">
-        <v>907</v>
+        <v>900</v>
       </c>
       <c r="E389" t="n" s="0">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>908</v>
+        <v>901</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>909</v>
+        <v>902</v>
       </c>
       <c r="C390" t="s" s="0">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="D390" t="s" s="0">
-        <v>911</v>
+        <v>904</v>
       </c>
       <c r="E390" t="n" s="0">
-        <v>0.17</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>912</v>
+        <v>905</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>913</v>
+        <v>906</v>
       </c>
       <c r="C391" t="s" s="0">
-        <v>914</v>
+        <v>907</v>
       </c>
       <c r="D391" t="s" s="0">
-        <v>28</v>
+        <v>908</v>
       </c>
       <c r="E391" t="n" s="0">
-        <v>0.42</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="C392" t="s" s="0">
-        <v>917</v>
+        <v>911</v>
       </c>
       <c r="D392" t="s" s="0">
-        <v>28</v>
+        <v>912</v>
       </c>
       <c r="E392" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="C393" t="s" s="0">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="D393" t="s" s="0">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="E393" t="n" s="0">
-        <v>0.07</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="C394" t="s" s="0">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="D394" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E394" t="n" s="0">
-        <v>0.66</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
+        <v>920</v>
+      </c>
+      <c r="B395" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="C395" t="s" s="0">
         <v>922</v>
       </c>
-      <c r="B395" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D395" t="s" s="0">
-        <v>927</v>
+        <v>28</v>
       </c>
       <c r="E395" t="n" s="0">
-        <v>0.71</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="C396" t="s" s="0">
-        <v>930</v>
+        <v>925</v>
       </c>
       <c r="D396" t="s" s="0">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="E396" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="C397" t="s" s="0">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="D397" t="s" s="0">
-        <v>935</v>
+        <v>28</v>
       </c>
       <c r="E397" t="n" s="0">
-        <v>0.22</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>936</v>
+        <v>927</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="C398" t="s" s="0">
-        <v>28</v>
+        <v>931</v>
       </c>
       <c r="D398" t="s" s="0">
-        <v>28</v>
+        <v>932</v>
       </c>
       <c r="E398" t="n" s="0">
-        <v>-0.18</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="C399" t="s" s="0">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="D399" t="s" s="0">
-        <v>28</v>
+        <v>936</v>
       </c>
       <c r="E399" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="C400" t="s" s="0">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="D400" t="s" s="0">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="E400" t="n" s="0">
-        <v>0.39</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
         <v>941</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="C401" t="s" s="0">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="D401" t="s" s="0">
-        <v>947</v>
+        <v>28</v>
       </c>
       <c r="E401" t="n" s="0">
-        <v>0.24</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="C402" t="s" s="0">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="D402" t="s" s="0">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="E402" t="n" s="0">
-        <v>0.12</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="C403" t="s" s="0">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="D403" t="s" s="0">
-        <v>28</v>
+        <v>950</v>
       </c>
       <c r="E403" t="n" s="0">
-        <v>0.07</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="C404" t="s" s="0">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="D404" t="s" s="0">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="E404" t="n" s="0">
-        <v>0.16</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="C405" t="s" s="0">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="D405" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E405" t="n" s="0">
-        <v>0.17</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="4" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="C406" t="s" s="0">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="D406" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E406" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="C407" t="s" s="0">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="D407" t="s" s="0">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="E407" t="n" s="0">
-        <v>0.51</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="C408" t="s" s="0">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="D408" t="s" s="0">
-        <v>972</v>
+        <v>28</v>
       </c>
       <c r="E408" t="n" s="0">
-        <v>1.0</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="4" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="C409" t="s" s="0">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="D409" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E409" t="n" s="0">
-        <v>0.35</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="C410" t="s" s="0">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="D410" t="s" s="0">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="E410" t="n" s="0">
-        <v>0.11</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="4" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="C411" t="s" s="0">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="D411" t="s" s="0">
-        <v>28</v>
+        <v>978</v>
       </c>
       <c r="E411" t="n" s="0">
-        <v>0.25</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="C412" t="s" s="0">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="D412" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E412" t="n" s="0">
-        <v>0.14</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="C413" t="s" s="0">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="D413" t="s" s="0">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="E413" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C414" t="s" s="0">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="D414" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E414" t="n" s="0">
-        <v>0.01</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="C415" t="s" s="0">
-        <v>995</v>
+        <v>991</v>
       </c>
       <c r="D415" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E415" t="n" s="0">
-        <v>0.24</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
       <c r="C416" t="s" s="0">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="D416" t="s" s="0">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="E416" t="n" s="0">
-        <v>8.93</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="C417" t="s" s="0">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="D417" t="s" s="0">
-        <v>1003</v>
+        <v>28</v>
       </c>
       <c r="E417" t="n" s="0">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="C418" t="s" s="0">
-        <v>28</v>
+        <v>1001</v>
       </c>
       <c r="D418" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E418" t="n" s="0">
-        <v>0.01</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="C419" t="s" s="0">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="D419" t="s" s="0">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="E419" t="n" s="0">
-        <v>0.12</v>
+        <v>6.54</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="4" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="C420" t="s" s="0">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="D420" t="s" s="0">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="E420" t="n" s="0">
-        <v>0.38</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="4" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="C421" t="s" s="0">
-        <v>1016</v>
+        <v>28</v>
       </c>
       <c r="D421" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E421" t="n" s="0">
-        <v>0.19</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>1017</v>
+        <v>1012</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>1018</v>
+        <v>1013</v>
       </c>
       <c r="C422" t="s" s="0">
-        <v>1019</v>
+        <v>1014</v>
       </c>
       <c r="D422" t="s" s="0">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="E422" t="n" s="0">
-        <v>0.29</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>1021</v>
+        <v>1016</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
       <c r="C423" t="s" s="0">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="D423" t="s" s="0">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="E423" t="n" s="0">
-        <v>0.11</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="C424" t="s" s="0">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="D424" t="s" s="0">
-        <v>1028</v>
+        <v>28</v>
       </c>
       <c r="E424" t="n" s="0">
-        <v>0.22</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>1029</v>
+        <v>1023</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
       <c r="C425" t="s" s="0">
-        <v>1031</v>
+        <v>1025</v>
       </c>
       <c r="D425" t="s" s="0">
-        <v>28</v>
+        <v>1026</v>
       </c>
       <c r="E425" t="n" s="0">
-        <v>0.17</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
       <c r="C426" t="s" s="0">
-        <v>1034</v>
+        <v>1029</v>
       </c>
       <c r="D426" t="s" s="0">
-        <v>28</v>
+        <v>1030</v>
       </c>
       <c r="E426" t="n" s="0">
-        <v>0.41</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="B427" s="6" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="C427" t="s" s="0">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="D427" t="s" s="0">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="E427" t="n" s="0">
-        <v>0.13</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="C428" t="s" s="0">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="D428" t="s" s="0">
-        <v>1042</v>
+        <v>28</v>
       </c>
       <c r="E428" t="n" s="0">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="C429" t="s" s="0">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="D429" t="s" s="0">
-        <v>1046</v>
+        <v>28</v>
       </c>
       <c r="E429" t="n" s="0">
-        <v>0.14</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>1047</v>
+        <v>1041</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>1048</v>
+        <v>1042</v>
       </c>
       <c r="C430" t="s" s="0">
-        <v>1049</v>
+        <v>1043</v>
       </c>
       <c r="D430" t="s" s="0">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="E430" t="n" s="0">
-        <v>0.18</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="C431" t="s" s="0">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="D431" t="s" s="0">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="E431" t="n" s="0">
-        <v>0.47</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="C432" t="s" s="0">
-        <v>1057</v>
+        <v>1050</v>
       </c>
       <c r="D432" t="s" s="0">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="E432" t="n" s="0">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="C433" t="s" s="0">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="D433" t="s" s="0">
-        <v>28</v>
+        <v>1055</v>
       </c>
       <c r="E433" t="n" s="0">
-        <v>0.36</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B434" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C434" t="s" s="0">
+        <v>1058</v>
+      </c>
+      <c r="D434" t="s" s="0">
         <v>1059</v>
       </c>
-      <c r="B434" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E434" t="n" s="0">
-        <v>0.1</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="B435" s="6" t="s">
-        <v>1066</v>
+        <v>1061</v>
       </c>
       <c r="C435" t="s" s="0">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="D435" t="s" s="0">
-        <v>28</v>
+        <v>1063</v>
       </c>
       <c r="E435" t="n" s="0">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A436" s="4" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="B436" s="6" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="C436" t="s" s="0">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="D436" t="s" s="0">
-        <v>1071</v>
+        <v>1066</v>
       </c>
       <c r="E436" t="n" s="0">
-        <v>0.23</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A437" s="4" t="s">
-        <v>1072</v>
+        <v>1067</v>
       </c>
       <c r="B437" s="6" t="s">
-        <v>1073</v>
+        <v>1068</v>
       </c>
       <c r="C437" t="s" s="0">
-        <v>1074</v>
+        <v>1069</v>
       </c>
       <c r="D437" t="s" s="0">
-        <v>1075</v>
+        <v>1070</v>
       </c>
       <c r="E437" t="n" s="0">
-        <v>0.1</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A438" s="4" t="s">
-        <v>1076</v>
+        <v>1071</v>
       </c>
       <c r="B438" s="6" t="s">
-        <v>1077</v>
+        <v>1072</v>
       </c>
       <c r="C438" t="s" s="0">
-        <v>1078</v>
+        <v>1073</v>
       </c>
       <c r="D438" t="s" s="0">
-        <v>1079</v>
+        <v>28</v>
       </c>
       <c r="E438" t="n" s="0">
-        <v>0.33</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A439" s="4" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B439" s="6" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C439" t="s" s="0">
+        <v>1075</v>
+      </c>
+      <c r="D439" t="s" s="0">
         <v>1076</v>
       </c>
-      <c r="B439" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E439" t="n" s="0">
-        <v>0.35</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A440" s="4" t="s">
-        <v>1083</v>
+        <v>1077</v>
       </c>
       <c r="B440" s="6" t="s">
-        <v>1084</v>
+        <v>1078</v>
       </c>
       <c r="C440" t="s" s="0">
-        <v>1085</v>
+        <v>1079</v>
       </c>
       <c r="D440" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E440" t="n" s="0">
-        <v>0.41</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A441" s="4" t="s">
-        <v>1086</v>
+        <v>1080</v>
       </c>
       <c r="B441" s="6" t="s">
-        <v>1087</v>
+        <v>1081</v>
       </c>
       <c r="C441" t="s" s="0">
-        <v>1088</v>
+        <v>1082</v>
       </c>
       <c r="D441" t="s" s="0">
-        <v>28</v>
+        <v>1083</v>
       </c>
       <c r="E441" t="n" s="0">
-        <v>0.49</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A442" s="4" t="s">
-        <v>1089</v>
+        <v>1084</v>
       </c>
       <c r="B442" s="6" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="C442" t="s" s="0">
-        <v>1091</v>
+        <v>1086</v>
       </c>
       <c r="D442" t="s" s="0">
-        <v>28</v>
+        <v>1087</v>
       </c>
       <c r="E442" t="n" s="0">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A443" s="4" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="B443" s="6" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="C443" t="s" s="0">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="D443" t="s" s="0">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="E443" t="n" s="0">
-        <v>0.26</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A444" s="4" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="B444" s="6" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="C444" t="s" s="0">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="D444" t="s" s="0">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="E444" t="n" s="0">
-        <v>0.13</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A445" s="4" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="B445" s="6" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="C445" t="s" s="0">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="D445" t="s" s="0">
-        <v>1103</v>
+        <v>28</v>
       </c>
       <c r="E445" t="n" s="0">
-        <v>0.23</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A446" s="4" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="B446" s="6" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="C446" t="s" s="0">
-        <v>1106</v>
+        <v>1100</v>
       </c>
       <c r="D446" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E446" t="n" s="0">
-        <v>0.11</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A447" s="4" t="s">
-        <v>1107</v>
+        <v>1101</v>
       </c>
       <c r="B447" s="6" t="s">
-        <v>1108</v>
+        <v>1102</v>
       </c>
       <c r="C447" t="s" s="0">
-        <v>1109</v>
+        <v>28</v>
       </c>
       <c r="D447" t="s" s="0">
-        <v>1110</v>
+        <v>28</v>
       </c>
       <c r="E447" t="n" s="0">
-        <v>0.68</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A448" s="4" t="s">
-        <v>1111</v>
+        <v>1103</v>
       </c>
       <c r="B448" s="6" t="s">
-        <v>1112</v>
+        <v>1104</v>
       </c>
       <c r="C448" t="s" s="0">
-        <v>1113</v>
+        <v>1105</v>
       </c>
       <c r="D448" t="s" s="0">
-        <v>1114</v>
+        <v>28</v>
       </c>
       <c r="E448" t="n" s="0">
-        <v>0.14</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A449" s="4" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="B449" s="6" t="s">
-        <v>1116</v>
+        <v>1107</v>
       </c>
       <c r="C449" t="s" s="0">
-        <v>1117</v>
+        <v>1108</v>
       </c>
       <c r="D449" t="s" s="0">
-        <v>1118</v>
+        <v>1109</v>
       </c>
       <c r="E449" t="n" s="0">
-        <v>0.24</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A450" s="4" t="s">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="B450" s="6" t="s">
-        <v>1120</v>
+        <v>1111</v>
       </c>
       <c r="C450" t="s" s="0">
-        <v>1121</v>
+        <v>1112</v>
       </c>
       <c r="D450" t="s" s="0">
-        <v>28</v>
+        <v>1113</v>
       </c>
       <c r="E450" t="n" s="0">
-        <v>0.04</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A451" s="4" t="s">
-        <v>1122</v>
+        <v>1114</v>
       </c>
       <c r="B451" s="6" t="s">
-        <v>1123</v>
+        <v>1115</v>
       </c>
       <c r="C451" t="s" s="0">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="D451" t="s" s="0">
-        <v>1125</v>
+        <v>1117</v>
       </c>
       <c r="E451" t="n" s="0">
-        <v>0.39</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A452" s="4" t="s">
-        <v>1126</v>
+        <v>1118</v>
       </c>
       <c r="B452" s="6" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
       <c r="C452" t="s" s="0">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="D452" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E452" t="n" s="0">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A453" s="4" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
       <c r="B453" s="6" t="s">
-        <v>1130</v>
+        <v>1122</v>
       </c>
       <c r="C453" t="s" s="0">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="D453" t="s" s="0">
-        <v>1132</v>
+        <v>1124</v>
       </c>
       <c r="E453" t="n" s="0">
-        <v>0.15</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A454" s="4" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="B454" s="6" t="s">
-        <v>1134</v>
+        <v>1126</v>
       </c>
       <c r="C454" t="s" s="0">
-        <v>1135</v>
+        <v>1127</v>
       </c>
       <c r="D454" t="s" s="0">
-        <v>1136</v>
+        <v>1128</v>
       </c>
       <c r="E454" t="n" s="0">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A455" s="4" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="B455" s="6" t="s">
-        <v>1138</v>
+        <v>1129</v>
       </c>
       <c r="C455" t="s" s="0">
-        <v>1139</v>
+        <v>1130</v>
       </c>
       <c r="D455" t="s" s="0">
-        <v>28</v>
+        <v>1131</v>
       </c>
       <c r="E455" t="n" s="0">
-        <v>0.33</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A456" s="4" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="B456" s="6" t="s">
-        <v>1141</v>
+        <v>1133</v>
       </c>
       <c r="C456" t="s" s="0">
-        <v>1142</v>
+        <v>1134</v>
       </c>
       <c r="D456" t="s" s="0">
-        <v>28</v>
+        <v>1135</v>
       </c>
       <c r="E456" t="n" s="0">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A457" s="4" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="B457" s="6" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="C457" t="s" s="0">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="D457" t="s" s="0">
-        <v>1146</v>
+        <v>28</v>
       </c>
       <c r="E457" t="n" s="0">
-        <v>0.28</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A458" s="4" t="s">
-        <v>1147</v>
+        <v>1139</v>
       </c>
       <c r="B458" s="6" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="C458" t="s" s="0">
-        <v>1149</v>
+        <v>1141</v>
       </c>
       <c r="D458" t="s" s="0">
-        <v>28</v>
+        <v>1142</v>
       </c>
       <c r="E458" t="n" s="0">
-        <v>0.12</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A459" s="4" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="B459" s="6" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
       <c r="C459" t="s" s="0">
-        <v>1152</v>
+        <v>1145</v>
       </c>
       <c r="D459" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E459" t="n" s="0">
-        <v>0.31</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A460" s="4" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="B460" s="6" t="s">
-        <v>1154</v>
+        <v>1147</v>
       </c>
       <c r="C460" t="s" s="0">
-        <v>1155</v>
+        <v>1148</v>
       </c>
       <c r="D460" t="s" s="0">
-        <v>28</v>
+        <v>1149</v>
       </c>
       <c r="E460" t="n" s="0">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A461" s="4" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="B461" s="6" t="s">
-        <v>1157</v>
+        <v>1151</v>
       </c>
       <c r="C461" t="s" s="0">
-        <v>1158</v>
+        <v>1152</v>
       </c>
       <c r="D461" t="s" s="0">
-        <v>1159</v>
+        <v>1153</v>
       </c>
       <c r="E461" t="n" s="0">
-        <v>0.22</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A462" s="4" t="s">
-        <v>1160</v>
+        <v>1154</v>
       </c>
       <c r="B462" s="6" t="s">
-        <v>1161</v>
+        <v>1155</v>
       </c>
       <c r="C462" t="s" s="0">
-        <v>1162</v>
+        <v>1156</v>
       </c>
       <c r="D462" t="s" s="0">
-        <v>1163</v>
+        <v>28</v>
       </c>
       <c r="E462" t="n" s="0">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A463" s="4" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="B463" s="6" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="C463" t="s" s="0">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="D463" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E463" t="n" s="0">
-        <v>0.05</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A464" s="4" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="B464" s="6" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
       <c r="C464" t="s" s="0">
-        <v>1169</v>
+        <v>1162</v>
       </c>
       <c r="D464" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E464" t="n" s="0">
-        <v>0.02</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A465" s="4" t="s">
-        <v>1170</v>
+        <v>1163</v>
       </c>
       <c r="B465" s="6" t="s">
-        <v>1171</v>
+        <v>1164</v>
       </c>
       <c r="C465" t="s" s="0">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="D465" t="s" s="0">
-        <v>28</v>
+        <v>1166</v>
       </c>
       <c r="E465" t="n" s="0">
-        <v>0.17</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A466" s="4" t="s">
-        <v>1173</v>
+        <v>1167</v>
       </c>
       <c r="B466" s="6" t="s">
-        <v>1174</v>
+        <v>1168</v>
       </c>
       <c r="C466" t="s" s="0">
-        <v>1175</v>
+        <v>1169</v>
       </c>
       <c r="D466" t="s" s="0">
-        <v>1176</v>
+        <v>28</v>
       </c>
       <c r="E466" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A467" s="4" t="s">
-        <v>1177</v>
+        <v>1170</v>
       </c>
       <c r="B467" s="6" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
       <c r="C467" t="s" s="0">
-        <v>1179</v>
+        <v>1172</v>
       </c>
       <c r="D467" t="s" s="0">
-        <v>1180</v>
+        <v>28</v>
       </c>
       <c r="E467" t="n" s="0">
-        <v>0.53</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A468" s="4" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
       <c r="B468" s="6" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="C468" t="s" s="0">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="D468" t="s" s="0">
-        <v>1183</v>
+        <v>28</v>
       </c>
       <c r="E468" t="n" s="0">
-        <v>0.41</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A469" s="4" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="B469" s="6" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="C469" t="s" s="0">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="D469" t="s" s="0">
-        <v>28</v>
+        <v>1179</v>
       </c>
       <c r="E469" t="n" s="0">
-        <v>0.09</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A470" s="4" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="B470" s="6" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
       <c r="C470" t="s" s="0">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="D470" t="s" s="0">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="E470" t="n" s="0">
-        <v>0.12</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A471" s="4" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
       <c r="B471" s="6" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
       <c r="C471" t="s" s="0">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="D471" t="s" s="0">
-        <v>1194</v>
+        <v>28</v>
       </c>
       <c r="E471" t="n" s="0">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A472" s="4" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="B472" s="6" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
       <c r="C472" t="s" s="0">
-        <v>1196</v>
+        <v>1189</v>
       </c>
       <c r="D472" t="s" s="0">
-        <v>1197</v>
+        <v>28</v>
       </c>
       <c r="E472" t="n" s="0">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A473" s="4" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="B473" s="6" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="C473" t="s" s="0">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="D473" t="s" s="0">
-        <v>1201</v>
+        <v>28</v>
       </c>
       <c r="E473" t="n" s="0">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A474" s="4" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="B474" s="6" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="C474" t="s" s="0">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="D474" t="s" s="0">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="E474" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A475" s="4" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="B475" s="6" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="C475" t="s" s="0">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="D475" t="s" s="0">
-        <v>28</v>
+        <v>1200</v>
       </c>
       <c r="E475" t="n" s="0">
-        <v>0.08</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A476" s="4" t="s">
-        <v>1208</v>
+        <v>1197</v>
       </c>
       <c r="B476" s="6" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="C476" t="s" s="0">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="D476" t="s" s="0">
-        <v>28</v>
+        <v>1203</v>
       </c>
       <c r="E476" t="n" s="0">
-        <v>0.08</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A477" s="4" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
       <c r="B477" s="6" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
       <c r="C477" t="s" s="0">
-        <v>1213</v>
+        <v>1206</v>
       </c>
       <c r="D477" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E477" t="n" s="0">
-        <v>0.29</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A478" s="4" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="B478" s="6" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="C478" t="s" s="0">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="D478" t="s" s="0">
-        <v>28</v>
+        <v>1210</v>
       </c>
       <c r="E478" t="n" s="0">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A479" s="4" t="s">
-        <v>1217</v>
+        <v>1211</v>
       </c>
       <c r="B479" s="6" t="s">
-        <v>1218</v>
+        <v>1212</v>
       </c>
       <c r="C479" t="s" s="0">
-        <v>1219</v>
+        <v>1213</v>
       </c>
       <c r="D479" t="s" s="0">
-        <v>28</v>
+        <v>1214</v>
       </c>
       <c r="E479" t="n" s="0">
-        <v>0.2</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A480" s="4" t="s">
-        <v>1220</v>
+        <v>1211</v>
       </c>
       <c r="B480" s="6" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="C480" t="s" s="0">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="D480" t="s" s="0">
-        <v>28</v>
+        <v>1217</v>
       </c>
       <c r="E480" t="n" s="0">
         <v>0.26</v>
       </c>
     </row>
     <row r="481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A481" s="4" t="s">
-        <v>1223</v>
+        <v>1218</v>
       </c>
       <c r="B481" s="6" t="s">
-        <v>1224</v>
+        <v>1219</v>
       </c>
       <c r="C481" t="s" s="0">
-        <v>1225</v>
+        <v>1220</v>
       </c>
       <c r="D481" t="s" s="0">
-        <v>28</v>
+        <v>1221</v>
       </c>
       <c r="E481" t="n" s="0">
-        <v>0.28</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A482" s="4" t="s">
-        <v>1226</v>
+        <v>1222</v>
       </c>
       <c r="B482" s="6" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="C482" t="s" s="0">
-        <v>1228</v>
+        <v>1224</v>
       </c>
       <c r="D482" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E482" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A483" s="4" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="B483" s="6" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="C483" t="s" s="0">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="D483" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E483" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A484" s="4" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="B484" s="6" t="s">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="C484" t="s" s="0">
-        <v>1234</v>
+        <v>1230</v>
       </c>
       <c r="D484" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E484" t="n" s="0">
-        <v>0.02</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A485" s="4" t="s">
-        <v>1235</v>
+        <v>1231</v>
       </c>
       <c r="B485" s="6" t="s">
-        <v>1236</v>
+        <v>1232</v>
       </c>
       <c r="C485" t="s" s="0">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="D485" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E485" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A486" s="4" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="B486" s="6" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="C486" t="s" s="0">
-        <v>1240</v>
+        <v>1236</v>
       </c>
       <c r="D486" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E486" t="n" s="0">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A487" s="4" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="B487" s="6" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="C487" t="s" s="0">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="D487" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E487" t="n" s="0">
-        <v>0.01</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A488" s="4" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="B488" s="6" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="C488" t="s" s="0">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="D488" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E488" t="n" s="0">
-        <v>0.28</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A489" s="4" t="s">
-        <v>1247</v>
+        <v>1243</v>
       </c>
       <c r="B489" s="6" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
       <c r="C489" t="s" s="0">
-        <v>1249</v>
+        <v>1245</v>
       </c>
       <c r="D489" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E489" t="n" s="0">
-        <v>0.31</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A490" s="4" t="s">
-        <v>1250</v>
+        <v>1246</v>
       </c>
       <c r="B490" s="6" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="C490" t="s" s="0">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="D490" t="s" s="0">
-        <v>1253</v>
+        <v>28</v>
       </c>
       <c r="E490" t="n" s="0">
-        <v>0.3</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A491" s="4" t="s">
-        <v>1254</v>
+        <v>1249</v>
       </c>
       <c r="B491" s="6" t="s">
-        <v>1255</v>
+        <v>1250</v>
       </c>
       <c r="C491" t="s" s="0">
-        <v>1256</v>
+        <v>1251</v>
       </c>
       <c r="D491" t="s" s="0">
-        <v>1257</v>
+        <v>28</v>
       </c>
       <c r="E491" t="n" s="0">
-        <v>0.46</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A492" s="4" t="s">
-        <v>1258</v>
+        <v>1252</v>
       </c>
       <c r="B492" s="6" t="s">
-        <v>1259</v>
+        <v>1253</v>
       </c>
       <c r="C492" t="s" s="0">
-        <v>1260</v>
+        <v>1254</v>
       </c>
       <c r="D492" t="s" s="0">
-        <v>1261</v>
+        <v>28</v>
       </c>
       <c r="E492" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A493" s="4" t="s">
-        <v>1262</v>
+        <v>1255</v>
       </c>
       <c r="B493" s="6" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
       <c r="C493" t="s" s="0">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="D493" t="s" s="0">
-        <v>1265</v>
+        <v>28</v>
       </c>
       <c r="E493" t="n" s="0">
-        <v>0.28</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A494" s="4" t="s">
-        <v>1266</v>
+        <v>1258</v>
       </c>
       <c r="B494" s="6" t="s">
-        <v>1267</v>
+        <v>1259</v>
       </c>
       <c r="C494" t="s" s="0">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="D494" t="s" s="0">
-        <v>1269</v>
+        <v>28</v>
       </c>
       <c r="E494" t="n" s="0">
-        <v>0.47</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A495" s="4" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="B495" s="6" t="s">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="C495" t="s" s="0">
-        <v>1272</v>
+        <v>1263</v>
       </c>
       <c r="D495" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E495" t="n" s="0">
-        <v>0.06</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A496" s="4" t="s">
-        <v>1273</v>
+        <v>1264</v>
       </c>
       <c r="B496" s="6" t="s">
-        <v>1274</v>
+        <v>1265</v>
       </c>
       <c r="C496" t="s" s="0">
-        <v>1275</v>
+        <v>1266</v>
       </c>
       <c r="D496" t="s" s="0">
-        <v>1276</v>
+        <v>28</v>
       </c>
       <c r="E496" t="n" s="0">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A497" s="4" t="s">
-        <v>1277</v>
+        <v>1267</v>
       </c>
       <c r="B497" s="6" t="s">
-        <v>1278</v>
+        <v>1268</v>
       </c>
       <c r="C497" t="s" s="0">
-        <v>1279</v>
+        <v>1269</v>
       </c>
       <c r="D497" t="s" s="0">
-        <v>1280</v>
+        <v>1270</v>
       </c>
       <c r="E497" t="n" s="0">
-        <v>0.85</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A498" s="4" t="s">
-        <v>1281</v>
+        <v>1271</v>
       </c>
       <c r="B498" s="6" t="s">
-        <v>1282</v>
+        <v>1272</v>
       </c>
       <c r="C498" t="s" s="0">
-        <v>1283</v>
+        <v>1273</v>
       </c>
       <c r="D498" t="s" s="0">
-        <v>1284</v>
+        <v>1274</v>
       </c>
       <c r="E498" t="n" s="0">
-        <v>0.34</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A499" s="4" t="s">
-        <v>1285</v>
+        <v>1275</v>
       </c>
       <c r="B499" s="6" t="s">
-        <v>1286</v>
+        <v>1276</v>
       </c>
       <c r="C499" t="s" s="0">
-        <v>1287</v>
+        <v>1277</v>
       </c>
       <c r="D499" t="s" s="0">
-        <v>1288</v>
+        <v>1278</v>
       </c>
       <c r="E499" t="n" s="0">
-        <v>0.9</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A500" s="4" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
       <c r="B500" s="6" t="s">
-        <v>1290</v>
+        <v>1280</v>
       </c>
       <c r="C500" t="s" s="0">
-        <v>1291</v>
+        <v>1281</v>
       </c>
       <c r="D500" t="s" s="0">
-        <v>28</v>
+        <v>1282</v>
       </c>
       <c r="E500" t="n" s="0">
-        <v>0.28</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A501" s="4" t="s">
-        <v>1289</v>
+        <v>1283</v>
       </c>
       <c r="B501" s="6" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="C501" t="s" s="0">
-        <v>1293</v>
+        <v>1285</v>
       </c>
       <c r="D501" t="s" s="0">
-        <v>1294</v>
+        <v>1286</v>
       </c>
       <c r="E501" t="n" s="0">
-        <v>0.42</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A502" s="4" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B502" s="6" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C502" t="s" s="0">
         <v>1289</v>
       </c>
-      <c r="B502" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D502" t="s" s="0">
-        <v>1297</v>
+        <v>28</v>
       </c>
       <c r="E502" t="n" s="0">
-        <v>0.26</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A503" s="4" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="B503" s="6" t="s">
-        <v>1299</v>
+        <v>1291</v>
       </c>
       <c r="C503" t="s" s="0">
-        <v>1300</v>
+        <v>1292</v>
       </c>
       <c r="D503" t="s" s="0">
-        <v>28</v>
+        <v>1293</v>
       </c>
       <c r="E503" t="n" s="0">
-        <v>0.21</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A504" s="4" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="B504" s="6" t="s">
-        <v>1302</v>
+        <v>1295</v>
       </c>
       <c r="C504" t="s" s="0">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="D504" t="s" s="0">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="E504" t="n" s="0">
-        <v>0.3</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A505" s="4" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
       <c r="B505" s="6" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
       <c r="C505" t="s" s="0">
-        <v>1307</v>
+        <v>1300</v>
       </c>
       <c r="D505" t="s" s="0">
-        <v>28</v>
+        <v>1301</v>
       </c>
       <c r="E505" t="n" s="0">
-        <v>0.14</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A506" s="4" t="s">
-        <v>1308</v>
+        <v>1302</v>
       </c>
       <c r="B506" s="6" t="s">
-        <v>1309</v>
+        <v>1303</v>
       </c>
       <c r="C506" t="s" s="0">
-        <v>1310</v>
+        <v>1304</v>
       </c>
       <c r="D506" t="s" s="0">
-        <v>1311</v>
+        <v>1305</v>
       </c>
       <c r="E506" t="n" s="0">
-        <v>0.11</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A507" s="4" t="s">
-        <v>1312</v>
+        <v>1306</v>
       </c>
       <c r="B507" s="6" t="s">
-        <v>1313</v>
+        <v>1307</v>
       </c>
       <c r="C507" t="s" s="0">
-        <v>28</v>
+        <v>1308</v>
       </c>
       <c r="D507" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E507" t="n" s="0">
-        <v>0.01</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A508" s="4" t="s">
-        <v>1314</v>
+        <v>1306</v>
       </c>
       <c r="B508" s="6" t="s">
-        <v>1315</v>
+        <v>1309</v>
       </c>
       <c r="C508" t="s" s="0">
-        <v>28</v>
+        <v>1310</v>
       </c>
       <c r="D508" t="s" s="0">
-        <v>28</v>
+        <v>1311</v>
       </c>
       <c r="E508" t="n" s="0">
-        <v>0.01</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A509" s="4" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="B509" s="6" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="C509" t="s" s="0">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="D509" t="s" s="0">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="E509" t="n" s="0">
-        <v>0.15</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A510" s="4" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="B510" s="6" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="C510" t="s" s="0">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="D510" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E510" t="n" s="0">
-        <v>0.01</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A511" s="4" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="B511" s="6" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="C511" t="s" s="0">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="D511" t="s" s="0">
-        <v>28</v>
+        <v>1321</v>
       </c>
       <c r="E511" t="n" s="0">
-        <v>0.08</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A512" s="4" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="B512" s="6" t="s">
-        <v>1327</v>
+        <v>1323</v>
       </c>
       <c r="C512" t="s" s="0">
-        <v>1328</v>
+        <v>1324</v>
       </c>
       <c r="D512" t="s" s="0">
-        <v>1329</v>
+        <v>28</v>
       </c>
       <c r="E512" t="n" s="0">
-        <v>0.19</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A513" s="4" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="B513" s="6" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="C513" t="s" s="0">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="D513" t="s" s="0">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="E513" t="n" s="0">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A514" s="4" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="B514" s="6" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="C514" t="s" s="0">
-        <v>1336</v>
+        <v>28</v>
       </c>
       <c r="D514" t="s" s="0">
-        <v>1337</v>
+        <v>28</v>
       </c>
       <c r="E514" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A515" s="4" t="s">
-        <v>1338</v>
+        <v>1331</v>
       </c>
       <c r="B515" s="6" t="s">
-        <v>1339</v>
+        <v>1332</v>
       </c>
       <c r="C515" t="s" s="0">
-        <v>1340</v>
+        <v>28</v>
       </c>
       <c r="D515" t="s" s="0">
-        <v>1341</v>
+        <v>28</v>
       </c>
       <c r="E515" t="n" s="0">
-        <v>0.28</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A516" s="4" t="s">
-        <v>1342</v>
+        <v>1333</v>
       </c>
       <c r="B516" s="6" t="s">
-        <v>1343</v>
+        <v>1334</v>
       </c>
       <c r="C516" t="s" s="0">
-        <v>1344</v>
+        <v>28</v>
       </c>
       <c r="D516" t="s" s="0">
-        <v>1345</v>
+        <v>28</v>
       </c>
       <c r="E516" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A517" s="4" t="s">
-        <v>1346</v>
+        <v>1335</v>
       </c>
       <c r="B517" s="6" t="s">
-        <v>1347</v>
+        <v>1336</v>
       </c>
       <c r="C517" t="s" s="0">
-        <v>1348</v>
+        <v>28</v>
       </c>
       <c r="D517" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E517" t="n" s="0">
-        <v>0.2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A518" s="4" t="s">
-        <v>1346</v>
+        <v>1337</v>
       </c>
       <c r="B518" s="6" t="s">
-        <v>1349</v>
+        <v>1338</v>
       </c>
       <c r="C518" t="s" s="0">
-        <v>1350</v>
+        <v>28</v>
       </c>
       <c r="D518" t="s" s="0">
-        <v>1351</v>
+        <v>28</v>
       </c>
       <c r="E518" t="n" s="0">
-        <v>0.3</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A519" s="4" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
       <c r="B519" s="6" t="s">
-        <v>1352</v>
+        <v>1340</v>
       </c>
       <c r="C519" t="s" s="0">
-        <v>1353</v>
+        <v>28</v>
       </c>
       <c r="D519" t="s" s="0">
-        <v>1354</v>
+        <v>28</v>
       </c>
       <c r="E519" t="n" s="0">
-        <v>0.52</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A520" s="4" t="s">
-        <v>1355</v>
+        <v>1341</v>
       </c>
       <c r="B520" s="6" t="s">
-        <v>1356</v>
+        <v>1342</v>
       </c>
       <c r="C520" t="s" s="0">
-        <v>1357</v>
+        <v>1343</v>
       </c>
       <c r="D520" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E520" t="n" s="0">
-        <v>0.16</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A521" s="4" t="s">
-        <v>1358</v>
+        <v>1344</v>
       </c>
       <c r="B521" s="6" t="s">
-        <v>1359</v>
+        <v>1345</v>
       </c>
       <c r="C521" t="s" s="0">
-        <v>1360</v>
+        <v>1346</v>
       </c>
       <c r="D521" t="s" s="0">
-        <v>1361</v>
+        <v>1347</v>
       </c>
       <c r="E521" t="n" s="0">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A522" s="4" t="s">
-        <v>1362</v>
+        <v>1348</v>
       </c>
       <c r="B522" s="6" t="s">
-        <v>1363</v>
+        <v>1349</v>
       </c>
       <c r="C522" t="s" s="0">
-        <v>1364</v>
+        <v>1350</v>
       </c>
       <c r="D522" t="s" s="0">
-        <v>1365</v>
+        <v>1351</v>
       </c>
       <c r="E522" t="n" s="0">
-        <v>0.69</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A523" s="4" t="s">
-        <v>1362</v>
+        <v>1352</v>
       </c>
       <c r="B523" s="6" t="s">
-        <v>1366</v>
+        <v>1353</v>
       </c>
       <c r="C523" t="s" s="0">
-        <v>1367</v>
+        <v>1354</v>
       </c>
       <c r="D523" t="s" s="0">
-        <v>1368</v>
+        <v>1355</v>
       </c>
       <c r="E523" t="n" s="0">
-        <v>0.96</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A524" s="4" t="s">
-        <v>1369</v>
+        <v>1356</v>
       </c>
       <c r="B524" s="6" t="s">
-        <v>1370</v>
+        <v>1357</v>
       </c>
       <c r="C524" t="s" s="0">
-        <v>1371</v>
+        <v>1358</v>
       </c>
       <c r="D524" t="s" s="0">
-        <v>1372</v>
+        <v>1359</v>
       </c>
       <c r="E524" t="n" s="0">
-        <v>0.48</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A525" s="4" t="s">
-        <v>1373</v>
+        <v>1360</v>
       </c>
       <c r="B525" s="6" t="s">
-        <v>1374</v>
+        <v>1361</v>
       </c>
       <c r="C525" t="s" s="0">
-        <v>28</v>
+        <v>1362</v>
       </c>
       <c r="D525" t="s" s="0">
-        <v>28</v>
+        <v>1363</v>
       </c>
       <c r="E525" t="n" s="0">
-        <v>0.04</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A526" s="4" t="s">
-        <v>1375</v>
+        <v>1364</v>
       </c>
       <c r="B526" s="6" t="s">
-        <v>1376</v>
+        <v>1365</v>
       </c>
       <c r="C526" t="s" s="0">
-        <v>1377</v>
+        <v>1366</v>
       </c>
       <c r="D526" t="s" s="0">
-        <v>1378</v>
+        <v>28</v>
       </c>
       <c r="E526" t="n" s="0">
-        <v>0.52</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A527" s="4" t="s">
-        <v>1379</v>
+        <v>1364</v>
       </c>
       <c r="B527" s="6" t="s">
-        <v>1380</v>
+        <v>1367</v>
       </c>
       <c r="C527" t="s" s="0">
-        <v>1381</v>
+        <v>1368</v>
       </c>
       <c r="D527" t="s" s="0">
-        <v>1382</v>
+        <v>1369</v>
       </c>
       <c r="E527" t="n" s="0">
-        <v>0.67</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A528" s="4" t="s">
-        <v>1383</v>
+        <v>1364</v>
       </c>
       <c r="B528" s="6" t="s">
-        <v>1384</v>
+        <v>1370</v>
       </c>
       <c r="C528" t="s" s="0">
-        <v>1385</v>
+        <v>1371</v>
       </c>
       <c r="D528" t="s" s="0">
-        <v>28</v>
+        <v>1372</v>
       </c>
       <c r="E528" t="n" s="0">
-        <v>0.22</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A529" s="4" t="s">
-        <v>1386</v>
+        <v>1373</v>
       </c>
       <c r="B529" s="6" t="s">
-        <v>1387</v>
+        <v>1374</v>
       </c>
       <c r="C529" t="s" s="0">
-        <v>28</v>
+        <v>1375</v>
       </c>
       <c r="D529" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E529" t="n" s="0">
-        <v>0.86</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A530" s="4" t="s">
-        <v>1386</v>
+        <v>1376</v>
       </c>
       <c r="B530" s="6" t="s">
-        <v>1388</v>
+        <v>1377</v>
       </c>
       <c r="C530" t="s" s="0">
-        <v>28</v>
+        <v>1378</v>
       </c>
       <c r="D530" t="s" s="0">
-        <v>28</v>
+        <v>1379</v>
       </c>
       <c r="E530" t="n" s="0">
-        <v>2.55</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A531" s="4" t="s">
-        <v>1386</v>
+        <v>1380</v>
       </c>
       <c r="B531" s="6" t="s">
-        <v>1389</v>
+        <v>1381</v>
       </c>
       <c r="C531" t="s" s="0">
-        <v>28</v>
+        <v>1382</v>
       </c>
       <c r="D531" t="s" s="0">
-        <v>28</v>
+        <v>1383</v>
       </c>
       <c r="E531" t="n" s="0">
-        <v>0.45</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A532" s="4" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B532" s="6" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C532" t="s" s="0">
+        <v>1385</v>
+      </c>
+      <c r="D532" t="s" s="0">
         <v>1386</v>
       </c>
-      <c r="B532" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E532" t="n" s="0">
-        <v>0.45</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A533" s="4" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B533" s="6" t="s">
-        <v>1391</v>
+        <v>1388</v>
       </c>
       <c r="C533" t="s" s="0">
-        <v>28</v>
+        <v>1389</v>
       </c>
       <c r="D533" t="s" s="0">
-        <v>28</v>
+        <v>1390</v>
       </c>
       <c r="E533" t="n" s="0">
-        <v>1.12</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A534" s="4" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B534" s="6" t="s">
         <v>1392</v>
       </c>
-      <c r="B534" s="6" t="s">
+      <c r="C534" t="s" s="0">
         <v>1393</v>
       </c>
-      <c r="C534" t="s" s="0">
+      <c r="D534" t="s" s="0">
         <v>1394</v>
       </c>
-      <c r="D534" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E534" t="n" s="0">
-        <v>0.16</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A535" s="4" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B535" s="6" t="s">
         <v>1396</v>
       </c>
-      <c r="B535" s="6" t="s">
+      <c r="C535" t="s" s="0">
         <v>1397</v>
       </c>
-      <c r="C535" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D535" t="s" s="0">
-        <v>1399</v>
+        <v>28</v>
       </c>
       <c r="E535" t="n" s="0">
-        <v>1.93</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A536" s="4" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="B536" s="6" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="C536" t="s" s="0">
-        <v>1402</v>
+        <v>28</v>
       </c>
       <c r="D536" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E536" t="n" s="0">
-        <v>0.1</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A537" s="4" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
       <c r="B537" s="6" t="s">
-        <v>1404</v>
+        <v>1400</v>
       </c>
       <c r="C537" t="s" s="0">
-        <v>1405</v>
+        <v>28</v>
       </c>
       <c r="D537" t="s" s="0">
-        <v>1406</v>
+        <v>28</v>
       </c>
       <c r="E537" t="n" s="0">
-        <v>0.29</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A538" s="4" t="s">
-        <v>1407</v>
+        <v>1398</v>
       </c>
       <c r="B538" s="6" t="s">
-        <v>1408</v>
+        <v>1401</v>
       </c>
       <c r="C538" t="s" s="0">
-        <v>1409</v>
+        <v>28</v>
       </c>
       <c r="D538" t="s" s="0">
-        <v>1410</v>
+        <v>28</v>
       </c>
       <c r="E538" t="n" s="0">
-        <v>0.19</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A539" s="4" t="s">
-        <v>1411</v>
+        <v>1398</v>
       </c>
       <c r="B539" s="6" t="s">
-        <v>1412</v>
+        <v>1402</v>
       </c>
       <c r="C539" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D539" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E539" t="n" s="0">
-        <v>-5.42</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A540" s="4" t="s">
-        <v>1413</v>
+        <v>1398</v>
       </c>
       <c r="B540" s="6" t="s">
-        <v>1414</v>
+        <v>1403</v>
       </c>
       <c r="C540" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D540" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E540" t="n" s="0">
-        <v>0.01</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A541" s="4" t="s">
-        <v>1413</v>
+        <v>1404</v>
       </c>
       <c r="B541" s="6" t="s">
-        <v>1415</v>
+        <v>1405</v>
       </c>
       <c r="C541" t="s" s="0">
-        <v>28</v>
+        <v>1406</v>
       </c>
       <c r="D541" t="s" s="0">
-        <v>28</v>
+        <v>1407</v>
       </c>
       <c r="E541" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A542" s="4" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="B542" s="6" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="C542" t="s" s="0">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="D542" t="s" s="0">
-        <v>28</v>
+        <v>1411</v>
       </c>
       <c r="E542" t="n" s="0">
-        <v>0.3</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A543" s="4" t="s">
-        <v>1419</v>
+        <v>1412</v>
       </c>
       <c r="B543" s="6" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="C543" t="s" s="0">
-        <v>1421</v>
+        <v>1414</v>
       </c>
       <c r="D543" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E543" t="n" s="0">
-        <v>0.23</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A544" s="4" t="s">
-        <v>1422</v>
+        <v>1415</v>
       </c>
       <c r="B544" s="6" t="s">
-        <v>1423</v>
+        <v>1416</v>
       </c>
       <c r="C544" t="s" s="0">
-        <v>1424</v>
+        <v>1417</v>
       </c>
       <c r="D544" t="s" s="0">
-        <v>1425</v>
+        <v>1418</v>
       </c>
       <c r="E544" t="n" s="0">
         <v>0.3</v>
       </c>
     </row>
     <row r="545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A545" s="4" t="s">
-        <v>1426</v>
+        <v>1419</v>
       </c>
       <c r="B545" s="6" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="C545" t="s" s="0">
-        <v>1428</v>
+        <v>1421</v>
       </c>
       <c r="D545" t="s" s="0">
-        <v>1429</v>
+        <v>1422</v>
       </c>
       <c r="E545" t="n" s="0">
-        <v>0.27</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A546" s="4" t="s">
-        <v>1430</v>
+        <v>1423</v>
       </c>
       <c r="B546" s="6" t="s">
-        <v>1431</v>
+        <v>1424</v>
       </c>
       <c r="C546" t="s" s="0">
-        <v>1432</v>
+        <v>28</v>
       </c>
       <c r="D546" t="s" s="0">
-        <v>1433</v>
+        <v>28</v>
       </c>
       <c r="E546" t="n" s="0">
-        <v>0.11</v>
+        <v>-5.48</v>
       </c>
     </row>
     <row r="547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A547" s="4" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
       <c r="B547" s="6" t="s">
-        <v>1434</v>
+        <v>1426</v>
       </c>
       <c r="C547" t="s" s="0">
-        <v>1435</v>
+        <v>28</v>
       </c>
       <c r="D547" t="s" s="0">
-        <v>1436</v>
+        <v>28</v>
       </c>
       <c r="E547" t="n" s="0">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A548" s="4" t="s">
-        <v>1430</v>
+        <v>1425</v>
       </c>
       <c r="B548" s="6" t="s">
-        <v>1437</v>
+        <v>1427</v>
       </c>
       <c r="C548" t="s" s="0">
-        <v>1438</v>
+        <v>28</v>
       </c>
       <c r="D548" t="s" s="0">
-        <v>1439</v>
+        <v>28</v>
       </c>
       <c r="E548" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A549" s="4" t="s">
-        <v>1440</v>
+        <v>1428</v>
       </c>
       <c r="B549" s="6" t="s">
-        <v>1441</v>
+        <v>1429</v>
       </c>
       <c r="C549" t="s" s="0">
-        <v>1442</v>
+        <v>1430</v>
       </c>
       <c r="D549" t="s" s="0">
-        <v>1443</v>
+        <v>28</v>
       </c>
       <c r="E549" t="n" s="0">
-        <v>0.17</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A550" s="4" t="s">
-        <v>1444</v>
+        <v>1431</v>
       </c>
       <c r="B550" s="6" t="s">
-        <v>1445</v>
+        <v>1432</v>
       </c>
       <c r="C550" t="s" s="0">
-        <v>1446</v>
+        <v>1433</v>
       </c>
       <c r="D550" t="s" s="0">
-        <v>1447</v>
+        <v>28</v>
       </c>
       <c r="E550" t="n" s="0">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A551" s="4" t="s">
-        <v>1448</v>
+        <v>1434</v>
       </c>
       <c r="B551" s="6" t="s">
-        <v>1449</v>
+        <v>1435</v>
       </c>
       <c r="C551" t="s" s="0">
-        <v>1450</v>
+        <v>1436</v>
       </c>
       <c r="D551" t="s" s="0">
-        <v>1451</v>
+        <v>1437</v>
       </c>
       <c r="E551" t="n" s="0">
-        <v>0.23</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A552" s="4" t="s">
-        <v>1452</v>
+        <v>1438</v>
       </c>
       <c r="B552" s="6" t="s">
-        <v>1453</v>
+        <v>1439</v>
       </c>
       <c r="C552" t="s" s="0">
-        <v>1454</v>
+        <v>1440</v>
       </c>
       <c r="D552" t="s" s="0">
-        <v>1455</v>
+        <v>1441</v>
       </c>
       <c r="E552" t="n" s="0">
-        <v>0.28</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A553" s="4" t="s">
-        <v>1456</v>
+        <v>1442</v>
       </c>
       <c r="B553" s="6" t="s">
-        <v>1457</v>
+        <v>1443</v>
       </c>
       <c r="C553" t="s" s="0">
-        <v>1458</v>
+        <v>1444</v>
       </c>
       <c r="D553" t="s" s="0">
-        <v>1459</v>
+        <v>1445</v>
       </c>
       <c r="E553" t="n" s="0">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A554" s="4" t="s">
-        <v>1460</v>
+        <v>1446</v>
       </c>
       <c r="B554" s="6" t="s">
-        <v>1461</v>
+        <v>1447</v>
       </c>
       <c r="C554" t="s" s="0">
-        <v>1462</v>
+        <v>1448</v>
       </c>
       <c r="D554" t="s" s="0">
-        <v>1463</v>
+        <v>1449</v>
       </c>
       <c r="E554" t="n" s="0">
-        <v>0.27</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A555" s="4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B555" s="6" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C555" t="s" s="0">
+        <v>1451</v>
+      </c>
+      <c r="D555" t="s" s="0">
+        <v>1452</v>
+      </c>
+      <c r="E555" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="556" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A556" s="4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B556" s="6" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C556" t="s" s="0">
+        <v>1454</v>
+      </c>
+      <c r="D556" t="s" s="0">
+        <v>1455</v>
+      </c>
+      <c r="E556" t="n" s="0">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="557" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A557" s="4" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B557" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C557" t="s" s="0">
+        <v>1458</v>
+      </c>
+      <c r="D557" t="s" s="0">
+        <v>1459</v>
+      </c>
+      <c r="E557" t="n" s="0">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="558" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A558" s="4" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B558" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C558" t="s" s="0">
+        <v>1462</v>
+      </c>
+      <c r="D558" t="s" s="0">
+        <v>1463</v>
+      </c>
+      <c r="E558" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="559" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A559" s="4" t="s">
         <v>1464</v>
       </c>
-      <c r="B555" s="6" t="s">
+      <c r="B559" s="6" t="s">
         <v>1465</v>
       </c>
-      <c r="C555" t="s" s="0">
+      <c r="C559" t="s" s="0">
         <v>1466</v>
       </c>
-      <c r="D555" t="s" s="0">
+      <c r="D559" t="s" s="0">
         <v>1467</v>
       </c>
-      <c r="E555" t="n" s="0">
+      <c r="E559" t="n" s="0">
         <v>0.24</v>
       </c>
     </row>
-    <row r="560" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="A563" s="11" t="s">
+    <row r="560" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A560" s="4" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B560" s="6" t="s">
         <v>1469</v>
       </c>
-      <c r="B563" s="11"/>
-[...4 lines deleted...]
-      <c r="A564" s="10" t="s">
+      <c r="C560" t="s" s="0">
         <v>1470</v>
       </c>
-      <c r="B564" s="9"/>
-[...18 lines deleted...]
-      <c r="A567" s="7" t="str">
+      <c r="D560" t="s" s="0">
+        <v>1471</v>
+      </c>
+      <c r="E560" t="n" s="0">
+        <v>0.29</v>
+      </c>
+    </row>
+    <row r="561" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A561" s="4" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B561" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C561" t="s" s="0">
+        <v>1474</v>
+      </c>
+      <c r="D561" t="s" s="0">
+        <v>1475</v>
+      </c>
+      <c r="E561" t="n" s="0">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="562" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A562" s="4" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B562" s="6" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C562" t="s" s="0">
+        <v>1478</v>
+      </c>
+      <c r="D562" t="s" s="0">
+        <v>1479</v>
+      </c>
+      <c r="E562" t="n" s="0">
+        <v>0.28</v>
+      </c>
+    </row>
+    <row r="563" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A563" s="4" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B563" s="6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C563" t="s" s="0">
+        <v>1482</v>
+      </c>
+      <c r="D563" t="s" s="0">
+        <v>1483</v>
+      </c>
+      <c r="E563" t="n" s="0">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B568" s="2"/>
+    </row>
+    <row r="569" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A569" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B569" s="2"/>
+    </row>
+    <row r="570" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A570" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B570" s="2"/>
+    </row>
+    <row r="571" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A571" s="11" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B571" s="11"/>
+      <c r="C571" s="12"/>
+      <c r="D571" s="12"/>
+    </row>
+    <row r="572" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A572" s="10" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B572" s="9"/>
+      <c r="C572" s="9"/>
+      <c r="D572" s="9"/>
+    </row>
+    <row r="573" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A573" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B573" s="9"/>
+      <c r="C573" s="9"/>
+      <c r="D573" s="9"/>
+    </row>
+    <row r="574" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A574" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B574" s="2"/>
+    </row>
+    <row r="575" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A575" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B567" s="2"/>
-[...11 lines deleted...]
-      <c r="B569" s="2"/>
+      <c r="B575" s="2"/>
+    </row>
+    <row r="576" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A576" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B576" s="2"/>
+    </row>
+    <row r="577" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A577" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B577" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A563:D563"/>
-    <mergeCell ref="A564:D565"/>
+    <mergeCell ref="A571:D571"/>
+    <mergeCell ref="A572:D573"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>