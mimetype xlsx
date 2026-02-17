--- v1 (2025-12-20)
+++ v2 (2026-02-17)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2243" uniqueCount="1487">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2419" uniqueCount="1529">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global Bond Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 30-nov-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-ene-2026</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
     <t>ABN AMRO BANK NV MTN RegS</t>
   </si>
   <si>
     <t>BMIDPNKT1</t>
   </si>
   <si>
     <t>XS2859413341</t>
   </si>
@@ -117,59 +117,50 @@
   <si>
     <t>US00002MAA71</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>ADMT_24-NQM2 A1 144A</t>
   </si>
   <si>
     <t>00002NAA5</t>
   </si>
   <si>
     <t>US00002NAA54</t>
   </si>
   <si>
     <t>ADMT_24-NQM3 A1 144A</t>
   </si>
   <si>
     <t>00039HAA5</t>
   </si>
   <si>
     <t>US00039HAA59</t>
   </si>
   <si>
-    <t>ADMT_25-NQM4 A1A 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>AFRICAN EXPORT-IMPORT BANK RegS</t>
   </si>
   <si>
     <t>BMIFTBMC3</t>
   </si>
   <si>
     <t>JP500117BRB1</t>
   </si>
   <si>
     <t>AFRICAN EXPORT-IMPORT BANK/THE RegS</t>
   </si>
   <si>
     <t>BMI9SD0D6</t>
   </si>
   <si>
     <t>XS2343007170</t>
   </si>
   <si>
     <t>AIB GROUP PLC MTN 144A</t>
   </si>
   <si>
     <t>00135TAE4</t>
   </si>
   <si>
     <t>US00135TAE47</t>
@@ -189,111 +180,111 @@
   <si>
     <t>ALBERTA (PROVINCE OF) MTN RegS</t>
   </si>
   <si>
     <t>BMIEPK4S5</t>
   </si>
   <si>
     <t>XS3040412424</t>
   </si>
   <si>
     <t>ALLIANDER NV RegS</t>
   </si>
   <si>
     <t>BMIDMT907</t>
   </si>
   <si>
     <t>XS2829852842</t>
   </si>
   <si>
     <t>BS84LG2</t>
   </si>
   <si>
     <t>ALLIANZ SE RegS</t>
   </si>
   <si>
+    <t>BMI8NP0N4</t>
+  </si>
+  <si>
+    <t>DE000A254TM8</t>
+  </si>
+  <si>
+    <t>BM952V4</t>
+  </si>
+  <si>
     <t>BMIC1JJH6</t>
   </si>
   <si>
     <t>DE000A351U49</t>
   </si>
   <si>
     <t>BRJB5H4</t>
   </si>
   <si>
     <t>BMICXKC85</t>
   </si>
   <si>
     <t>DE000A3823H4</t>
   </si>
   <si>
     <t>BQS6ZQ2</t>
   </si>
   <si>
-    <t>BMI8NP0N4</t>
-[...7 lines deleted...]
-  <si>
     <t>ALLY FINANCIAL INC</t>
   </si>
   <si>
     <t>02005NBW9</t>
   </si>
   <si>
     <t>US02005NBW92</t>
   </si>
   <si>
     <t>BPG4QZ7</t>
   </si>
   <si>
     <t>AMCOR FLEXIBLES NORTH AMERICA INC</t>
   </si>
   <si>
     <t>02344AAG3</t>
   </si>
   <si>
     <t>US02344AAG31</t>
   </si>
   <si>
     <t>BPCPJS8</t>
   </si>
   <si>
-    <t>AMERICAN NATIONAL GROUP INC</t>
-[...8 lines deleted...]
-    <t>BL56CZ8</t>
+    <t>AMERICAN NATIONAL GLOBAL FUNDING MTN 144A</t>
+  </si>
+  <si>
+    <t>02771D2E3</t>
+  </si>
+  <si>
+    <t>US02771D2E35</t>
+  </si>
+  <si>
+    <t>BVMLP24</t>
   </si>
   <si>
     <t>ANHEUSER BUSCH INBEV SA MTN RegS</t>
   </si>
   <si>
     <t>BMID7ZQ27</t>
   </si>
   <si>
     <t>BE6350704175</t>
   </si>
   <si>
     <t>BQ9D4B0</t>
   </si>
   <si>
     <t>APA INFRASTRUCTURE LTD RegS</t>
   </si>
   <si>
     <t>BMI2XKR73</t>
   </si>
   <si>
     <t>XS1205617829</t>
   </si>
   <si>
     <t>BWD24D7</t>
   </si>
@@ -330,164 +321,143 @@
   <si>
     <t>BMI4MQ218</t>
   </si>
   <si>
     <t>XS1418788599</t>
   </si>
   <si>
     <t>BD6S9S9</t>
   </si>
   <si>
     <t>AUSTRALIA &amp; NEW ZEALAND BANKING GR 144A</t>
   </si>
   <si>
     <t>052528AM8</t>
   </si>
   <si>
     <t>US052528AM81</t>
   </si>
   <si>
     <t>BNKJS47</t>
   </si>
   <si>
     <t>AUSTRIA (REPUBLIC OF)</t>
   </si>
   <si>
+    <t>BMIA5AQF1</t>
+  </si>
+  <si>
+    <t>AT0000A2T198</t>
+  </si>
+  <si>
+    <t>BK9RM38</t>
+  </si>
+  <si>
     <t>BMI11PPC0</t>
   </si>
   <si>
     <t>AT0000A10683</t>
   </si>
   <si>
     <t>B95ZBJ8</t>
   </si>
   <si>
-    <t>BMIA5AQF1</t>
-[...7 lines deleted...]
-  <si>
     <t>AVOLON HOLDINGS FUNDING LTD 144A</t>
   </si>
   <si>
     <t>05401AAZ4</t>
   </si>
   <si>
     <t>US05401AAZ49</t>
   </si>
   <si>
     <t>BMHSGQ8</t>
   </si>
   <si>
     <t>AXA SA MTN RegS</t>
   </si>
   <si>
     <t>BMI6EG800</t>
   </si>
   <si>
     <t>XS1799611642</t>
   </si>
   <si>
     <t>BF4J2T0</t>
   </si>
   <si>
     <t>BABS_23-RM7 A1 144A</t>
   </si>
   <si>
     <t>10638BAA2</t>
   </si>
   <si>
     <t>US10638BAA26</t>
   </si>
   <si>
-    <t>BANK GOSPODARSTWA KRAJOWEGO MTN RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>BANK OF AMERICA CORP</t>
   </si>
   <si>
     <t>06051GLU1</t>
   </si>
   <si>
     <t>US06051GLU12</t>
   </si>
   <si>
     <t>BNNJDR2</t>
   </si>
   <si>
     <t>BANNA_19-1 C RegS</t>
   </si>
   <si>
     <t>BMI8511W6</t>
   </si>
   <si>
     <t>XS2069315583</t>
   </si>
   <si>
     <t>BANNA_19-1 D RegS</t>
   </si>
   <si>
     <t>BMI8ESMH7</t>
   </si>
   <si>
     <t>XS2069315740</t>
   </si>
   <si>
     <t>BANQUE OUEST AFRICAINE DE DEVELOPP RegS</t>
   </si>
   <si>
     <t>BMI9DD869</t>
   </si>
   <si>
     <t>XS2288824969</t>
   </si>
   <si>
     <t>BMYBJF0</t>
   </si>
   <si>
-    <t>BMIFLZ8H3</t>
-[...7 lines deleted...]
-  <si>
     <t>BMI82THL5</t>
   </si>
   <si>
     <t>XS2063540038</t>
   </si>
   <si>
     <t>BKT2JV0</t>
   </si>
   <si>
     <t>BASF SE MTN RegS</t>
   </si>
   <si>
     <t>BMIAZA678</t>
   </si>
   <si>
     <t>XS2491542457</t>
   </si>
   <si>
     <t>BQC7W48</t>
   </si>
   <si>
     <t>BAYC_05-2 A1 144A</t>
   </si>
   <si>
     <t>07324SBN1</t>
@@ -555,98 +525,92 @@
   <si>
     <t>BAYC_08-1 M1 144A</t>
   </si>
   <si>
     <t>07324AAG6</t>
   </si>
   <si>
     <t>US07324AAG67</t>
   </si>
   <si>
     <t>BEACH ACQUISITION BIDCO LLC RegS</t>
   </si>
   <si>
     <t>BMIF3NGA6</t>
   </si>
   <si>
     <t>XS3109433048</t>
   </si>
   <si>
     <t>BTXM3N9</t>
   </si>
   <si>
     <t>BELGIUM (KINGDOM OF)</t>
   </si>
   <si>
+    <t>BMIAGQN91</t>
+  </si>
+  <si>
+    <t>BE0000354630</t>
+  </si>
+  <si>
+    <t>BL6HWK5</t>
+  </si>
+  <si>
     <t>BMI8DQW08</t>
   </si>
   <si>
     <t>BE0000350596</t>
   </si>
   <si>
     <t>BHNC948</t>
   </si>
   <si>
-    <t>BMIAGQN91</t>
-[...7 lines deleted...]
-  <si>
     <t>BELGIUM KINGDOM OF (GOVERNMENT)</t>
   </si>
   <si>
-    <t>BMIECF7Y4</t>
-[...5 lines deleted...]
-    <t>BR4S9J0</t>
+    <t>BMIG0VGN1</t>
+  </si>
+  <si>
+    <t>BE0000366758</t>
+  </si>
+  <si>
+    <t>BVPLP21</t>
   </si>
   <si>
     <t>BLACKSTONE PROPERTY PARTNERS EUROP MTN RegS</t>
   </si>
   <si>
     <t>BMI956U01</t>
   </si>
   <si>
     <t>XS2247718435</t>
   </si>
   <si>
     <t>BMF76Z6</t>
   </si>
   <si>
-    <t>BNP CASH COLLATERAL: OTC UMR VM CO</t>
-[...4 lines deleted...]
-  <si>
     <t>BNP PARIBAS SA MTN RegS</t>
   </si>
   <si>
     <t>BMIBJXNX8</t>
   </si>
   <si>
     <t>FR001400DCZ6</t>
   </si>
   <si>
     <t>BQFLPL5</t>
   </si>
   <si>
     <t>BOA CASH COLLATERAL: OTC UMR VM CO</t>
   </si>
   <si>
     <t>BMI5C1F58</t>
   </si>
   <si>
     <t>BOFA SECURITIES INC MBS MARGIN</t>
   </si>
   <si>
     <t>BMI1NM6Q3</t>
   </si>
   <si>
     <t>BOOTS GROUP FINCO LP RegS</t>
@@ -750,101 +714,95 @@
   <si>
     <t>BRJQSS1</t>
   </si>
   <si>
     <t>CANADA (GOVERNMENT OF)</t>
   </si>
   <si>
     <t>135087S70</t>
   </si>
   <si>
     <t>CA135087S703</t>
   </si>
   <si>
     <t>CASH COLLATERAL USD BARCL</t>
   </si>
   <si>
     <t>CSHBARUS0</t>
   </si>
   <si>
     <t>CASH COLLATERAL USD CREDIT AGRICOL</t>
   </si>
   <si>
     <t>BMIAP59V4</t>
   </si>
   <si>
-    <t>CASH COLLATERAL USD JPMBKVM OTC VM</t>
-[...2 lines deleted...]
-    <t>CSHJPMSD4</t>
+    <t>CASH COLLATERAL USD GS VM</t>
+  </si>
+  <si>
+    <t>CSHGSUSD9</t>
   </si>
   <si>
     <t>CASH COLLATERAL USD RY</t>
   </si>
   <si>
     <t>BMI15S8J4</t>
   </si>
   <si>
+    <t>CASH COLLATERAL USD WFC</t>
+  </si>
+  <si>
+    <t>FIJLTX741</t>
+  </si>
+  <si>
     <t>CASIA_22-1A A2 144A</t>
   </si>
   <si>
     <t>BMIAPB1B3</t>
   </si>
   <si>
     <t>XS2459127739</t>
   </si>
   <si>
     <t>CASIA_22-1X A RegS</t>
   </si>
   <si>
     <t>BMIAPB180</t>
   </si>
   <si>
     <t>XS2459127226</t>
   </si>
   <si>
     <t>CDP FINANCIAL INC RegS</t>
   </si>
   <si>
     <t>BMIDXHG78</t>
   </si>
   <si>
     <t>CAC23264AY75</t>
   </si>
   <si>
-    <t>CELANESE US HOLDINGS LLC</t>
-[...10 lines deleted...]
-  <si>
     <t>CENTENE CORPORATION</t>
   </si>
   <si>
     <t>15135BAX9</t>
   </si>
   <si>
     <t>US15135BAX91</t>
   </si>
   <si>
     <t>CERDIA FINANZ GMBH 144A</t>
   </si>
   <si>
     <t>15679GAC6</t>
   </si>
   <si>
     <t>US15679GAC69</t>
   </si>
   <si>
     <t>BRC3QH4</t>
   </si>
   <si>
     <t>CFMT_23-HB12 M1 144A</t>
   </si>
   <si>
     <t>12530QAB2</t>
@@ -900,287 +858,329 @@
   <si>
     <t>US161630BK37</t>
   </si>
   <si>
     <t>B8HN308</t>
   </si>
   <si>
     <t>CHASE_25-11 A2 144A</t>
   </si>
   <si>
     <t>16162QAA0</t>
   </si>
   <si>
     <t>US16162QAA04</t>
   </si>
   <si>
     <t>CHILE (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMIECF6X7</t>
   </si>
   <si>
     <t>XS2975303483</t>
   </si>
   <si>
+    <t>BMIG19FS9</t>
+  </si>
+  <si>
+    <t>XS3272223762</t>
+  </si>
+  <si>
+    <t>BN7BNV8</t>
+  </si>
+  <si>
     <t>BMIF34650</t>
   </si>
   <si>
     <t>XS3107229281</t>
   </si>
   <si>
     <t>BVLJZ74</t>
   </si>
   <si>
     <t>CHINA DEVELOPMENT BANK</t>
   </si>
   <si>
     <t>BMI89J939</t>
   </si>
   <si>
     <t>CND10002KYS6</t>
   </si>
   <si>
     <t>BMI9JFXP8</t>
   </si>
   <si>
     <t>CND100045707</t>
   </si>
   <si>
     <t>CHINA PEOPLES REPUBLIC OF (GOVERNM</t>
   </si>
   <si>
+    <t>BMI985K68</t>
+  </si>
+  <si>
+    <t>CND10003VNX4</t>
+  </si>
+  <si>
     <t>BMIAQH2W2</t>
   </si>
   <si>
     <t>CND10004TCP5</t>
   </si>
   <si>
-    <t>BMI985K68</t>
-[...2 lines deleted...]
-    <t>CND10003VNX4</t>
+    <t>BMI7UG2V8</t>
+  </si>
+  <si>
+    <t>CND10002D1Y9</t>
+  </si>
+  <si>
+    <t>BKLTZB1</t>
+  </si>
+  <si>
+    <t>BMIBD1EQ9</t>
+  </si>
+  <si>
+    <t>CND10005TZQ1</t>
+  </si>
+  <si>
+    <t>BP48J96</t>
   </si>
   <si>
     <t>BMIB490X2</t>
   </si>
   <si>
     <t>CND10005JJ69</t>
   </si>
   <si>
     <t>BQT3M83</t>
   </si>
   <si>
+    <t>BMIBB5NN9</t>
+  </si>
+  <si>
+    <t>CND10005R9B1</t>
+  </si>
+  <si>
+    <t>BNNJZV0</t>
+  </si>
+  <si>
     <t>BMIEE8KV9</t>
   </si>
   <si>
     <t>CND10008S8G8</t>
   </si>
   <si>
     <t>BNVRS73</t>
   </si>
   <si>
-    <t>BMIE6ES39</t>
-[...32 lines deleted...]
-    <t>BNNJZV0</t>
+    <t>CITIGROUP CASH COLLATERAL: OTC UMR</t>
+  </si>
+  <si>
+    <t>BMI5DK7T2</t>
   </si>
   <si>
     <t>CLAST_19-1 1A 144A</t>
   </si>
   <si>
     <t>14855MAA6</t>
   </si>
   <si>
     <t>US14855MAA62</t>
   </si>
   <si>
     <t>CNH CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>CNH_CCASH</t>
   </si>
   <si>
+    <t>CNY CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>CNY_CCASH</t>
+  </si>
+  <si>
     <t>COMMONWEALTH BANK OF AUSTRALIA MTN 144A</t>
   </si>
   <si>
     <t>202712BK0</t>
   </si>
   <si>
     <t>US202712BK06</t>
   </si>
   <si>
     <t>BK5W9M5</t>
   </si>
   <si>
     <t>CORPORACION ANDINA DE FOMENTO</t>
   </si>
   <si>
+    <t>219868CL8</t>
+  </si>
+  <si>
+    <t>US219868CL83</t>
+  </si>
+  <si>
+    <t>BT3NSJ3</t>
+  </si>
+  <si>
     <t>219868CJ3</t>
   </si>
   <si>
     <t>US219868CJ38</t>
   </si>
   <si>
     <t>BPK8536</t>
   </si>
   <si>
-    <t>219868CL8</t>
-[...7 lines deleted...]
-  <si>
     <t>CORPORACION ANDINA DE FOMENTO RegS</t>
   </si>
   <si>
     <t>BMIF0HBS8</t>
   </si>
   <si>
     <t>USP31890AL30</t>
   </si>
   <si>
+    <t>CPPIB CAPITAL INC MTN</t>
+  </si>
+  <si>
+    <t>BMIG0PQ78</t>
+  </si>
+  <si>
+    <t>AU3CB0330074</t>
+  </si>
+  <si>
+    <t>BTY65R8</t>
+  </si>
+  <si>
     <t>CPPIB CAPITAL INC MTN RegS</t>
   </si>
   <si>
     <t>BMIECAT96</t>
   </si>
   <si>
     <t>AU3CB0317089</t>
   </si>
   <si>
     <t>BR1FL54</t>
   </si>
   <si>
     <t>CREDIT AGRICOLE ASSURANCES SA RegS</t>
   </si>
   <si>
-    <t>BMI688Z47</t>
-[...7 lines deleted...]
-  <si>
     <t>BMI4Y87G7</t>
   </si>
   <si>
     <t>FR0013203734</t>
   </si>
   <si>
     <t>BD843H2</t>
   </si>
   <si>
     <t>CSMC_21-BPNY A 144A</t>
   </si>
   <si>
     <t>12659XAA4</t>
   </si>
   <si>
     <t>US12659XAA46</t>
   </si>
   <si>
+    <t>CVS HEALTH CORP</t>
+  </si>
+  <si>
+    <t>126650EH9</t>
+  </si>
+  <si>
+    <t>US126650EH94</t>
+  </si>
+  <si>
     <t>CWALT_07-5CB 1A12</t>
   </si>
   <si>
     <t>02150EAM5</t>
   </si>
   <si>
     <t>US02150EAM57</t>
   </si>
   <si>
     <t>B7T11Y3</t>
   </si>
   <si>
     <t>CWHL_04-8 A11</t>
   </si>
   <si>
     <t>12669FZT3</t>
   </si>
   <si>
     <t>US12669FZT38</t>
   </si>
   <si>
+    <t>CYPRUS (REPUBLIC OF) MTN RegS</t>
+  </si>
+  <si>
+    <t>BMIG3HK12</t>
+  </si>
+  <si>
+    <t>XS3281842578</t>
+  </si>
+  <si>
+    <t>BWQLP72</t>
+  </si>
+  <si>
     <t>CZECH REPUBLIC</t>
   </si>
   <si>
     <t>BMI8FWHW0</t>
   </si>
   <si>
     <t>CZ0001005888</t>
   </si>
   <si>
     <t>BN324D4</t>
   </si>
   <si>
     <t>DERIV AUD BALANCE WITH R61816</t>
   </si>
   <si>
     <t>MARGXGS25</t>
   </si>
   <si>
     <t>DERIV EUR BALANCE WITH R61816 LSA</t>
   </si>
   <si>
     <t>BMICACH42</t>
   </si>
   <si>
+    <t>DERIV EUR BALANCE WITH R93535 ICE</t>
+  </si>
+  <si>
+    <t>MARGCGID5</t>
+  </si>
+  <si>
     <t>DERIV GBP BALANCE WITH R61816 LSA</t>
   </si>
   <si>
     <t>BMICACH67</t>
   </si>
   <si>
     <t>DERIV JPY BALANCE WITH R61816</t>
   </si>
   <si>
     <t>BMICV4BP6</t>
   </si>
   <si>
     <t>DERIV MXN BALANCE WITH R61816 LUK</t>
   </si>
   <si>
     <t>BMIAGDUZ4</t>
   </si>
   <si>
     <t>DERIV NZD BALANCE WITH R61816</t>
   </si>
   <si>
     <t>BMIAJ5BG1</t>
   </si>
   <si>
     <t>DERIV SEK BALANCE WITH R61816</t>
@@ -1326,62 +1326,50 @@
   <si>
     <t>B16C1D6</t>
   </si>
   <si>
     <t>E-MAC_DE06-II C RegS</t>
   </si>
   <si>
     <t>BRS7TPNP8</t>
   </si>
   <si>
     <t>XS0276934667</t>
   </si>
   <si>
     <t>E-MAC_NL04-I A RegS</t>
   </si>
   <si>
     <t>BRS0F6EU9</t>
   </si>
   <si>
     <t>XS0188806870</t>
   </si>
   <si>
     <t>B00YW16</t>
   </si>
   <si>
-    <t>E.ON SE MTN RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>EDP SA MTN RegS</t>
   </si>
   <si>
     <t>BMIDH3TF5</t>
   </si>
   <si>
     <t>PTEDPZOM0011</t>
   </si>
   <si>
     <t>BRJP781</t>
   </si>
   <si>
     <t>EHMI_07-1 A RegS</t>
   </si>
   <si>
     <t>Z91JE66V9</t>
   </si>
   <si>
     <t>IT0004304710</t>
   </si>
   <si>
     <t>EHMU_07-1 M1 RegS</t>
   </si>
   <si>
     <t>BRS5LXBV3</t>
@@ -1446,362 +1434,341 @@
   <si>
     <t>BMID3TMQ6</t>
   </si>
   <si>
     <t>XS2770512064</t>
   </si>
   <si>
     <t>BLD5M91</t>
   </si>
   <si>
     <t>ENEL SPA MTN RegS</t>
   </si>
   <si>
     <t>BMIBJSZ32</t>
   </si>
   <si>
     <t>XS2576550086</t>
   </si>
   <si>
     <t>BQ3PW07</t>
   </si>
   <si>
     <t>ENGIE SA RegS</t>
   </si>
   <si>
+    <t>BMIFLQXP7</t>
+  </si>
+  <si>
+    <t>FR0014013BH0</t>
+  </si>
+  <si>
     <t>BMIFLQWW3</t>
   </si>
   <si>
     <t>FR0014013BG2</t>
   </si>
   <si>
-    <t>BMIFLQXP7</t>
-[...2 lines deleted...]
-    <t>FR0014013BH0</t>
+    <t>BMIDK7W43</t>
+  </si>
+  <si>
+    <t>FR001400QOL3</t>
+  </si>
+  <si>
+    <t>BSLTP40</t>
+  </si>
+  <si>
+    <t>BMI9WSFD2</t>
+  </si>
+  <si>
+    <t>FR00140046Y4</t>
+  </si>
+  <si>
+    <t>BLD2ZX7</t>
   </si>
   <si>
     <t>BMIDKCAK0</t>
   </si>
   <si>
     <t>FR001400QOK5</t>
   </si>
   <si>
     <t>BSLTP51</t>
   </si>
   <si>
-    <t>BMI9WSFD2</t>
-[...16 lines deleted...]
-  <si>
     <t>ERLS_21-NPLA A1 144A</t>
   </si>
   <si>
     <t>Z95JSE9M0</t>
   </si>
   <si>
     <t>XS2418694316</t>
   </si>
   <si>
     <t>ESAIL_07-5X A1C RegS</t>
   </si>
   <si>
     <t>BRS8BPM92</t>
   </si>
   <si>
     <t>XS0328025241</t>
   </si>
   <si>
     <t>B29H4R0</t>
   </si>
   <si>
     <t>ESSENDI SA RegS</t>
   </si>
   <si>
     <t>BMIEVN2E5</t>
   </si>
   <si>
     <t>XS3049459749</t>
   </si>
   <si>
     <t>BVK4848</t>
   </si>
   <si>
     <t>ESTONIA (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMICYGX49</t>
   </si>
   <si>
     <t>XS2740429076</t>
   </si>
   <si>
     <t>BRBCHG8</t>
   </si>
   <si>
-    <t>ETD AUD MARGIN BALANCE</t>
-[...2 lines deleted...]
-    <t>MARGIAUD8</t>
+    <t>ETD GBP MARGIN BALANCE</t>
+  </si>
+  <si>
+    <t>MARGIGBP9</t>
   </si>
   <si>
     <t>ETD KRW MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGIKRW8</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGIUSD7</t>
   </si>
   <si>
     <t>EUR CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>EUR_CCASH</t>
   </si>
   <si>
     <t>EUR/USD</t>
   </si>
   <si>
-    <t>BMIFVTGJR</t>
-[...8 lines deleted...]
-    <t>BMIFVTGBR</t>
+    <t>BMIG5BRTP</t>
+  </si>
+  <si>
+    <t>BMIG5BRTR</t>
+  </si>
+  <si>
+    <t>BMIG5BRQR</t>
+  </si>
+  <si>
+    <t>BMIG5BRQP</t>
   </si>
   <si>
     <t>EUROPEAN FINANCIAL STABILITY FACIL MTN RegS</t>
   </si>
   <si>
     <t>BMI1CHFU7</t>
   </si>
   <si>
     <t>EU000A1G0BJ5</t>
   </si>
   <si>
     <t>BD6L308</t>
   </si>
   <si>
     <t>FHLMC 30YR UMBS</t>
   </si>
   <si>
     <t>3133CU5F9</t>
   </si>
   <si>
     <t>US3133CU5F95</t>
   </si>
   <si>
     <t>FHLMC 30YR UMBS SUPER</t>
   </si>
   <si>
     <t>3132DWNJ8</t>
   </si>
   <si>
     <t>US3132DWNJ89</t>
   </si>
   <si>
     <t>FHLMC GOLD 30YR GIANT</t>
   </si>
   <si>
     <t>31335ABF4</t>
   </si>
   <si>
     <t>US31335ABF49</t>
   </si>
   <si>
     <t>FHLMC MBS 30YR-JUMBO-CONFO</t>
   </si>
   <si>
     <t>3133N3U51</t>
   </si>
   <si>
     <t>US3133N3U513</t>
   </si>
   <si>
-    <t>FINLAND (REPUBLIC OF)</t>
-[...10 lines deleted...]
-  <si>
     <t>FMMSR_20-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAE5</t>
   </si>
   <si>
     <t>US30259RAE53</t>
   </si>
   <si>
     <t>FMMSR_21-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAH8</t>
   </si>
   <si>
     <t>US30259RAH84</t>
   </si>
   <si>
     <t>FMMSR_22-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAM7</t>
   </si>
   <si>
     <t>US30259RAM79</t>
   </si>
   <si>
-    <t>FMMSR_22-GT2 A 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>FMMSR_24-FT1 A 144A</t>
   </si>
   <si>
     <t>30191JAB0</t>
   </si>
   <si>
     <t>US30191JAB08</t>
   </si>
   <si>
     <t>FNMA 30YR</t>
   </si>
   <si>
+    <t>3138E2VY8</t>
+  </si>
+  <si>
+    <t>US3138E2VY88</t>
+  </si>
+  <si>
+    <t>3138A7K49</t>
+  </si>
+  <si>
+    <t>US3138A7K499</t>
+  </si>
+  <si>
     <t>3138AUDE4</t>
   </si>
   <si>
     <t>US3138AUDE44</t>
   </si>
   <si>
-    <t>3138A7K49</t>
-[...10 lines deleted...]
-  <si>
     <t>31418BYJ9</t>
   </si>
   <si>
     <t>US31418BYJ96</t>
   </si>
   <si>
     <t>3138X0PH5</t>
   </si>
   <si>
     <t>US3138X0PH55</t>
   </si>
   <si>
     <t>FNMA 30YR UMBS</t>
   </si>
   <si>
+    <t>3140Y65U0</t>
+  </si>
+  <si>
+    <t>US3140Y65U03</t>
+  </si>
+  <si>
     <t>3140BN2U1</t>
   </si>
   <si>
     <t>US3140BN2U18</t>
   </si>
   <si>
     <t>31418EQ78</t>
   </si>
   <si>
     <t>US31418EQ781</t>
   </si>
   <si>
-    <t>3140Y65U0</t>
-[...4 lines deleted...]
-  <si>
     <t>FNMA 30YR UMBS SUPER</t>
   </si>
   <si>
+    <t>3140XMH33</t>
+  </si>
+  <si>
+    <t>US3140XMH339</t>
+  </si>
+  <si>
     <t>3140XJQN6</t>
   </si>
   <si>
     <t>US3140XJQN67</t>
   </si>
   <si>
-    <t>3140XMH33</t>
-[...4 lines deleted...]
-  <si>
     <t>FNMA CONV LONG TERM 30YR - JUMBO-C</t>
   </si>
   <si>
+    <t>31418DBW1</t>
+  </si>
+  <si>
+    <t>US31418DBW11</t>
+  </si>
+  <si>
     <t>31418DD74</t>
   </si>
   <si>
     <t>US31418DD740</t>
   </si>
   <si>
-    <t>31418DBW1</t>
-[...4 lines deleted...]
-  <si>
     <t>FOUNDRY JV HOLDCO LLC 144A</t>
   </si>
   <si>
     <t>350930AF0</t>
   </si>
   <si>
     <t>US350930AF07</t>
   </si>
   <si>
     <t>FRANCE (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMIESE050</t>
   </si>
   <si>
     <t>FR001400Z2L7</t>
   </si>
   <si>
     <t>BN7QFJ5</t>
   </si>
   <si>
     <t>FUNDD_25-1X A RegS</t>
   </si>
   <si>
     <t>Z9719L0S8</t>
@@ -1815,689 +1782,761 @@
   <si>
     <t>3137G1AK3</t>
   </si>
   <si>
     <t>US3137G1AK38</t>
   </si>
   <si>
     <t>FWLS_15-SC02 2A</t>
   </si>
   <si>
     <t>3137G1AL1</t>
   </si>
   <si>
     <t>US3137G1AL11</t>
   </si>
   <si>
     <t>FWLS_16-SC01 2A</t>
   </si>
   <si>
     <t>3137G1AW7</t>
   </si>
   <si>
     <t>US3137G1AW75</t>
   </si>
   <si>
-    <t>FXFWRD AUD/USD 08-DEC-2025</t>
-[...368 lines deleted...]
-    <t>BMIFVC4LP</t>
+    <t>FXFWRD AUD/USD 19-FEB-2026</t>
+  </si>
+  <si>
+    <t>BMIFX98MR</t>
+  </si>
+  <si>
+    <t>BMIFWBCQP</t>
+  </si>
+  <si>
+    <t>BMIFX98MP</t>
+  </si>
+  <si>
+    <t>BMIG1R3KP</t>
+  </si>
+  <si>
+    <t>BMIG2ZZMR</t>
+  </si>
+  <si>
+    <t>BMIG4SSJP</t>
+  </si>
+  <si>
+    <t>BMIG4SSJR</t>
+  </si>
+  <si>
+    <t>BMIG2T4VP</t>
+  </si>
+  <si>
+    <t>BMIG5JHKR</t>
+  </si>
+  <si>
+    <t>BMIG275RP</t>
+  </si>
+  <si>
+    <t>BMIG2T4VR</t>
+  </si>
+  <si>
+    <t>BMIG2T96P</t>
+  </si>
+  <si>
+    <t>BMIFWBCQR</t>
+  </si>
+  <si>
+    <t>BMIG2T96R</t>
+  </si>
+  <si>
+    <t>BMIG2ZZMP</t>
+  </si>
+  <si>
+    <t>BMIG275RR</t>
+  </si>
+  <si>
+    <t>BMIG5JHKP</t>
+  </si>
+  <si>
+    <t>BMIG1R3KR</t>
+  </si>
+  <si>
+    <t>FXFWRD BRL/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFYW3BP</t>
+  </si>
+  <si>
+    <t>BMIFYW7QR</t>
+  </si>
+  <si>
+    <t>BMIFYW0WP</t>
+  </si>
+  <si>
+    <t>BMIFX223P</t>
+  </si>
+  <si>
+    <t>BMIFX223R</t>
+  </si>
+  <si>
+    <t>BMIFYW7QP</t>
+  </si>
+  <si>
+    <t>BMIFYW0WR</t>
+  </si>
+  <si>
+    <t>BMIFYW3BR</t>
+  </si>
+  <si>
+    <t>FXFWRD CAD/USD 19-FEB-2026</t>
+  </si>
+  <si>
+    <t>BMIFWC29P</t>
+  </si>
+  <si>
+    <t>BMIG2T4WP</t>
+  </si>
+  <si>
+    <t>BMIFX6MMR</t>
+  </si>
+  <si>
+    <t>BMIFYL4KP</t>
+  </si>
+  <si>
+    <t>BMIFX6MMP</t>
+  </si>
+  <si>
+    <t>BMIFWC29R</t>
+  </si>
+  <si>
+    <t>BMIG2T4WR</t>
+  </si>
+  <si>
+    <t>BMIG5JJ1P</t>
+  </si>
+  <si>
+    <t>BMIFYL4KR</t>
+  </si>
+  <si>
+    <t>BMIG5JJ1R</t>
+  </si>
+  <si>
+    <t>FXFWRD CHF/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3PWGP</t>
+  </si>
+  <si>
+    <t>BMIG3PWGR</t>
+  </si>
+  <si>
+    <t>FXFWRD CLP/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFX87AP</t>
+  </si>
+  <si>
+    <t>BMIFX87AR</t>
+  </si>
+  <si>
+    <t>FXFWRD CNH/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIG2T4TR</t>
+  </si>
+  <si>
+    <t>BMIG5JGRP</t>
+  </si>
+  <si>
+    <t>BMIG40VUP</t>
+  </si>
+  <si>
+    <t>BMIG5JGRR</t>
+  </si>
+  <si>
+    <t>BMIG2T4TP</t>
+  </si>
+  <si>
+    <t>BMIG40VUR</t>
+  </si>
+  <si>
+    <t>BMIG4T31R</t>
+  </si>
+  <si>
+    <t>BMIFX7LBR</t>
+  </si>
+  <si>
+    <t>BMIG4T31P</t>
+  </si>
+  <si>
+    <t>BMIFX7LBP</t>
+  </si>
+  <si>
+    <t>FXFWRD DKK/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3Q6AR</t>
+  </si>
+  <si>
+    <t>BMIG3Q6AP</t>
+  </si>
+  <si>
+    <t>FXFWRD EGP/USD 11-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFX6GRP</t>
+  </si>
+  <si>
+    <t>BMIFX6GRR</t>
+  </si>
+  <si>
+    <t>FXFWRD EUR/USD 15-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG2T4RR</t>
+  </si>
+  <si>
+    <t>BMIG2T4RP</t>
+  </si>
+  <si>
+    <t>BMIG3NHDP</t>
+  </si>
+  <si>
+    <t>BMIG4KL2P</t>
+  </si>
+  <si>
+    <t>BMIG4SU5P</t>
+  </si>
+  <si>
+    <t>BMIG4H3WR</t>
+  </si>
+  <si>
+    <t>BMIG3GMTR</t>
+  </si>
+  <si>
+    <t>BMIG274GR</t>
+  </si>
+  <si>
+    <t>BMIG3NHDR</t>
+  </si>
+  <si>
+    <t>BMIG3QZQR</t>
+  </si>
+  <si>
+    <t>BMIG4SU5R</t>
+  </si>
+  <si>
+    <t>BMIG4KL2R</t>
+  </si>
+  <si>
+    <t>BMIG3GMTP</t>
+  </si>
+  <si>
+    <t>BMIG274GP</t>
+  </si>
+  <si>
+    <t>BMIG4620R</t>
+  </si>
+  <si>
+    <t>BMIG4620P</t>
+  </si>
+  <si>
+    <t>BMIG172NP</t>
+  </si>
+  <si>
+    <t>BMIG3QZQP</t>
+  </si>
+  <si>
+    <t>BMIG172NR</t>
+  </si>
+  <si>
+    <t>BMIG5JKGR</t>
+  </si>
+  <si>
+    <t>BMIG5JKGP</t>
+  </si>
+  <si>
+    <t>BMIG4H3WP</t>
+  </si>
+  <si>
+    <t>FXFWRD EUR/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIG28G3P</t>
+  </si>
+  <si>
+    <t>BMIG28G3R</t>
+  </si>
+  <si>
+    <t>FXFWRD GBP/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG5JGUP</t>
+  </si>
+  <si>
+    <t>BMIG5JGUR</t>
+  </si>
+  <si>
+    <t>BMIG4KKYP</t>
+  </si>
+  <si>
+    <t>BMIG3YR5R</t>
+  </si>
+  <si>
+    <t>BMIG4KKYR</t>
+  </si>
+  <si>
+    <t>BMIG3YR5P</t>
+  </si>
+  <si>
+    <t>FXFWRD IDR/USD 11-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIG2S32R</t>
+  </si>
+  <si>
+    <t>BMIG2S32P</t>
   </si>
   <si>
     <t>FXFWRD JPY/USD 05-FEB-2026</t>
   </si>
   <si>
+    <t>BMIFX6NHR</t>
+  </si>
+  <si>
+    <t>BMIFYKAAP</t>
+  </si>
+  <si>
+    <t>BMIFZ0X2P</t>
+  </si>
+  <si>
+    <t>BMIFVRKZP</t>
+  </si>
+  <si>
+    <t>BMIG3X1BR</t>
+  </si>
+  <si>
+    <t>BMIG5HDBP</t>
+  </si>
+  <si>
+    <t>BMIG4YYZR</t>
+  </si>
+  <si>
+    <t>BMIG3QZSR</t>
+  </si>
+  <si>
+    <t>BMIFYL4HP</t>
+  </si>
+  <si>
+    <t>BMIFX0X7P</t>
+  </si>
+  <si>
+    <t>BMIG2T4UP</t>
+  </si>
+  <si>
+    <t>BMIFYUCLR</t>
+  </si>
+  <si>
+    <t>BMIG4SV3R</t>
+  </si>
+  <si>
+    <t>BMIFYKAAR</t>
+  </si>
+  <si>
+    <t>BMIFXRCTP</t>
+  </si>
+  <si>
+    <t>BMIFYL4HR</t>
+  </si>
+  <si>
+    <t>BMIG06BPP</t>
+  </si>
+  <si>
+    <t>BMIG38KGR</t>
+  </si>
+  <si>
+    <t>BMIG2T4UR</t>
+  </si>
+  <si>
+    <t>BMIG3X1BP</t>
+  </si>
+  <si>
+    <t>BMIFZ0X2R</t>
+  </si>
+  <si>
+    <t>BMIFX6NHP</t>
+  </si>
+  <si>
+    <t>BMIFXRCTR</t>
+  </si>
+  <si>
+    <t>BMIG5HDBR</t>
+  </si>
+  <si>
+    <t>BMIG06BPR</t>
+  </si>
+  <si>
+    <t>BMIG3QZSP</t>
+  </si>
+  <si>
+    <t>BMIG4SV3P</t>
+  </si>
+  <si>
     <t>BMIFVRKZR</t>
   </si>
   <si>
-    <t>BMIFVRKZP</t>
-[...134 lines deleted...]
-    <t>BMIFVQWCR</t>
+    <t>BMIFX0X7R</t>
+  </si>
+  <si>
+    <t>BMIG4YYZP</t>
+  </si>
+  <si>
+    <t>BMIG38KGP</t>
+  </si>
+  <si>
+    <t>BMIFYUCLP</t>
+  </si>
+  <si>
+    <t>FXFWRD JPY/USD 30-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG5FUHR</t>
+  </si>
+  <si>
+    <t>BMIG5FUHP</t>
+  </si>
+  <si>
+    <t>BMIG5JHZP</t>
+  </si>
+  <si>
+    <t>BMIG5JHZR</t>
+  </si>
+  <si>
+    <t>BMIG5HCYP</t>
+  </si>
+  <si>
+    <t>BMIG5HCYR</t>
+  </si>
+  <si>
+    <t>FXFWRD KRW/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFX6ZGR</t>
+  </si>
+  <si>
+    <t>BMIFX6ZGP</t>
+  </si>
+  <si>
+    <t>FXFWRD MXN/USD 19-FEB-2026</t>
+  </si>
+  <si>
+    <t>BMIG38JWR</t>
+  </si>
+  <si>
+    <t>BMIG3QZRP</t>
+  </si>
+  <si>
+    <t>BMIFX6MFR</t>
+  </si>
+  <si>
+    <t>BMIG3QZRR</t>
+  </si>
+  <si>
+    <t>BMIFX6MFP</t>
+  </si>
+  <si>
+    <t>BMIFWCKFP</t>
+  </si>
+  <si>
+    <t>BMIFWCKFR</t>
+  </si>
+  <si>
+    <t>BMIG38JWP</t>
+  </si>
+  <si>
+    <t>FXFWRD MYR/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFX770R</t>
+  </si>
+  <si>
+    <t>BMIFX770P</t>
+  </si>
+  <si>
+    <t>FXFWRD NOK/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3QD1P</t>
+  </si>
+  <si>
+    <t>BMIG3QD1R</t>
+  </si>
+  <si>
+    <t>FXFWRD NZD/USD 19-FEB-2026</t>
+  </si>
+  <si>
+    <t>BMIG4SRYP</t>
+  </si>
+  <si>
+    <t>BMIFWBK1R</t>
+  </si>
+  <si>
+    <t>BMIG2T4YP</t>
+  </si>
+  <si>
+    <t>BMIFX6P2P</t>
+  </si>
+  <si>
+    <t>BMIG2T4YR</t>
+  </si>
+  <si>
+    <t>BMIG5JG1R</t>
+  </si>
+  <si>
+    <t>BMIG4SRYR</t>
+  </si>
+  <si>
+    <t>BMIFX6P2R</t>
+  </si>
+  <si>
+    <t>BMIG5JG1P</t>
+  </si>
+  <si>
+    <t>BMIFWBK1P</t>
+  </si>
+  <si>
+    <t>FXFWRD PLN/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFZ14WP</t>
+  </si>
+  <si>
+    <t>BMIFYLYCP</t>
+  </si>
+  <si>
+    <t>BMIFYLYCR</t>
+  </si>
+  <si>
+    <t>BMIFYVY2P</t>
+  </si>
+  <si>
+    <t>BMIFYVY2R</t>
+  </si>
+  <si>
+    <t>BMIFZ13AP</t>
+  </si>
+  <si>
+    <t>BMIFZ13AR</t>
+  </si>
+  <si>
+    <t>BMIFZ14WR</t>
+  </si>
+  <si>
+    <t>FXFWRD PLN/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3YCEP</t>
+  </si>
+  <si>
+    <t>BMIG3YCER</t>
+  </si>
+  <si>
+    <t>FXFWRD RON/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3QJ7P</t>
+  </si>
+  <si>
+    <t>BMIG3QJ7R</t>
+  </si>
+  <si>
+    <t>FXFWRD SEK/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3QH4P</t>
+  </si>
+  <si>
+    <t>BMIG3QH4R</t>
   </si>
   <si>
     <t>FXFWRD SGD/USD 05-FEB-2026</t>
   </si>
   <si>
+    <t>BMIFVQWBR</t>
+  </si>
+  <si>
+    <t>BMIG5FXUR</t>
+  </si>
+  <si>
+    <t>BMIG5FXUP</t>
+  </si>
+  <si>
     <t>BMIFVQWBP</t>
   </si>
   <si>
-    <t>BMIFVQWBR</t>
-[...14 lines deleted...]
-    <t>BMIFQQYCR</t>
+    <t>FXFWRD SGD/USD 30-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG5JF9P</t>
+  </si>
+  <si>
+    <t>BMIG5FXJP</t>
+  </si>
+  <si>
+    <t>BMIG5FXJR</t>
+  </si>
+  <si>
+    <t>BMIG5JF9R</t>
   </si>
   <si>
     <t>FXFWRD ZAR/USD 05-FEB-2026</t>
   </si>
   <si>
+    <t>BMIG59TBR</t>
+  </si>
+  <si>
+    <t>BMIFVR80P</t>
+  </si>
+  <si>
+    <t>BMIG2T4XP</t>
+  </si>
+  <si>
+    <t>BMIG2ZYXR</t>
+  </si>
+  <si>
     <t>BMIFVR80R</t>
   </si>
   <si>
-    <t>BMIFVR80P</t>
-[...14 lines deleted...]
-    <t>BMIFLQV2P</t>
+    <t>BMIG59TBP</t>
+  </si>
+  <si>
+    <t>BMIG388JP</t>
+  </si>
+  <si>
+    <t>BMIG2ZYXP</t>
+  </si>
+  <si>
+    <t>BMIG2T4XR</t>
+  </si>
+  <si>
+    <t>BMIFX7BZP</t>
+  </si>
+  <si>
+    <t>BMIFX7BZR</t>
+  </si>
+  <si>
+    <t>BMIG388JR</t>
+  </si>
+  <si>
+    <t>FXFWRD ZAR/USD 30-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG59T8P</t>
+  </si>
+  <si>
+    <t>BMIG5JFCR</t>
+  </si>
+  <si>
+    <t>BMIG5JFCP</t>
+  </si>
+  <si>
+    <t>BMIG59T8R</t>
   </si>
   <si>
     <t>GACI FIRST INVESTMENT CO MTN RegS</t>
   </si>
   <si>
     <t>BMIDK1ZU5</t>
   </si>
   <si>
     <t>XS2838973209</t>
   </si>
   <si>
     <t>BRQQ237</t>
   </si>
   <si>
-    <t>GERMANY (FEDERAL REPUBLIC OF) RegS</t>
-[...8 lines deleted...]
-    <t>BQXK2R9</t>
+    <t>GBP CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>GBP_CCASH</t>
   </si>
   <si>
     <t>GMCF_06-1U A</t>
   </si>
   <si>
     <t>Z916X8U52</t>
   </si>
   <si>
     <t>MX91MX000034</t>
   </si>
   <si>
     <t>GMCF_07-2U A</t>
   </si>
   <si>
     <t>Z91885Z24</t>
   </si>
   <si>
     <t>MX97MX020028</t>
   </si>
   <si>
     <t>GNMA2 30YR TBA(REG C)</t>
   </si>
   <si>
-    <t>BYDT3AMU2</t>
+    <t>BMIFYDVU3</t>
   </si>
   <si>
     <t>GNR_13-71 IG</t>
   </si>
   <si>
     <t>38378TAH3</t>
   </si>
   <si>
     <t>US38378TAH32</t>
   </si>
   <si>
     <t>GOLDMAN SACHS &amp; CO</t>
   </si>
   <si>
     <t>CXMUSD056</t>
   </si>
   <si>
-    <t>HCA INC</t>
-[...5 lines deleted...]
-    <t>US404119DC05</t>
+    <t>GOLDMAN SACHS &amp; CO. MBS MARGIN</t>
+  </si>
+  <si>
+    <t>BMI1NM2Q7</t>
   </si>
   <si>
     <t>HELLENIC REPUBLIC GOVERNMENT BOND</t>
   </si>
   <si>
+    <t>BMIG263Y4</t>
+  </si>
+  <si>
+    <t>GR0124042764</t>
+  </si>
+  <si>
     <t>BMIC732C4</t>
   </si>
   <si>
     <t>GR0128017747</t>
   </si>
   <si>
     <t>BMB3RG6</t>
   </si>
   <si>
     <t>HORZN_18-1 A 144A</t>
   </si>
   <si>
     <t>440405AE8</t>
   </si>
   <si>
     <t>US440405AE86</t>
   </si>
   <si>
     <t>HPA_21-2 F 144A</t>
   </si>
   <si>
     <t>43732VAL0</t>
   </si>
   <si>
     <t>US43732VAL09</t>
@@ -2619,134 +2658,146 @@
   <si>
     <t>ITALY (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMID4DSF8</t>
   </si>
   <si>
     <t>IT0005584856</t>
   </si>
   <si>
     <t>BJK16W9</t>
   </si>
   <si>
     <t>ITALY BUONI POLIENNALI DEL TESORO</t>
   </si>
   <si>
     <t>BMIFEM9F3</t>
   </si>
   <si>
     <t>IT0005668238</t>
   </si>
   <si>
     <t>BSSH503</t>
   </si>
   <si>
-    <t>IVORY COAST GOVERNMENT INTERNATION RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>JAPAN (GOVERNMENT OF) 10YR #29</t>
   </si>
   <si>
     <t>BMIDGVGP6</t>
   </si>
   <si>
     <t>JP1120291Q59</t>
   </si>
   <si>
     <t>BR51DF2</t>
   </si>
   <si>
-    <t>JAPAN (GOVERNMENT OF) 10YR #30</t>
-[...10 lines deleted...]
-  <si>
     <t>JAPAN (GOVERNMENT OF) 10YR #378</t>
   </si>
   <si>
     <t>BMIEQQHN8</t>
   </si>
   <si>
     <t>JP1103781R44</t>
   </si>
   <si>
     <t>BRF4GQ3</t>
   </si>
   <si>
     <t>JAPAN (GOVERNMENT OF) 20YR #177</t>
   </si>
   <si>
     <t>BMI9Z9BG8</t>
   </si>
   <si>
     <t>JP1201771M76</t>
   </si>
   <si>
     <t>BNKTGJ8</t>
   </si>
   <si>
+    <t>JAPAN (GOVERNMENT OF) 2YR #479</t>
+  </si>
+  <si>
+    <t>BMIFVNBG7</t>
+  </si>
+  <si>
+    <t>JP1024791RC2</t>
+  </si>
+  <si>
+    <t>BNG8D98</t>
+  </si>
+  <si>
     <t>JAPAN (GOVERNMENT OF) 30YR #64</t>
   </si>
   <si>
     <t>BMI82F2J6</t>
   </si>
   <si>
     <t>JP1300641KA3</t>
   </si>
   <si>
     <t>BKV2769</t>
   </si>
   <si>
     <t>JAPAN (GOVERNMENT OF) 30YR #73</t>
   </si>
   <si>
     <t>BMIAFQQJ7</t>
   </si>
   <si>
     <t>JP1300731N17</t>
   </si>
   <si>
     <t>BMBSYR1</t>
   </si>
   <si>
+    <t>JAPAN (GOVERNMENT OF) 30YR #89</t>
+  </si>
+  <si>
+    <t>BMIG1B8D5</t>
+  </si>
+  <si>
+    <t>JP1300891S18</t>
+  </si>
+  <si>
+    <t>BN7BQY2</t>
+  </si>
+  <si>
+    <t>JEFFERIES FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>47233WLL1</t>
+  </si>
+  <si>
+    <t>US47233WLL18</t>
+  </si>
+  <si>
+    <t>BVMZJL3</t>
+  </si>
+  <si>
     <t>JEFFERIES FINANCIAL GROUP INC MTN</t>
   </si>
   <si>
     <t>47233JGT9</t>
   </si>
   <si>
     <t>US47233JGT97</t>
   </si>
   <si>
     <t>BMTVQ54</t>
   </si>
   <si>
     <t>JERSEY CENTRAL POWER &amp; LIGHT COMPA 144A</t>
   </si>
   <si>
     <t>476556DG7</t>
   </si>
   <si>
     <t>US476556DG74</t>
   </si>
   <si>
     <t>BT8PBS4</t>
   </si>
   <si>
     <t>JPMBB_14-C23 D 144A</t>
@@ -2763,50 +2814,74 @@
   <si>
     <t>JPMMT_07-A4 2A3</t>
   </si>
   <si>
     <t>46631JAE8</t>
   </si>
   <si>
     <t>US46631JAE82</t>
   </si>
   <si>
     <t>B44RRY7</t>
   </si>
   <si>
     <t>JPMORGAN CHASE &amp; CO</t>
   </si>
   <si>
     <t>46647PEH5</t>
   </si>
   <si>
     <t>US46647PEH55</t>
   </si>
   <si>
     <t>BQKVS00</t>
   </si>
   <si>
+    <t>JPY CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>JPY_CCASH</t>
+  </si>
+  <si>
+    <t>JPY/USD</t>
+  </si>
+  <si>
+    <t>BMIG5FULP</t>
+  </si>
+  <si>
+    <t>BMIG5FULR</t>
+  </si>
+  <si>
+    <t>LDMSR_25-FT1 A 144A</t>
+  </si>
+  <si>
+    <t>53949HAA3</t>
+  </si>
+  <si>
+    <t>US53949HAA32</t>
+  </si>
+  <si>
     <t>LDMSR_25-GT1 A 144A</t>
   </si>
   <si>
     <t>53946TAD4</t>
   </si>
   <si>
     <t>US53946TAD46</t>
   </si>
   <si>
     <t>LDN_24-2 C RegS</t>
   </si>
   <si>
     <t>Z96JKHC38</t>
   </si>
   <si>
     <t>XS2778919303</t>
   </si>
   <si>
     <t>LGATE_08-W1X CB RegS</t>
   </si>
   <si>
     <t>Z913G7VL4</t>
   </si>
   <si>
     <t>XS0353594434</t>
@@ -2940,68 +3015,86 @@
   <si>
     <t>METAL_17-1 A 144A</t>
   </si>
   <si>
     <t>59111RAA0</t>
   </si>
   <si>
     <t>US59111RAA05</t>
   </si>
   <si>
     <t>MEXICO (UNITED MEXICAN STATES)</t>
   </si>
   <si>
     <t>BRS7P2Z96</t>
   </si>
   <si>
     <t>MX0MGO0000H9</t>
   </si>
   <si>
     <t>B4XH544</t>
   </si>
   <si>
     <t>MEXICO (UNITED MEXICAN STATES) (GO</t>
   </si>
   <si>
+    <t>BMI1YJ5L0</t>
+  </si>
+  <si>
+    <t>MX0MGO0000U2</t>
+  </si>
+  <si>
+    <t>BTBLDS3</t>
+  </si>
+  <si>
     <t>BMIBFX1S7</t>
   </si>
   <si>
     <t>MX0MGO0001D6</t>
   </si>
   <si>
     <t>BQXQSG8</t>
   </si>
   <si>
     <t>MEXICO GOVERNMENT INTERNATIONAL BO</t>
   </si>
   <si>
     <t>BMIFGVUZ3</t>
   </si>
   <si>
     <t>XS3185370890</t>
   </si>
   <si>
+    <t>BMIG20533</t>
+  </si>
+  <si>
+    <t>XS3265539729</t>
+  </si>
+  <si>
+    <t>BNYL504</t>
+  </si>
+  <si>
     <t>MFB MAGYAR FEJLESZTESI BANK ZRT RegS</t>
   </si>
   <si>
     <t>BMIEXJ285</t>
   </si>
   <si>
     <t>XS3081701362</t>
   </si>
   <si>
     <t>BVF8ZN3</t>
   </si>
   <si>
     <t>MFD_13-1 A3 RegS</t>
   </si>
   <si>
     <t>BMI1LG7U8</t>
   </si>
   <si>
     <t>XS0995537155</t>
   </si>
   <si>
     <t>MFMT_16-1 A 144A</t>
   </si>
   <si>
     <t>62547LAA1</t>
@@ -3042,50 +3135,56 @@
   <si>
     <t>MORGAN STANLEY LIQ FUNDS - TSY USD</t>
   </si>
   <si>
     <t>L64887489</t>
   </si>
   <si>
     <t>LU0875337270</t>
   </si>
   <si>
     <t>B92C5G7</t>
   </si>
   <si>
     <t>MV24 CAPITAL B.V. RegS</t>
   </si>
   <si>
     <t>BMI7W9GJ4</t>
   </si>
   <si>
     <t>USN53766AA41</t>
   </si>
   <si>
     <t>BK5Z9L3</t>
   </si>
   <si>
+    <t>MXN CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>MXN_CCASH</t>
+  </si>
+  <si>
     <t>MYR CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>MYR_CCASH</t>
   </si>
   <si>
     <t>NATIONAL AUSTRALIA BANK LTD MTN 144A</t>
   </si>
   <si>
     <t>632525AU5</t>
   </si>
   <si>
     <t>US632525AU59</t>
   </si>
   <si>
     <t>BMTV3D1</t>
   </si>
   <si>
     <t>NATIONAL BANK OF GREECE SA MTN RegS</t>
   </si>
   <si>
     <t>BMIC7XC94</t>
   </si>
   <si>
     <t>XS2595343059</t>
@@ -3138,209 +3237,218 @@
   <si>
     <t>BNNPVW1</t>
   </si>
   <si>
     <t>NCMS_19-MILE A 144A</t>
   </si>
   <si>
     <t>63875FAA4</t>
   </si>
   <si>
     <t>US63875FAA49</t>
   </si>
   <si>
     <t>NDFT_24-1X C RegS</t>
   </si>
   <si>
     <t>BMID8BQE3</t>
   </si>
   <si>
     <t>XS2768182870</t>
   </si>
   <si>
     <t>NEW ZEALAND (GOVERNMENT OF)</t>
   </si>
   <si>
+    <t>BMIDV20J4</t>
+  </si>
+  <si>
+    <t>NZGOVDT536C9</t>
+  </si>
+  <si>
+    <t>BQB71W0</t>
+  </si>
+  <si>
     <t>BMID9YCE7</t>
   </si>
   <si>
     <t>NZGOVDT535C1</t>
   </si>
   <si>
     <t>BPX2VW6</t>
   </si>
   <si>
-    <t>BMIDV20J4</t>
-[...7 lines deleted...]
-  <si>
     <t>NEW ZEALAND LOCAL GOVERNMENT FUNDI MTN</t>
   </si>
   <si>
     <t>BMID56MV3</t>
   </si>
   <si>
     <t>AU3CB0307478</t>
   </si>
   <si>
     <t>BRC73K8</t>
   </si>
   <si>
     <t>NGATE_07-3 A3 RegS</t>
   </si>
   <si>
     <t>Z913H3KE0</t>
   </si>
   <si>
     <t>XS0332288058</t>
   </si>
   <si>
     <t>B2NDQF6</t>
   </si>
   <si>
     <t>NGATE_07-3X CB RegS</t>
   </si>
   <si>
     <t>Z913H3KH3</t>
   </si>
   <si>
     <t>XS0329656523</t>
   </si>
   <si>
     <t>B2NDQJ0</t>
   </si>
   <si>
     <t>NORDEA KREDIT REALKREDITAKTIESELSK</t>
   </si>
   <si>
+    <t>BMICUQAZ7</t>
+  </si>
+  <si>
+    <t>DK0002059906</t>
+  </si>
+  <si>
+    <t>BQ74R38</t>
+  </si>
+  <si>
     <t>BMIDZ32G2</t>
   </si>
   <si>
     <t>DK0002061217</t>
   </si>
   <si>
     <t>BRT3ZK3</t>
   </si>
   <si>
-    <t>BMICUQAZ7</t>
-[...7 lines deleted...]
-  <si>
     <t>NORTEGAS ENERGIA GRUPO SL MTN RegS</t>
   </si>
   <si>
     <t>BMI9DCZD6</t>
   </si>
   <si>
     <t>XS2289797248</t>
   </si>
   <si>
     <t>BMXYG48</t>
   </si>
   <si>
     <t>NORTH MACEDONIA GOVERNMENT INTERNA RegS</t>
   </si>
   <si>
     <t>BMI9K7UU6</t>
   </si>
   <si>
     <t>XS2310118893</t>
   </si>
   <si>
     <t>BMIBN1M30</t>
   </si>
   <si>
     <t>XS2582522681</t>
   </si>
   <si>
     <t>BMXHPK6</t>
   </si>
   <si>
+    <t>NORTH MACEDONIA REPUBLIC OF (GOVER RegS</t>
+  </si>
+  <si>
+    <t>BMIG267B0</t>
+  </si>
+  <si>
+    <t>XS3273795859</t>
+  </si>
+  <si>
     <t>NORWAY KINGDOM OF (GOVERNMENT)</t>
   </si>
   <si>
     <t>BMIEGF3N8</t>
   </si>
   <si>
     <t>NO0013475558</t>
   </si>
   <si>
     <t>NTT FINANCE CORP 144A</t>
   </si>
   <si>
     <t>62954WAS4</t>
   </si>
   <si>
     <t>US62954WAS44</t>
   </si>
   <si>
     <t>BV5PL36</t>
   </si>
   <si>
     <t>NUVEEN LLC 144A</t>
   </si>
   <si>
     <t>67080LAD7</t>
   </si>
   <si>
     <t>US67080LAD73</t>
   </si>
   <si>
     <t>BSVHWL0</t>
   </si>
   <si>
     <t>NYKREDIT REALKREDIT A/S RegS</t>
   </si>
   <si>
+    <t>BMIBRUFW6</t>
+  </si>
+  <si>
+    <t>DK0009542680</t>
+  </si>
+  <si>
+    <t>BRCBPB5</t>
+  </si>
+  <si>
     <t>BMIBRUFX4</t>
   </si>
   <si>
     <t>DK0009541955</t>
   </si>
   <si>
     <t>BMCSWG5</t>
   </si>
   <si>
-    <t>BMIBRUFW6</t>
-[...7 lines deleted...]
-  <si>
     <t>NYT_19-NYT A 144A</t>
   </si>
   <si>
     <t>62954PAA8</t>
   </si>
   <si>
     <t>US62954PAA84</t>
   </si>
   <si>
     <t>NYT_19-NYT B 144A</t>
   </si>
   <si>
     <t>62954PAG5</t>
   </si>
   <si>
     <t>US62954PAG54</t>
   </si>
   <si>
     <t>NZD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>NZD_CCASH</t>
   </si>
   <si>
     <t>NZES_25-FHT1 A 144A</t>
@@ -3429,86 +3537,107 @@
   <si>
     <t>BVBFJW5</t>
   </si>
   <si>
     <t>ORANGE SA MTN RegS</t>
   </si>
   <si>
     <t>BMIBVBVZ8</t>
   </si>
   <si>
     <t>FR001400GDJ1</t>
   </si>
   <si>
     <t>BNM0CR9</t>
   </si>
   <si>
     <t>PERU (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>715638DC3</t>
   </si>
   <si>
     <t>US715638DC30</t>
   </si>
   <si>
-    <t>PIRAEUS FINANCIAL HOLDINGS SA MTN RegS</t>
+    <t>PIRAEUS BANK SA MTN RegS</t>
   </si>
   <si>
     <t>BMICYAJ22</t>
   </si>
   <si>
     <t>XS2747093321</t>
   </si>
   <si>
     <t>BPRSLQ4</t>
   </si>
   <si>
     <t>PLTNO-1 AR RegS</t>
   </si>
   <si>
     <t>BMIA0Y344</t>
   </si>
   <si>
     <t>IT0005446528</t>
   </si>
   <si>
     <t>POLAND (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMI9VBB36</t>
   </si>
   <si>
     <t>PL0000113783</t>
   </si>
   <si>
     <t>BMD24S2</t>
   </si>
   <si>
+    <t>POLAND (REPUBLIC OF) MTN RegS</t>
+  </si>
+  <si>
+    <t>BMIG1FK34</t>
+  </si>
+  <si>
+    <t>XS3268040964</t>
+  </si>
+  <si>
+    <t>BRJNQF5</t>
+  </si>
+  <si>
     <t>PORTUGAL (REPUBLIC OF)</t>
   </si>
   <si>
+    <t>BMIG1FD24</t>
+  </si>
+  <si>
+    <t>PTOTEDOE0010</t>
+  </si>
+  <si>
+    <t>BNDXDD0</t>
+  </si>
+  <si>
     <t>BMIDHB3P3</t>
   </si>
   <si>
     <t>PTOTE3OE0025</t>
   </si>
   <si>
     <t>BN2WG28</t>
   </si>
   <si>
     <t>PRK_17-280P A 144A</t>
   </si>
   <si>
     <t>90205FAA8</t>
   </si>
   <si>
     <t>US90205FAA84</t>
   </si>
   <si>
     <t>PRK_17-280P C 144A</t>
   </si>
   <si>
     <t>90205FAJ9</t>
   </si>
   <si>
     <t>US90205FAJ93</t>
@@ -3606,110 +3735,110 @@
   <si>
     <t>RAPTOR_19-1 A 144A</t>
   </si>
   <si>
     <t>75383HAA9</t>
   </si>
   <si>
     <t>US75383HAA95</t>
   </si>
   <si>
     <t>RAST_06-A6 2A6</t>
   </si>
   <si>
     <t>76113FAV2</t>
   </si>
   <si>
     <t>US76113FAV22</t>
   </si>
   <si>
     <t>B83GMY8</t>
   </si>
   <si>
     <t>REALKREDIT DANMARK A/S RegS</t>
   </si>
   <si>
+    <t>BMICWFD78</t>
+  </si>
+  <si>
+    <t>DK0004629342</t>
+  </si>
+  <si>
+    <t>BQ69CF1</t>
+  </si>
+  <si>
     <t>BMICB28W1</t>
   </si>
   <si>
     <t>DK0004627130</t>
   </si>
   <si>
     <t>BMXX6Q7</t>
   </si>
   <si>
-    <t>BMICWFD78</t>
-[...7 lines deleted...]
-  <si>
     <t>RGRNF_20-1 C RegS</t>
   </si>
   <si>
     <t>Z94GMYZP3</t>
   </si>
   <si>
     <t>XS2099060662</t>
   </si>
   <si>
     <t>ROCKET MORTGAGE LLC / ROCKET MORTG 144A</t>
   </si>
   <si>
     <t>74841CAB7</t>
   </si>
   <si>
     <t>US74841CAB72</t>
   </si>
   <si>
     <t>BN7RYH9</t>
   </si>
   <si>
     <t>ROMANIA (REPUBLIC OF) MTN RegS</t>
   </si>
   <si>
+    <t>BMIEPPBK3</t>
+  </si>
+  <si>
+    <t>XS3021378032</t>
+  </si>
+  <si>
+    <t>BTWMSY6</t>
+  </si>
+  <si>
     <t>BYDE8JKM1</t>
   </si>
   <si>
     <t>XS2999533271</t>
   </si>
   <si>
     <t>BSNZDM0</t>
   </si>
   <si>
-    <t>BMIEPPBK3</t>
-[...7 lines deleted...]
-  <si>
     <t>ROMANIAN GOVERNMENT INTERNATIONAL MTN RegS</t>
   </si>
   <si>
     <t>BMID3BT39</t>
   </si>
   <si>
     <t>XS2770920937</t>
   </si>
   <si>
     <t>BQ7WTC5</t>
   </si>
   <si>
     <t>RSMNP_23-1 A RegS</t>
   </si>
   <si>
     <t>BMICTPTM0</t>
   </si>
   <si>
     <t>XS2728633186</t>
   </si>
   <si>
     <t>RVMLT_07-4X A RegS</t>
   </si>
   <si>
     <t>Z9447PQW1</t>
@@ -3741,59 +3870,50 @@
   <si>
     <t>BMIECARB3</t>
   </si>
   <si>
     <t>XS2974923497</t>
   </si>
   <si>
     <t>SAUDI INTERNATIONAL BOND 144A</t>
   </si>
   <si>
     <t>BMIEK8ZP9</t>
   </si>
   <si>
     <t>XS3015245957</t>
   </si>
   <si>
     <t>SBOLT_24-1 B RegS</t>
   </si>
   <si>
     <t>Z96LMA9M8</t>
   </si>
   <si>
     <t>XS2821806341</t>
   </si>
   <si>
-    <t>SCRT_17-2 M1 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>SCRT_18-1 MT</t>
   </si>
   <si>
     <t>35563PDY2</t>
   </si>
   <si>
     <t>US35563PDY25</t>
   </si>
   <si>
     <t>SCRT_19-2 HT</t>
   </si>
   <si>
     <t>35563PKA6</t>
   </si>
   <si>
     <t>US35563PKA65</t>
   </si>
   <si>
     <t>SCRT_19-2 M55D</t>
   </si>
   <si>
     <t>35563PKL2</t>
   </si>
   <si>
     <t>US35563PKL21</t>
@@ -3921,146 +4041,128 @@
   <si>
     <t>BMI3EKMF9</t>
   </si>
   <si>
     <t>ZAG000125972</t>
   </si>
   <si>
     <t>BYY9RY3</t>
   </si>
   <si>
     <t>SOUTH AUSTRALIAN GOVERNMENT FINANC RegS</t>
   </si>
   <si>
     <t>BMI9GETQ7</t>
   </si>
   <si>
     <t>AU3SG0002447</t>
   </si>
   <si>
     <t>BKPR124</t>
   </si>
   <si>
     <t>SPAIN (KINGDOM OF)</t>
   </si>
   <si>
-    <t>BMIEYFKQ2</t>
-[...5 lines deleted...]
-    <t>BLDCJD5</t>
+    <t>BMIG3GAW7</t>
+  </si>
+  <si>
+    <t>ES0000012Q08</t>
+  </si>
+  <si>
+    <t>BTQL5T3</t>
   </si>
   <si>
     <t>SPAIN GOVERNMENT BOND</t>
   </si>
   <si>
-    <t>BMIEEUJK6</t>
-[...4 lines deleted...]
-  <si>
     <t>BMIB8N868</t>
   </si>
   <si>
     <t>ES0000012K95</t>
   </si>
   <si>
     <t>BK81639</t>
   </si>
   <si>
     <t>BMID274Y8</t>
   </si>
   <si>
     <t>ES0000012M93</t>
   </si>
   <si>
     <t>BR1WDH1</t>
   </si>
   <si>
     <t>SROCK_24-1A A 144A</t>
   </si>
   <si>
     <t>BMIEE44X2</t>
   </si>
   <si>
     <t>XS2948049437</t>
   </si>
   <si>
-    <t>STANDARD CHARTERED PLC 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>STRES_23-1 A RegS</t>
   </si>
   <si>
     <t>BMICTCEV5</t>
   </si>
   <si>
     <t>IT0005566739</t>
   </si>
   <si>
     <t>SVENSKA HANDELSBANKEN AB MTN RegS</t>
   </si>
   <si>
     <t>BMIE3TJL9</t>
   </si>
   <si>
     <t>XS2930111096</t>
   </si>
   <si>
     <t>BTBMGS7</t>
   </si>
   <si>
-    <t>SWP: CNY 2.072500 20-MAR-2029 CNR</t>
-[...10 lines deleted...]
-  <si>
     <t>SWP: NZD 3.810400 20-NOV-2035 3M</t>
   </si>
   <si>
     <t>BMIFU1YN6</t>
   </si>
   <si>
+    <t>SWP: NZD 4.069000 20-JAN-2036 3M</t>
+  </si>
+  <si>
+    <t>BMIG2UXP7</t>
+  </si>
+  <si>
+    <t>SWP: NZD 4.080000 20-JAN-2036 3M</t>
+  </si>
+  <si>
+    <t>BMIG2VT47</t>
+  </si>
+  <si>
     <t>SWP: OIS 13.440000 02-JAN-2031 BZD</t>
   </si>
   <si>
     <t>BMIEYE7Z0</t>
   </si>
   <si>
     <t>SWP: OIS 13.627500 02-JAN-2031 BZD</t>
   </si>
   <si>
     <t>BMIF6LZK4</t>
   </si>
   <si>
     <t>SWP: OIS 13.635000 02-JAN-2031 BZD</t>
   </si>
   <si>
     <t>BMIEZW5T5</t>
   </si>
   <si>
     <t>TAURS_20-NL1X B RegS</t>
   </si>
   <si>
     <t>Z94PWZPT2</t>
   </si>
   <si>
     <t>XS2128007320</t>
@@ -4113,176 +4215,200 @@
   <si>
     <t>BSTQTN0</t>
   </si>
   <si>
     <t>THAILAND KINGDOM OF (GOVERNMENT)</t>
   </si>
   <si>
     <t>BMI8XJYV2</t>
   </si>
   <si>
     <t>TH062303FC01</t>
   </si>
   <si>
     <t>BL6CKB7</t>
   </si>
   <si>
     <t>TORONTO-DOMINION BANK/THE MTN RegS</t>
   </si>
   <si>
     <t>BMIFH96L9</t>
   </si>
   <si>
     <t>XS3187612216</t>
   </si>
   <si>
+    <t>BMIEDL0V3</t>
+  </si>
+  <si>
+    <t>XS2980851351</t>
+  </si>
+  <si>
+    <t>BTGTSM1</t>
+  </si>
+  <si>
     <t>BMID5D786</t>
   </si>
   <si>
     <t>XS2782117464</t>
   </si>
   <si>
     <t>BM8NJJ6</t>
   </si>
   <si>
-    <t>BMIEDL0V3</t>
-[...7 lines deleted...]
-  <si>
     <t>TOTALENERGIES SE RegS</t>
   </si>
   <si>
     <t>BMIAFXJJ0</t>
   </si>
   <si>
     <t>XS2432131188</t>
   </si>
   <si>
     <t>TOUCAN FINCO LTD/CAN/US 144A</t>
   </si>
   <si>
     <t>89157UAA5</t>
   </si>
   <si>
     <t>US89157UAA51</t>
   </si>
   <si>
     <t>BV8CSK0</t>
   </si>
   <si>
     <t>TREASURY CORPORATION OF VICTORIA MTN</t>
   </si>
   <si>
     <t>BMIBAQ5E4</t>
   </si>
   <si>
     <t>AU3SG0002710</t>
   </si>
   <si>
     <t>BN4P7R7</t>
   </si>
   <si>
     <t>BMIA5AYU9</t>
   </si>
   <si>
     <t>AU3SG0002579</t>
   </si>
   <si>
     <t>BMF7LT5</t>
   </si>
   <si>
+    <t>BMI8Y2CE0</t>
+  </si>
+  <si>
+    <t>AU3SG0002256</t>
+  </si>
+  <si>
+    <t>BL63VR3</t>
+  </si>
+  <si>
     <t>TREASURY CORPORATION OF VICTORIA MTN RegS</t>
   </si>
   <si>
     <t>BMI9QFTY6</t>
   </si>
   <si>
     <t>AU3SG0002504</t>
   </si>
   <si>
     <t>BKVDQP4</t>
   </si>
   <si>
+    <t>UBS CASH COLLATERAL: OTC UMR VM CO</t>
+  </si>
+  <si>
+    <t>BMI5D6JX1</t>
+  </si>
+  <si>
     <t>UK CONV GILT RegS</t>
   </si>
   <si>
     <t>BMIEXAQZ8</t>
   </si>
   <si>
     <t>GB00BT7J0241</t>
   </si>
   <si>
     <t>BT7J024</t>
   </si>
   <si>
     <t>UKLOG_24-1A D 144A</t>
   </si>
   <si>
     <t>BMIDFKRH7</t>
   </si>
   <si>
     <t>XS2809142156</t>
   </si>
   <si>
     <t>UMBS 30YR TBA(REG A)</t>
   </si>
   <si>
-    <t>BMIFSGXW7</t>
-[...11 lines deleted...]
-    <t>BMIFSH0Z4</t>
+    <t>BMIFYDY48</t>
+  </si>
+  <si>
+    <t>BMIFYDVN9</t>
+  </si>
+  <si>
+    <t>BMIFYDXQ0</t>
+  </si>
+  <si>
+    <t>BMIFYDPT3</t>
+  </si>
+  <si>
+    <t>BMIFYDS45</t>
   </si>
   <si>
     <t>UNITED GROUP BV RegS</t>
   </si>
   <si>
     <t>BMIE1KLC7</t>
   </si>
   <si>
     <t>XS2919880679</t>
   </si>
   <si>
     <t>BS2C8L6</t>
   </si>
   <si>
     <t>UNITED KINGDOM OF GREAT BRITAIN AN RegS</t>
   </si>
   <si>
+    <t>BMIBKW8A5</t>
+  </si>
+  <si>
+    <t>GB00BPCJD997</t>
+  </si>
+  <si>
+    <t>BPCJD99</t>
+  </si>
+  <si>
     <t>BMIDL00H3</t>
   </si>
   <si>
     <t>GB00BQC82C90</t>
   </si>
   <si>
     <t>BQC82C9</t>
   </si>
   <si>
     <t>UNIVERSITY OF MICHIGAN</t>
   </si>
   <si>
     <t>914455UJ7</t>
   </si>
   <si>
     <t>US914455UJ72</t>
   </si>
   <si>
     <t>UPJOHN FINANCE BV RegS</t>
   </si>
   <si>
     <t>BMI8S8S23</t>
   </si>
   <si>
     <t>XS2193982803</t>
@@ -4290,222 +4416,222 @@
   <si>
     <t>BJK0PQ3</t>
   </si>
   <si>
     <t>US BANCORP</t>
   </si>
   <si>
     <t>91159HJR2</t>
   </si>
   <si>
     <t>US91159HJR21</t>
   </si>
   <si>
     <t>BRBCTL7</t>
   </si>
   <si>
     <t>USD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>USD_CCASH</t>
   </si>
   <si>
     <t>USD/EUR</t>
   </si>
   <si>
-    <t>BMIFV83TR</t>
-[...2 lines deleted...]
-    <t>BMIFV83TP</t>
+    <t>BMIG5BSAP</t>
+  </si>
+  <si>
+    <t>BMIG57PZR</t>
+  </si>
+  <si>
+    <t>BMIG57PZP</t>
+  </si>
+  <si>
+    <t>BMIG5BSAR</t>
+  </si>
+  <si>
+    <t>BMIG5LATP</t>
+  </si>
+  <si>
+    <t>BMIG5LATR</t>
+  </si>
+  <si>
+    <t>BMIG5BKPP</t>
+  </si>
+  <si>
+    <t>BMIG5BKPR</t>
+  </si>
+  <si>
+    <t>BMIG5LAHP</t>
+  </si>
+  <si>
+    <t>BMIG5J10R</t>
+  </si>
+  <si>
+    <t>BMIG5J10P</t>
+  </si>
+  <si>
+    <t>BMIG5LAHR</t>
   </si>
   <si>
     <t>UZBEKISTAN (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMIEJ97B1</t>
   </si>
   <si>
     <t>XS3008639810</t>
   </si>
   <si>
     <t>VDCDE_25-1A A2 144A</t>
   </si>
   <si>
     <t>BMIEXCL30</t>
   </si>
   <si>
     <t>XS3045501718</t>
   </si>
   <si>
     <t>VDCUK_24-1A A2 144A</t>
   </si>
   <si>
     <t>BMIDGPHF0</t>
   </si>
   <si>
     <t>XS2808282201</t>
   </si>
   <si>
     <t>BR50TY0</t>
   </si>
   <si>
-    <t>VERIZON COMMUNICATIONS INC</t>
-[...10 lines deleted...]
-  <si>
     <t>VIRGIN MEDIA SECURED FINANCE PLC RegS</t>
   </si>
   <si>
     <t>BMI81U8Z2</t>
   </si>
   <si>
     <t>XS2062666602</t>
   </si>
   <si>
     <t>BKLXG54</t>
   </si>
   <si>
+    <t>VISTRA OPERATIONS COMPANY LLC 144A</t>
+  </si>
+  <si>
+    <t>92840VAZ5</t>
+  </si>
+  <si>
+    <t>US92840VAZ58</t>
+  </si>
+  <si>
+    <t>BNYL203</t>
+  </si>
+  <si>
     <t>VOLKSWAGEN INTERNATIONAL FINANCE N RegS</t>
   </si>
   <si>
     <t>BMI1WDT39</t>
   </si>
   <si>
     <t>XS1048428442</t>
   </si>
   <si>
     <t>BKWC0Q9</t>
   </si>
   <si>
     <t>BMI5MWLS2</t>
   </si>
   <si>
     <t>XS1629774230</t>
   </si>
   <si>
     <t>BYVMXX6</t>
   </si>
   <si>
     <t>BMICDVQR6</t>
   </si>
   <si>
     <t>XS2675884576</t>
   </si>
   <si>
     <t>BR852D2</t>
   </si>
   <si>
-    <t>VONOVIA SE MTN RegS</t>
-[...22 lines deleted...]
-  <si>
     <t>WE SODA INVESTMENTS HOLDING PLC RegS</t>
   </si>
   <si>
     <t>BMICJED76</t>
   </si>
   <si>
     <t>USG95448AA75</t>
   </si>
   <si>
     <t>BQ2MVL3</t>
   </si>
   <si>
     <t>WESTERN POWER DISTRIBUTION WEST MI MTN RegS</t>
   </si>
   <si>
     <t>BRSC32L86</t>
   </si>
   <si>
     <t>XS0627336323</t>
   </si>
   <si>
     <t>B4VRH62</t>
   </si>
   <si>
     <t>WESTPAC BANKING CORP</t>
   </si>
   <si>
     <t>961214EP4</t>
   </si>
   <si>
     <t>US961214EP44</t>
   </si>
   <si>
     <t>BMWS403</t>
   </si>
   <si>
     <t>WINTERSHALL DEA FINANCE BV RegS</t>
   </si>
   <si>
     <t>BMI80E0M6</t>
   </si>
   <si>
     <t>XS2054210252</t>
   </si>
   <si>
     <t>BKTHFV7</t>
   </si>
   <si>
-    <t>ZEGONA FINANCE PLC 144A</t>
-[...8 lines deleted...]
-    <t>BPLZN32</t>
+    <t>ZAR CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>ZAR_CCASH</t>
   </si>
   <si>
     <t>Los datos sobre posiciones se refieren al periodo iniciado en la fecha indicada y pueden cambiar. Estos valores y las asignaciones porcentuales revisten fines meramente ilustrativos y no constituyen asesoramiento de inversiones o recomendaciones con respecto a los valores o las inversiones que aquí se mencionan, no debiéndose interpretar como tales. No existe garantía alguna de que las estrategias vayan a alcanzar su objetivo. Las inversiones entrañan riesgos, incluida la posible pérdida del capital invertido. Consulte el folleto del fondo para obtener información sobre riesgos más completa.</t>
   </si>
   <si>
     <t xml:space="preserve">Antes de invertir, estudie minuciosamente el objetivo de inversión, los riesgos, las comisiones y los gastos del fondo. En los folletos figura esta y otra información sobre el fondo. Para obtener un folleto, puede descargárselo en morganstanley.com/im. Lea el folleto detenidamente antes de invertir.           </t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) es la división de gestión de activos de Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="0"/>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -4870,9608 +4996,10356 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E577"/>
+  <dimension ref="A1:E621"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>1484</v>
+        <v>1526</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.32</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.28</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.35</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>34</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.32</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>37</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.46</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>40</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>1.02</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D17" t="s" s="0">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.31</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s" s="0">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s" s="0">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.31</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>50</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.02</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>53</v>
       </c>
       <c r="D20" t="s" s="0">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.25</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s" s="0">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s" s="0">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>60</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>61</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.14</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s" s="0">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s" s="0">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s" s="0">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s" s="0">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.13</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s" s="0">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s" s="0">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s" s="0">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s" s="0">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.26</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s" s="0">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s" s="0">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.09</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C29" t="s" s="0">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D29" t="s" s="0">
-        <v>87</v>
+        <v>28</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.34</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>90</v>
       </c>
       <c r="D30" t="s" s="0">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.15</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C31" t="s" s="0">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="D31" t="s" s="0">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.22</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B32" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="C32" t="s" s="0">
         <v>96</v>
       </c>
-      <c r="C32" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s" s="0">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C33" t="s" s="0">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D33" t="s" s="0">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C34" t="s" s="0">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D34" t="s" s="0">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.12</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>108</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C36" t="s" s="0">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D36" t="s" s="0">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.33</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C37" t="s" s="0">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D37" t="s" s="0">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.34</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C38" t="s" s="0">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D38" t="s" s="0">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="E38" t="n" s="0">
         <v>0.16</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>121</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>122</v>
       </c>
       <c r="D39" t="s" s="0">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.15</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>126</v>
+        <v>28</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.19</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>130</v>
+        <v>28</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.28</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B42" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="B42" s="6" t="s">
+      <c r="C42" t="s" s="0">
         <v>132</v>
       </c>
-      <c r="C42" t="s" s="0">
+      <c r="D42" t="s" s="0">
         <v>133</v>
       </c>
-      <c r="D42" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E42" t="n" s="0">
-        <v>0.13</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B43" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="B43" s="6" t="s">
+      <c r="C43" t="s" s="0">
         <v>135</v>
       </c>
-      <c r="C43" t="s" s="0">
+      <c r="D43" t="s" s="0">
         <v>136</v>
       </c>
-      <c r="D43" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="n" s="0">
-        <v>0.11</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>139</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>140</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C45" t="s" s="0">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D45" t="s" s="0">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.16</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C46" t="s" s="0">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D46" t="s" s="0">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.31</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>152</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>153</v>
       </c>
       <c r="D48" t="s" s="0">
-        <v>154</v>
+        <v>28</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.08</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B49" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="B49" s="6" t="s">
+      <c r="C49" t="s" s="0">
         <v>156</v>
       </c>
-      <c r="C49" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B50" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="B50" s="6" t="s">
+      <c r="C50" t="s" s="0">
         <v>159</v>
       </c>
-      <c r="C50" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B51" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="B51" s="6" t="s">
+      <c r="C51" t="s" s="0">
         <v>162</v>
       </c>
-      <c r="C51" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D51" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B52" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="B52" s="6" t="s">
+      <c r="C52" t="s" s="0">
         <v>165</v>
       </c>
-      <c r="C52" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.07</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B53" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="B53" s="6" t="s">
+      <c r="C53" t="s" s="0">
         <v>168</v>
       </c>
-      <c r="C53" t="s" s="0">
+      <c r="D53" t="s" s="0">
         <v>169</v>
       </c>
-      <c r="D53" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E53" t="n" s="0">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>170</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>171</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>172</v>
       </c>
       <c r="D54" t="s" s="0">
-        <v>28</v>
+        <v>173</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.06</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>174</v>
       </c>
       <c r="C55" t="s" s="0">
         <v>175</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C56" t="s" s="0">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.14</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C58" t="s" s="0">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D58" t="s" s="0">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.31</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C59" t="s" s="0">
-        <v>189</v>
+        <v>28</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>190</v>
+        <v>28</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.25</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>191</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>192</v>
       </c>
       <c r="C60" t="s" s="0">
-        <v>193</v>
+        <v>28</v>
       </c>
       <c r="D60" t="s" s="0">
-        <v>194</v>
+        <v>28</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.29</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="C61" t="s" s="0">
         <v>195</v>
       </c>
-      <c r="B61" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D61" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.03</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B62" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="B62" s="6" t="s">
+      <c r="C62" t="s" s="0">
         <v>198</v>
       </c>
-      <c r="C62" t="s" s="0">
+      <c r="D62" t="s" s="0">
         <v>199</v>
       </c>
-      <c r="D62" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E62" t="n" s="0">
-        <v>0.22</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="B63" s="6" t="s">
         <v>201</v>
       </c>
-      <c r="B63" s="6" t="s">
+      <c r="C63" t="s" s="0">
         <v>202</v>
       </c>
-      <c r="C63" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.08</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>203</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>204</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>28</v>
+        <v>205</v>
       </c>
       <c r="D64" t="s" s="0">
-        <v>28</v>
+        <v>206</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C65" t="s" s="0">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D65" t="s" s="0">
-        <v>28</v>
+        <v>210</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.16</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>210</v>
+        <v>28</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>211</v>
+        <v>28</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.18</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C67" t="s" s="0">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.39</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C68" t="s" s="0">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.07</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C69" t="s" s="0">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D69" t="s" s="0">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.52</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>224</v>
       </c>
       <c r="C70" t="s" s="0">
-        <v>28</v>
+        <v>225</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>28</v>
+        <v>226</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C71" t="s" s="0">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.22</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>230</v>
+        <v>28</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>231</v>
+        <v>28</v>
       </c>
       <c r="E72" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>232</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>233</v>
       </c>
       <c r="C73" t="s" s="0">
-        <v>234</v>
+        <v>28</v>
       </c>
       <c r="D73" t="s" s="0">
-        <v>235</v>
+        <v>28</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.28</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>237</v>
+        <v>28</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>238</v>
+        <v>28</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>241</v>
+        <v>28</v>
       </c>
       <c r="D75" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.5</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C76" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D76" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.22</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>28</v>
+        <v>242</v>
       </c>
       <c r="D77" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C78" t="s" s="0">
-        <v>28</v>
+        <v>245</v>
       </c>
       <c r="D78" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>0.06</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="C79" t="s" s="0">
         <v>248</v>
       </c>
-      <c r="B79" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="B80" s="6" t="s">
         <v>250</v>
       </c>
-      <c r="B80" s="6" t="s">
+      <c r="C80" t="s" s="0">
         <v>251</v>
       </c>
-      <c r="C80" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D80" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.2</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="B81" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="B81" s="6" t="s">
+      <c r="C81" t="s" s="0">
         <v>254</v>
       </c>
-      <c r="C81" t="s" s="0">
+      <c r="D81" t="s" s="0">
         <v>255</v>
       </c>
-      <c r="D81" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="n" s="0">
-        <v>0.18</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>256</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>257</v>
       </c>
       <c r="C82" t="s" s="0">
         <v>258</v>
       </c>
       <c r="D82" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>259</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>260</v>
       </c>
       <c r="C83" t="s" s="0">
         <v>261</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.16</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="B84" s="6" t="s">
         <v>263</v>
       </c>
-      <c r="B84" s="6" t="s">
+      <c r="C84" t="s" s="0">
         <v>264</v>
       </c>
-      <c r="C84" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D84" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.26</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="B85" s="6" t="s">
         <v>266</v>
       </c>
-      <c r="B85" s="6" t="s">
+      <c r="C85" t="s" s="0">
         <v>267</v>
       </c>
-      <c r="C85" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D85" t="s" s="0">
-        <v>269</v>
+        <v>28</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="C86" t="s" s="0">
         <v>270</v>
       </c>
-      <c r="B86" s="6" t="s">
+      <c r="D86" t="s" s="0">
         <v>271</v>
       </c>
-      <c r="C86" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E86" t="n" s="0">
-        <v>0.25</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="B87" s="6" t="s">
         <v>273</v>
       </c>
-      <c r="B87" s="6" t="s">
+      <c r="C87" t="s" s="0">
         <v>274</v>
       </c>
-      <c r="C87" t="s" s="0">
+      <c r="D87" t="s" s="0">
         <v>275</v>
       </c>
-      <c r="D87" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E87" t="n" s="0">
-        <v>0.32</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
         <v>276</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>277</v>
       </c>
       <c r="C88" t="s" s="0">
         <v>278</v>
       </c>
       <c r="D88" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.43</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
         <v>279</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>280</v>
       </c>
       <c r="C89" t="s" s="0">
         <v>281</v>
       </c>
       <c r="D89" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.22</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B90" s="6" t="s">
         <v>282</v>
       </c>
-      <c r="B90" s="6" t="s">
+      <c r="C90" t="s" s="0">
         <v>283</v>
       </c>
-      <c r="C90" t="s" s="0">
+      <c r="D90" t="s" s="0">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E90" t="n" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="C91" t="s" s="0">
         <v>286</v>
       </c>
-      <c r="B91" s="6" t="s">
+      <c r="D91" t="s" s="0">
         <v>287</v>
       </c>
-      <c r="C91" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E91" t="n" s="0">
-        <v>0.02</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="C92" t="s" s="0">
         <v>290</v>
       </c>
-      <c r="B92" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D92" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.17</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="D93" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.24</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>293</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>298</v>
+        <v>28</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.11</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D95" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.37</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C96" t="s" s="0">
         <v>299</v>
       </c>
-      <c r="B96" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D96" t="s" s="0">
-        <v>28</v>
+        <v>300</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>0.3</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>28</v>
+        <v>303</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.23</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="B98" s="6" t="s">
         <v>304</v>
       </c>
-      <c r="B98" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" t="s" s="0">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>28</v>
+        <v>306</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.5</v>
+        <v>1.51</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="B99" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="C99" t="s" s="0">
+        <v>308</v>
+      </c>
+      <c r="D99" t="s" s="0">
         <v>309</v>
       </c>
-      <c r="C99" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E99" t="n" s="0">
-        <v>1.42</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="B100" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="C100" t="s" s="0">
+        <v>311</v>
+      </c>
+      <c r="D100" t="s" s="0">
         <v>312</v>
       </c>
-      <c r="C100" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E100" t="n" s="0">
-        <v>0.95</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>316</v>
+        <v>28</v>
       </c>
       <c r="D101" t="s" s="0">
-        <v>317</v>
+        <v>28</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>0.5</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>320</v>
+        <v>28</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>1.62</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>322</v>
+        <v>28</v>
       </c>
       <c r="D103" t="s" s="0">
-        <v>323</v>
+        <v>28</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.95</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C104" t="s" s="0">
-        <v>325</v>
+        <v>28</v>
       </c>
       <c r="D104" t="s" s="0">
-        <v>326</v>
+        <v>28</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.35</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>28</v>
+        <v>325</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.05</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>28</v>
+        <v>328</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>28</v>
+        <v>329</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.16</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="C107" t="s" s="0">
+        <v>331</v>
+      </c>
+      <c r="D107" t="s" s="0">
         <v>332</v>
       </c>
-      <c r="B107" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E107" t="n" s="0">
-        <v>0.29</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>339</v>
+        <v>28</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.28</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
         <v>336</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.25</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="C110" t="s" s="0">
+        <v>342</v>
+      </c>
+      <c r="D110" t="s" s="0">
         <v>343</v>
       </c>
-      <c r="B110" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E110" t="n" s="0">
-        <v>0.18</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="C111" t="s" s="0">
         <v>346</v>
       </c>
-      <c r="B111" s="6" t="s">
+      <c r="D111" t="s" s="0">
         <v>347</v>
       </c>
-      <c r="C111" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E111" t="n" s="0">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="C112" t="s" s="0">
         <v>350</v>
       </c>
-      <c r="B112" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D112" t="s" s="0">
-        <v>353</v>
+        <v>28</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.05</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>356</v>
+        <v>28</v>
       </c>
       <c r="E113" t="n" s="0">
         <v>0.27</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="C114" t="s" s="0">
+        <v>356</v>
+      </c>
+      <c r="D114" t="s" s="0">
         <v>357</v>
       </c>
-      <c r="B114" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E114" t="n" s="0">
-        <v>0.6</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="C115" t="s" s="0">
         <v>360</v>
       </c>
-      <c r="B115" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115" t="s" s="0">
-        <v>363</v>
+        <v>28</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C116" t="s" s="0">
+        <v>363</v>
+      </c>
+      <c r="D116" t="s" s="0">
         <v>364</v>
       </c>
-      <c r="B116" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E116" t="n" s="0">
-        <v>0.05</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="C117" t="s" s="0">
         <v>367</v>
       </c>
-      <c r="B117" s="6" t="s">
+      <c r="D117" t="s" s="0">
         <v>368</v>
       </c>
-      <c r="C117" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E117" t="n" s="0">
-        <v>0.18</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C118" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D118" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E118" t="n" s="0">
         <v>-0.03</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C119" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D119" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>-0.07</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C120" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D120" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C121" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D121" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E121" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C122" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D122" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C123" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D123" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>-0.03</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C124" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D124" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C125" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D125" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>-0.21</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C126" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D126" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>-0.02</v>
+        <v>-0.23</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
         <v>387</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C127" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D127" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C128" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D128" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C129" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D129" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C130" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D130" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C131" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D131" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.16</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>400</v>
+        <v>28</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>401</v>
+        <v>28</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.29</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.04</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
         <v>406</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="E135" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>28</v>
+        <v>412</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>419</v>
+        <v>28</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.15</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>28</v>
+        <v>419</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D139" t="s" s="0">
-        <v>426</v>
+        <v>28</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.14</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>28</v>
+        <v>430</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>437</v>
+        <v>28</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.06</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D143" t="s" s="0">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>0.18</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>0.23</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="D145" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>0.52</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.16</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D148" t="s" s="0">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.35</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D149" t="s" s="0">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.19</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="E150" t="n" s="0">
-        <v>0.43</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="D151" t="s" s="0">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="E151" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="C152" t="s" s="0">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="D152" t="s" s="0">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D153" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="C154" t="s" s="0">
         <v>477</v>
       </c>
-      <c r="B154" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D154" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C155" t="s" s="0">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D155" t="s" s="0">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="E155" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="E156" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="D158" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.14</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.18</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.16</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="C162" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D162" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.03</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C163" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D163" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E163" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C164" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D164" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.41</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C165" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D165" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.04</v>
+        <v>-2.9</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="C166" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D166" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C167" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D167" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C168" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D168" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="B169" s="6" t="s">
         <v>514</v>
       </c>
-      <c r="B169" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D169" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.28</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="D171" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E171" t="n" s="0">
         <v>0.41</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="D172" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>2.42</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="D173" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D174" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E174" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>538</v>
+        <v>28</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.4</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="D176" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.12</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="D177" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.19</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="D178" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.34</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="D179" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.51</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="D180" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.34</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="D181" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E181" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="D182" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E182" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="D183" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
         <v>554</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="D184" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.01</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
         <v>554</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="D185" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.02</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="D186" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.45</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="D187" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.09</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="C188" t="s" s="0">
         <v>565</v>
       </c>
-      <c r="B188" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>2.19</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="D189" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.56</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="D190" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>0.3</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="D191" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.01</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="C192" t="s" s="0">
+        <v>576</v>
+      </c>
+      <c r="D192" t="s" s="0">
         <v>577</v>
       </c>
-      <c r="B192" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E192" t="n" s="0">
-        <v>0.01</v>
+        <v>2.19</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="D193" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.27</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>588</v>
+        <v>28</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>2.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="D195" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.34</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="D196" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E196" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>597</v>
+        <v>28</v>
       </c>
       <c r="D197" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>600</v>
+        <v>28</v>
       </c>
       <c r="D198" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.01</v>
+        <v>-2.14</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>602</v>
+        <v>593</v>
       </c>
       <c r="C199" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D199" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="C200" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D200" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.22</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="C201" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D201" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>1.78</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="C202" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D202" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>-1.8</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="C203" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D203" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.79</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
       <c r="C204" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D204" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>-0.78</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>610</v>
+        <v>599</v>
       </c>
       <c r="C205" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D205" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.15</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="C206" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D206" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.65</v>
+        <v>-0.29</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
       <c r="C207" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D207" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>-0.18</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="C208" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D208" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E208" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>614</v>
+        <v>603</v>
       </c>
       <c r="C209" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D209" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.12</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>615</v>
+        <v>604</v>
       </c>
       <c r="C210" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D210" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E210" t="n" s="0">
         <v>-0.06</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>616</v>
+        <v>605</v>
       </c>
       <c r="C211" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D211" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>-0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>617</v>
+        <v>606</v>
       </c>
       <c r="C212" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D212" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.18</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="C213" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D213" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>-0.65</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>619</v>
+        <v>608</v>
       </c>
       <c r="C214" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D214" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>-0.15</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="C215" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D215" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="C216" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D216" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.6</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="C217" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D217" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>-0.6</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="C218" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D218" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>625</v>
+        <v>609</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>626</v>
+        <v>614</v>
       </c>
       <c r="C219" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D219" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.07</v>
+        <v>-0.82</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>625</v>
+        <v>609</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="C220" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D220" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>628</v>
+        <v>609</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>629</v>
+        <v>616</v>
       </c>
       <c r="C221" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D221" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>-0.04</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>628</v>
+        <v>609</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>630</v>
+        <v>617</v>
       </c>
       <c r="C222" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D222" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>-2.52</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="C223" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D223" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.04</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>632</v>
+        <v>620</v>
       </c>
       <c r="C224" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D224" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>2.54</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>633</v>
+        <v>618</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="C225" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D225" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>-0.24</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>633</v>
+        <v>618</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>635</v>
+        <v>622</v>
       </c>
       <c r="C226" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D226" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>-0.27</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>633</v>
+        <v>618</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>636</v>
+        <v>623</v>
       </c>
       <c r="C227" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D227" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.24</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>633</v>
+        <v>618</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>637</v>
+        <v>624</v>
       </c>
       <c r="C228" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D228" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.86</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>638</v>
+        <v>618</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>639</v>
+        <v>625</v>
       </c>
       <c r="C229" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D229" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>1.98</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>638</v>
+        <v>618</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>640</v>
+        <v>626</v>
       </c>
       <c r="C230" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D230" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>-1.97</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>638</v>
+        <v>618</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>641</v>
+        <v>627</v>
       </c>
       <c r="C231" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D231" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.08</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>638</v>
+        <v>618</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
       <c r="C232" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D232" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>644</v>
+        <v>630</v>
       </c>
       <c r="C233" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D233" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.53</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>645</v>
+        <v>631</v>
       </c>
       <c r="C234" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D234" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>-0.53</v>
+        <v>-0.63</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>646</v>
+        <v>632</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>647</v>
+        <v>633</v>
       </c>
       <c r="C235" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D235" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>646</v>
+        <v>632</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>648</v>
+        <v>634</v>
       </c>
       <c r="C236" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D236" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>650</v>
+        <v>636</v>
       </c>
       <c r="C237" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D237" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>-2.03</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>651</v>
+        <v>637</v>
       </c>
       <c r="C238" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D238" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>-0.2</v>
+        <v>-0.19</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>652</v>
+        <v>638</v>
       </c>
       <c r="C239" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D239" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.1</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>653</v>
+        <v>639</v>
       </c>
       <c r="C240" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D240" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>654</v>
+        <v>640</v>
       </c>
       <c r="C241" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D241" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.19</v>
+        <v>-0.35</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>655</v>
+        <v>641</v>
       </c>
       <c r="C242" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D242" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.29</v>
+        <v>-0.99</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>656</v>
+        <v>642</v>
       </c>
       <c r="C243" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D243" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E243" t="n" s="0">
         <v>-0.19</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>657</v>
+        <v>643</v>
       </c>
       <c r="C244" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D244" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>-0.68</v>
+        <v>-2.66</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>658</v>
+        <v>644</v>
       </c>
       <c r="C245" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D245" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E245" t="n" s="0">
         <v>0.19</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>659</v>
+        <v>645</v>
       </c>
       <c r="C246" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D246" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.18</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>660</v>
+        <v>647</v>
       </c>
       <c r="C247" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D247" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.1</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>661</v>
+        <v>648</v>
       </c>
       <c r="C248" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D248" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>7.08</v>
+        <v>-1.72</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
         <v>649</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>662</v>
+        <v>650</v>
       </c>
       <c r="C249" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D249" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.1</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
         <v>649</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>663</v>
+        <v>651</v>
       </c>
       <c r="C250" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D250" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>-0.1</v>
+        <v>-0.56</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>664</v>
+        <v>653</v>
       </c>
       <c r="C251" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D251" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>-0.13</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="C252" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D252" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>-0.1</v>
+        <v>-0.64</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>666</v>
+        <v>655</v>
       </c>
       <c r="C253" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D253" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.68</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>667</v>
+        <v>656</v>
       </c>
       <c r="C254" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D254" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>668</v>
+        <v>657</v>
       </c>
       <c r="C255" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D255" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.2</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>669</v>
+        <v>658</v>
       </c>
       <c r="C256" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D256" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>-7.04</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>670</v>
+        <v>659</v>
       </c>
       <c r="C257" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D257" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>671</v>
+        <v>660</v>
       </c>
       <c r="C258" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D258" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="C259" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D259" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>-1.35</v>
+        <v>-1.27</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="C260" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D260" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>-0.19</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="C261" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D261" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>-0.19</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="C262" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D262" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.1</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="C263" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D263" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>-0.18</v>
+        <v>-0.26</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="C264" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D264" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>2.04</v>
+        <v>-0.97</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="C265" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D265" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>1.36</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>679</v>
+        <v>668</v>
       </c>
       <c r="C266" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D266" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>-0.29</v>
+        <v>-0.75</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="C267" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D267" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.1</v>
+        <v>-9.2</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="C268" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D268" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>-3.51</v>
+        <v>-0.21</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>683</v>
+        <v>671</v>
       </c>
       <c r="C269" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D269" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.08</v>
+        <v>9.06</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="C270" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D270" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.16</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="C271" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D271" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.08</v>
+        <v>-1.15</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
       <c r="C272" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D272" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>-0.22</v>
+        <v>-0.21</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>687</v>
+        <v>676</v>
       </c>
       <c r="C273" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D273" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>-0.09</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>688</v>
+        <v>677</v>
       </c>
       <c r="C274" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D274" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.22</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>689</v>
+        <v>679</v>
       </c>
       <c r="C275" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D275" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>3.48</v>
+        <v>-0.24</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
+        <v>678</v>
+      </c>
+      <c r="B276" s="6" t="s">
         <v>680</v>
       </c>
-      <c r="B276" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D276" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.09</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>691</v>
+        <v>681</v>
       </c>
       <c r="C277" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D277" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>692</v>
+        <v>682</v>
       </c>
       <c r="C278" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D278" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>-0.08</v>
+        <v>3.36</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="C279" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D279" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>-0.08</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
       <c r="C280" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D280" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>-0.16</v>
+        <v>-3.43</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>696</v>
+        <v>686</v>
       </c>
       <c r="C281" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D281" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.26</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="C282" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D282" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>-0.26</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
       <c r="C283" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D283" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="C284" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D284" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>5.07</v>
+        <v>-2.16</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>701</v>
+        <v>691</v>
       </c>
       <c r="C285" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D285" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>-0.13</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
       <c r="C286" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D286" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.25</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
       <c r="C287" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D287" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
       <c r="C288" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D288" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>-1.01</v>
+        <v>-0.83</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="C289" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D289" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>-5.26</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>706</v>
+        <v>696</v>
       </c>
       <c r="C290" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D290" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>707</v>
+        <v>697</v>
       </c>
       <c r="C291" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D291" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E291" t="n" s="0">
         <v>-0.09</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
+        <v>688</v>
+      </c>
+      <c r="B292" s="6" t="s">
         <v>698</v>
       </c>
-      <c r="B292" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D292" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>1.01</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>709</v>
+        <v>699</v>
       </c>
       <c r="C293" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D293" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>-0.06</v>
+        <v>-0.24</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>710</v>
+        <v>700</v>
       </c>
       <c r="C294" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D294" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>711</v>
+        <v>701</v>
       </c>
       <c r="C295" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D295" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.09</v>
+        <v>-0.2</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>712</v>
+        <v>702</v>
       </c>
       <c r="C296" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D296" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>-0.25</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>713</v>
+        <v>703</v>
       </c>
       <c r="C297" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D297" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>-0.36</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>714</v>
+        <v>704</v>
       </c>
       <c r="C298" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D298" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>-0.13</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>715</v>
+        <v>705</v>
       </c>
       <c r="C299" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D299" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="C300" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D300" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.35</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="C301" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D301" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="C302" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D302" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.79</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="C303" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D303" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="C304" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D304" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>3.92</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="C305" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D305" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="C306" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D306" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.07</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
       <c r="C307" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D307" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>-3.92</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>724</v>
+        <v>714</v>
       </c>
       <c r="C308" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D308" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>-0.1</v>
+        <v>-0.09</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>725</v>
+        <v>688</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="C309" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D309" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E309" t="n" s="0">
-        <v>-3.92</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>725</v>
+        <v>688</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>727</v>
+        <v>716</v>
       </c>
       <c r="C310" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D310" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>3.92</v>
+        <v>-4.28</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>728</v>
+        <v>688</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>729</v>
+        <v>717</v>
       </c>
       <c r="C311" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D311" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>1.01</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>728</v>
+        <v>688</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>730</v>
+        <v>718</v>
       </c>
       <c r="C312" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D312" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>-0.04</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>728</v>
+        <v>688</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>731</v>
+        <v>719</v>
       </c>
       <c r="C313" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D313" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E313" t="n" s="0">
-        <v>-1.03</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>728</v>
+        <v>688</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="C314" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D314" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B315" s="6" t="s">
-        <v>734</v>
+        <v>722</v>
       </c>
       <c r="C315" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D315" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>0.15</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>735</v>
+        <v>723</v>
       </c>
       <c r="C316" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D316" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>-0.06</v>
+        <v>-0.12</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>736</v>
+        <v>724</v>
       </c>
       <c r="C317" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D317" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>0.65</v>
+        <v>-0.32</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>737</v>
+        <v>725</v>
       </c>
       <c r="C318" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D318" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E318" t="n" s="0">
-        <v>0.06</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
       <c r="C319" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D319" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E319" t="n" s="0">
-        <v>-0.65</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>739</v>
+        <v>727</v>
       </c>
       <c r="C320" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D320" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E320" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.83</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>740</v>
+        <v>729</v>
       </c>
       <c r="C321" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D321" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E321" t="n" s="0">
-        <v>-0.15</v>
+        <v>-1.05</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="B322" s="6" t="s">
-        <v>741</v>
+        <v>730</v>
       </c>
       <c r="C322" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D322" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E322" t="n" s="0">
-        <v>-0.14</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="C323" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D323" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E323" t="n" s="0">
-        <v>-0.06</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
+        <v>731</v>
+      </c>
+      <c r="B324" s="6" t="s">
         <v>733</v>
       </c>
-      <c r="B324" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C324" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D324" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E324" t="n" s="0">
-        <v>0.06</v>
+        <v>-0.09</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>744</v>
+        <v>734</v>
       </c>
       <c r="C325" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D325" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E325" t="n" s="0">
-        <v>-0.04</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
       <c r="C326" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D326" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E326" t="n" s="0">
-        <v>0.15</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>746</v>
+        <v>731</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="C327" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D327" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E327" t="n" s="0">
-        <v>-0.26</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
-        <v>746</v>
+        <v>731</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="C328" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D328" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E328" t="n" s="0">
-        <v>0.25</v>
+        <v>-0.81</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
-        <v>749</v>
+        <v>731</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>750</v>
+        <v>738</v>
       </c>
       <c r="C329" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D329" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E329" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
-        <v>749</v>
+        <v>731</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>751</v>
+        <v>739</v>
       </c>
       <c r="C330" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D330" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E330" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>753</v>
+        <v>741</v>
       </c>
       <c r="C331" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D331" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E331" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>754</v>
+        <v>742</v>
       </c>
       <c r="C332" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D332" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E332" t="n" s="0">
-        <v>-0.7</v>
+        <v>-0.29</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>755</v>
+        <v>744</v>
       </c>
       <c r="C333" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D333" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E333" t="n" s="0">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>756</v>
+        <v>745</v>
       </c>
       <c r="C334" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D334" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E334" t="n" s="0">
-        <v>0.68</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="C335" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D335" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E335" t="n" s="0">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="C336" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D336" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E336" t="n" s="0">
-        <v>-0.15</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>761</v>
+        <v>749</v>
       </c>
       <c r="C337" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D337" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E337" t="n" s="0">
-        <v>0.1</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>762</v>
+        <v>750</v>
       </c>
       <c r="C338" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D338" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E338" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="4" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>764</v>
+        <v>751</v>
       </c>
       <c r="C339" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D339" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E339" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>765</v>
+        <v>752</v>
       </c>
       <c r="C340" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D340" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E340" t="n" s="0">
-        <v>0.42</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>766</v>
+        <v>753</v>
       </c>
       <c r="C341" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D341" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E341" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>767</v>
+        <v>754</v>
       </c>
       <c r="C342" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D342" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E342" t="n" s="0">
-        <v>-0.43</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
-        <v>768</v>
+        <v>746</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>769</v>
+        <v>755</v>
       </c>
       <c r="C343" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D343" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E343" t="n" s="0">
-        <v>0.06</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
-        <v>768</v>
+        <v>746</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>770</v>
+        <v>756</v>
       </c>
       <c r="C344" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D344" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E344" t="n" s="0">
-        <v>0.06</v>
+        <v>-0.69</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>771</v>
+        <v>758</v>
       </c>
       <c r="C345" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D345" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E345" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>772</v>
+        <v>759</v>
       </c>
       <c r="C346" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D346" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E346" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
-        <v>773</v>
+        <v>757</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>774</v>
+        <v>760</v>
       </c>
       <c r="C347" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D347" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E347" t="n" s="0">
-        <v>-0.06</v>
+        <v>-0.26</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>773</v>
+        <v>757</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>775</v>
+        <v>761</v>
       </c>
       <c r="C348" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D348" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E348" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>776</v>
+        <v>757</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>777</v>
+        <v>762</v>
       </c>
       <c r="C349" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D349" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E349" t="n" s="0">
-        <v>0.43</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
-        <v>776</v>
+        <v>757</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>778</v>
+        <v>763</v>
       </c>
       <c r="C350" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D350" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E350" t="n" s="0">
-        <v>-0.43</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
-        <v>776</v>
+        <v>757</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
       <c r="C351" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D351" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E351" t="n" s="0">
-        <v>-0.42</v>
+        <v>-0.12</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
-        <v>776</v>
+        <v>757</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>780</v>
+        <v>765</v>
       </c>
       <c r="C352" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D352" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E352" t="n" s="0">
-        <v>0.42</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>781</v>
+        <v>766</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>782</v>
+        <v>767</v>
       </c>
       <c r="C353" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D353" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E353" t="n" s="0">
-        <v>0.42</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
-        <v>781</v>
+        <v>766</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>783</v>
+        <v>768</v>
       </c>
       <c r="C354" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D354" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E354" t="n" s="0">
-        <v>-0.42</v>
+        <v>-0.16</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
-        <v>784</v>
+        <v>769</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>785</v>
+        <v>770</v>
       </c>
       <c r="C355" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D355" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E355" t="n" s="0">
-        <v>0.44</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="4" t="s">
-        <v>784</v>
+        <v>769</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>786</v>
+        <v>771</v>
       </c>
       <c r="C356" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D356" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E356" t="n" s="0">
-        <v>-0.02</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>784</v>
+        <v>772</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>787</v>
+        <v>773</v>
       </c>
       <c r="C357" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D357" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E357" t="n" s="0">
-        <v>-0.45</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>784</v>
+        <v>772</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>788</v>
+        <v>774</v>
       </c>
       <c r="C358" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D358" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E358" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.42</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
-        <v>789</v>
+        <v>775</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>790</v>
+        <v>776</v>
       </c>
       <c r="C359" t="s" s="0">
-        <v>791</v>
+        <v>28</v>
       </c>
       <c r="D359" t="s" s="0">
-        <v>792</v>
+        <v>28</v>
       </c>
       <c r="E359" t="n" s="0">
-        <v>0.14</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>793</v>
+        <v>775</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>794</v>
+        <v>777</v>
       </c>
       <c r="C360" t="s" s="0">
-        <v>795</v>
+        <v>28</v>
       </c>
       <c r="D360" t="s" s="0">
-        <v>796</v>
+        <v>28</v>
       </c>
       <c r="E360" t="n" s="0">
-        <v>0.29</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>797</v>
+        <v>775</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>798</v>
+        <v>778</v>
       </c>
       <c r="C361" t="s" s="0">
-        <v>799</v>
+        <v>28</v>
       </c>
       <c r="D361" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E361" t="n" s="0">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>800</v>
+        <v>775</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>801</v>
+        <v>779</v>
       </c>
       <c r="C362" t="s" s="0">
-        <v>802</v>
+        <v>28</v>
       </c>
       <c r="D362" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E362" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>803</v>
+        <v>780</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>804</v>
+        <v>781</v>
       </c>
       <c r="C363" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D363" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E363" t="n" s="0">
-        <v>0.35</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>805</v>
+        <v>780</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>806</v>
+        <v>782</v>
       </c>
       <c r="C364" t="s" s="0">
-        <v>807</v>
+        <v>28</v>
       </c>
       <c r="D364" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E364" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>808</v>
+        <v>780</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>809</v>
+        <v>783</v>
       </c>
       <c r="C365" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D365" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E365" t="n" s="0">
-        <v>0.13</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>810</v>
+        <v>780</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>811</v>
+        <v>784</v>
       </c>
       <c r="C366" t="s" s="0">
-        <v>812</v>
+        <v>28</v>
       </c>
       <c r="D366" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E366" t="n" s="0">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>813</v>
+        <v>785</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>814</v>
+        <v>786</v>
       </c>
       <c r="C367" t="s" s="0">
-        <v>815</v>
+        <v>28</v>
       </c>
       <c r="D367" t="s" s="0">
-        <v>816</v>
+        <v>28</v>
       </c>
       <c r="E367" t="n" s="0">
-        <v>0.12</v>
+        <v>-1.05</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>817</v>
+        <v>785</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>818</v>
+        <v>787</v>
       </c>
       <c r="C368" t="s" s="0">
-        <v>819</v>
+        <v>28</v>
       </c>
       <c r="D368" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E368" t="n" s="0">
-        <v>0.07</v>
+        <v>-0.49</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>820</v>
+        <v>785</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>821</v>
+        <v>788</v>
       </c>
       <c r="C369" t="s" s="0">
-        <v>822</v>
+        <v>28</v>
       </c>
       <c r="D369" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E369" t="n" s="0">
-        <v>0.39</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>823</v>
+        <v>785</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>824</v>
+        <v>789</v>
       </c>
       <c r="C370" t="s" s="0">
-        <v>825</v>
+        <v>28</v>
       </c>
       <c r="D370" t="s" s="0">
-        <v>826</v>
+        <v>28</v>
       </c>
       <c r="E370" t="n" s="0">
-        <v>0.08</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>827</v>
+        <v>785</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>828</v>
+        <v>790</v>
       </c>
       <c r="C371" t="s" s="0">
-        <v>829</v>
+        <v>28</v>
       </c>
       <c r="D371" t="s" s="0">
-        <v>830</v>
+        <v>28</v>
       </c>
       <c r="E371" t="n" s="0">
         <v>0.46</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>831</v>
+        <v>785</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>832</v>
+        <v>791</v>
       </c>
       <c r="C372" t="s" s="0">
-        <v>833</v>
+        <v>28</v>
       </c>
       <c r="D372" t="s" s="0">
-        <v>834</v>
+        <v>28</v>
       </c>
       <c r="E372" t="n" s="0">
-        <v>0.31</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>835</v>
+        <v>785</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>836</v>
+        <v>792</v>
       </c>
       <c r="C373" t="s" s="0">
-        <v>837</v>
+        <v>28</v>
       </c>
       <c r="D373" t="s" s="0">
-        <v>838</v>
+        <v>28</v>
       </c>
       <c r="E373" t="n" s="0">
-        <v>0.22</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>839</v>
+        <v>785</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>840</v>
+        <v>793</v>
       </c>
       <c r="C374" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D374" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E374" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>841</v>
+        <v>785</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>842</v>
+        <v>794</v>
       </c>
       <c r="C375" t="s" s="0">
-        <v>843</v>
+        <v>28</v>
       </c>
       <c r="D375" t="s" s="0">
-        <v>844</v>
+        <v>28</v>
       </c>
       <c r="E375" t="n" s="0">
-        <v>0.1</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>845</v>
+        <v>785</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>846</v>
+        <v>795</v>
       </c>
       <c r="C376" t="s" s="0">
-        <v>847</v>
+        <v>28</v>
       </c>
       <c r="D376" t="s" s="0">
-        <v>848</v>
+        <v>28</v>
       </c>
       <c r="E376" t="n" s="0">
-        <v>0.4</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>849</v>
+        <v>785</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>850</v>
+        <v>796</v>
       </c>
       <c r="C377" t="s" s="0">
-        <v>851</v>
+        <v>28</v>
       </c>
       <c r="D377" t="s" s="0">
-        <v>852</v>
+        <v>28</v>
       </c>
       <c r="E377" t="n" s="0">
-        <v>0.3</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="4" t="s">
-        <v>853</v>
+        <v>785</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>854</v>
+        <v>797</v>
       </c>
       <c r="C378" t="s" s="0">
-        <v>855</v>
+        <v>28</v>
       </c>
       <c r="D378" t="s" s="0">
-        <v>856</v>
+        <v>28</v>
       </c>
       <c r="E378" t="n" s="0">
-        <v>0.19</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>857</v>
+        <v>798</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>858</v>
+        <v>799</v>
       </c>
       <c r="C379" t="s" s="0">
-        <v>859</v>
+        <v>28</v>
       </c>
       <c r="D379" t="s" s="0">
-        <v>860</v>
+        <v>28</v>
       </c>
       <c r="E379" t="n" s="0">
-        <v>0.29</v>
+        <v>-1.03</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>861</v>
+        <v>798</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>862</v>
+        <v>800</v>
       </c>
       <c r="C380" t="s" s="0">
-        <v>863</v>
+        <v>28</v>
       </c>
       <c r="D380" t="s" s="0">
-        <v>864</v>
+        <v>28</v>
       </c>
       <c r="E380" t="n" s="0">
-        <v>1.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
-        <v>865</v>
+        <v>798</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>866</v>
+        <v>801</v>
       </c>
       <c r="C381" t="s" s="0">
-        <v>867</v>
+        <v>28</v>
       </c>
       <c r="D381" t="s" s="0">
-        <v>868</v>
+        <v>28</v>
       </c>
       <c r="E381" t="n" s="0">
-        <v>0.41</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>869</v>
+        <v>798</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>870</v>
+        <v>802</v>
       </c>
       <c r="C382" t="s" s="0">
-        <v>871</v>
+        <v>28</v>
       </c>
       <c r="D382" t="s" s="0">
-        <v>872</v>
+        <v>28</v>
       </c>
       <c r="E382" t="n" s="0">
-        <v>0.21</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>873</v>
+        <v>803</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>874</v>
+        <v>804</v>
       </c>
       <c r="C383" t="s" s="0">
-        <v>875</v>
+        <v>805</v>
       </c>
       <c r="D383" t="s" s="0">
-        <v>876</v>
+        <v>806</v>
       </c>
       <c r="E383" t="n" s="0">
-        <v>0.5</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>877</v>
+        <v>807</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>878</v>
+        <v>808</v>
       </c>
       <c r="C384" t="s" s="0">
-        <v>879</v>
+        <v>28</v>
       </c>
       <c r="D384" t="s" s="0">
-        <v>880</v>
+        <v>28</v>
       </c>
       <c r="E384" t="n" s="0">
-        <v>0.58</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>881</v>
+        <v>809</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>882</v>
+        <v>810</v>
       </c>
       <c r="C385" t="s" s="0">
-        <v>883</v>
+        <v>811</v>
       </c>
       <c r="D385" t="s" s="0">
-        <v>884</v>
+        <v>28</v>
       </c>
       <c r="E385" t="n" s="0">
-        <v>0.3</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>885</v>
+        <v>812</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>886</v>
+        <v>813</v>
       </c>
       <c r="C386" t="s" s="0">
-        <v>887</v>
+        <v>814</v>
       </c>
       <c r="D386" t="s" s="0">
-        <v>888</v>
+        <v>28</v>
       </c>
       <c r="E386" t="n" s="0">
-        <v>0.52</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>889</v>
+        <v>815</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>890</v>
+        <v>816</v>
       </c>
       <c r="C387" t="s" s="0">
-        <v>891</v>
+        <v>28</v>
       </c>
       <c r="D387" t="s" s="0">
-        <v>892</v>
+        <v>28</v>
       </c>
       <c r="E387" t="n" s="0">
-        <v>0.35</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>893</v>
+        <v>817</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>894</v>
+        <v>818</v>
       </c>
       <c r="C388" t="s" s="0">
-        <v>895</v>
+        <v>819</v>
       </c>
       <c r="D388" t="s" s="0">
-        <v>896</v>
+        <v>28</v>
       </c>
       <c r="E388" t="n" s="0">
-        <v>0.92</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
-        <v>897</v>
+        <v>820</v>
       </c>
       <c r="B389" s="6" t="s">
-        <v>898</v>
+        <v>821</v>
       </c>
       <c r="C389" t="s" s="0">
-        <v>899</v>
+        <v>28</v>
       </c>
       <c r="D389" t="s" s="0">
-        <v>900</v>
+        <v>28</v>
       </c>
       <c r="E389" t="n" s="0">
-        <v>0.2</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>901</v>
+        <v>822</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>902</v>
+        <v>823</v>
       </c>
       <c r="C390" t="s" s="0">
-        <v>903</v>
+        <v>28</v>
       </c>
       <c r="D390" t="s" s="0">
-        <v>904</v>
+        <v>28</v>
       </c>
       <c r="E390" t="n" s="0">
-        <v>0.32</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>905</v>
+        <v>824</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>906</v>
+        <v>825</v>
       </c>
       <c r="C391" t="s" s="0">
-        <v>907</v>
+        <v>826</v>
       </c>
       <c r="D391" t="s" s="0">
-        <v>908</v>
+        <v>28</v>
       </c>
       <c r="E391" t="n" s="0">
-        <v>0.16</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>909</v>
+        <v>824</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>910</v>
+        <v>827</v>
       </c>
       <c r="C392" t="s" s="0">
-        <v>911</v>
+        <v>828</v>
       </c>
       <c r="D392" t="s" s="0">
-        <v>912</v>
+        <v>829</v>
       </c>
       <c r="E392" t="n" s="0">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>913</v>
+        <v>830</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>914</v>
+        <v>831</v>
       </c>
       <c r="C393" t="s" s="0">
-        <v>915</v>
+        <v>832</v>
       </c>
       <c r="D393" t="s" s="0">
-        <v>916</v>
+        <v>28</v>
       </c>
       <c r="E393" t="n" s="0">
-        <v>0.17</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>917</v>
+        <v>833</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>918</v>
+        <v>834</v>
       </c>
       <c r="C394" t="s" s="0">
-        <v>919</v>
+        <v>835</v>
       </c>
       <c r="D394" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E394" t="n" s="0">
         <v>0.43</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
-        <v>920</v>
+        <v>836</v>
       </c>
       <c r="B395" s="6" t="s">
-        <v>921</v>
+        <v>837</v>
       </c>
       <c r="C395" t="s" s="0">
-        <v>922</v>
+        <v>838</v>
       </c>
       <c r="D395" t="s" s="0">
-        <v>28</v>
+        <v>839</v>
       </c>
       <c r="E395" t="n" s="0">
-        <v>0.17</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>923</v>
+        <v>840</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>924</v>
+        <v>841</v>
       </c>
       <c r="C396" t="s" s="0">
-        <v>925</v>
+        <v>842</v>
       </c>
       <c r="D396" t="s" s="0">
-        <v>926</v>
+        <v>843</v>
       </c>
       <c r="E396" t="n" s="0">
-        <v>0.07</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>927</v>
+        <v>844</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>928</v>
+        <v>845</v>
       </c>
       <c r="C397" t="s" s="0">
-        <v>929</v>
+        <v>846</v>
       </c>
       <c r="D397" t="s" s="0">
-        <v>28</v>
+        <v>847</v>
       </c>
       <c r="E397" t="n" s="0">
-        <v>0.67</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>927</v>
+        <v>848</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>930</v>
+        <v>849</v>
       </c>
       <c r="C398" t="s" s="0">
-        <v>931</v>
+        <v>850</v>
       </c>
       <c r="D398" t="s" s="0">
-        <v>932</v>
+        <v>851</v>
       </c>
       <c r="E398" t="n" s="0">
-        <v>0.73</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>933</v>
+        <v>852</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>934</v>
+        <v>853</v>
       </c>
       <c r="C399" t="s" s="0">
-        <v>935</v>
+        <v>28</v>
       </c>
       <c r="D399" t="s" s="0">
-        <v>936</v>
+        <v>28</v>
       </c>
       <c r="E399" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>937</v>
+        <v>854</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>938</v>
+        <v>855</v>
       </c>
       <c r="C400" t="s" s="0">
-        <v>939</v>
+        <v>856</v>
       </c>
       <c r="D400" t="s" s="0">
-        <v>940</v>
+        <v>857</v>
       </c>
       <c r="E400" t="n" s="0">
-        <v>0.22</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
-        <v>941</v>
+        <v>858</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>942</v>
+        <v>859</v>
       </c>
       <c r="C401" t="s" s="0">
-        <v>943</v>
+        <v>860</v>
       </c>
       <c r="D401" t="s" s="0">
-        <v>28</v>
+        <v>861</v>
       </c>
       <c r="E401" t="n" s="0">
-        <v>0.03</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>944</v>
+        <v>862</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>945</v>
+        <v>863</v>
       </c>
       <c r="C402" t="s" s="0">
-        <v>946</v>
+        <v>864</v>
       </c>
       <c r="D402" t="s" s="0">
-        <v>947</v>
+        <v>865</v>
       </c>
       <c r="E402" t="n" s="0">
-        <v>0.25</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>944</v>
+        <v>866</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>948</v>
+        <v>867</v>
       </c>
       <c r="C403" t="s" s="0">
-        <v>949</v>
+        <v>868</v>
       </c>
       <c r="D403" t="s" s="0">
-        <v>950</v>
+        <v>869</v>
       </c>
       <c r="E403" t="n" s="0">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>951</v>
+        <v>870</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>952</v>
+        <v>871</v>
       </c>
       <c r="C404" t="s" s="0">
-        <v>953</v>
+        <v>872</v>
       </c>
       <c r="D404" t="s" s="0">
-        <v>954</v>
+        <v>873</v>
       </c>
       <c r="E404" t="n" s="0">
-        <v>0.13</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>955</v>
+        <v>874</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>956</v>
+        <v>875</v>
       </c>
       <c r="C405" t="s" s="0">
-        <v>957</v>
+        <v>876</v>
       </c>
       <c r="D405" t="s" s="0">
-        <v>28</v>
+        <v>877</v>
       </c>
       <c r="E405" t="n" s="0">
-        <v>0.08</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="4" t="s">
-        <v>958</v>
+        <v>878</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>959</v>
+        <v>879</v>
       </c>
       <c r="C406" t="s" s="0">
-        <v>960</v>
+        <v>880</v>
       </c>
       <c r="D406" t="s" s="0">
-        <v>28</v>
+        <v>881</v>
       </c>
       <c r="E406" t="n" s="0">
-        <v>0.07</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>961</v>
+        <v>882</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>962</v>
+        <v>883</v>
       </c>
       <c r="C407" t="s" s="0">
-        <v>963</v>
+        <v>884</v>
       </c>
       <c r="D407" t="s" s="0">
-        <v>964</v>
+        <v>885</v>
       </c>
       <c r="E407" t="n" s="0">
-        <v>0.16</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>965</v>
+        <v>886</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>966</v>
+        <v>887</v>
       </c>
       <c r="C408" t="s" s="0">
-        <v>967</v>
+        <v>888</v>
       </c>
       <c r="D408" t="s" s="0">
-        <v>28</v>
+        <v>889</v>
       </c>
       <c r="E408" t="n" s="0">
-        <v>0.17</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="4" t="s">
-        <v>968</v>
+        <v>890</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>969</v>
+        <v>891</v>
       </c>
       <c r="C409" t="s" s="0">
-        <v>970</v>
+        <v>892</v>
       </c>
       <c r="D409" t="s" s="0">
-        <v>28</v>
+        <v>893</v>
       </c>
       <c r="E409" t="n" s="0">
-        <v>0.05</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>971</v>
+        <v>894</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>972</v>
+        <v>895</v>
       </c>
       <c r="C410" t="s" s="0">
-        <v>973</v>
+        <v>896</v>
       </c>
       <c r="D410" t="s" s="0">
-        <v>974</v>
+        <v>897</v>
       </c>
       <c r="E410" t="n" s="0">
-        <v>0.53</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="4" t="s">
-        <v>975</v>
+        <v>898</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>976</v>
+        <v>899</v>
       </c>
       <c r="C411" t="s" s="0">
-        <v>977</v>
+        <v>900</v>
       </c>
       <c r="D411" t="s" s="0">
-        <v>978</v>
+        <v>901</v>
       </c>
       <c r="E411" t="n" s="0">
-        <v>1.03</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>979</v>
+        <v>902</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>980</v>
+        <v>903</v>
       </c>
       <c r="C412" t="s" s="0">
-        <v>981</v>
+        <v>904</v>
       </c>
       <c r="D412" t="s" s="0">
-        <v>28</v>
+        <v>905</v>
       </c>
       <c r="E412" t="n" s="0">
-        <v>0.36</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>982</v>
+        <v>906</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>983</v>
+        <v>907</v>
       </c>
       <c r="C413" t="s" s="0">
-        <v>984</v>
+        <v>908</v>
       </c>
       <c r="D413" t="s" s="0">
-        <v>985</v>
+        <v>909</v>
       </c>
       <c r="E413" t="n" s="0">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>986</v>
+        <v>910</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>987</v>
+        <v>911</v>
       </c>
       <c r="C414" t="s" s="0">
-        <v>988</v>
+        <v>912</v>
       </c>
       <c r="D414" t="s" s="0">
-        <v>28</v>
+        <v>913</v>
       </c>
       <c r="E414" t="n" s="0">
-        <v>0.35</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>989</v>
+        <v>914</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>990</v>
+        <v>915</v>
       </c>
       <c r="C415" t="s" s="0">
-        <v>991</v>
+        <v>916</v>
       </c>
       <c r="D415" t="s" s="0">
-        <v>28</v>
+        <v>917</v>
       </c>
       <c r="E415" t="n" s="0">
-        <v>0.14</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>992</v>
+        <v>918</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>993</v>
+        <v>919</v>
       </c>
       <c r="C416" t="s" s="0">
-        <v>994</v>
+        <v>920</v>
       </c>
       <c r="D416" t="s" s="0">
-        <v>995</v>
+        <v>921</v>
       </c>
       <c r="E416" t="n" s="0">
-        <v>0.02</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>996</v>
+        <v>922</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>997</v>
+        <v>923</v>
       </c>
       <c r="C417" t="s" s="0">
-        <v>998</v>
+        <v>924</v>
       </c>
       <c r="D417" t="s" s="0">
-        <v>28</v>
+        <v>925</v>
       </c>
       <c r="E417" t="n" s="0">
-        <v>0.01</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>999</v>
+        <v>926</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>1000</v>
+        <v>927</v>
       </c>
       <c r="C418" t="s" s="0">
-        <v>1001</v>
+        <v>928</v>
       </c>
       <c r="D418" t="s" s="0">
-        <v>28</v>
+        <v>929</v>
       </c>
       <c r="E418" t="n" s="0">
-        <v>0.24</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>1002</v>
+        <v>930</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>1003</v>
+        <v>931</v>
       </c>
       <c r="C419" t="s" s="0">
-        <v>1004</v>
+        <v>932</v>
       </c>
       <c r="D419" t="s" s="0">
-        <v>1005</v>
+        <v>933</v>
       </c>
       <c r="E419" t="n" s="0">
-        <v>6.54</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="4" t="s">
-        <v>1006</v>
+        <v>934</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>1007</v>
+        <v>935</v>
       </c>
       <c r="C420" t="s" s="0">
-        <v>1008</v>
+        <v>28</v>
       </c>
       <c r="D420" t="s" s="0">
-        <v>1009</v>
+        <v>28</v>
       </c>
       <c r="E420" t="n" s="0">
-        <v>0.15</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="4" t="s">
-        <v>1010</v>
+        <v>936</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>1011</v>
+        <v>937</v>
       </c>
       <c r="C421" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D421" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E421" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>1012</v>
+        <v>936</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>1013</v>
+        <v>938</v>
       </c>
       <c r="C422" t="s" s="0">
-        <v>1014</v>
+        <v>28</v>
       </c>
       <c r="D422" t="s" s="0">
-        <v>1015</v>
+        <v>28</v>
       </c>
       <c r="E422" t="n" s="0">
-        <v>0.12</v>
+        <v>-0.12</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>1016</v>
+        <v>939</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>1017</v>
+        <v>940</v>
       </c>
       <c r="C423" t="s" s="0">
-        <v>1018</v>
+        <v>941</v>
       </c>
       <c r="D423" t="s" s="0">
-        <v>1019</v>
+        <v>28</v>
       </c>
       <c r="E423" t="n" s="0">
-        <v>0.39</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>1020</v>
+        <v>942</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>1021</v>
+        <v>943</v>
       </c>
       <c r="C424" t="s" s="0">
-        <v>1022</v>
+        <v>944</v>
       </c>
       <c r="D424" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E424" t="n" s="0">
-        <v>0.2</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>1023</v>
+        <v>945</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>1024</v>
+        <v>946</v>
       </c>
       <c r="C425" t="s" s="0">
-        <v>1025</v>
+        <v>947</v>
       </c>
       <c r="D425" t="s" s="0">
-        <v>1026</v>
+        <v>28</v>
       </c>
       <c r="E425" t="n" s="0">
-        <v>0.29</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
-        <v>1027</v>
+        <v>948</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>1028</v>
+        <v>949</v>
       </c>
       <c r="C426" t="s" s="0">
-        <v>1029</v>
+        <v>950</v>
       </c>
       <c r="D426" t="s" s="0">
-        <v>1030</v>
+        <v>951</v>
       </c>
       <c r="E426" t="n" s="0">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
-        <v>1031</v>
+        <v>952</v>
       </c>
       <c r="B427" s="6" t="s">
-        <v>1032</v>
+        <v>953</v>
       </c>
       <c r="C427" t="s" s="0">
-        <v>1033</v>
+        <v>954</v>
       </c>
       <c r="D427" t="s" s="0">
-        <v>1034</v>
+        <v>28</v>
       </c>
       <c r="E427" t="n" s="0">
-        <v>0.22</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>1035</v>
+        <v>952</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>1036</v>
+        <v>955</v>
       </c>
       <c r="C428" t="s" s="0">
-        <v>1037</v>
+        <v>956</v>
       </c>
       <c r="D428" t="s" s="0">
-        <v>28</v>
+        <v>957</v>
       </c>
       <c r="E428" t="n" s="0">
-        <v>0.16</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>1038</v>
+        <v>958</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>1039</v>
+        <v>959</v>
       </c>
       <c r="C429" t="s" s="0">
-        <v>1040</v>
+        <v>960</v>
       </c>
       <c r="D429" t="s" s="0">
-        <v>28</v>
+        <v>961</v>
       </c>
       <c r="E429" t="n" s="0">
-        <v>0.42</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>1041</v>
+        <v>962</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>1042</v>
+        <v>963</v>
       </c>
       <c r="C430" t="s" s="0">
-        <v>1043</v>
+        <v>964</v>
       </c>
       <c r="D430" t="s" s="0">
-        <v>1044</v>
+        <v>965</v>
       </c>
       <c r="E430" t="n" s="0">
-        <v>0.13</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>1041</v>
+        <v>966</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>1045</v>
+        <v>967</v>
       </c>
       <c r="C431" t="s" s="0">
-        <v>1046</v>
+        <v>968</v>
       </c>
       <c r="D431" t="s" s="0">
-        <v>1047</v>
+        <v>28</v>
       </c>
       <c r="E431" t="n" s="0">
-        <v>0.68</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>1048</v>
+        <v>969</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>1049</v>
+        <v>970</v>
       </c>
       <c r="C432" t="s" s="0">
-        <v>1050</v>
+        <v>971</v>
       </c>
       <c r="D432" t="s" s="0">
-        <v>1051</v>
+        <v>972</v>
       </c>
       <c r="E432" t="n" s="0">
-        <v>0.21</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>1052</v>
+        <v>969</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>1053</v>
+        <v>973</v>
       </c>
       <c r="C433" t="s" s="0">
-        <v>1054</v>
+        <v>974</v>
       </c>
       <c r="D433" t="s" s="0">
-        <v>1055</v>
+        <v>975</v>
       </c>
       <c r="E433" t="n" s="0">
-        <v>0.15</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
-        <v>1056</v>
+        <v>976</v>
       </c>
       <c r="B434" s="6" t="s">
-        <v>1057</v>
+        <v>977</v>
       </c>
       <c r="C434" t="s" s="0">
-        <v>1058</v>
+        <v>978</v>
       </c>
       <c r="D434" t="s" s="0">
-        <v>1059</v>
+        <v>979</v>
       </c>
       <c r="E434" t="n" s="0">
-        <v>0.19</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
-        <v>1060</v>
+        <v>980</v>
       </c>
       <c r="B435" s="6" t="s">
-        <v>1061</v>
+        <v>981</v>
       </c>
       <c r="C435" t="s" s="0">
-        <v>1062</v>
+        <v>982</v>
       </c>
       <c r="D435" t="s" s="0">
-        <v>1063</v>
+        <v>28</v>
       </c>
       <c r="E435" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A436" s="4" t="s">
-        <v>1060</v>
+        <v>983</v>
       </c>
       <c r="B436" s="6" t="s">
-        <v>1064</v>
+        <v>984</v>
       </c>
       <c r="C436" t="s" s="0">
-        <v>1065</v>
+        <v>985</v>
       </c>
       <c r="D436" t="s" s="0">
-        <v>1066</v>
+        <v>28</v>
       </c>
       <c r="E436" t="n" s="0">
-        <v>0.48</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A437" s="4" t="s">
-        <v>1067</v>
+        <v>986</v>
       </c>
       <c r="B437" s="6" t="s">
-        <v>1068</v>
+        <v>987</v>
       </c>
       <c r="C437" t="s" s="0">
-        <v>1069</v>
+        <v>988</v>
       </c>
       <c r="D437" t="s" s="0">
-        <v>1070</v>
+        <v>989</v>
       </c>
       <c r="E437" t="n" s="0">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A438" s="4" t="s">
-        <v>1071</v>
+        <v>990</v>
       </c>
       <c r="B438" s="6" t="s">
-        <v>1072</v>
+        <v>991</v>
       </c>
       <c r="C438" t="s" s="0">
-        <v>1073</v>
+        <v>992</v>
       </c>
       <c r="D438" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E438" t="n" s="0">
-        <v>0.37</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A439" s="4" t="s">
-        <v>1071</v>
+        <v>993</v>
       </c>
       <c r="B439" s="6" t="s">
-        <v>1074</v>
+        <v>994</v>
       </c>
       <c r="C439" t="s" s="0">
-        <v>1075</v>
+        <v>995</v>
       </c>
       <c r="D439" t="s" s="0">
-        <v>1076</v>
+        <v>28</v>
       </c>
       <c r="E439" t="n" s="0">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A440" s="4" t="s">
-        <v>1077</v>
+        <v>996</v>
       </c>
       <c r="B440" s="6" t="s">
-        <v>1078</v>
+        <v>997</v>
       </c>
       <c r="C440" t="s" s="0">
-        <v>1079</v>
+        <v>998</v>
       </c>
       <c r="D440" t="s" s="0">
-        <v>28</v>
+        <v>999</v>
       </c>
       <c r="E440" t="n" s="0">
-        <v>0.05</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A441" s="4" t="s">
-        <v>1080</v>
+        <v>1000</v>
       </c>
       <c r="B441" s="6" t="s">
-        <v>1081</v>
+        <v>1001</v>
       </c>
       <c r="C441" t="s" s="0">
-        <v>1082</v>
+        <v>1002</v>
       </c>
       <c r="D441" t="s" s="0">
-        <v>1083</v>
+        <v>1003</v>
       </c>
       <c r="E441" t="n" s="0">
-        <v>0.23</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A442" s="4" t="s">
-        <v>1084</v>
+        <v>1000</v>
       </c>
       <c r="B442" s="6" t="s">
-        <v>1085</v>
+        <v>1004</v>
       </c>
       <c r="C442" t="s" s="0">
-        <v>1086</v>
+        <v>1005</v>
       </c>
       <c r="D442" t="s" s="0">
-        <v>1087</v>
+        <v>1006</v>
       </c>
       <c r="E442" t="n" s="0">
-        <v>0.1</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A443" s="4" t="s">
-        <v>1088</v>
+        <v>1007</v>
       </c>
       <c r="B443" s="6" t="s">
-        <v>1089</v>
+        <v>1008</v>
       </c>
       <c r="C443" t="s" s="0">
-        <v>1090</v>
+        <v>1009</v>
       </c>
       <c r="D443" t="s" s="0">
-        <v>1091</v>
+        <v>28</v>
       </c>
       <c r="E443" t="n" s="0">
-        <v>0.34</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A444" s="4" t="s">
-        <v>1088</v>
+        <v>1007</v>
       </c>
       <c r="B444" s="6" t="s">
-        <v>1092</v>
+        <v>1010</v>
       </c>
       <c r="C444" t="s" s="0">
-        <v>1093</v>
+        <v>1011</v>
       </c>
       <c r="D444" t="s" s="0">
-        <v>1094</v>
+        <v>1012</v>
       </c>
       <c r="E444" t="n" s="0">
-        <v>0.36</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A445" s="4" t="s">
-        <v>1095</v>
+        <v>1013</v>
       </c>
       <c r="B445" s="6" t="s">
-        <v>1096</v>
+        <v>1014</v>
       </c>
       <c r="C445" t="s" s="0">
-        <v>1097</v>
+        <v>1015</v>
       </c>
       <c r="D445" t="s" s="0">
-        <v>28</v>
+        <v>1016</v>
       </c>
       <c r="E445" t="n" s="0">
-        <v>0.42</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A446" s="4" t="s">
-        <v>1098</v>
+        <v>1017</v>
       </c>
       <c r="B446" s="6" t="s">
-        <v>1099</v>
+        <v>1018</v>
       </c>
       <c r="C446" t="s" s="0">
-        <v>1100</v>
+        <v>1019</v>
       </c>
       <c r="D446" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E446" t="n" s="0">
-        <v>0.5</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A447" s="4" t="s">
-        <v>1101</v>
+        <v>1020</v>
       </c>
       <c r="B447" s="6" t="s">
-        <v>1102</v>
+        <v>1021</v>
       </c>
       <c r="C447" t="s" s="0">
-        <v>28</v>
+        <v>1022</v>
       </c>
       <c r="D447" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E447" t="n" s="0">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A448" s="4" t="s">
-        <v>1103</v>
+        <v>1023</v>
       </c>
       <c r="B448" s="6" t="s">
-        <v>1104</v>
+        <v>1024</v>
       </c>
       <c r="C448" t="s" s="0">
-        <v>1105</v>
+        <v>1025</v>
       </c>
       <c r="D448" t="s" s="0">
-        <v>28</v>
+        <v>1026</v>
       </c>
       <c r="E448" t="n" s="0">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A449" s="4" t="s">
-        <v>1106</v>
+        <v>1027</v>
       </c>
       <c r="B449" s="6" t="s">
-        <v>1107</v>
+        <v>1028</v>
       </c>
       <c r="C449" t="s" s="0">
-        <v>1108</v>
+        <v>1029</v>
       </c>
       <c r="D449" t="s" s="0">
-        <v>1109</v>
+        <v>28</v>
       </c>
       <c r="E449" t="n" s="0">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A450" s="4" t="s">
-        <v>1110</v>
+        <v>1030</v>
       </c>
       <c r="B450" s="6" t="s">
-        <v>1111</v>
+        <v>1031</v>
       </c>
       <c r="C450" t="s" s="0">
-        <v>1112</v>
+        <v>1032</v>
       </c>
       <c r="D450" t="s" s="0">
-        <v>1113</v>
+        <v>28</v>
       </c>
       <c r="E450" t="n" s="0">
-        <v>0.13</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A451" s="4" t="s">
-        <v>1114</v>
+        <v>1033</v>
       </c>
       <c r="B451" s="6" t="s">
-        <v>1115</v>
+        <v>1034</v>
       </c>
       <c r="C451" t="s" s="0">
-        <v>1116</v>
+        <v>1035</v>
       </c>
       <c r="D451" t="s" s="0">
-        <v>1117</v>
+        <v>1036</v>
       </c>
       <c r="E451" t="n" s="0">
-        <v>0.24</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A452" s="4" t="s">
-        <v>1118</v>
+        <v>1037</v>
       </c>
       <c r="B452" s="6" t="s">
-        <v>1119</v>
+        <v>1038</v>
       </c>
       <c r="C452" t="s" s="0">
-        <v>1120</v>
+        <v>1039</v>
       </c>
       <c r="D452" t="s" s="0">
-        <v>28</v>
+        <v>1040</v>
       </c>
       <c r="E452" t="n" s="0">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A453" s="4" t="s">
-        <v>1121</v>
+        <v>1041</v>
       </c>
       <c r="B453" s="6" t="s">
-        <v>1122</v>
+        <v>1042</v>
       </c>
       <c r="C453" t="s" s="0">
-        <v>1123</v>
+        <v>28</v>
       </c>
       <c r="D453" t="s" s="0">
-        <v>1124</v>
+        <v>28</v>
       </c>
       <c r="E453" t="n" s="0">
-        <v>0.7</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A454" s="4" t="s">
-        <v>1125</v>
+        <v>1043</v>
       </c>
       <c r="B454" s="6" t="s">
-        <v>1126</v>
+        <v>1044</v>
       </c>
       <c r="C454" t="s" s="0">
-        <v>1127</v>
+        <v>28</v>
       </c>
       <c r="D454" t="s" s="0">
-        <v>1128</v>
+        <v>28</v>
       </c>
       <c r="E454" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A455" s="4" t="s">
-        <v>1125</v>
+        <v>1045</v>
       </c>
       <c r="B455" s="6" t="s">
-        <v>1129</v>
+        <v>1046</v>
       </c>
       <c r="C455" t="s" s="0">
-        <v>1130</v>
+        <v>1047</v>
       </c>
       <c r="D455" t="s" s="0">
-        <v>1131</v>
+        <v>1048</v>
       </c>
       <c r="E455" t="n" s="0">
-        <v>0.23</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A456" s="4" t="s">
-        <v>1132</v>
+        <v>1049</v>
       </c>
       <c r="B456" s="6" t="s">
-        <v>1133</v>
+        <v>1050</v>
       </c>
       <c r="C456" t="s" s="0">
-        <v>1134</v>
+        <v>1051</v>
       </c>
       <c r="D456" t="s" s="0">
-        <v>1135</v>
+        <v>1052</v>
       </c>
       <c r="E456" t="n" s="0">
-        <v>0.25</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A457" s="4" t="s">
-        <v>1136</v>
+        <v>1053</v>
       </c>
       <c r="B457" s="6" t="s">
-        <v>1137</v>
+        <v>1054</v>
       </c>
       <c r="C457" t="s" s="0">
-        <v>1138</v>
+        <v>1055</v>
       </c>
       <c r="D457" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E457" t="n" s="0">
-        <v>0.05</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A458" s="4" t="s">
-        <v>1139</v>
+        <v>1056</v>
       </c>
       <c r="B458" s="6" t="s">
-        <v>1140</v>
+        <v>1057</v>
       </c>
       <c r="C458" t="s" s="0">
-        <v>1141</v>
+        <v>1058</v>
       </c>
       <c r="D458" t="s" s="0">
-        <v>1142</v>
+        <v>1059</v>
       </c>
       <c r="E458" t="n" s="0">
-        <v>0.4</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A459" s="4" t="s">
-        <v>1143</v>
+        <v>1060</v>
       </c>
       <c r="B459" s="6" t="s">
-        <v>1144</v>
+        <v>1061</v>
       </c>
       <c r="C459" t="s" s="0">
-        <v>1145</v>
+        <v>1062</v>
       </c>
       <c r="D459" t="s" s="0">
-        <v>28</v>
+        <v>1063</v>
       </c>
       <c r="E459" t="n" s="0">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A460" s="4" t="s">
-        <v>1146</v>
+        <v>1064</v>
       </c>
       <c r="B460" s="6" t="s">
-        <v>1147</v>
+        <v>1065</v>
       </c>
       <c r="C460" t="s" s="0">
-        <v>1148</v>
+        <v>1066</v>
       </c>
       <c r="D460" t="s" s="0">
-        <v>1149</v>
+        <v>1067</v>
       </c>
       <c r="E460" t="n" s="0">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A461" s="4" t="s">
-        <v>1150</v>
+        <v>1068</v>
       </c>
       <c r="B461" s="6" t="s">
-        <v>1151</v>
+        <v>1069</v>
       </c>
       <c r="C461" t="s" s="0">
-        <v>1152</v>
+        <v>1070</v>
       </c>
       <c r="D461" t="s" s="0">
-        <v>1153</v>
+        <v>28</v>
       </c>
       <c r="E461" t="n" s="0">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A462" s="4" t="s">
-        <v>1154</v>
+        <v>1071</v>
       </c>
       <c r="B462" s="6" t="s">
-        <v>1155</v>
+        <v>1072</v>
       </c>
       <c r="C462" t="s" s="0">
-        <v>1156</v>
+        <v>1073</v>
       </c>
       <c r="D462" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E462" t="n" s="0">
-        <v>0.21</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A463" s="4" t="s">
-        <v>1157</v>
+        <v>1074</v>
       </c>
       <c r="B463" s="6" t="s">
-        <v>1158</v>
+        <v>1075</v>
       </c>
       <c r="C463" t="s" s="0">
-        <v>1159</v>
+        <v>1076</v>
       </c>
       <c r="D463" t="s" s="0">
-        <v>28</v>
+        <v>1077</v>
       </c>
       <c r="E463" t="n" s="0">
-        <v>0.33</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A464" s="4" t="s">
-        <v>1160</v>
+        <v>1074</v>
       </c>
       <c r="B464" s="6" t="s">
-        <v>1161</v>
+        <v>1078</v>
       </c>
       <c r="C464" t="s" s="0">
-        <v>1162</v>
+        <v>1079</v>
       </c>
       <c r="D464" t="s" s="0">
-        <v>28</v>
+        <v>1080</v>
       </c>
       <c r="E464" t="n" s="0">
-        <v>0.41</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A465" s="4" t="s">
-        <v>1163</v>
+        <v>1081</v>
       </c>
       <c r="B465" s="6" t="s">
-        <v>1164</v>
+        <v>1082</v>
       </c>
       <c r="C465" t="s" s="0">
-        <v>1165</v>
+        <v>1083</v>
       </c>
       <c r="D465" t="s" s="0">
-        <v>1166</v>
+        <v>1084</v>
       </c>
       <c r="E465" t="n" s="0">
-        <v>0.29</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A466" s="4" t="s">
-        <v>1167</v>
+        <v>1085</v>
       </c>
       <c r="B466" s="6" t="s">
-        <v>1168</v>
+        <v>1086</v>
       </c>
       <c r="C466" t="s" s="0">
-        <v>1169</v>
+        <v>1087</v>
       </c>
       <c r="D466" t="s" s="0">
-        <v>28</v>
+        <v>1088</v>
       </c>
       <c r="E466" t="n" s="0">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A467" s="4" t="s">
-        <v>1170</v>
+        <v>1089</v>
       </c>
       <c r="B467" s="6" t="s">
-        <v>1171</v>
+        <v>1090</v>
       </c>
       <c r="C467" t="s" s="0">
-        <v>1172</v>
+        <v>1091</v>
       </c>
       <c r="D467" t="s" s="0">
-        <v>28</v>
+        <v>1092</v>
       </c>
       <c r="E467" t="n" s="0">
-        <v>0.32</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A468" s="4" t="s">
-        <v>1173</v>
+        <v>1093</v>
       </c>
       <c r="B468" s="6" t="s">
-        <v>1174</v>
+        <v>1094</v>
       </c>
       <c r="C468" t="s" s="0">
-        <v>1175</v>
+        <v>1095</v>
       </c>
       <c r="D468" t="s" s="0">
-        <v>28</v>
+        <v>1096</v>
       </c>
       <c r="E468" t="n" s="0">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A469" s="4" t="s">
-        <v>1176</v>
+        <v>1093</v>
       </c>
       <c r="B469" s="6" t="s">
-        <v>1177</v>
+        <v>1097</v>
       </c>
       <c r="C469" t="s" s="0">
-        <v>1178</v>
+        <v>1098</v>
       </c>
       <c r="D469" t="s" s="0">
-        <v>1179</v>
+        <v>1099</v>
       </c>
       <c r="E469" t="n" s="0">
-        <v>0.23</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A470" s="4" t="s">
-        <v>1180</v>
+        <v>1100</v>
       </c>
       <c r="B470" s="6" t="s">
-        <v>1181</v>
+        <v>1101</v>
       </c>
       <c r="C470" t="s" s="0">
-        <v>1182</v>
+        <v>1102</v>
       </c>
       <c r="D470" t="s" s="0">
-        <v>1183</v>
+        <v>1103</v>
       </c>
       <c r="E470" t="n" s="0">
-        <v>0.1</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A471" s="4" t="s">
-        <v>1184</v>
+        <v>1104</v>
       </c>
       <c r="B471" s="6" t="s">
-        <v>1185</v>
+        <v>1105</v>
       </c>
       <c r="C471" t="s" s="0">
-        <v>1186</v>
+        <v>1106</v>
       </c>
       <c r="D471" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E471" t="n" s="0">
-        <v>0.05</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A472" s="4" t="s">
-        <v>1187</v>
+        <v>1104</v>
       </c>
       <c r="B472" s="6" t="s">
-        <v>1188</v>
+        <v>1107</v>
       </c>
       <c r="C472" t="s" s="0">
-        <v>1189</v>
+        <v>1108</v>
       </c>
       <c r="D472" t="s" s="0">
-        <v>28</v>
+        <v>1109</v>
       </c>
       <c r="E472" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A473" s="4" t="s">
-        <v>1190</v>
+        <v>1110</v>
       </c>
       <c r="B473" s="6" t="s">
-        <v>1191</v>
+        <v>1111</v>
       </c>
       <c r="C473" t="s" s="0">
-        <v>1192</v>
+        <v>1112</v>
       </c>
       <c r="D473" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E473" t="n" s="0">
-        <v>0.15</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A474" s="4" t="s">
-        <v>1193</v>
+        <v>1113</v>
       </c>
       <c r="B474" s="6" t="s">
-        <v>1194</v>
+        <v>1114</v>
       </c>
       <c r="C474" t="s" s="0">
-        <v>1195</v>
+        <v>1115</v>
       </c>
       <c r="D474" t="s" s="0">
-        <v>1196</v>
+        <v>28</v>
       </c>
       <c r="E474" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A475" s="4" t="s">
-        <v>1197</v>
+        <v>1116</v>
       </c>
       <c r="B475" s="6" t="s">
-        <v>1198</v>
+        <v>1117</v>
       </c>
       <c r="C475" t="s" s="0">
-        <v>1199</v>
+        <v>1118</v>
       </c>
       <c r="D475" t="s" s="0">
-        <v>1200</v>
+        <v>1119</v>
       </c>
       <c r="E475" t="n" s="0">
-        <v>0.54</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A476" s="4" t="s">
-        <v>1197</v>
+        <v>1120</v>
       </c>
       <c r="B476" s="6" t="s">
-        <v>1201</v>
+        <v>1121</v>
       </c>
       <c r="C476" t="s" s="0">
-        <v>1202</v>
+        <v>1122</v>
       </c>
       <c r="D476" t="s" s="0">
-        <v>1203</v>
+        <v>1123</v>
       </c>
       <c r="E476" t="n" s="0">
-        <v>0.42</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A477" s="4" t="s">
-        <v>1204</v>
+        <v>1124</v>
       </c>
       <c r="B477" s="6" t="s">
-        <v>1205</v>
+        <v>1125</v>
       </c>
       <c r="C477" t="s" s="0">
-        <v>1206</v>
+        <v>1126</v>
       </c>
       <c r="D477" t="s" s="0">
-        <v>28</v>
+        <v>1127</v>
       </c>
       <c r="E477" t="n" s="0">
-        <v>0.1</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A478" s="4" t="s">
-        <v>1207</v>
+        <v>1124</v>
       </c>
       <c r="B478" s="6" t="s">
-        <v>1208</v>
+        <v>1128</v>
       </c>
       <c r="C478" t="s" s="0">
-        <v>1209</v>
+        <v>1129</v>
       </c>
       <c r="D478" t="s" s="0">
-        <v>1210</v>
+        <v>1130</v>
       </c>
       <c r="E478" t="n" s="0">
-        <v>0.12</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A479" s="4" t="s">
-        <v>1211</v>
+        <v>1131</v>
       </c>
       <c r="B479" s="6" t="s">
-        <v>1212</v>
+        <v>1132</v>
       </c>
       <c r="C479" t="s" s="0">
-        <v>1213</v>
+        <v>1133</v>
       </c>
       <c r="D479" t="s" s="0">
-        <v>1214</v>
+        <v>28</v>
       </c>
       <c r="E479" t="n" s="0">
-        <v>0.39</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A480" s="4" t="s">
-        <v>1211</v>
+        <v>1134</v>
       </c>
       <c r="B480" s="6" t="s">
-        <v>1215</v>
+        <v>1135</v>
       </c>
       <c r="C480" t="s" s="0">
-        <v>1216</v>
+        <v>1136</v>
       </c>
       <c r="D480" t="s" s="0">
-        <v>1217</v>
+        <v>28</v>
       </c>
       <c r="E480" t="n" s="0">
-        <v>0.26</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A481" s="4" t="s">
-        <v>1218</v>
+        <v>1137</v>
       </c>
       <c r="B481" s="6" t="s">
-        <v>1219</v>
+        <v>1138</v>
       </c>
       <c r="C481" t="s" s="0">
-        <v>1220</v>
+        <v>28</v>
       </c>
       <c r="D481" t="s" s="0">
-        <v>1221</v>
+        <v>28</v>
       </c>
       <c r="E481" t="n" s="0">
-        <v>0.1</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A482" s="4" t="s">
-        <v>1222</v>
+        <v>1139</v>
       </c>
       <c r="B482" s="6" t="s">
-        <v>1223</v>
+        <v>1140</v>
       </c>
       <c r="C482" t="s" s="0">
-        <v>1224</v>
+        <v>1141</v>
       </c>
       <c r="D482" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E482" t="n" s="0">
-        <v>0.08</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A483" s="4" t="s">
-        <v>1225</v>
+        <v>1142</v>
       </c>
       <c r="B483" s="6" t="s">
-        <v>1226</v>
+        <v>1143</v>
       </c>
       <c r="C483" t="s" s="0">
-        <v>1227</v>
+        <v>1144</v>
       </c>
       <c r="D483" t="s" s="0">
-        <v>28</v>
+        <v>1145</v>
       </c>
       <c r="E483" t="n" s="0">
-        <v>0.07</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A484" s="4" t="s">
-        <v>1228</v>
+        <v>1146</v>
       </c>
       <c r="B484" s="6" t="s">
-        <v>1229</v>
+        <v>1147</v>
       </c>
       <c r="C484" t="s" s="0">
-        <v>1230</v>
+        <v>1148</v>
       </c>
       <c r="D484" t="s" s="0">
-        <v>28</v>
+        <v>1149</v>
       </c>
       <c r="E484" t="n" s="0">
-        <v>0.29</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A485" s="4" t="s">
-        <v>1231</v>
+        <v>1150</v>
       </c>
       <c r="B485" s="6" t="s">
-        <v>1232</v>
+        <v>1151</v>
       </c>
       <c r="C485" t="s" s="0">
-        <v>1233</v>
+        <v>1152</v>
       </c>
       <c r="D485" t="s" s="0">
-        <v>28</v>
+        <v>1153</v>
       </c>
       <c r="E485" t="n" s="0">
-        <v>0.02</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A486" s="4" t="s">
-        <v>1234</v>
+        <v>1154</v>
       </c>
       <c r="B486" s="6" t="s">
-        <v>1235</v>
+        <v>1155</v>
       </c>
       <c r="C486" t="s" s="0">
-        <v>1236</v>
+        <v>1156</v>
       </c>
       <c r="D486" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E486" t="n" s="0">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A487" s="4" t="s">
-        <v>1237</v>
+        <v>1157</v>
       </c>
       <c r="B487" s="6" t="s">
-        <v>1238</v>
+        <v>1158</v>
       </c>
       <c r="C487" t="s" s="0">
-        <v>1239</v>
+        <v>1159</v>
       </c>
       <c r="D487" t="s" s="0">
-        <v>28</v>
+        <v>1160</v>
       </c>
       <c r="E487" t="n" s="0">
-        <v>0.27</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A488" s="4" t="s">
-        <v>1240</v>
+        <v>1161</v>
       </c>
       <c r="B488" s="6" t="s">
-        <v>1241</v>
+        <v>1162</v>
       </c>
       <c r="C488" t="s" s="0">
-        <v>1242</v>
+        <v>1163</v>
       </c>
       <c r="D488" t="s" s="0">
-        <v>28</v>
+        <v>1164</v>
       </c>
       <c r="E488" t="n" s="0">
-        <v>0.29</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A489" s="4" t="s">
-        <v>1243</v>
+        <v>1161</v>
       </c>
       <c r="B489" s="6" t="s">
-        <v>1244</v>
+        <v>1165</v>
       </c>
       <c r="C489" t="s" s="0">
-        <v>1245</v>
+        <v>1166</v>
       </c>
       <c r="D489" t="s" s="0">
-        <v>28</v>
+        <v>1167</v>
       </c>
       <c r="E489" t="n" s="0">
-        <v>0.01</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A490" s="4" t="s">
-        <v>1246</v>
+        <v>1168</v>
       </c>
       <c r="B490" s="6" t="s">
-        <v>1247</v>
+        <v>1169</v>
       </c>
       <c r="C490" t="s" s="0">
-        <v>1248</v>
+        <v>1170</v>
       </c>
       <c r="D490" t="s" s="0">
-        <v>28</v>
+        <v>1171</v>
       </c>
       <c r="E490" t="n" s="0">
-        <v>0.05</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A491" s="4" t="s">
-        <v>1249</v>
+        <v>1172</v>
       </c>
       <c r="B491" s="6" t="s">
-        <v>1250</v>
+        <v>1173</v>
       </c>
       <c r="C491" t="s" s="0">
-        <v>1251</v>
+        <v>1174</v>
       </c>
       <c r="D491" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E491" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A492" s="4" t="s">
-        <v>1252</v>
+        <v>1175</v>
       </c>
       <c r="B492" s="6" t="s">
-        <v>1253</v>
+        <v>1176</v>
       </c>
       <c r="C492" t="s" s="0">
-        <v>1254</v>
+        <v>1177</v>
       </c>
       <c r="D492" t="s" s="0">
-        <v>28</v>
+        <v>1178</v>
       </c>
       <c r="E492" t="n" s="0">
-        <v>0.01</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A493" s="4" t="s">
-        <v>1255</v>
+        <v>1179</v>
       </c>
       <c r="B493" s="6" t="s">
-        <v>1256</v>
+        <v>1180</v>
       </c>
       <c r="C493" t="s" s="0">
-        <v>1257</v>
+        <v>1181</v>
       </c>
       <c r="D493" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E493" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A494" s="4" t="s">
-        <v>1258</v>
+        <v>1182</v>
       </c>
       <c r="B494" s="6" t="s">
-        <v>1259</v>
+        <v>1183</v>
       </c>
       <c r="C494" t="s" s="0">
-        <v>1260</v>
+        <v>1184</v>
       </c>
       <c r="D494" t="s" s="0">
-        <v>28</v>
+        <v>1185</v>
       </c>
       <c r="E494" t="n" s="0">
-        <v>0.01</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A495" s="4" t="s">
-        <v>1261</v>
+        <v>1186</v>
       </c>
       <c r="B495" s="6" t="s">
-        <v>1262</v>
+        <v>1187</v>
       </c>
       <c r="C495" t="s" s="0">
-        <v>1263</v>
+        <v>1188</v>
       </c>
       <c r="D495" t="s" s="0">
-        <v>28</v>
+        <v>1189</v>
       </c>
       <c r="E495" t="n" s="0">
-        <v>0.28</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A496" s="4" t="s">
-        <v>1264</v>
+        <v>1190</v>
       </c>
       <c r="B496" s="6" t="s">
-        <v>1265</v>
+        <v>1191</v>
       </c>
       <c r="C496" t="s" s="0">
-        <v>1266</v>
+        <v>1192</v>
       </c>
       <c r="D496" t="s" s="0">
-        <v>28</v>
+        <v>1193</v>
       </c>
       <c r="E496" t="n" s="0">
-        <v>0.32</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A497" s="4" t="s">
-        <v>1267</v>
+        <v>1190</v>
       </c>
       <c r="B497" s="6" t="s">
-        <v>1268</v>
+        <v>1194</v>
       </c>
       <c r="C497" t="s" s="0">
-        <v>1269</v>
+        <v>1195</v>
       </c>
       <c r="D497" t="s" s="0">
-        <v>1270</v>
+        <v>1196</v>
       </c>
       <c r="E497" t="n" s="0">
-        <v>0.3</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A498" s="4" t="s">
-        <v>1271</v>
+        <v>1197</v>
       </c>
       <c r="B498" s="6" t="s">
-        <v>1272</v>
+        <v>1198</v>
       </c>
       <c r="C498" t="s" s="0">
-        <v>1273</v>
+        <v>1199</v>
       </c>
       <c r="D498" t="s" s="0">
-        <v>1274</v>
+        <v>28</v>
       </c>
       <c r="E498" t="n" s="0">
-        <v>0.48</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A499" s="4" t="s">
-        <v>1275</v>
+        <v>1200</v>
       </c>
       <c r="B499" s="6" t="s">
-        <v>1276</v>
+        <v>1201</v>
       </c>
       <c r="C499" t="s" s="0">
-        <v>1277</v>
+        <v>1202</v>
       </c>
       <c r="D499" t="s" s="0">
-        <v>1278</v>
+        <v>28</v>
       </c>
       <c r="E499" t="n" s="0">
-        <v>0.39</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A500" s="4" t="s">
-        <v>1279</v>
+        <v>1203</v>
       </c>
       <c r="B500" s="6" t="s">
-        <v>1280</v>
+        <v>1204</v>
       </c>
       <c r="C500" t="s" s="0">
-        <v>1281</v>
+        <v>1205</v>
       </c>
       <c r="D500" t="s" s="0">
-        <v>1282</v>
+        <v>28</v>
       </c>
       <c r="E500" t="n" s="0">
-        <v>0.29</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A501" s="4" t="s">
-        <v>1283</v>
+        <v>1206</v>
       </c>
       <c r="B501" s="6" t="s">
-        <v>1284</v>
+        <v>1207</v>
       </c>
       <c r="C501" t="s" s="0">
-        <v>1285</v>
+        <v>1208</v>
       </c>
       <c r="D501" t="s" s="0">
-        <v>1286</v>
+        <v>1209</v>
       </c>
       <c r="E501" t="n" s="0">
-        <v>0.48</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A502" s="4" t="s">
-        <v>1287</v>
+        <v>1210</v>
       </c>
       <c r="B502" s="6" t="s">
-        <v>1288</v>
+        <v>1211</v>
       </c>
       <c r="C502" t="s" s="0">
-        <v>1289</v>
+        <v>1212</v>
       </c>
       <c r="D502" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E502" t="n" s="0">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A503" s="4" t="s">
-        <v>1290</v>
+        <v>1213</v>
       </c>
       <c r="B503" s="6" t="s">
-        <v>1291</v>
+        <v>1214</v>
       </c>
       <c r="C503" t="s" s="0">
-        <v>1292</v>
+        <v>1215</v>
       </c>
       <c r="D503" t="s" s="0">
-        <v>1293</v>
+        <v>28</v>
       </c>
       <c r="E503" t="n" s="0">
-        <v>0.31</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A504" s="4" t="s">
-        <v>1294</v>
+        <v>1216</v>
       </c>
       <c r="B504" s="6" t="s">
-        <v>1295</v>
+        <v>1217</v>
       </c>
       <c r="C504" t="s" s="0">
-        <v>1296</v>
+        <v>1218</v>
       </c>
       <c r="D504" t="s" s="0">
-        <v>1297</v>
+        <v>28</v>
       </c>
       <c r="E504" t="n" s="0">
-        <v>0.9</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A505" s="4" t="s">
-        <v>1298</v>
+        <v>1219</v>
       </c>
       <c r="B505" s="6" t="s">
-        <v>1299</v>
+        <v>1220</v>
       </c>
       <c r="C505" t="s" s="0">
-        <v>1300</v>
+        <v>1221</v>
       </c>
       <c r="D505" t="s" s="0">
-        <v>1301</v>
+        <v>1222</v>
       </c>
       <c r="E505" t="n" s="0">
-        <v>0.34</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A506" s="4" t="s">
-        <v>1302</v>
+        <v>1223</v>
       </c>
       <c r="B506" s="6" t="s">
-        <v>1303</v>
+        <v>1224</v>
       </c>
       <c r="C506" t="s" s="0">
-        <v>1304</v>
+        <v>1225</v>
       </c>
       <c r="D506" t="s" s="0">
-        <v>1305</v>
+        <v>1226</v>
       </c>
       <c r="E506" t="n" s="0">
-        <v>0.92</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A507" s="4" t="s">
-        <v>1306</v>
+        <v>1227</v>
       </c>
       <c r="B507" s="6" t="s">
-        <v>1307</v>
+        <v>1228</v>
       </c>
       <c r="C507" t="s" s="0">
-        <v>1308</v>
+        <v>1229</v>
       </c>
       <c r="D507" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E507" t="n" s="0">
-        <v>0.29</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A508" s="4" t="s">
-        <v>1306</v>
+        <v>1230</v>
       </c>
       <c r="B508" s="6" t="s">
-        <v>1309</v>
+        <v>1231</v>
       </c>
       <c r="C508" t="s" s="0">
-        <v>1310</v>
+        <v>1232</v>
       </c>
       <c r="D508" t="s" s="0">
-        <v>1311</v>
+        <v>28</v>
       </c>
       <c r="E508" t="n" s="0">
-        <v>0.27</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A509" s="4" t="s">
-        <v>1306</v>
+        <v>1233</v>
       </c>
       <c r="B509" s="6" t="s">
-        <v>1312</v>
+        <v>1234</v>
       </c>
       <c r="C509" t="s" s="0">
-        <v>1313</v>
+        <v>1235</v>
       </c>
       <c r="D509" t="s" s="0">
-        <v>1314</v>
+        <v>28</v>
       </c>
       <c r="E509" t="n" s="0">
-        <v>0.43</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A510" s="4" t="s">
-        <v>1315</v>
+        <v>1236</v>
       </c>
       <c r="B510" s="6" t="s">
-        <v>1316</v>
+        <v>1237</v>
       </c>
       <c r="C510" t="s" s="0">
-        <v>1317</v>
+        <v>1238</v>
       </c>
       <c r="D510" t="s" s="0">
-        <v>28</v>
+        <v>1239</v>
       </c>
       <c r="E510" t="n" s="0">
-        <v>0.21</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A511" s="4" t="s">
-        <v>1318</v>
+        <v>1240</v>
       </c>
       <c r="B511" s="6" t="s">
-        <v>1319</v>
+        <v>1241</v>
       </c>
       <c r="C511" t="s" s="0">
-        <v>1320</v>
+        <v>1242</v>
       </c>
       <c r="D511" t="s" s="0">
-        <v>1321</v>
+        <v>1243</v>
       </c>
       <c r="E511" t="n" s="0">
-        <v>0.31</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A512" s="4" t="s">
-        <v>1322</v>
+        <v>1240</v>
       </c>
       <c r="B512" s="6" t="s">
-        <v>1323</v>
+        <v>1244</v>
       </c>
       <c r="C512" t="s" s="0">
-        <v>1324</v>
+        <v>1245</v>
       </c>
       <c r="D512" t="s" s="0">
-        <v>28</v>
+        <v>1246</v>
       </c>
       <c r="E512" t="n" s="0">
-        <v>0.15</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A513" s="4" t="s">
-        <v>1325</v>
+        <v>1247</v>
       </c>
       <c r="B513" s="6" t="s">
-        <v>1326</v>
+        <v>1248</v>
       </c>
       <c r="C513" t="s" s="0">
-        <v>1327</v>
+        <v>1249</v>
       </c>
       <c r="D513" t="s" s="0">
-        <v>1328</v>
+        <v>28</v>
       </c>
       <c r="E513" t="n" s="0">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A514" s="4" t="s">
-        <v>1329</v>
+        <v>1250</v>
       </c>
       <c r="B514" s="6" t="s">
-        <v>1330</v>
+        <v>1251</v>
       </c>
       <c r="C514" t="s" s="0">
-        <v>28</v>
+        <v>1252</v>
       </c>
       <c r="D514" t="s" s="0">
-        <v>28</v>
+        <v>1253</v>
       </c>
       <c r="E514" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A515" s="4" t="s">
-        <v>1331</v>
+        <v>1254</v>
       </c>
       <c r="B515" s="6" t="s">
-        <v>1332</v>
+        <v>1255</v>
       </c>
       <c r="C515" t="s" s="0">
-        <v>28</v>
+        <v>1256</v>
       </c>
       <c r="D515" t="s" s="0">
-        <v>28</v>
+        <v>1257</v>
       </c>
       <c r="E515" t="n" s="0">
-        <v>0.01</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A516" s="4" t="s">
-        <v>1333</v>
+        <v>1254</v>
       </c>
       <c r="B516" s="6" t="s">
-        <v>1334</v>
+        <v>1258</v>
       </c>
       <c r="C516" t="s" s="0">
-        <v>28</v>
+        <v>1259</v>
       </c>
       <c r="D516" t="s" s="0">
-        <v>28</v>
+        <v>1260</v>
       </c>
       <c r="E516" t="n" s="0">
-        <v>0.01</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A517" s="4" t="s">
-        <v>1335</v>
+        <v>1261</v>
       </c>
       <c r="B517" s="6" t="s">
-        <v>1336</v>
+        <v>1262</v>
       </c>
       <c r="C517" t="s" s="0">
-        <v>28</v>
+        <v>1263</v>
       </c>
       <c r="D517" t="s" s="0">
-        <v>28</v>
+        <v>1264</v>
       </c>
       <c r="E517" t="n" s="0">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A518" s="4" t="s">
-        <v>1337</v>
+        <v>1265</v>
       </c>
       <c r="B518" s="6" t="s">
-        <v>1338</v>
+        <v>1266</v>
       </c>
       <c r="C518" t="s" s="0">
-        <v>28</v>
+        <v>1267</v>
       </c>
       <c r="D518" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E518" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A519" s="4" t="s">
-        <v>1339</v>
+        <v>1268</v>
       </c>
       <c r="B519" s="6" t="s">
-        <v>1340</v>
+        <v>1269</v>
       </c>
       <c r="C519" t="s" s="0">
-        <v>28</v>
+        <v>1270</v>
       </c>
       <c r="D519" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E519" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A520" s="4" t="s">
-        <v>1341</v>
+        <v>1271</v>
       </c>
       <c r="B520" s="6" t="s">
-        <v>1342</v>
+        <v>1272</v>
       </c>
       <c r="C520" t="s" s="0">
-        <v>1343</v>
+        <v>1273</v>
       </c>
       <c r="D520" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E520" t="n" s="0">
-        <v>0.07</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A521" s="4" t="s">
-        <v>1344</v>
+        <v>1274</v>
       </c>
       <c r="B521" s="6" t="s">
-        <v>1345</v>
+        <v>1275</v>
       </c>
       <c r="C521" t="s" s="0">
-        <v>1346</v>
+        <v>1276</v>
       </c>
       <c r="D521" t="s" s="0">
-        <v>1347</v>
+        <v>28</v>
       </c>
       <c r="E521" t="n" s="0">
-        <v>0.19</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A522" s="4" t="s">
-        <v>1348</v>
+        <v>1277</v>
       </c>
       <c r="B522" s="6" t="s">
-        <v>1349</v>
+        <v>1278</v>
       </c>
       <c r="C522" t="s" s="0">
-        <v>1350</v>
+        <v>1279</v>
       </c>
       <c r="D522" t="s" s="0">
-        <v>1351</v>
+        <v>28</v>
       </c>
       <c r="E522" t="n" s="0">
-        <v>0.08</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A523" s="4" t="s">
-        <v>1352</v>
+        <v>1280</v>
       </c>
       <c r="B523" s="6" t="s">
-        <v>1353</v>
+        <v>1281</v>
       </c>
       <c r="C523" t="s" s="0">
-        <v>1354</v>
+        <v>1282</v>
       </c>
       <c r="D523" t="s" s="0">
-        <v>1355</v>
+        <v>28</v>
       </c>
       <c r="E523" t="n" s="0">
-        <v>0.14</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A524" s="4" t="s">
-        <v>1356</v>
+        <v>1283</v>
       </c>
       <c r="B524" s="6" t="s">
-        <v>1357</v>
+        <v>1284</v>
       </c>
       <c r="C524" t="s" s="0">
-        <v>1358</v>
+        <v>1285</v>
       </c>
       <c r="D524" t="s" s="0">
-        <v>1359</v>
+        <v>28</v>
       </c>
       <c r="E524" t="n" s="0">
-        <v>0.28</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A525" s="4" t="s">
-        <v>1360</v>
+        <v>1286</v>
       </c>
       <c r="B525" s="6" t="s">
-        <v>1361</v>
+        <v>1287</v>
       </c>
       <c r="C525" t="s" s="0">
-        <v>1362</v>
+        <v>1288</v>
       </c>
       <c r="D525" t="s" s="0">
-        <v>1363</v>
+        <v>28</v>
       </c>
       <c r="E525" t="n" s="0">
-        <v>0.39</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A526" s="4" t="s">
-        <v>1364</v>
+        <v>1289</v>
       </c>
       <c r="B526" s="6" t="s">
-        <v>1365</v>
+        <v>1290</v>
       </c>
       <c r="C526" t="s" s="0">
-        <v>1366</v>
+        <v>1291</v>
       </c>
       <c r="D526" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E526" t="n" s="0">
-        <v>0.2</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A527" s="4" t="s">
-        <v>1364</v>
+        <v>1292</v>
       </c>
       <c r="B527" s="6" t="s">
-        <v>1367</v>
+        <v>1293</v>
       </c>
       <c r="C527" t="s" s="0">
-        <v>1368</v>
+        <v>1294</v>
       </c>
       <c r="D527" t="s" s="0">
-        <v>1369</v>
+        <v>28</v>
       </c>
       <c r="E527" t="n" s="0">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A528" s="4" t="s">
-        <v>1364</v>
+        <v>1295</v>
       </c>
       <c r="B528" s="6" t="s">
-        <v>1370</v>
+        <v>1296</v>
       </c>
       <c r="C528" t="s" s="0">
-        <v>1371</v>
+        <v>1297</v>
       </c>
       <c r="D528" t="s" s="0">
-        <v>1372</v>
+        <v>28</v>
       </c>
       <c r="E528" t="n" s="0">
-        <v>0.53</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A529" s="4" t="s">
-        <v>1373</v>
+        <v>1298</v>
       </c>
       <c r="B529" s="6" t="s">
-        <v>1374</v>
+        <v>1299</v>
       </c>
       <c r="C529" t="s" s="0">
-        <v>1375</v>
+        <v>1300</v>
       </c>
       <c r="D529" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E529" t="n" s="0">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A530" s="4" t="s">
-        <v>1376</v>
+        <v>1301</v>
       </c>
       <c r="B530" s="6" t="s">
-        <v>1377</v>
+        <v>1302</v>
       </c>
       <c r="C530" t="s" s="0">
-        <v>1378</v>
+        <v>1303</v>
       </c>
       <c r="D530" t="s" s="0">
-        <v>1379</v>
+        <v>28</v>
       </c>
       <c r="E530" t="n" s="0">
-        <v>0.22</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A531" s="4" t="s">
-        <v>1380</v>
+        <v>1304</v>
       </c>
       <c r="B531" s="6" t="s">
-        <v>1381</v>
+        <v>1305</v>
       </c>
       <c r="C531" t="s" s="0">
-        <v>1382</v>
+        <v>1306</v>
       </c>
       <c r="D531" t="s" s="0">
-        <v>1383</v>
+        <v>28</v>
       </c>
       <c r="E531" t="n" s="0">
-        <v>0.97</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A532" s="4" t="s">
-        <v>1380</v>
+        <v>1307</v>
       </c>
       <c r="B532" s="6" t="s">
-        <v>1384</v>
+        <v>1308</v>
       </c>
       <c r="C532" t="s" s="0">
-        <v>1385</v>
+        <v>1309</v>
       </c>
       <c r="D532" t="s" s="0">
-        <v>1386</v>
+        <v>1310</v>
       </c>
       <c r="E532" t="n" s="0">
-        <v>0.69</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A533" s="4" t="s">
-        <v>1387</v>
+        <v>1311</v>
       </c>
       <c r="B533" s="6" t="s">
-        <v>1388</v>
+        <v>1312</v>
       </c>
       <c r="C533" t="s" s="0">
-        <v>1389</v>
+        <v>1313</v>
       </c>
       <c r="D533" t="s" s="0">
-        <v>1390</v>
+        <v>1314</v>
       </c>
       <c r="E533" t="n" s="0">
-        <v>0.48</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A534" s="4" t="s">
-        <v>1391</v>
+        <v>1315</v>
       </c>
       <c r="B534" s="6" t="s">
-        <v>1392</v>
+        <v>1316</v>
       </c>
       <c r="C534" t="s" s="0">
-        <v>1393</v>
+        <v>1317</v>
       </c>
       <c r="D534" t="s" s="0">
-        <v>1394</v>
+        <v>1318</v>
       </c>
       <c r="E534" t="n" s="0">
-        <v>0.68</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A535" s="4" t="s">
-        <v>1395</v>
+        <v>1319</v>
       </c>
       <c r="B535" s="6" t="s">
-        <v>1396</v>
+        <v>1320</v>
       </c>
       <c r="C535" t="s" s="0">
-        <v>1397</v>
+        <v>1321</v>
       </c>
       <c r="D535" t="s" s="0">
-        <v>28</v>
+        <v>1322</v>
       </c>
       <c r="E535" t="n" s="0">
-        <v>0.14</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A536" s="4" t="s">
-        <v>1398</v>
+        <v>1323</v>
       </c>
       <c r="B536" s="6" t="s">
-        <v>1399</v>
+        <v>1324</v>
       </c>
       <c r="C536" t="s" s="0">
-        <v>28</v>
+        <v>1325</v>
       </c>
       <c r="D536" t="s" s="0">
-        <v>28</v>
+        <v>1326</v>
       </c>
       <c r="E536" t="n" s="0">
-        <v>0.87</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A537" s="4" t="s">
-        <v>1398</v>
+        <v>1327</v>
       </c>
       <c r="B537" s="6" t="s">
-        <v>1400</v>
+        <v>1328</v>
       </c>
       <c r="C537" t="s" s="0">
-        <v>28</v>
+        <v>1329</v>
       </c>
       <c r="D537" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E537" t="n" s="0">
-        <v>0.46</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A538" s="4" t="s">
-        <v>1398</v>
+        <v>1330</v>
       </c>
       <c r="B538" s="6" t="s">
-        <v>1401</v>
+        <v>1331</v>
       </c>
       <c r="C538" t="s" s="0">
-        <v>28</v>
+        <v>1332</v>
       </c>
       <c r="D538" t="s" s="0">
-        <v>28</v>
+        <v>1333</v>
       </c>
       <c r="E538" t="n" s="0">
-        <v>2.59</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A539" s="4" t="s">
-        <v>1398</v>
+        <v>1334</v>
       </c>
       <c r="B539" s="6" t="s">
-        <v>1402</v>
+        <v>1335</v>
       </c>
       <c r="C539" t="s" s="0">
-        <v>28</v>
+        <v>1336</v>
       </c>
       <c r="D539" t="s" s="0">
-        <v>28</v>
+        <v>1337</v>
       </c>
       <c r="E539" t="n" s="0">
-        <v>1.14</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A540" s="4" t="s">
-        <v>1398</v>
+        <v>1338</v>
       </c>
       <c r="B540" s="6" t="s">
-        <v>1403</v>
+        <v>1339</v>
       </c>
       <c r="C540" t="s" s="0">
-        <v>28</v>
+        <v>1340</v>
       </c>
       <c r="D540" t="s" s="0">
-        <v>28</v>
+        <v>1341</v>
       </c>
       <c r="E540" t="n" s="0">
-        <v>0.46</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A541" s="4" t="s">
-        <v>1404</v>
+        <v>1342</v>
       </c>
       <c r="B541" s="6" t="s">
-        <v>1405</v>
+        <v>1343</v>
       </c>
       <c r="C541" t="s" s="0">
-        <v>1406</v>
+        <v>1344</v>
       </c>
       <c r="D541" t="s" s="0">
-        <v>1407</v>
+        <v>1345</v>
       </c>
       <c r="E541" t="n" s="0">
-        <v>0.16</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A542" s="4" t="s">
-        <v>1408</v>
+        <v>1346</v>
       </c>
       <c r="B542" s="6" t="s">
-        <v>1409</v>
+        <v>1347</v>
       </c>
       <c r="C542" t="s" s="0">
-        <v>1410</v>
+        <v>1348</v>
       </c>
       <c r="D542" t="s" s="0">
-        <v>1411</v>
+        <v>1349</v>
       </c>
       <c r="E542" t="n" s="0">
-        <v>1.98</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A543" s="4" t="s">
-        <v>1412</v>
+        <v>1346</v>
       </c>
       <c r="B543" s="6" t="s">
-        <v>1413</v>
+        <v>1350</v>
       </c>
       <c r="C543" t="s" s="0">
-        <v>1414</v>
+        <v>1351</v>
       </c>
       <c r="D543" t="s" s="0">
-        <v>28</v>
+        <v>1352</v>
       </c>
       <c r="E543" t="n" s="0">
-        <v>0.1</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A544" s="4" t="s">
-        <v>1415</v>
+        <v>1353</v>
       </c>
       <c r="B544" s="6" t="s">
-        <v>1416</v>
+        <v>1354</v>
       </c>
       <c r="C544" t="s" s="0">
-        <v>1417</v>
+        <v>1355</v>
       </c>
       <c r="D544" t="s" s="0">
-        <v>1418</v>
+        <v>28</v>
       </c>
       <c r="E544" t="n" s="0">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A545" s="4" t="s">
-        <v>1419</v>
+        <v>1356</v>
       </c>
       <c r="B545" s="6" t="s">
-        <v>1420</v>
+        <v>1357</v>
       </c>
       <c r="C545" t="s" s="0">
-        <v>1421</v>
+        <v>1358</v>
       </c>
       <c r="D545" t="s" s="0">
-        <v>1422</v>
+        <v>28</v>
       </c>
       <c r="E545" t="n" s="0">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A546" s="4" t="s">
-        <v>1423</v>
+        <v>1359</v>
       </c>
       <c r="B546" s="6" t="s">
-        <v>1424</v>
+        <v>1360</v>
       </c>
       <c r="C546" t="s" s="0">
-        <v>28</v>
+        <v>1361</v>
       </c>
       <c r="D546" t="s" s="0">
-        <v>28</v>
+        <v>1362</v>
       </c>
       <c r="E546" t="n" s="0">
-        <v>-5.48</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A547" s="4" t="s">
-        <v>1425</v>
+        <v>1363</v>
       </c>
       <c r="B547" s="6" t="s">
-        <v>1426</v>
+        <v>1364</v>
       </c>
       <c r="C547" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D547" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E547" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A548" s="4" t="s">
-        <v>1425</v>
+        <v>1365</v>
       </c>
       <c r="B548" s="6" t="s">
-        <v>1427</v>
+        <v>1366</v>
       </c>
       <c r="C548" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D548" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E548" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A549" s="4" t="s">
-        <v>1428</v>
+        <v>1367</v>
       </c>
       <c r="B549" s="6" t="s">
-        <v>1429</v>
+        <v>1368</v>
       </c>
       <c r="C549" t="s" s="0">
-        <v>1430</v>
+        <v>28</v>
       </c>
       <c r="D549" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E549" t="n" s="0">
-        <v>0.3</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A550" s="4" t="s">
-        <v>1431</v>
+        <v>1369</v>
       </c>
       <c r="B550" s="6" t="s">
-        <v>1432</v>
+        <v>1370</v>
       </c>
       <c r="C550" t="s" s="0">
-        <v>1433</v>
+        <v>28</v>
       </c>
       <c r="D550" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E550" t="n" s="0">
-        <v>0.24</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A551" s="4" t="s">
-        <v>1434</v>
+        <v>1371</v>
       </c>
       <c r="B551" s="6" t="s">
-        <v>1435</v>
+        <v>1372</v>
       </c>
       <c r="C551" t="s" s="0">
-        <v>1436</v>
+        <v>28</v>
       </c>
       <c r="D551" t="s" s="0">
-        <v>1437</v>
+        <v>28</v>
       </c>
       <c r="E551" t="n" s="0">
-        <v>0.31</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A552" s="4" t="s">
-        <v>1438</v>
+        <v>1373</v>
       </c>
       <c r="B552" s="6" t="s">
-        <v>1439</v>
+        <v>1374</v>
       </c>
       <c r="C552" t="s" s="0">
-        <v>1440</v>
+        <v>28</v>
       </c>
       <c r="D552" t="s" s="0">
-        <v>1441</v>
+        <v>28</v>
       </c>
       <c r="E552" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A553" s="4" t="s">
-        <v>1442</v>
+        <v>1375</v>
       </c>
       <c r="B553" s="6" t="s">
-        <v>1443</v>
+        <v>1376</v>
       </c>
       <c r="C553" t="s" s="0">
-        <v>1444</v>
+        <v>1377</v>
       </c>
       <c r="D553" t="s" s="0">
-        <v>1445</v>
+        <v>28</v>
       </c>
       <c r="E553" t="n" s="0">
-        <v>0.28</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A554" s="4" t="s">
-        <v>1446</v>
+        <v>1378</v>
       </c>
       <c r="B554" s="6" t="s">
-        <v>1447</v>
+        <v>1379</v>
       </c>
       <c r="C554" t="s" s="0">
-        <v>1448</v>
+        <v>1380</v>
       </c>
       <c r="D554" t="s" s="0">
-        <v>1449</v>
+        <v>1381</v>
       </c>
       <c r="E554" t="n" s="0">
-        <v>0.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A555" s="4" t="s">
-        <v>1446</v>
+        <v>1382</v>
       </c>
       <c r="B555" s="6" t="s">
-        <v>1450</v>
+        <v>1383</v>
       </c>
       <c r="C555" t="s" s="0">
-        <v>1451</v>
+        <v>1384</v>
       </c>
       <c r="D555" t="s" s="0">
-        <v>1452</v>
+        <v>1385</v>
       </c>
       <c r="E555" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A556" s="4" t="s">
-        <v>1446</v>
+        <v>1386</v>
       </c>
       <c r="B556" s="6" t="s">
-        <v>1453</v>
+        <v>1387</v>
       </c>
       <c r="C556" t="s" s="0">
-        <v>1454</v>
+        <v>1388</v>
       </c>
       <c r="D556" t="s" s="0">
-        <v>1455</v>
+        <v>1389</v>
       </c>
       <c r="E556" t="n" s="0">
-        <v>0.33</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A557" s="4" t="s">
-        <v>1456</v>
+        <v>1390</v>
       </c>
       <c r="B557" s="6" t="s">
-        <v>1457</v>
+        <v>1391</v>
       </c>
       <c r="C557" t="s" s="0">
-        <v>1458</v>
+        <v>1392</v>
       </c>
       <c r="D557" t="s" s="0">
-        <v>1459</v>
+        <v>1393</v>
       </c>
       <c r="E557" t="n" s="0">
-        <v>0.17</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A558" s="4" t="s">
-        <v>1460</v>
+        <v>1394</v>
       </c>
       <c r="B558" s="6" t="s">
-        <v>1461</v>
+        <v>1395</v>
       </c>
       <c r="C558" t="s" s="0">
-        <v>1462</v>
+        <v>1396</v>
       </c>
       <c r="D558" t="s" s="0">
-        <v>1463</v>
+        <v>1397</v>
       </c>
       <c r="E558" t="n" s="0">
-        <v>0.19</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A559" s="4" t="s">
-        <v>1464</v>
+        <v>1398</v>
       </c>
       <c r="B559" s="6" t="s">
-        <v>1465</v>
+        <v>1399</v>
       </c>
       <c r="C559" t="s" s="0">
-        <v>1466</v>
+        <v>1400</v>
       </c>
       <c r="D559" t="s" s="0">
-        <v>1467</v>
+        <v>28</v>
       </c>
       <c r="E559" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A560" s="4" t="s">
-        <v>1468</v>
+        <v>1398</v>
       </c>
       <c r="B560" s="6" t="s">
-        <v>1469</v>
+        <v>1401</v>
       </c>
       <c r="C560" t="s" s="0">
-        <v>1470</v>
+        <v>1402</v>
       </c>
       <c r="D560" t="s" s="0">
-        <v>1471</v>
+        <v>1403</v>
       </c>
       <c r="E560" t="n" s="0">
-        <v>0.29</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A561" s="4" t="s">
-        <v>1472</v>
+        <v>1398</v>
       </c>
       <c r="B561" s="6" t="s">
-        <v>1473</v>
+        <v>1404</v>
       </c>
       <c r="C561" t="s" s="0">
-        <v>1474</v>
+        <v>1405</v>
       </c>
       <c r="D561" t="s" s="0">
-        <v>1475</v>
+        <v>1406</v>
       </c>
       <c r="E561" t="n" s="0">
-        <v>0.19</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A562" s="4" t="s">
-        <v>1476</v>
+        <v>1407</v>
       </c>
       <c r="B562" s="6" t="s">
-        <v>1477</v>
+        <v>1408</v>
       </c>
       <c r="C562" t="s" s="0">
-        <v>1478</v>
+        <v>1409</v>
       </c>
       <c r="D562" t="s" s="0">
-        <v>1479</v>
+        <v>28</v>
       </c>
       <c r="E562" t="n" s="0">
-        <v>0.28</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A563" s="4" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B563" s="6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C563" t="s" s="0">
+        <v>1412</v>
+      </c>
+      <c r="D563" t="s" s="0">
+        <v>1413</v>
+      </c>
+      <c r="E563" t="n" s="0">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="564" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A564" s="4" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B564" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C564" t="s" s="0">
+        <v>1416</v>
+      </c>
+      <c r="D564" t="s" s="0">
+        <v>1417</v>
+      </c>
+      <c r="E564" t="n" s="0">
+        <v>1.11</v>
+      </c>
+    </row>
+    <row r="565" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A565" s="4" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B565" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C565" t="s" s="0">
+        <v>1419</v>
+      </c>
+      <c r="D565" t="s" s="0">
+        <v>1420</v>
+      </c>
+      <c r="E565" t="n" s="0">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="566" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A566" s="4" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B566" s="6" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C566" t="s" s="0">
+        <v>1422</v>
+      </c>
+      <c r="D566" t="s" s="0">
+        <v>1423</v>
+      </c>
+      <c r="E566" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="567" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A567" s="4" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B567" s="6" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C567" t="s" s="0">
+        <v>1426</v>
+      </c>
+      <c r="D567" t="s" s="0">
+        <v>1427</v>
+      </c>
+      <c r="E567" t="n" s="0">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="568" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A568" s="4" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B568" s="6" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C568" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D568" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E568" t="n" s="0">
+        <v>-0.02</v>
+      </c>
+    </row>
+    <row r="569" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A569" s="4" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B569" s="6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C569" t="s" s="0">
+        <v>1432</v>
+      </c>
+      <c r="D569" t="s" s="0">
+        <v>1433</v>
+      </c>
+      <c r="E569" t="n" s="0">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="570" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A570" s="4" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B570" s="6" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C570" t="s" s="0">
+        <v>1436</v>
+      </c>
+      <c r="D570" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E570" t="n" s="0">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="571" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A571" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B571" s="6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C571" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D571" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E571" t="n" s="0">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="572" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A572" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B572" s="6" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C572" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D572" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E572" t="n" s="0">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="573" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A573" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B573" s="6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C573" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D573" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E573" t="n" s="0">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="574" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A574" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B574" s="6" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C574" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D574" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E574" t="n" s="0">
+        <v>1.94</v>
+      </c>
+    </row>
+    <row r="575" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A575" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B575" s="6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C575" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D575" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E575" t="n" s="0">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="576" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A576" s="4" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B576" s="6" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C576" t="s" s="0">
+        <v>1445</v>
+      </c>
+      <c r="D576" t="s" s="0">
+        <v>1446</v>
+      </c>
+      <c r="E576" t="n" s="0">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="577" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A577" s="4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B577" s="6" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C577" t="s" s="0">
+        <v>1449</v>
+      </c>
+      <c r="D577" t="s" s="0">
+        <v>1450</v>
+      </c>
+      <c r="E577" t="n" s="0">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="578" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A578" s="4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B578" s="6" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C578" t="s" s="0">
+        <v>1452</v>
+      </c>
+      <c r="D578" t="s" s="0">
+        <v>1453</v>
+      </c>
+      <c r="E578" t="n" s="0">
+        <v>1.19</v>
+      </c>
+    </row>
+    <row r="579" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A579" s="4" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B579" s="6" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C579" t="s" s="0">
+        <v>1456</v>
+      </c>
+      <c r="D579" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E579" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="580" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A580" s="4" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B580" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C580" t="s" s="0">
+        <v>1459</v>
+      </c>
+      <c r="D580" t="s" s="0">
+        <v>1460</v>
+      </c>
+      <c r="E580" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="581" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A581" s="4" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B581" s="6" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C581" t="s" s="0">
+        <v>1463</v>
+      </c>
+      <c r="D581" t="s" s="0">
+        <v>1464</v>
+      </c>
+      <c r="E581" t="n" s="0">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="582" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A582" s="4" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B582" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C582" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D582" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E582" t="n" s="0">
+        <v>-2.2</v>
+      </c>
+    </row>
+    <row r="583" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A583" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B583" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C583" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D583" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E583" t="n" s="0">
+        <v>-0.01</v>
+      </c>
+    </row>
+    <row r="584" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A584" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B584" s="6" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C584" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D584" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E584" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="585" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A585" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B585" s="6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C585" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D585" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E585" t="n" s="0">
+        <v>-0.02</v>
+      </c>
+    </row>
+    <row r="586" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A586" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B586" s="6" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C586" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D586" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E586" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="587" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A587" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B587" s="6" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C587" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D587" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E587" t="n" s="0">
+        <v>-0.01</v>
+      </c>
+    </row>
+    <row r="588" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A588" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B588" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C588" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D588" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E588" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="589" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A589" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B589" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C589" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D589" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E589" t="n" s="0">
+        <v>-0.01</v>
+      </c>
+    </row>
+    <row r="590" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A590" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B590" s="6" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C590" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D590" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E590" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="591" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A591" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B591" s="6" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C591" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D591" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E591" t="n" s="0">
+        <v>-0.02</v>
+      </c>
+    </row>
+    <row r="592" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A592" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B592" s="6" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C592" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D592" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E592" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="593" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A593" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B593" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C593" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D593" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E593" t="n" s="0">
+        <v>-0.01</v>
+      </c>
+    </row>
+    <row r="594" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A594" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B594" s="6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C594" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D594" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E594" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="595" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A595" s="4" t="s">
         <v>1480</v>
       </c>
-      <c r="B563" s="6" t="s">
+      <c r="B595" s="6" t="s">
         <v>1481</v>
       </c>
-      <c r="C563" t="s" s="0">
+      <c r="C595" t="s" s="0">
         <v>1482</v>
       </c>
-      <c r="D563" t="s" s="0">
+      <c r="D595" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E595" t="n" s="0">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="596" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A596" s="4" t="s">
         <v>1483</v>
       </c>
-      <c r="E563" t="n" s="0">
-[...22 lines deleted...]
-      <c r="A571" s="11" t="s">
+      <c r="B596" s="6" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C596" t="s" s="0">
         <v>1485</v>
       </c>
-      <c r="B571" s="11"/>
-[...4 lines deleted...]
-      <c r="A572" s="10" t="s">
+      <c r="D596" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E596" t="n" s="0">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="597" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A597" s="4" t="s">
         <v>1486</v>
       </c>
-      <c r="B572" s="9"/>
-[...18 lines deleted...]
-      <c r="A575" s="7" t="str">
+      <c r="B597" s="6" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C597" t="s" s="0">
+        <v>1488</v>
+      </c>
+      <c r="D597" t="s" s="0">
+        <v>1489</v>
+      </c>
+      <c r="E597" t="n" s="0">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="598" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A598" s="4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B598" s="6" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C598" t="s" s="0">
+        <v>1492</v>
+      </c>
+      <c r="D598" t="s" s="0">
+        <v>1493</v>
+      </c>
+      <c r="E598" t="n" s="0">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="599" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A599" s="4" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B599" s="6" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C599" t="s" s="0">
+        <v>1496</v>
+      </c>
+      <c r="D599" t="s" s="0">
+        <v>1497</v>
+      </c>
+      <c r="E599" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="600" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A600" s="4" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B600" s="6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C600" t="s" s="0">
+        <v>1500</v>
+      </c>
+      <c r="D600" t="s" s="0">
+        <v>1501</v>
+      </c>
+      <c r="E600" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="601" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A601" s="4" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B601" s="6" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C601" t="s" s="0">
+        <v>1503</v>
+      </c>
+      <c r="D601" t="s" s="0">
+        <v>1504</v>
+      </c>
+      <c r="E601" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="602" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A602" s="4" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B602" s="6" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C602" t="s" s="0">
+        <v>1506</v>
+      </c>
+      <c r="D602" t="s" s="0">
+        <v>1507</v>
+      </c>
+      <c r="E602" t="n" s="0">
+        <v>0.38</v>
+      </c>
+    </row>
+    <row r="603" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A603" s="4" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B603" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C603" t="s" s="0">
+        <v>1510</v>
+      </c>
+      <c r="D603" t="s" s="0">
+        <v>1511</v>
+      </c>
+      <c r="E603" t="n" s="0">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="604" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A604" s="4" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B604" s="6" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C604" t="s" s="0">
+        <v>1514</v>
+      </c>
+      <c r="D604" t="s" s="0">
+        <v>1515</v>
+      </c>
+      <c r="E604" t="n" s="0">
+        <v>0.33</v>
+      </c>
+    </row>
+    <row r="605" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A605" s="4" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B605" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C605" t="s" s="0">
+        <v>1518</v>
+      </c>
+      <c r="D605" t="s" s="0">
+        <v>1519</v>
+      </c>
+      <c r="E605" t="n" s="0">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="606" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A606" s="4" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B606" s="6" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C606" t="s" s="0">
+        <v>1522</v>
+      </c>
+      <c r="D606" t="s" s="0">
+        <v>1523</v>
+      </c>
+      <c r="E606" t="n" s="0">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="607" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A607" s="4" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B607" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C607" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="D607" t="s" s="0">
+        <v>28</v>
+      </c>
+      <c r="E607" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A612" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B612" s="2"/>
+    </row>
+    <row r="613" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A613" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B613" s="2"/>
+    </row>
+    <row r="614" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A614" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B614" s="2"/>
+    </row>
+    <row r="615" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A615" s="11" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B615" s="11"/>
+      <c r="C615" s="12"/>
+      <c r="D615" s="12"/>
+    </row>
+    <row r="616" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A616" s="10" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B616" s="9"/>
+      <c r="C616" s="9"/>
+      <c r="D616" s="9"/>
+    </row>
+    <row r="617" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A617" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B617" s="9"/>
+      <c r="C617" s="9"/>
+      <c r="D617" s="9"/>
+    </row>
+    <row r="618" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A618" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B618" s="2"/>
+    </row>
+    <row r="619" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A619" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B575" s="2"/>
-[...11 lines deleted...]
-      <c r="B577" s="2"/>
+      <c r="B619" s="2"/>
+    </row>
+    <row r="620" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A620" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B620" s="2"/>
+    </row>
+    <row r="621" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A621" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B621" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A571:D571"/>
-    <mergeCell ref="A572:D573"/>
+    <mergeCell ref="A615:D615"/>
+    <mergeCell ref="A616:D617"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>