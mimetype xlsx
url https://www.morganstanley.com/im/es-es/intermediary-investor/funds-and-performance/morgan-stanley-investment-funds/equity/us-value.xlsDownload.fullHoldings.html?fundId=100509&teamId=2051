--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="177">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>US Value Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 30-nov-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-dic-2025</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
     <t>3M COMPANY USD COM</t>
   </si>
   <si>
     <t>88579Y101</t>
   </si>
   <si>
     <t>US88579Y1010</t>
   </si>
@@ -147,62 +147,50 @@
   <si>
     <t>AMAZON.COM INC USD COM</t>
   </si>
   <si>
     <t>023135106</t>
   </si>
   <si>
     <t>US0231351067</t>
   </si>
   <si>
     <t>2000019</t>
   </si>
   <si>
     <t>AMERICAN INTL GROUP INC USD COM</t>
   </si>
   <si>
     <t>026874784</t>
   </si>
   <si>
     <t>US0268747849</t>
   </si>
   <si>
     <t>2027342</t>
   </si>
   <si>
-    <t>BAKER HUGHES</t>
-[...10 lines deleted...]
-  <si>
     <t>BALL CORP USD COM</t>
   </si>
   <si>
     <t>058498106</t>
   </si>
   <si>
     <t>US0584981064</t>
   </si>
   <si>
     <t>2073022</t>
   </si>
   <si>
     <t>BANK OF AMERICA CORP USD COM</t>
   </si>
   <si>
     <t>060505104</t>
   </si>
   <si>
     <t>US0605051046</t>
   </si>
   <si>
     <t>2295677</t>
   </si>
   <si>
     <t>BJ'S WHOLESALE CLUB HOLDINGS</t>
@@ -231,62 +219,50 @@
   <si>
     <t>BRISTOL MYERS SQUIBB USD .10 COM</t>
   </si>
   <si>
     <t>110122108</t>
   </si>
   <si>
     <t>US1101221083</t>
   </si>
   <si>
     <t>2126335</t>
   </si>
   <si>
     <t>CBOE GLOBAL MARKETS INC</t>
   </si>
   <si>
     <t>12503M108</t>
   </si>
   <si>
     <t>US12503M1080</t>
   </si>
   <si>
     <t>B5834C5</t>
   </si>
   <si>
-    <t>CLOROX CO USD COM</t>
-[...10 lines deleted...]
-  <si>
     <t>CMS ENERGY CORP USD COM</t>
   </si>
   <si>
     <t>125896100</t>
   </si>
   <si>
     <t>US1258961002</t>
   </si>
   <si>
     <t>2219224</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
     <t>EMERSON ELECTRIC CO USD COM</t>
   </si>
   <si>
     <t>291011104</t>
   </si>
   <si>
     <t>US2910111044</t>
@@ -321,62 +297,50 @@
   <si>
     <t>FIRST INDUSTRIAL REALTY TRUST:INC USD COM</t>
   </si>
   <si>
     <t>32054K103</t>
   </si>
   <si>
     <t>US32054K1034</t>
   </si>
   <si>
     <t>2360757</t>
   </si>
   <si>
     <t>GOLDMAN SACHS GROUP INC USD COM</t>
   </si>
   <si>
     <t>38141G104</t>
   </si>
   <si>
     <t>US38141G1040</t>
   </si>
   <si>
     <t>2407966</t>
   </si>
   <si>
-    <t>HASBRO INC USD COM</t>
-[...10 lines deleted...]
-  <si>
     <t>HERSHEY CO/THE</t>
   </si>
   <si>
     <t>427866108</t>
   </si>
   <si>
     <t>US4278661081</t>
   </si>
   <si>
     <t>2422806</t>
   </si>
   <si>
     <t>HUNTINGTON BANCSHARES INC USD:COM</t>
   </si>
   <si>
     <t>446150104</t>
   </si>
   <si>
     <t>US4461501045</t>
   </si>
   <si>
     <t>2445966</t>
   </si>
   <si>
     <t>INTEL CORP USD COM</t>
@@ -471,62 +435,50 @@
   <si>
     <t>US65339F1012</t>
   </si>
   <si>
     <t>2328915</t>
   </si>
   <si>
     <t>Net Other Assets</t>
   </si>
   <si>
     <t>XXXX2</t>
   </si>
   <si>
     <t>REINSURANCE GROUP AMERICA INC:USD COM</t>
   </si>
   <si>
     <t>759351604</t>
   </si>
   <si>
     <t>US7593516047</t>
   </si>
   <si>
     <t>2731193</t>
   </si>
   <si>
-    <t>ROBERT HALF INC</t>
-[...10 lines deleted...]
-  <si>
     <t>RYAN SPECIALTY HOLDINGS INC</t>
   </si>
   <si>
     <t>78351F107</t>
   </si>
   <si>
     <t>US78351F1075</t>
   </si>
   <si>
     <t>BNXKSK3</t>
   </si>
   <si>
     <t>SALESFORCE INC</t>
   </si>
   <si>
     <t>79466L302</t>
   </si>
   <si>
     <t>US79466L3024</t>
   </si>
   <si>
     <t>2310525</t>
   </si>
   <si>
     <t>SCHWAB (CHARLES) CORP</t>
@@ -565,50 +517,62 @@
     <t>2517382</t>
   </si>
   <si>
     <t>US FOODS HOLDING CORP</t>
   </si>
   <si>
     <t>912008109</t>
   </si>
   <si>
     <t>US9120081099</t>
   </si>
   <si>
     <t>BYVFC94</t>
   </si>
   <si>
     <t>WELLS FARGO COMPANY USD COM</t>
   </si>
   <si>
     <t>949746101</t>
   </si>
   <si>
     <t>US9497461015</t>
   </si>
   <si>
     <t>2649100</t>
+  </si>
+  <si>
+    <t>WILLIAMS COMPANIES INC USD COM</t>
+  </si>
+  <si>
+    <t>969457100</t>
+  </si>
+  <si>
+    <t>US9694571004</t>
+  </si>
+  <si>
+    <t>2967181</t>
   </si>
   <si>
     <t>Los datos sobre posiciones se refieren al periodo iniciado en la fecha indicada y pueden cambiar. Estos valores y las asignaciones porcentuales revisten fines meramente ilustrativos y no constituyen asesoramiento de inversiones o recomendaciones con respecto a los valores o las inversiones que aquí se mencionan, no debiéndose interpretar como tales. No existe garantía alguna de que las estrategias vayan a alcanzar su objetivo. Las inversiones entrañan riesgos, incluida la posible pérdida del capital invertido. Consulte el folleto del fondo para obtener información sobre riesgos más completa.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Antes de invertir, estudie minuciosamente el objetivo de inversión, los riesgos, las comisiones y los gastos del fondo. En los folletos figura esta y otra información sobre el fondo. Para obtener un folleto, puede descargárselo en morganstanley.com/im. Lea el folleto detenidamente antes de invertir.           </t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) es la división de gestión de activos de Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="0"/>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -976,921 +940,870 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E66"/>
+  <dimension ref="A1:E63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>2.6</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>3.31</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>3.21</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>1.87</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>5.42</v>
+        <v>4.56</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>2.98</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>2.71</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>3.31</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>2.65</v>
+        <v>3.84</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>4.36</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.99</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>2.79</v>
+        <v>2.87</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>67</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>68</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>3.05</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>71</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>72</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>2.78</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C24" t="s" s="0">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D24" t="s" s="0">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>1.93</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C25" t="s" s="0">
         <v>77</v>
       </c>
-      <c r="B25" s="6" t="s">
+      <c r="D25" t="s" s="0">
         <v>78</v>
       </c>
-      <c r="C25" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E25" t="n" s="0">
-        <v>2.15</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C26" t="s" s="0">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>82</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.66</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>85</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>86</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>2.97</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>89</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>90</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>2.68</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>93</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>94</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>3.39</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>97</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>98</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>2.23</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>101</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>102</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>2.13</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>105</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>106</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>1.64</v>
+        <v>3.16</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>109</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>110</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>2.26</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>112</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>113</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>114</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>2.31</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>117</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>118</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>4.04</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>121</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>122</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>3.39</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>125</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>126</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>3.0</v>
+        <v>6.01</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>130</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>1.9</v>
+        <v>3.53</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>133</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>134</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>2.33</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>6.87</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C41" t="s" s="0">
         <v>139</v>
       </c>
-      <c r="B41" s="6" t="s">
+      <c r="D41" t="s" s="0">
         <v>140</v>
       </c>
-      <c r="C41" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E41" t="n" s="0">
-        <v>3.4</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C42" t="s" s="0">
         <v>143</v>
       </c>
-      <c r="B42" s="6" t="s">
+      <c r="D42" t="s" s="0">
         <v>144</v>
       </c>
-      <c r="C42" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E42" t="n" s="0">
-        <v>3.6</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" t="s" s="0">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>148</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>-23.37</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>150</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>151</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>152</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>3.35</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>155</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>156</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>2.27</v>
+        <v>2.19</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>159</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>160</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>2.66</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C47" t="s" s="0">
         <v>163</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>164</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>2.78</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>167</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>168</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>3.05</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>171</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>172</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>2.93</v>
-[...6 lines deleted...]
-      <c r="B50" s="6" t="s">
+        <v>1.34</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="C50" t="s" s="0">
+      <c r="B54" s="2"/>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B55" s="2"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B56" s="2"/>
+    </row>
+    <row r="57" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="11" t="s">
         <v>175</v>
       </c>
-      <c r="D50" t="s" s="0">
+      <c r="B57" s="11"/>
+      <c r="C57" s="12"/>
+      <c r="D57" s="12"/>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="10" t="s">
         <v>176</v>
       </c>
-      <c r="E50" t="n" s="0">
-[...47 lines deleted...]
-      <c r="B58" s="2"/>
+      <c r="B58" s="9"/>
+      <c r="C58" s="9"/>
+      <c r="D58" s="9"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A59" s="2" t="s">
-[...10 lines deleted...]
-      <c r="D60" s="12"/>
+      <c r="A59" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="B59" s="9"/>
+      <c r="C59" s="9"/>
+      <c r="D59" s="9"/>
+    </row>
+    <row r="60" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B60" s="2"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A61" s="10" t="s">
-[...21 lines deleted...]
-      <c r="A64" s="7" t="str">
+      <c r="A61" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B64" s="2"/>
-[...11 lines deleted...]
-      <c r="B66" s="2"/>
+      <c r="B61" s="2"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B62" s="2"/>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B63" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A60:D60"/>
-    <mergeCell ref="A61:D62"/>
+    <mergeCell ref="A57:D57"/>
+    <mergeCell ref="A58:D59"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>