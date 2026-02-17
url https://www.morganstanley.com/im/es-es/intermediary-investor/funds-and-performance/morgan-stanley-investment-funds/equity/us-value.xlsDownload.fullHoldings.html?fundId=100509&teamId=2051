--- v1 (2026-02-04)
+++ v2 (2026-02-17)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="181">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>US Value Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-dic-2025</t>
+    <t xml:space="preserve"> Todas las posiciones | A fecha de 31-ene-2026</t>
   </si>
   <si>
     <t>Nombre de seguridad</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% de la cartera</t>
   </si>
   <si>
     <t>3M COMPANY USD COM</t>
   </si>
   <si>
     <t>88579Y101</t>
   </si>
   <si>
     <t>US88579Y1010</t>
   </si>
@@ -99,62 +99,50 @@
   <si>
     <t>ABBOTT LABS USD COM</t>
   </si>
   <si>
     <t>002824100</t>
   </si>
   <si>
     <t>US0028241000</t>
   </si>
   <si>
     <t>2002305</t>
   </si>
   <si>
     <t>ABBVIE INC</t>
   </si>
   <si>
     <t>00287Y109</t>
   </si>
   <si>
     <t>US00287Y1091</t>
   </si>
   <si>
     <t>B92SR70</t>
   </si>
   <si>
-    <t>ADVANCED MICRO DEVICES INC USD:COM</t>
-[...10 lines deleted...]
-  <si>
     <t>ALPHABET INC-CL C</t>
   </si>
   <si>
     <t>02079K107</t>
   </si>
   <si>
     <t>US02079K1079</t>
   </si>
   <si>
     <t>BYY88Y7</t>
   </si>
   <si>
     <t>AMAZON.COM INC USD COM</t>
   </si>
   <si>
     <t>023135106</t>
   </si>
   <si>
     <t>US0231351067</t>
   </si>
   <si>
     <t>2000019</t>
   </si>
   <si>
     <t>AMERICAN INTL GROUP INC USD COM</t>
@@ -219,50 +207,62 @@
   <si>
     <t>BRISTOL MYERS SQUIBB USD .10 COM</t>
   </si>
   <si>
     <t>110122108</t>
   </si>
   <si>
     <t>US1101221083</t>
   </si>
   <si>
     <t>2126335</t>
   </si>
   <si>
     <t>CBOE GLOBAL MARKETS INC</t>
   </si>
   <si>
     <t>12503M108</t>
   </si>
   <si>
     <t>US12503M1080</t>
   </si>
   <si>
     <t>B5834C5</t>
   </si>
   <si>
+    <t>CISCO SYSTEMS INC USD COM</t>
+  </si>
+  <si>
+    <t>17275R102</t>
+  </si>
+  <si>
+    <t>US17275R1023</t>
+  </si>
+  <si>
+    <t>2198163</t>
+  </si>
+  <si>
     <t>CMS ENERGY CORP USD COM</t>
   </si>
   <si>
     <t>125896100</t>
   </si>
   <si>
     <t>US1258961002</t>
   </si>
   <si>
     <t>2219224</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
     <t>EMERSON ELECTRIC CO USD COM</t>
   </si>
   <si>
     <t>291011104</t>
   </si>
   <si>
     <t>US2910111044</t>
@@ -319,50 +319,62 @@
     <t>2407966</t>
   </si>
   <si>
     <t>HERSHEY CO/THE</t>
   </si>
   <si>
     <t>427866108</t>
   </si>
   <si>
     <t>US4278661081</t>
   </si>
   <si>
     <t>2422806</t>
   </si>
   <si>
     <t>HUNTINGTON BANCSHARES INC USD:COM</t>
   </si>
   <si>
     <t>446150104</t>
   </si>
   <si>
     <t>US4461501045</t>
   </si>
   <si>
     <t>2445966</t>
+  </si>
+  <si>
+    <t>INGERSOLL-RAND INC</t>
+  </si>
+  <si>
+    <t>45687V106</t>
+  </si>
+  <si>
+    <t>US45687V1061</t>
+  </si>
+  <si>
+    <t>BL5GZ82</t>
   </si>
   <si>
     <t>INTEL CORP USD COM</t>
   </si>
   <si>
     <t>458140100</t>
   </si>
   <si>
     <t>US4581401001</t>
   </si>
   <si>
     <t>2463247</t>
   </si>
   <si>
     <t>JOHNSON CONTROLS INTERNATIONAL</t>
   </si>
   <si>
     <t>G51502105</t>
   </si>
   <si>
     <t>IE00BY7QL619</t>
   </si>
   <si>
     <t>BY7QL61</t>
   </si>
@@ -940,870 +952,887 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E63"/>
+  <dimension ref="A1:E64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>2.07</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>2.76</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>2.77</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>1.58</v>
+        <v>5.27</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>4.56</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>2.53</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>2.62</v>
+        <v>2.43</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>2.44</v>
+        <v>4.09</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>3.84</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>1.73</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>2.25</v>
+        <v>3.03</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>2.87</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>67</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>68</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>2.32</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>71</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>72</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>1.71</v>
+        <v>1.63</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>74</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>74</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>1.75</v>
+        <v>-1.31</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>77</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>78</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>2.53</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>81</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>82</v>
       </c>
       <c r="E26" t="n" s="0">
         <v>1.67</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>85</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>86</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>3.0</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>89</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>90</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>1.93</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>93</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>94</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>1.95</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>97</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>98</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>1.87</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>101</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>102</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>2.12</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>105</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>106</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>3.16</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>109</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>110</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>3.0</v>
+        <v>1.92</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>112</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>113</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>114</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>2.56</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>117</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>118</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>1.6</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>121</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>122</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>1.8</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>125</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>126</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>6.01</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>130</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>3.53</v>
+        <v>7.35</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>133</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>134</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>2.04</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.03</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C41" t="s" s="0">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>140</v>
       </c>
       <c r="E41" t="n" s="0">
         <v>3.08</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>142</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>143</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>144</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>2.03</v>
+        <v>3.28</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>147</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>148</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>2.74</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>150</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>151</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>152</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>2.83</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>155</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>156</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>2.19</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>159</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>160</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>3.18</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C47" t="s" s="0">
         <v>163</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>164</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>2.45</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>167</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>168</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>3.57</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>171</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>172</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>1.34</v>
-[...3 lines deleted...]
-      <c r="A54" s="2" t="s">
+        <v>3.23</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="B50" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="B54" s="2"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C50" t="s" s="0">
+        <v>175</v>
+      </c>
+      <c r="D50" t="s" s="0">
+        <v>176</v>
+      </c>
+      <c r="E50" t="n" s="0">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B55" s="2"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B56" s="2"/>
     </row>
-    <row r="57" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="D58" s="9"/>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B57" s="2"/>
+    </row>
+    <row r="58" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="B58" s="11"/>
+      <c r="C58" s="12"/>
+      <c r="D58" s="12"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A59" s="9" t="s">
-        <v>174</v>
+      <c r="A59" s="10" t="s">
+        <v>180</v>
       </c>
       <c r="B59" s="9"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
     </row>
-    <row r="60" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="A61" s="7" t="str">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="B60" s="9"/>
+      <c r="C60" s="9"/>
+      <c r="D60" s="9"/>
+    </row>
+    <row r="61" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B61" s="2"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B61" s="2"/>
-[...4 lines deleted...]
-      </c>
       <c r="B62" s="2"/>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B63" s="2"/>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B64" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A57:D57"/>
-    <mergeCell ref="A58:D59"/>
+    <mergeCell ref="A58:D58"/>
+    <mergeCell ref="A59:D60"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>