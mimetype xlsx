--- v0 (2025-12-13)
+++ v1 (2025-12-15)
@@ -48,51 +48,51 @@
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. Holdings are provided for informational purposes only and should not be construed as a recommendation or solicitation for any securities listed. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>NOT FDIC INSURED | OFFER NO BANK GUARANTEE | MAY LOSE VALUE | NOT INSURED BY ANY FEDERAL GOVERNMENT AGENCY | NOT A DEPOSIT</t>
   </si>
   <si>
     <t>Variable Insurance Funds</t>
   </si>
   <si>
     <t>VIF Emerging Markets Equity Portfolio</t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 10/31/2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 11/30/2025</t>
   </si>
   <si>
     <t>360 ONE WAM LTD</t>
   </si>
   <si>
     <t>AIRTAC INTERNATIONAL GROUP</t>
   </si>
   <si>
     <t>ALCHIP TECHNOLOGIES LTD</t>
   </si>
   <si>
     <t>ALIBABA GROUP HOLDING LTD</t>
   </si>
   <si>
     <t>ALINMA BANK</t>
   </si>
   <si>
     <t>ALLEGRO EU</t>
   </si>
   <si>
     <t>ANTOFAGASTA PLC</t>
   </si>
   <si>
     <t>ASE TECHNOLOGY HOLDING CO LTD</t>
   </si>
@@ -799,803 +799,803 @@
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="6" t="n">
-        <v>0.47</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="6" t="n">
         <v>0.44</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="n">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="6" t="n">
-        <v>3.72</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="6" t="n">
-        <v>0.55</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="n">
-        <v>1.24</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="6" t="n">
-        <v>1.32</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="6" t="n">
-        <v>1.07</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="6" t="n">
-        <v>0.44</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="6" t="n">
-        <v>0.74</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="6" t="n">
-        <v>0.83</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="6" t="n">
-        <v>0.71</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="6" t="n">
-        <v>1.0</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="6" t="n">
-        <v>0.28</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="6" t="n">
-        <v>0.76</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="6" t="n">
-        <v>0.6</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="6" t="n">
-        <v>0.46</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="6" t="n">
-        <v>0.57</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="6" t="n">
-        <v>0.61</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="6" t="n">
         <v>0.36</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="6" t="n">
-        <v>1.29</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="6" t="n">
-        <v>0.31</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B32" s="6" t="n">
         <v>0.37</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B33" s="6" t="n">
-        <v>1.73</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B34" s="6" t="n">
-        <v>0.42</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B35" s="6" t="n">
-        <v>1.29</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B36" s="6" t="n">
-        <v>0.62</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="6" t="n">
-        <v>0.47</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B38" s="6" t="n">
-        <v>0.61</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B39" s="6" t="n">
         <v>0.19</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B40" s="6" t="n">
-        <v>0.67</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B41" s="6" t="n">
-        <v>0.46</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B42" s="6" t="n">
-        <v>1.0</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B43" s="6" t="n">
-        <v>0.84</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B44" s="6" t="n">
-        <v>0.72</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B45" s="6" t="n">
-        <v>1.36</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B46" s="6" t="n">
-        <v>0.87</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B47" s="6" t="n">
-        <v>0.61</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B48" s="6" t="n">
-        <v>0.95</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B49" s="6" t="n">
-        <v>0.39</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B50" s="6" t="n">
-        <v>0.77</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="6" t="n">
-        <v>1.71</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B52" s="6" t="n">
-        <v>0.3</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B53" s="6" t="n">
-        <v>0.89</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B54" s="6" t="n">
-        <v>1.65</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B55" s="6" t="n">
         <v>0.95</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B56" s="6" t="n">
-        <v>1.0</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B57" s="6" t="n">
-        <v>1.13</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B58" s="6" t="n">
         <v>0.8</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B59" s="6" t="n">
-        <v>0.93</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B60" s="6" t="n">
-        <v>0.59</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B61" s="6" t="n">
-        <v>0.73</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B62" s="6" t="n">
-        <v>0.61</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B63" s="6" t="n">
-        <v>0.5</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B64" s="6" t="n">
-        <v>0.41</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B65" s="6" t="n">
-        <v>0.65</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B66" s="6" t="n">
-        <v>0.68</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B67" s="6" t="n">
-        <v>1.39</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B68" s="6" t="n">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B69" s="6" t="n">
-        <v>0.52</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B70" s="6" t="n">
-        <v>0.83</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B71" s="6" t="n">
-        <v>1.01</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B72" s="6" t="n">
-        <v>0.71</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B73" s="6" t="n">
-        <v>0.58</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B74" s="6" t="n">
-        <v>0.55</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B75" s="6" t="n">
-        <v>0.9</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B76" s="6" t="n">
-        <v>0.74</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>80</v>
       </c>
       <c r="B77" s="6" t="n">
-        <v>-1.36</v>
+        <v>-1.58</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B78" s="6" t="n">
-        <v>0.44</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B79" s="6" t="n">
-        <v>0.6</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B80" s="6" t="n">
-        <v>0.49</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B81" s="6" t="n">
-        <v>1.08</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B82" s="6" t="n">
-        <v>0.48</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B83" s="6" t="n">
-        <v>0.7</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B84" s="6" t="n">
-        <v>1.07</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B85" s="6" t="n">
-        <v>1.86</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B86" s="6" t="n">
-        <v>6.7</v>
+        <v>6.24</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B87" s="6" t="n">
-        <v>0.42</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B88" s="6" t="n">
-        <v>0.63</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B89" s="6" t="n">
-        <v>0.53</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B90" s="6" t="n">
-        <v>1.12</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B91" s="6" t="n">
-        <v>1.31</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B92" s="6" t="n">
-        <v>0.28</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B93" s="6" t="n">
-        <v>14.95</v>
+        <v>14.56</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B94" s="6" t="n">
-        <v>0.5</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B95" s="6" t="n">
-        <v>5.97</v>
+        <v>5.93</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B96" s="6" t="n">
-        <v>1.01</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B97" s="6" t="n">
-        <v>0.74</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B98" s="6" t="n">
-        <v>0.52</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B99" s="6" t="n">
-        <v>0.56</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B100" s="6" t="n">
-        <v>1.11</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B101" s="6" t="n">
-        <v>1.46</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B102" s="6" t="n">
-        <v>1.58</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B103" s="6" t="n">
-        <v>0.72</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B104" s="6" t="n">
-        <v>0.44</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="109" spans="1:4" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B109" s="11"/>
       <c r="C109" s="12"/>
       <c r="D109" s="12"/>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B110" s="9"/>
       <c r="C110" s="9"/>
       <c r="D110" s="9"/>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" s="9" t="s">
         <v>108</v>
       </c>
       <c r="B111" s="9"/>
       <c r="C111" s="9"/>
       <c r="D111" s="9"/>