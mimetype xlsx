--- v0 (2026-02-04)
+++ v1 (2026-03-30)
@@ -10,521 +10,512 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="135" windowWidth="19155" windowHeight="7485"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="165">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>PAR/SHARES</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>The Full Holdings Report available on morganstanley.com/im at least 45 calendar days after quarter-end.  For current shareholders of the fund, complete holdings for the Portfolio are available 15 calendar days after month-end via client service at cslux@morganstanley.com.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Vitality Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 30-Sep-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 31-Dec-2025</t>
   </si>
   <si>
     <t>10X GENOMICS INC CL A</t>
   </si>
   <si>
     <t>88025U109</t>
   </si>
   <si>
     <t>US88025U1097</t>
   </si>
   <si>
     <t>BKS3RS7</t>
   </si>
   <si>
     <t>7,200</t>
   </si>
   <si>
-    <t>AGILON HEALTH INC</t>
-[...13 lines deleted...]
-  <si>
     <t>ALIGN TECHNOLOGY INC USD COM</t>
   </si>
   <si>
     <t>016255101</t>
   </si>
   <si>
     <t>US0162551016</t>
   </si>
   <si>
     <t>2679204</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>ALNYLAM PHARMACEUTICALS</t>
   </si>
   <si>
     <t>02043Q107</t>
   </si>
   <si>
     <t>US02043Q1076</t>
   </si>
   <si>
     <t>B00FWN1</t>
   </si>
   <si>
-    <t>652</t>
+    <t>527</t>
   </si>
   <si>
     <t>ARGENX SE - ADR</t>
   </si>
   <si>
     <t>04016X101</t>
   </si>
   <si>
     <t>US04016X1019</t>
   </si>
   <si>
     <t>BDVLM39</t>
   </si>
   <si>
-    <t>469</t>
+    <t>456</t>
   </si>
   <si>
     <t>ASCENDIS PHARMA A/S ADR</t>
   </si>
   <si>
     <t>04351P101</t>
   </si>
   <si>
     <t>US04351P1012</t>
   </si>
   <si>
     <t>BV9G6B8</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>ATAI LIFE SCIENCES NV</t>
+    <t>ATAI BECKLEY NV</t>
   </si>
   <si>
     <t>N0731H103</t>
   </si>
   <si>
     <t>NL0015000DX5</t>
   </si>
   <si>
     <t>BN6M8F1</t>
   </si>
   <si>
-    <t>27,346</t>
+    <t>19,170</t>
   </si>
   <si>
     <t>BEAM THERAPEUTICS INC</t>
   </si>
   <si>
     <t>07373V105</t>
   </si>
   <si>
     <t>US07373V1052</t>
   </si>
   <si>
     <t>BK6L288</t>
   </si>
   <si>
-    <t>1,797</t>
-[...14 lines deleted...]
-    <t>2,436</t>
+    <t>3,115</t>
   </si>
   <si>
     <t>CERIBELL INC</t>
   </si>
   <si>
     <t>15678C102</t>
   </si>
   <si>
     <t>US15678C1027</t>
   </si>
   <si>
     <t>BQFN254</t>
   </si>
   <si>
-    <t>4,179</t>
+    <t>7,611</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
-    <t>269,366</t>
-[...14 lines deleted...]
-    <t>658</t>
+    <t>301,833</t>
   </si>
   <si>
     <t>ELI LILLY &amp; CO USD COM</t>
   </si>
   <si>
     <t>532457108</t>
   </si>
   <si>
     <t>US5324571083</t>
   </si>
   <si>
     <t>2516152</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>ENLIVEN THERAPEUTICS INC</t>
   </si>
   <si>
     <t>29337E102</t>
   </si>
   <si>
     <t>US29337E1029</t>
   </si>
   <si>
     <t>BMFD115</t>
   </si>
   <si>
-    <t>2,027</t>
+    <t>4,047</t>
   </si>
   <si>
     <t>EXACT SCIENCES USD COM</t>
   </si>
   <si>
     <t>30063P105</t>
   </si>
   <si>
     <t>US30063P1057</t>
   </si>
   <si>
     <t>2719951</t>
   </si>
   <si>
     <t>4,280</t>
   </si>
   <si>
     <t>ILLUMINA INC USD COM</t>
   </si>
   <si>
     <t>452327109</t>
   </si>
   <si>
     <t>US4523271090</t>
   </si>
   <si>
     <t>2613990</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>INSPIRE MEDICAL SYSTEMS INC</t>
   </si>
   <si>
     <t>457730109</t>
   </si>
   <si>
     <t>US4577301090</t>
   </si>
   <si>
     <t>BDT5KT5</t>
   </si>
   <si>
-    <t>770</t>
-[...14 lines deleted...]
-    <t>10,050</t>
+    <t>1,313</t>
   </si>
   <si>
     <t>INTUITIVE SURGICAL INC USD COM</t>
   </si>
   <si>
     <t>46120E602</t>
   </si>
   <si>
     <t>US46120E6023</t>
   </si>
   <si>
     <t>2871301</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
+    <t>KYMERA THERAPEUTICS INC</t>
+  </si>
+  <si>
+    <t>501575104</t>
+  </si>
+  <si>
+    <t>US5015751044</t>
+  </si>
+  <si>
+    <t>BMPRZV5</t>
+  </si>
+  <si>
+    <t>1,039</t>
+  </si>
+  <si>
     <t>MAXCYTE INC</t>
   </si>
   <si>
     <t>57777K106</t>
   </si>
   <si>
     <t>US57777K1060</t>
   </si>
   <si>
     <t>BKMQF66</t>
   </si>
   <si>
-    <t>43,683</t>
+    <t>60,674</t>
+  </si>
+  <si>
+    <t>NEKTAR THERAPEUTICS</t>
+  </si>
+  <si>
+    <t>640268306</t>
+  </si>
+  <si>
+    <t>US6402683063</t>
+  </si>
+  <si>
+    <t>BVDKG05</t>
+  </si>
+  <si>
+    <t>995</t>
   </si>
   <si>
     <t>NEWAMSTERDAM PHARMA CO NV</t>
   </si>
   <si>
     <t>N62509109</t>
   </si>
   <si>
     <t>NL00150012L7</t>
   </si>
   <si>
     <t>BP8JSP4</t>
   </si>
   <si>
     <t>4,525</t>
   </si>
   <si>
-    <t>Net Other Assets</t>
-[...7 lines deleted...]
-  <si>
     <t>SCHRODINGER INC</t>
   </si>
   <si>
     <t>80810D103</t>
   </si>
   <si>
     <t>US80810D1037</t>
   </si>
   <si>
     <t>BKV28S8</t>
   </si>
   <si>
     <t>4,842</t>
   </si>
   <si>
     <t>STRUCTURE THERAPEUTICS INC</t>
   </si>
   <si>
     <t>86366E106</t>
   </si>
   <si>
     <t>US86366E1064</t>
   </si>
   <si>
     <t>BQS9486</t>
   </si>
   <si>
-    <t>3,394</t>
+    <t>2,895</t>
   </si>
   <si>
     <t>THERMO FISHER SCIENTIFIC INC</t>
   </si>
   <si>
     <t>883556102</t>
   </si>
   <si>
     <t>US8835561023</t>
   </si>
   <si>
     <t>2886907</t>
   </si>
   <si>
     <t>ULTRAGENYX PHARMACEUTICAL IN</t>
   </si>
   <si>
     <t>90400D108</t>
   </si>
   <si>
     <t>US90400D1081</t>
   </si>
   <si>
     <t>BJ62Z18</t>
   </si>
   <si>
     <t>1,439</t>
   </si>
   <si>
+    <t>UNIQURE B.V.</t>
+  </si>
+  <si>
+    <t>N90064101</t>
+  </si>
+  <si>
+    <t>NL0010696654</t>
+  </si>
+  <si>
+    <t>BJFSR88</t>
+  </si>
+  <si>
+    <t>1,450</t>
+  </si>
+  <si>
     <t>UNITEDHEALTH GROUP INC USD COM</t>
   </si>
   <si>
     <t>91324P102</t>
   </si>
   <si>
     <t>US91324P1021</t>
   </si>
   <si>
     <t>2917766</t>
   </si>
   <si>
-    <t>422</t>
+    <t>334</t>
+  </si>
+  <si>
+    <t>VAXCYTE INC</t>
+  </si>
+  <si>
+    <t>92243G108</t>
+  </si>
+  <si>
+    <t>US92243G1085</t>
+  </si>
+  <si>
+    <t>BKPVGH6</t>
+  </si>
+  <si>
+    <t>1,852</t>
   </si>
   <si>
     <t>VEEVA SYSTEMS INC-CLASS A</t>
   </si>
   <si>
     <t>922475108</t>
   </si>
   <si>
     <t>US9224751084</t>
   </si>
   <si>
     <t>BFH3N85</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>VERTEX PHARMACEUTICALS INC COM</t>
   </si>
   <si>
     <t>92532F100</t>
   </si>
   <si>
     <t>US92532F1003</t>
   </si>
   <si>
     <t>2931034</t>
   </si>
   <si>
-    <t>321</t>
+    <t>249</t>
   </si>
   <si>
     <t>WEST PHARMACEUTICAL SERVICES INC:USD COM</t>
   </si>
   <si>
     <t>955306105</t>
   </si>
   <si>
     <t>US9553061055</t>
   </si>
   <si>
     <t>2950482</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>ZOETIS INC</t>
   </si>
   <si>
     <t>98978V103</t>
   </si>
   <si>
     <t>US98978V1035</t>
   </si>
@@ -920,51 +911,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J54"/>
+  <dimension ref="A1:J53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" customWidth="true" width="12.5703125"/>
     <col min="3" max="3" customWidth="true" width="15.7109375"/>
     <col min="4" max="4" customWidth="true" width="10.5703125"/>
     <col min="5" max="5" customWidth="true" width="13.85546875"/>
     <col min="6" max="6" customWidth="true" width="18.5703125"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="9"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
@@ -1027,749 +1018,729 @@
       </c>
       <c r="E9" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="7" t="n">
-        <v>2.2</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="7" t="n">
-        <v>0.39</v>
+        <v>3.44</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="7" t="n">
-        <v>3.2</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>34</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>36</v>
       </c>
       <c r="F13" s="7" t="n">
-        <v>7.75</v>
+        <v>8.62</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="7" t="n">
-        <v>9.02</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="7" t="n">
-        <v>5.05</v>
+        <v>1.76</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="7" t="n">
-        <v>3.77</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="7" t="n">
-        <v>1.14</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D18" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="7" t="n">
-        <v>0.95</v>
+        <v>6.78</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="B19" s="7" t="s">
+      <c r="D19" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="C19" s="7" t="s">
+      <c r="E19" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="D19" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="7" t="n">
-        <v>1.25</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="7" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>68</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F20" s="7" t="n">
-        <v>7.03</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>71</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="7" t="n">
-        <v>1.26</v>
+        <v>9.77</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>77</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="7" t="n">
-        <v>7.01</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>81</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>82</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="7" t="n">
-        <v>1.08</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>86</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>87</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>88</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>89</v>
       </c>
       <c r="F24" s="7" t="n">
-        <v>6.11</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>91</v>
       </c>
       <c r="C25" s="7" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="7" t="n">
-        <v>2.04</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>96</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="7" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="7" t="n">
-        <v>1.49</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>101</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>102</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>103</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>104</v>
       </c>
       <c r="F27" s="7" t="n">
-        <v>4.53</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>106</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="7" t="s">
         <v>108</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>109</v>
       </c>
       <c r="F28" s="7" t="n">
-        <v>2.93</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>111</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>112</v>
       </c>
       <c r="D29" s="7" t="s">
         <v>113</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>114</v>
       </c>
       <c r="F29" s="7" t="n">
-        <v>1.8</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>116</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>117</v>
       </c>
       <c r="D30" s="7" t="s">
         <v>118</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>119</v>
       </c>
       <c r="F30" s="7" t="n">
-        <v>3.36</v>
+        <v>4.52</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>121</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>122</v>
+        <v>64</v>
       </c>
       <c r="F31" s="7" t="n">
-        <v>1.3</v>
+        <v>4.59</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F32" s="7" t="n">
-        <v>2.53</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F33" s="7" t="n">
-        <v>2.48</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>79</v>
+        <v>138</v>
       </c>
       <c r="F34" s="7" t="n">
-        <v>4.46</v>
+        <v>2.48</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F35" s="7" t="n">
-        <v>1.13</v>
+        <v>1.92</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F36" s="7" t="n">
-        <v>3.8</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F37" s="7" t="n">
-        <v>2.81</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F38" s="7" t="n">
-        <v>3.28</v>
+        <v>1.72</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F39" s="7" t="n">
-        <v>1.9</v>
-[...9 lines deleted...]
-      <c r="C40" s="7" t="s">
+        <v>2.21</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B44" s="13"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="13"/>
+    </row>
+    <row r="45" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="13" t="s">
         <v>164</v>
-      </c>
-[...12 lines deleted...]
-        <v>12</v>
       </c>
       <c r="B45" s="13"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="13"/>
     </row>
     <row r="46" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="13" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B46" s="13"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="13"/>
     </row>
-    <row r="47" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A48" s="15" t="s">
+    <row r="47" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="15" t="s">
         <v>11</v>
+      </c>
+      <c r="B47" s="8"/>
+      <c r="C47" s="8"/>
+      <c r="D47" s="8"/>
+      <c r="E47" s="8"/>
+      <c r="F47" s="8"/>
+    </row>
+    <row r="48" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
+        <v>164</v>
       </c>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
     </row>
-    <row r="49" spans="1:10" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="A51" s="14" t="str">
+    <row r="49" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="50" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="14" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B51" s="14"/>
-[...5 lines deleted...]
-    <row r="52" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="14"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="14"/>
+    </row>
+    <row r="51" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B51" s="3"/>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B52" s="3"/>
-      <c r="C52" s="3"/>
-      <c r="D52" s="3"/>
+      <c r="F52" s="10"/>
+      <c r="G52" s="11"/>
+      <c r="H52" s="11"/>
+      <c r="I52" s="11"/>
+      <c r="J52" s="11"/>
     </row>
     <row r="53" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B53" s="3"/>
-      <c r="F53" s="10"/>
-[...9 lines deleted...]
-      <c r="B54" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A6:F6"/>
-    <mergeCell ref="F53:J53"/>
-[...2 lines deleted...]
-    <mergeCell ref="A48:F49"/>
+    <mergeCell ref="F52:J52"/>
+    <mergeCell ref="A44:F46"/>
+    <mergeCell ref="A50:F50"/>
+    <mergeCell ref="A47:F48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Full Holdings</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>