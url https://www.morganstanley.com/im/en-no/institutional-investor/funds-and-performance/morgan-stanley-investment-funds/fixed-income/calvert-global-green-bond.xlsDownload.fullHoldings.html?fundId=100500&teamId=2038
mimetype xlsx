--- v0 (2026-02-04)
+++ v1 (2026-03-30)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1107" uniqueCount="749">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1175" uniqueCount="767">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Calvert Global Green Bond Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 31-Dec-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 28-Feb-2026</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>ACEF HOLDING SCA RegS</t>
   </si>
   <si>
     <t>BMI9V4S00</t>
   </si>
   <si>
     <t>XS2351301499</t>
   </si>
   <si>
     <t>BM91MR8</t>
   </si>
   <si>
     <t>ACHMEA BANK NV MTN RegS</t>
   </si>
@@ -105,174 +105,162 @@
   <si>
     <t>AIB GROUP PLC MTN RegS</t>
   </si>
   <si>
     <t>BMIFV44N2</t>
   </si>
   <si>
     <t>XS3237229193</t>
   </si>
   <si>
     <t>BR84HQ7</t>
   </si>
   <si>
     <t>ALLIANDER NV RegS</t>
   </si>
   <si>
     <t>BMIDMT907</t>
   </si>
   <si>
     <t>XS2829852842</t>
   </si>
   <si>
     <t>BS84LG2</t>
   </si>
   <si>
-    <t>ALLIANDER NV MTN RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>AMPRION GMBH MTN RegS</t>
   </si>
   <si>
+    <t>BMIG15DD2</t>
+  </si>
+  <si>
+    <t>DE000A460EZ5</t>
+  </si>
+  <si>
+    <t>BN4G598</t>
+  </si>
+  <si>
     <t>BMIDFS7R0</t>
   </si>
   <si>
     <t>DE000A383BP6</t>
   </si>
   <si>
     <t>BNRR208</t>
   </si>
   <si>
     <t>ARDAGH METAL PACKAGING FINANCE USA RegS</t>
   </si>
   <si>
     <t>BMI9JBY68</t>
   </si>
   <si>
     <t>XS2310511717</t>
   </si>
   <si>
     <t>BNKLFB9</t>
   </si>
   <si>
     <t>ATLANTICA SUSTAINABLE INFRASTRUCTU RegS</t>
   </si>
   <si>
     <t>BMIE3HM23</t>
   </si>
   <si>
     <t>XS2929941503</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
+    <t>AUD CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>AUD_CCASH</t>
+  </si>
+  <si>
     <t>AUTONOMOUS COMMUNITY OF MADRID SPA RegS</t>
   </si>
   <si>
     <t>BMIEGLTG2</t>
   </si>
   <si>
     <t>ES00001010Q5</t>
   </si>
   <si>
     <t>BS2KVS8</t>
   </si>
   <si>
     <t>AXA LOGISTICS EUROPE MASTER SCA MTN RegS</t>
   </si>
   <si>
     <t>BMIFS50E7</t>
   </si>
   <si>
     <t>XS3224606197</t>
   </si>
   <si>
     <t>AXA SA MTN RegS</t>
   </si>
   <si>
     <t>BMI9NTAR4</t>
   </si>
   <si>
     <t>XS2314312179</t>
   </si>
   <si>
     <t>BNXHBS3</t>
   </si>
   <si>
-    <t>BANCO BILBAO VIZCAYA ARGENTARIA SA RegS</t>
-[...22 lines deleted...]
-  <si>
     <t>BANK OF IRELAND GROUP PLC MTN RegS</t>
   </si>
   <si>
+    <t>BMIEVZBT5</t>
+  </si>
+  <si>
+    <t>XS3074495790</t>
+  </si>
+  <si>
+    <t>BNYD8L2</t>
+  </si>
+  <si>
     <t>BMI9RVAY0</t>
   </si>
   <si>
     <t>XS2340236327</t>
   </si>
   <si>
     <t>BMHV4Z2</t>
   </si>
   <si>
-    <t>BMIEVZBT5</t>
-[...5 lines deleted...]
-    <t>BNYD8L2</t>
+    <t>BMIG0M883</t>
+  </si>
+  <si>
+    <t>XS3268047118</t>
+  </si>
+  <si>
+    <t>BTGRL26</t>
   </si>
   <si>
     <t>BANK POLSKA KASA OPIEKI SA MTN RegS</t>
   </si>
   <si>
     <t>BMIFH90V3</t>
   </si>
   <si>
     <t>XS3185322909</t>
   </si>
   <si>
     <t>BANQUE ET CAISSE DEPARGNE DE LETAT MTN RegS</t>
   </si>
   <si>
     <t>BMIEMM876</t>
   </si>
   <si>
     <t>XS3019311581</t>
   </si>
   <si>
     <t>BMHVRC0</t>
   </si>
   <si>
     <t>BELGIUM KINGDOM OF (GOVERNMENT)</t>
   </si>
@@ -348,173 +336,188 @@
   <si>
     <t>BPIFRANCE SACA MTN RegS</t>
   </si>
   <si>
     <t>BMI9REAU6</t>
   </si>
   <si>
     <t>FR0014003C70</t>
   </si>
   <si>
     <t>BMWPXM9</t>
   </si>
   <si>
     <t>BROOKFIELD RENEWABLE PARTNERS ULC MTN</t>
   </si>
   <si>
     <t>11282ZAQ1</t>
   </si>
   <si>
     <t>CA11282ZAQ15</t>
   </si>
   <si>
     <t>BLCXRL3</t>
   </si>
   <si>
-    <t>CAIXABANK SA MTN RegS</t>
-[...16 lines deleted...]
-  <si>
     <t>CHILE (REPUBLIC OF)</t>
   </si>
   <si>
+    <t>BMIG19FS9</t>
+  </si>
+  <si>
+    <t>XS3272223762</t>
+  </si>
+  <si>
+    <t>BN7BNV8</t>
+  </si>
+  <si>
     <t>BMIDP1V75</t>
   </si>
   <si>
     <t>XS2856800938</t>
   </si>
   <si>
     <t>BMZCHM5</t>
   </si>
   <si>
     <t>CLEARWAY ENERGY OPERATING LLC 144A</t>
   </si>
   <si>
     <t>18539UAE5</t>
   </si>
   <si>
     <t>US18539UAE55</t>
   </si>
   <si>
     <t>BMYTHB6</t>
   </si>
   <si>
+    <t>COMMERZBANK AG MTN RegS</t>
+  </si>
+  <si>
+    <t>BMIG99C88</t>
+  </si>
+  <si>
+    <t>DE000CZ46CA7</t>
+  </si>
+  <si>
+    <t>BMIG2FLN8</t>
+  </si>
+  <si>
+    <t>DE000CZ457W4</t>
+  </si>
+  <si>
+    <t>BSWVF23</t>
+  </si>
+  <si>
     <t>CPPIB CAPITAL INC MTN RegS</t>
   </si>
   <si>
     <t>BMIESNMK3</t>
   </si>
   <si>
     <t>AU3CB0320950</t>
   </si>
   <si>
     <t>BVBLWR9</t>
   </si>
   <si>
+    <t>CREDIT AGRICOLE SA MTN RegS</t>
+  </si>
+  <si>
+    <t>BMIG6HZE5</t>
+  </si>
+  <si>
+    <t>FR0014015QG5</t>
+  </si>
+  <si>
     <t>CTP NV RegS</t>
   </si>
   <si>
     <t>BMIEL1U03</t>
   </si>
   <si>
     <t>XS3017990048</t>
   </si>
   <si>
+    <t>BMIG1YZT0</t>
+  </si>
+  <si>
+    <t>XS3261863412</t>
+  </si>
+  <si>
+    <t>BVVK5Q6</t>
+  </si>
+  <si>
     <t>DANSKE BANK A/S MTN RegS</t>
   </si>
   <si>
     <t>BMI9URJV2</t>
   </si>
   <si>
     <t>XS2351220814</t>
   </si>
   <si>
     <t>BNTZVQ9</t>
   </si>
   <si>
     <t>DERIV JPY BALANCE WITH R61816</t>
   </si>
   <si>
     <t>BMICV4BP6</t>
   </si>
   <si>
     <t>DERIV JPY BALANCE WITH R61816 LCH</t>
   </si>
   <si>
     <t>BMICG8SG6</t>
   </si>
   <si>
-    <t>DERIV SGD BALANCE WITH R61816</t>
-[...4 lines deleted...]
-  <si>
     <t>DERIV USD BALANCE WITH R93535 CME</t>
   </si>
   <si>
     <t>MARGCMIV2</t>
   </si>
   <si>
     <t>DNB BANK ASA MTN RegS</t>
   </si>
   <si>
+    <t>BMIG26AN0</t>
+  </si>
+  <si>
+    <t>XS3277095009</t>
+  </si>
+  <si>
     <t>BMICMRQX2</t>
   </si>
   <si>
     <t>XS2698148702</t>
   </si>
   <si>
     <t>BMHVHZ3</t>
   </si>
   <si>
-    <t>E.ON SE MTN RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>EAST JAPAN RAILWAY COMPANY MTN RegS</t>
   </si>
   <si>
     <t>BMIBP6WY8</t>
   </si>
   <si>
     <t>XS2588859376</t>
   </si>
   <si>
     <t>BMTY0C8</t>
   </si>
   <si>
     <t>EDP SA MTN RegS</t>
   </si>
   <si>
     <t>BMIDH3TF5</t>
   </si>
   <si>
     <t>PTEDPZOM0011</t>
   </si>
   <si>
     <t>BRJP781</t>
   </si>
   <si>
     <t>ELECTRICITE DE FRANCE SA MTN RegS</t>
@@ -528,660 +531,714 @@
   <si>
     <t>BS5WN52</t>
   </si>
   <si>
     <t>BMIDL5DZ8</t>
   </si>
   <si>
     <t>FR001400QR70</t>
   </si>
   <si>
     <t>BS5WN96</t>
   </si>
   <si>
     <t>ELIA TRANSMISSION BELGIUM NV MTN RegS</t>
   </si>
   <si>
     <t>BMIFL07F5</t>
   </si>
   <si>
     <t>BE6368381404</t>
   </si>
   <si>
     <t>ENBW ENERGIE BADEN WUERTTEMBERG AG RegS</t>
   </si>
   <si>
+    <t>BMIG5YGA8</t>
+  </si>
+  <si>
+    <t>XS3286678191</t>
+  </si>
+  <si>
     <t>BMIF7GRL1</t>
   </si>
   <si>
     <t>XS3134523011</t>
   </si>
   <si>
     <t>ENEL FINANCE INTERNATIONAL NV 144A</t>
   </si>
   <si>
     <t>29278GAX6</t>
   </si>
   <si>
     <t>US29278GAX60</t>
   </si>
   <si>
     <t>BMXZY14</t>
   </si>
   <si>
     <t>ENEXIS HOLDING NV MTN RegS</t>
   </si>
   <si>
     <t>BMIFSH191</t>
   </si>
   <si>
     <t>XS3227310516</t>
   </si>
   <si>
     <t>BTWWWX3</t>
   </si>
   <si>
     <t>ENGIE SA RegS</t>
   </si>
   <si>
+    <t>BMIFLQXP7</t>
+  </si>
+  <si>
+    <t>FR0014013BH0</t>
+  </si>
+  <si>
     <t>BMIFLQWW3</t>
   </si>
   <si>
     <t>FR0014013BG2</t>
   </si>
   <si>
-    <t>BMIFLQXP7</t>
-[...4 lines deleted...]
-  <si>
     <t>BMIDKCAK0</t>
   </si>
   <si>
     <t>FR001400QOK5</t>
   </si>
   <si>
     <t>BSLTP51</t>
   </si>
   <si>
     <t>BMIDK7W43</t>
   </si>
   <si>
     <t>FR001400QOL3</t>
   </si>
   <si>
     <t>BSLTP40</t>
   </si>
   <si>
     <t>ENGIE SA MTN RegS</t>
   </si>
   <si>
     <t>BMIBJFR39</t>
   </si>
   <si>
     <t>FR001400F1G3</t>
   </si>
   <si>
     <t>BPXYFF3</t>
   </si>
   <si>
-    <t>EQUINIX INC</t>
-[...10 lines deleted...]
-  <si>
     <t>ERG SPA MTN RegS</t>
   </si>
   <si>
     <t>BMIDNEZW0</t>
   </si>
   <si>
     <t>XS2853679053</t>
   </si>
   <si>
     <t>BR3XL01</t>
   </si>
   <si>
-    <t>ETD AUD MARGIN BALANCE</t>
-[...4 lines deleted...]
-  <si>
     <t>ETD CAD MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGICAD6</t>
   </si>
   <si>
+    <t>ETD EUR MARGIN BALANCE</t>
+  </si>
+  <si>
+    <t>MARGIEUR9</t>
+  </si>
+  <si>
     <t>ETD GBP MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGIGBP9</t>
   </si>
   <si>
+    <t>ETD JPY MARGIN BALANCE</t>
+  </si>
+  <si>
+    <t>MARGIJPY9</t>
+  </si>
+  <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGIUSD7</t>
   </si>
   <si>
     <t>EUR CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>EUR_CCASH</t>
   </si>
   <si>
     <t>EUR/USD</t>
   </si>
   <si>
-    <t>BMIG02CYR</t>
-[...8 lines deleted...]
-    <t>BMIG07DMR</t>
+    <t>BMIGA3UUP</t>
+  </si>
+  <si>
+    <t>BMIG9Z83P</t>
+  </si>
+  <si>
+    <t>BMIG9UCPP</t>
+  </si>
+  <si>
+    <t>BMIGA3UUR</t>
+  </si>
+  <si>
+    <t>BMIG9L5XP</t>
+  </si>
+  <si>
+    <t>BMIG9L5XR</t>
+  </si>
+  <si>
+    <t>BMIG9Z83R</t>
+  </si>
+  <si>
+    <t>BMIG9UCPR</t>
   </si>
   <si>
     <t>EUROBANK SA MTN RegS</t>
   </si>
   <si>
     <t>BMIDYMYQ4</t>
   </si>
   <si>
     <t>XS2904504979</t>
   </si>
   <si>
     <t>BN2C8K0</t>
   </si>
   <si>
     <t>EUROPEAN UNION RegS</t>
   </si>
   <si>
     <t>BMIA7SRB8</t>
   </si>
   <si>
     <t>EU000A3K4C42</t>
   </si>
   <si>
     <t>BNYNGY1</t>
   </si>
   <si>
     <t>EUROPEAN UNION MTN RegS</t>
   </si>
   <si>
     <t>BMIAZ5TQ2</t>
   </si>
   <si>
     <t>EU000A3K4DM9</t>
   </si>
   <si>
     <t>BP0WRV0</t>
   </si>
   <si>
     <t>FHLMC 30YR UMBS</t>
   </si>
   <si>
+    <t>3133KQM86</t>
+  </si>
+  <si>
+    <t>US3133KQM860</t>
+  </si>
+  <si>
+    <t>3142J6BC6</t>
+  </si>
+  <si>
+    <t>US3142J6BC69</t>
+  </si>
+  <si>
+    <t>3142J6AY9</t>
+  </si>
+  <si>
+    <t>US3142J6AY98</t>
+  </si>
+  <si>
+    <t>3142GS4W5</t>
+  </si>
+  <si>
+    <t>US3142GS4W59</t>
+  </si>
+  <si>
+    <t>3142GRU40</t>
+  </si>
+  <si>
+    <t>US3142GRU407</t>
+  </si>
+  <si>
+    <t>3142J6BB8</t>
+  </si>
+  <si>
+    <t>US3142J6BB86</t>
+  </si>
+  <si>
     <t>3142GS4X3</t>
   </si>
   <si>
     <t>US3142GS4X33</t>
   </si>
   <si>
-    <t>3133KQM86</t>
-[...34 lines deleted...]
-  <si>
     <t>FLUVIUS SYSTEM OPERATOR CV MTN RegS</t>
   </si>
   <si>
     <t>BMIEL8RK8</t>
   </si>
   <si>
     <t>BE0390201672</t>
   </si>
   <si>
     <t>BMHDHL5</t>
   </si>
   <si>
     <t>FNA_17-M13 A2</t>
   </si>
   <si>
     <t>3136AY2C6</t>
   </si>
   <si>
     <t>US3136AY2C66</t>
   </si>
   <si>
     <t>FNA_19-M1 A2</t>
   </si>
   <si>
     <t>3136B3XY1</t>
   </si>
   <si>
     <t>US3136B3XY10</t>
   </si>
   <si>
     <t>FNMA 30YR UMBS</t>
   </si>
   <si>
+    <t>3140QUMT0</t>
+  </si>
+  <si>
+    <t>US3140QUMT02</t>
+  </si>
+  <si>
     <t>3140QSSX0</t>
   </si>
   <si>
     <t>US3140QSSX04</t>
   </si>
   <si>
     <t>3140QVHR8</t>
   </si>
   <si>
     <t>US3140QVHR83</t>
   </si>
   <si>
-    <t>3140QUMT0</t>
-[...2 lines deleted...]
-    <t>US3140QUMT02</t>
+    <t>3138MTK22</t>
+  </si>
+  <si>
+    <t>US3138MTK228</t>
   </si>
   <si>
     <t>3140QTYX1</t>
   </si>
   <si>
     <t>US3140QTYX13</t>
   </si>
   <si>
     <t>FNMA_18-M4 A2</t>
   </si>
   <si>
     <t>3136B1XJ8</t>
   </si>
   <si>
     <t>US3136B1XJ86</t>
   </si>
   <si>
     <t>FNMA_19-M22 A2</t>
   </si>
   <si>
     <t>3136B6XJ7</t>
   </si>
   <si>
     <t>US3136B6XJ73</t>
   </si>
   <si>
     <t>FRANCE (REPUBLIC OF)</t>
   </si>
   <si>
+    <t>BMI9LWHH4</t>
+  </si>
+  <si>
+    <t>FR0014002JM6</t>
+  </si>
+  <si>
+    <t>BNTJ7P2</t>
+  </si>
+  <si>
     <t>BMICZAU69</t>
   </si>
   <si>
     <t>FR001400NEF3</t>
   </si>
   <si>
     <t>BQHPX88</t>
   </si>
   <si>
-    <t>FXFWRD AUD/USD 19-FEB-2026</t>
-[...5 lines deleted...]
-    <t>BMIFWBC1P</t>
+    <t>FXFWRD AUD/USD 19-MAY-2026</t>
+  </si>
+  <si>
+    <t>BMIG7P0NR</t>
+  </si>
+  <si>
+    <t>BMIG7P0NP</t>
   </si>
   <si>
     <t>FXFWRD BRL/USD 18-MAR-2026</t>
   </si>
   <si>
+    <t>BMIG2SAVR</t>
+  </si>
+  <si>
+    <t>BMIG4JBQR</t>
+  </si>
+  <si>
     <t>BMIFX234P</t>
   </si>
   <si>
+    <t>BMIG4JBQP</t>
+  </si>
+  <si>
+    <t>BMIG2SAVP</t>
+  </si>
+  <si>
     <t>BMIFX234R</t>
   </si>
   <si>
-    <t>FXFWRD CAD/USD 19-FEB-2026</t>
-[...185 lines deleted...]
-    <t>BMIFR8KYP</t>
+    <t>FXFWRD CAD/USD 19-MAY-2026</t>
+  </si>
+  <si>
+    <t>BMIG7Q3JP</t>
+  </si>
+  <si>
+    <t>BMIG7Q3JR</t>
+  </si>
+  <si>
+    <t>FXFWRD CHF/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3PWRR</t>
+  </si>
+  <si>
+    <t>BMIG3PWRP</t>
+  </si>
+  <si>
+    <t>FXFWRD DKK/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3Q4FR</t>
+  </si>
+  <si>
+    <t>BMIG3Q4FP</t>
+  </si>
+  <si>
+    <t>FXFWRD EUR/USD 15-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG4H3PR</t>
+  </si>
+  <si>
+    <t>BMIG4H3YR</t>
+  </si>
+  <si>
+    <t>BMIG2T7KP</t>
+  </si>
+  <si>
+    <t>BMIG7XXCP</t>
+  </si>
+  <si>
+    <t>BMIG6HXZP</t>
+  </si>
+  <si>
+    <t>BMIG7P0EP</t>
+  </si>
+  <si>
+    <t>BMIG16XHR</t>
+  </si>
+  <si>
+    <t>BMIG2SFFP</t>
+  </si>
+  <si>
+    <t>BMIG2T7KR</t>
+  </si>
+  <si>
+    <t>BMIG1FRCR</t>
+  </si>
+  <si>
+    <t>BMIG16XHP</t>
+  </si>
+  <si>
+    <t>BMIG874RR</t>
+  </si>
+  <si>
+    <t>BMIG7P0ER</t>
+  </si>
+  <si>
+    <t>BMIG3151R</t>
+  </si>
+  <si>
+    <t>BMIG30ZWR</t>
+  </si>
+  <si>
+    <t>BMIG6HXZR</t>
+  </si>
+  <si>
+    <t>BMIG61KNP</t>
+  </si>
+  <si>
+    <t>BMIG2SFFR</t>
+  </si>
+  <si>
+    <t>BMIG4H3PP</t>
+  </si>
+  <si>
+    <t>BMIG4H3YP</t>
+  </si>
+  <si>
+    <t>BMIG9Z82R</t>
+  </si>
+  <si>
+    <t>BMIG3151P</t>
+  </si>
+  <si>
+    <t>BMIG7XXCR</t>
+  </si>
+  <si>
+    <t>BMIG1Z47P</t>
+  </si>
+  <si>
+    <t>BMIG5JQDP</t>
+  </si>
+  <si>
+    <t>BMIG1FRCP</t>
+  </si>
+  <si>
+    <t>BMIG9Z82P</t>
+  </si>
+  <si>
+    <t>BMIG874RP</t>
+  </si>
+  <si>
+    <t>BMIG30ZWP</t>
+  </si>
+  <si>
+    <t>BMIG1Z47R</t>
+  </si>
+  <si>
+    <t>BMIG61KNR</t>
+  </si>
+  <si>
+    <t>BMIG5JQDR</t>
+  </si>
+  <si>
+    <t>FXFWRD GBP/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG7XVAR</t>
+  </si>
+  <si>
+    <t>BMIG3WYHR</t>
+  </si>
+  <si>
+    <t>BMIG5JQFR</t>
+  </si>
+  <si>
+    <t>BMIG7XVAP</t>
+  </si>
+  <si>
+    <t>BMIG3WYHP</t>
+  </si>
+  <si>
+    <t>BMIG3YQJR</t>
+  </si>
+  <si>
+    <t>BMIG3YQJP</t>
+  </si>
+  <si>
+    <t>BMIG5JQFP</t>
+  </si>
+  <si>
+    <t>FXFWRD HKD/USD 30-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG6JD8P</t>
+  </si>
+  <si>
+    <t>BMIG6JD8R</t>
+  </si>
+  <si>
+    <t>FXFWRD HUF/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG4HTNR</t>
+  </si>
+  <si>
+    <t>BMIG4HTNP</t>
   </si>
   <si>
     <t>FXFWRD IDR/USD 11-MAR-2026</t>
   </si>
   <si>
+    <t>BMIG4S8ER</t>
+  </si>
+  <si>
+    <t>BMIG4S8EP</t>
+  </si>
+  <si>
+    <t>BMIFX8AQP</t>
+  </si>
+  <si>
     <t>BMIFX8AQR</t>
   </si>
   <si>
-    <t>BMIFX8AQP</t>
-[...1 lines deleted...]
-  <si>
     <t>FXFWRD INR/USD 18-MAR-2026</t>
   </si>
   <si>
     <t>BMIFX869P</t>
   </si>
   <si>
     <t>BMIFX869R</t>
   </si>
   <si>
-    <t>FXFWRD JPY/USD 05-FEB-2026</t>
-[...71 lines deleted...]
-    <t>BMIFVQWAR</t>
+    <t>BMIG2SAEP</t>
+  </si>
+  <si>
+    <t>BMIG2SAER</t>
+  </si>
+  <si>
+    <t>FXFWRD JPY/USD 30-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG5HCVR</t>
+  </si>
+  <si>
+    <t>BMIG5HCVP</t>
+  </si>
+  <si>
+    <t>FXFWRD MXN/USD 19-MAY-2026</t>
+  </si>
+  <si>
+    <t>BMIG7ZWJR</t>
+  </si>
+  <si>
+    <t>BMIG7ZWJP</t>
+  </si>
+  <si>
+    <t>FXFWRD NOK/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3QCVP</t>
+  </si>
+  <si>
+    <t>BMIG3QCVR</t>
+  </si>
+  <si>
+    <t>FXFWRD NZD/USD 19-MAY-2026</t>
+  </si>
+  <si>
+    <t>BMIG7YPSR</t>
+  </si>
+  <si>
+    <t>BMIG7YPSP</t>
+  </si>
+  <si>
+    <t>FXFWRD PLN/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG3YCBP</t>
+  </si>
+  <si>
+    <t>BMIG6JFCP</t>
+  </si>
+  <si>
+    <t>BMIG6JFCR</t>
+  </si>
+  <si>
+    <t>BMIG3YCBR</t>
+  </si>
+  <si>
+    <t>FXFWRD SEK/USD 24-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG61HLP</t>
+  </si>
+  <si>
+    <t>BMIG3QGTP</t>
+  </si>
+  <si>
+    <t>BMIG61HLR</t>
+  </si>
+  <si>
+    <t>BMIG3QGTR</t>
+  </si>
+  <si>
+    <t>FXFWRD SGD/USD 30-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG6JE2P</t>
+  </si>
+  <si>
+    <t>BMIG5FXQP</t>
+  </si>
+  <si>
+    <t>BMIG5FXQR</t>
+  </si>
+  <si>
+    <t>BMIG6JE2R</t>
+  </si>
+  <si>
+    <t>FXFWRD ZAR/USD 30-APR-2026</t>
+  </si>
+  <si>
+    <t>BMIG6JD6R</t>
+  </si>
+  <si>
+    <t>BMIG6JD6P</t>
+  </si>
+  <si>
+    <t>GBP CASH(Alpha Committed)</t>
+  </si>
+  <si>
+    <t>GBP_CCASH</t>
   </si>
   <si>
     <t>GDNRY_24-1 B RegS</t>
   </si>
   <si>
     <t>BMIE4K1U6</t>
   </si>
   <si>
     <t>XS2915434646</t>
   </si>
   <si>
     <t>GDNRY_24-1 C RegS</t>
   </si>
   <si>
     <t>BMIE4K3H3</t>
   </si>
   <si>
     <t>XS2915434992</t>
   </si>
   <si>
     <t>GENERAL MOTORS CO</t>
   </si>
   <si>
     <t>37045VAY6</t>
   </si>
@@ -1284,62 +1341,50 @@
   <si>
     <t>BSKP453</t>
   </si>
   <si>
     <t>ILE-DE-FRANCE MOBILITES MTN RegS</t>
   </si>
   <si>
     <t>BMI9U0FX1</t>
   </si>
   <si>
     <t>FR0014003OC5</t>
   </si>
   <si>
     <t>ILIAD SA RegS</t>
   </si>
   <si>
     <t>BMIE399A8</t>
   </si>
   <si>
     <t>FR001400TL99</t>
   </si>
   <si>
     <t>BQNL6R0</t>
   </si>
   <si>
-    <t>ING GROEP NV 144A</t>
-[...10 lines deleted...]
-  <si>
     <t>ING GROEP NV MTN RegS</t>
   </si>
   <si>
     <t>BMI9H9N75</t>
   </si>
   <si>
     <t>XS2305598216</t>
   </si>
   <si>
     <t>BMI9URN05</t>
   </si>
   <si>
     <t>XS2350756446</t>
   </si>
   <si>
     <t>BNTZVR0</t>
   </si>
   <si>
     <t>INMOBILIARIA COLONIAL SO MTN RegS</t>
   </si>
   <si>
     <t>BMIEDT3L5</t>
   </si>
   <si>
     <t>XS2979643991</t>
@@ -1368,161 +1413,161 @@
   <si>
     <t>INTESA SANPAOLO SPA MTN RegS</t>
   </si>
   <si>
     <t>BMIBRK8L0</t>
   </si>
   <si>
     <t>XS2598063480</t>
   </si>
   <si>
     <t>BMF9DN9</t>
   </si>
   <si>
     <t>ITALY (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMIDG09W7</t>
   </si>
   <si>
     <t>IT0005596470</t>
   </si>
   <si>
     <t>BR82S02</t>
   </si>
   <si>
+    <t>ITALY BUONI POLIENNALI DEL TESORO</t>
+  </si>
+  <si>
+    <t>BMI9K6LN4</t>
+  </si>
+  <si>
+    <t>IT0005438004</t>
+  </si>
+  <si>
+    <t>BMCDFT4</t>
+  </si>
+  <si>
     <t>JABIL INC</t>
   </si>
   <si>
     <t>466313AM5</t>
   </si>
   <si>
     <t>US466313AM58</t>
   </si>
   <si>
     <t>BLNM753</t>
   </si>
   <si>
     <t>JPMORGAN CHASE &amp; CO</t>
   </si>
   <si>
     <t>46647PDW3</t>
   </si>
   <si>
     <t>US46647PDW32</t>
   </si>
   <si>
     <t>BLB0V80</t>
   </si>
   <si>
-    <t>KAISER FOUNDATION HOSPITALS</t>
-[...10 lines deleted...]
-  <si>
     <t>KBC GROEP NV MTN RegS</t>
   </si>
   <si>
     <t>BMIB5AJD2</t>
   </si>
   <si>
     <t>BE0002875566</t>
   </si>
   <si>
     <t>BNDX4V5</t>
   </si>
   <si>
     <t>KEB HANA BANK RegS</t>
   </si>
   <si>
     <t>BMIEDUT34</t>
   </si>
   <si>
     <t>XS2974114899</t>
   </si>
   <si>
     <t>BSVGMG2</t>
   </si>
   <si>
-    <t>KOOKMIN BANK RegS</t>
-[...10 lines deleted...]
-  <si>
     <t>LPSLT_20-3GS A 144A</t>
   </si>
   <si>
     <t>53948NAA1</t>
   </si>
   <si>
     <t>US53948NAA19</t>
   </si>
   <si>
     <t>MBANK SA MTN RegS</t>
   </si>
   <si>
     <t>BMIFVBYQ6</t>
   </si>
   <si>
     <t>XS3244863729</t>
   </si>
   <si>
     <t>BMICETHT6</t>
   </si>
   <si>
     <t>XS2680046021</t>
   </si>
   <si>
     <t>BP5JM33</t>
   </si>
   <si>
     <t>MIDAMERICAN ENERGY COMPANY</t>
   </si>
   <si>
     <t>595620AS4</t>
   </si>
   <si>
     <t>US595620AS49</t>
   </si>
   <si>
     <t>BFWSRL6</t>
   </si>
   <si>
+    <t>MIZUHO FINANCIAL GROUP INC MTN RegS</t>
+  </si>
+  <si>
+    <t>BMIG6Z7W6</t>
+  </si>
+  <si>
+    <t>XS3293638568</t>
+  </si>
+  <si>
+    <t>BW1N4T8</t>
+  </si>
+  <si>
     <t>MSAIC_17-1A A 144A</t>
   </si>
   <si>
     <t>61946EAA6</t>
   </si>
   <si>
     <t>US61946EAA64</t>
   </si>
   <si>
     <t>MSAIC_17-2A A 144A</t>
   </si>
   <si>
     <t>61946GAA1</t>
   </si>
   <si>
     <t>US61946GAA13</t>
   </si>
   <si>
     <t>MSAIC_18-1A A 144A</t>
   </si>
   <si>
     <t>61946FAA3</t>
   </si>
   <si>
     <t>US61946FAA30</t>
@@ -1539,215 +1584,188 @@
   <si>
     <t>BMIE5V5J2</t>
   </si>
   <si>
     <t>XS2940309649</t>
   </si>
   <si>
     <t>BQXPBJ9</t>
   </si>
   <si>
     <t>NATIONAL GRID NORTH AMERICA INC MTN RegS</t>
   </si>
   <si>
     <t>BMIDVXY91</t>
   </si>
   <si>
     <t>XS2894931588</t>
   </si>
   <si>
     <t>BSPRMY9</t>
   </si>
   <si>
     <t>NBN CO LTD MTN RegS</t>
   </si>
   <si>
+    <t>BMID73KJ7</t>
+  </si>
+  <si>
+    <t>XS2788379126</t>
+  </si>
+  <si>
+    <t>BSHSNK3</t>
+  </si>
+  <si>
     <t>BMIBRDQS1</t>
   </si>
   <si>
     <t>XS2590621368</t>
   </si>
   <si>
     <t>BQ0L725</t>
   </si>
   <si>
-    <t>BMID73KJ7</t>
-[...7 lines deleted...]
-  <si>
     <t>NE PROPERTY BV MTN RegS</t>
   </si>
   <si>
     <t>BMIFJK2D4</t>
   </si>
   <si>
     <t>XS3189615498</t>
   </si>
   <si>
     <t>BRC1QY5</t>
   </si>
   <si>
     <t>NERVAL SAS RegS</t>
   </si>
   <si>
     <t>BMIAQM6Z0</t>
   </si>
   <si>
     <t>FR0014009OK5</t>
   </si>
   <si>
     <t>BP4D1V7</t>
   </si>
   <si>
     <t>NEW ZEALAND (GOVERNMENT OF)</t>
   </si>
   <si>
     <t>BMIBDPJL2</t>
   </si>
   <si>
     <t>NZGOVDT534C4</t>
   </si>
   <si>
     <t>BPX3BH4</t>
   </si>
   <si>
-    <t>NEXTERA ENERGY CAPITAL HOLDINGS IN</t>
-[...7 lines deleted...]
-  <si>
     <t>NORDEA BANK ABP MTN RegS</t>
   </si>
   <si>
     <t>BMIE2WAN8</t>
   </si>
   <si>
     <t>XS2927515598</t>
   </si>
   <si>
     <t>BN7QSM9</t>
   </si>
   <si>
     <t>NXP BV/NXP FUNDING LLC/NXP USA</t>
   </si>
   <si>
     <t>62954HAY4</t>
   </si>
   <si>
     <t>US62954HAY45</t>
   </si>
   <si>
     <t>BPH0DQ4</t>
   </si>
   <si>
-    <t>NZD CASH(Alpha Committed)</t>
-[...16 lines deleted...]
-  <si>
     <t>P3 GROUP SARL MTN RegS</t>
   </si>
   <si>
     <t>BMIFKJ2Q6</t>
   </si>
   <si>
     <t>XS3195025054</t>
   </si>
   <si>
     <t>BR4ZX44</t>
   </si>
   <si>
     <t>PATTERN ENERGY OPERATIONS LP / PAT 144A</t>
   </si>
   <si>
     <t>70339PAA7</t>
   </si>
   <si>
     <t>US70339PAA75</t>
   </si>
   <si>
     <t>PERU (REPUBLIC OF)</t>
   </si>
   <si>
     <t>BMIAAQ605</t>
   </si>
   <si>
     <t>XS2408608219</t>
   </si>
   <si>
     <t>BP4DQW3</t>
   </si>
   <si>
     <t>PIRAEUS BANK SA MTN RegS</t>
   </si>
   <si>
     <t>BMIEYAXW6</t>
   </si>
   <si>
     <t>XS3085616079</t>
   </si>
   <si>
+    <t>BMIDQ0GX6</t>
+  </si>
+  <si>
+    <t>XS2845167613</t>
+  </si>
+  <si>
+    <t>BSFXNG6</t>
+  </si>
+  <si>
     <t>BMIFV4W43</t>
   </si>
   <si>
     <t>XS3244184159</t>
   </si>
   <si>
     <t>BR84HW3</t>
   </si>
   <si>
-    <t>BMIDQ0GX6</t>
-[...7 lines deleted...]
-  <si>
     <t>POLAND (REPUBLIC OF) RegS</t>
   </si>
   <si>
     <t>BMIF3TAH4</t>
   </si>
   <si>
     <t>XS3109460959</t>
   </si>
   <si>
     <t>POWSZECHNA KASA OSZCZEDNOSCI BANK MTN RegS</t>
   </si>
   <si>
     <t>BMIDX3RF9</t>
   </si>
   <si>
     <t>XS2890435865</t>
   </si>
   <si>
     <t>PROLOGIS EURO FINANCE LLC</t>
   </si>
   <si>
     <t>BMI8BWPU9</t>
   </si>
   <si>
     <t>XS2112475509</t>
@@ -1794,50 +1812,62 @@
   <si>
     <t>REC LIMITED MTN 144A</t>
   </si>
   <si>
     <t>74947LAD6</t>
   </si>
   <si>
     <t>US74947LAD64</t>
   </si>
   <si>
     <t>BN11552</t>
   </si>
   <si>
     <t>RED ELECTRICA CORPORACION SA RegS</t>
   </si>
   <si>
     <t>BMIBLLPV3</t>
   </si>
   <si>
     <t>XS2552369469</t>
   </si>
   <si>
     <t>BPQFMQ3</t>
   </si>
   <si>
+    <t>REN FINANCE BV MTN RegS</t>
+  </si>
+  <si>
+    <t>BMIG6YY33</t>
+  </si>
+  <si>
+    <t>XS3296399085</t>
+  </si>
+  <si>
+    <t>BW1TBB7</t>
+  </si>
+  <si>
     <t>ROMANIAN GOVERNMENT INTERNATIONAL MTN RegS</t>
   </si>
   <si>
     <t>BMID3BT96</t>
   </si>
   <si>
     <t>XS2770921315</t>
   </si>
   <si>
     <t>BSNWTG7</t>
   </si>
   <si>
     <t>ROYAL BANK OF CANADA MTN RegS</t>
   </si>
   <si>
     <t>BMIF2UU98</t>
   </si>
   <si>
     <t>XS3106098380</t>
   </si>
   <si>
     <t>RTE RESEAU DE TRANSPORT D ELECTRIC MTN RegS</t>
   </si>
   <si>
     <t>BMIDZQPA9</t>
@@ -1881,105 +1911,126 @@
   <si>
     <t>BMIE43316</t>
   </si>
   <si>
     <t>XS2932080851</t>
   </si>
   <si>
     <t>BT21WV8</t>
   </si>
   <si>
     <t>SNAM SPA MTN RegS</t>
   </si>
   <si>
     <t>BMID2ZFC2</t>
   </si>
   <si>
     <t>XS2767499275</t>
   </si>
   <si>
     <t>BNM8961</t>
   </si>
   <si>
     <t>SOCIETE GENERALE SA RegS</t>
   </si>
   <si>
+    <t>BMIECF807</t>
+  </si>
+  <si>
+    <t>FR001400WL86</t>
+  </si>
+  <si>
+    <t>BSHT544</t>
+  </si>
+  <si>
     <t>BMIE5C7S2</t>
   </si>
   <si>
     <t>FR001400U1Q3</t>
   </si>
   <si>
     <t>BSPRZL7</t>
   </si>
   <si>
-    <t>BMIECF807</t>
-[...7 lines deleted...]
-  <si>
     <t>SPAIN GOVERNMENT BOND</t>
   </si>
   <si>
     <t>BMIA4C884</t>
   </si>
   <si>
     <t>ES0000012J07</t>
   </si>
   <si>
     <t>SSE PLC MTN RegS</t>
   </si>
   <si>
     <t>BMIB2SM42</t>
   </si>
   <si>
     <t>XS2510903862</t>
   </si>
   <si>
+    <t>STANDARD CHARTERED PLC MTN RegS</t>
+  </si>
+  <si>
+    <t>BMIG15A94</t>
+  </si>
+  <si>
+    <t>XS3258445660</t>
+  </si>
+  <si>
     <t>STATKRAFT AS MTN RegS</t>
   </si>
   <si>
+    <t>BMIB6ZQP1</t>
+  </si>
+  <si>
+    <t>XS2532312548</t>
+  </si>
+  <si>
+    <t>BM9VKX0</t>
+  </si>
+  <si>
     <t>BMIC22KP2</t>
   </si>
   <si>
     <t>XS2631822868</t>
   </si>
   <si>
     <t>BQ0MFB3</t>
   </si>
   <si>
-    <t>BMIB6ZQP1</t>
-[...5 lines deleted...]
-    <t>BM9VKX0</t>
+    <t>STEDIN HOLDING NV RegS</t>
+  </si>
+  <si>
+    <t>BMIG2FK66</t>
+  </si>
+  <si>
+    <t>XS3276221531</t>
+  </si>
+  <si>
+    <t>BSWVGD1</t>
   </si>
   <si>
     <t>SWEDBANK AB MTN RegS</t>
   </si>
   <si>
     <t>BMIEN9D37</t>
   </si>
   <si>
     <t>XS3031485827</t>
   </si>
   <si>
     <t>BMIEGL4N4</t>
   </si>
   <si>
     <t>XS2997537357</t>
   </si>
   <si>
     <t>BS2KYD4</t>
   </si>
   <si>
     <t>BMIC02977</t>
   </si>
   <si>
     <t>XS2625137265</t>
   </si>
@@ -1989,123 +2040,126 @@
   <si>
     <t>SWEDEN (KINGDOM OF) MTN RegS</t>
   </si>
   <si>
     <t>BMI90J316</t>
   </si>
   <si>
     <t>XS2226974504</t>
   </si>
   <si>
     <t>BN2BF06</t>
   </si>
   <si>
     <t>SWITZERLAND (CONFEDERATION OF) RegS</t>
   </si>
   <si>
     <t>BMIBAM6V4</t>
   </si>
   <si>
     <t>CH0440081567</t>
   </si>
   <si>
     <t>BPP00Z4</t>
   </si>
   <si>
-    <t>SWP: OIS 1.508500 15-AUG-2030 SOR</t>
-[...2 lines deleted...]
-    <t>BMIFBBS02</t>
+    <t>SWP: OIS 1.848500 05-FEB-2031 SOR</t>
+  </si>
+  <si>
+    <t>BMIG67D35</t>
+  </si>
+  <si>
+    <t>SWP: OIS 1.902500 21-JAN-2031 SOR</t>
+  </si>
+  <si>
+    <t>BMIG38FZ3</t>
   </si>
   <si>
     <t>TELEFONICA EMISIONES SAU MTN RegS</t>
   </si>
   <si>
     <t>BMICQXXP4</t>
   </si>
   <si>
     <t>XS2722162315</t>
   </si>
   <si>
     <t>BNDSXK2</t>
   </si>
   <si>
     <t>TELEFONICA EUROPE BV RegS</t>
   </si>
   <si>
     <t>BMI9FVD87</t>
   </si>
   <si>
     <t>XS2293060658</t>
   </si>
   <si>
     <t>TENNET HOLDING BV RegS</t>
   </si>
   <si>
     <t>BMID73LH0</t>
   </si>
   <si>
     <t>XS2783604742</t>
   </si>
   <si>
     <t>BSHSKT1</t>
   </si>
   <si>
     <t>TERNA RETE ELETTRICA NAZIONALE SPA MTN RegS</t>
   </si>
   <si>
+    <t>BMIG4GTJ5</t>
+  </si>
+  <si>
+    <t>XS3281650823</t>
+  </si>
+  <si>
+    <t>BVRY539</t>
+  </si>
+  <si>
     <t>BMIF6JSS0</t>
   </si>
   <si>
     <t>XS3128477521</t>
   </si>
   <si>
     <t>BV1C8C9</t>
   </si>
   <si>
     <t>TERRAFORM POWER OPERATING LLC 144A</t>
   </si>
   <si>
     <t>88104LAG8</t>
   </si>
   <si>
     <t>US88104LAG86</t>
   </si>
   <si>
     <t>BKPDH79</t>
-  </si>
-[...10 lines deleted...]
-    <t>BS4CRV7</t>
   </si>
   <si>
     <t>TRANSMISSION FINANCE DAC RegS</t>
   </si>
   <si>
     <t>BMI9VB0L8</t>
   </si>
   <si>
     <t>XS2352405216</t>
   </si>
   <si>
     <t>BNHTS73</t>
   </si>
   <si>
     <t>TREASURY CORPORATION OF VICTORIA MTN</t>
   </si>
   <si>
     <t>BMIA5AYU9</t>
   </si>
   <si>
     <t>AU3SG0002579</t>
   </si>
   <si>
     <t>BMF7LT5</t>
   </si>
@@ -2656,51 +2710,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E293"/>
+  <dimension ref="A1:E310"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
@@ -2754,4682 +2808,4971 @@
       </c>
       <c r="C10" t="s" s="0">
         <v>17</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E10" t="n" s="0">
         <v>0.58</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>21</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>22</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.48</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>25</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>26</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.24</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>29</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>30</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>33</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>34</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.27</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="6" t="s">
+      <c r="C15" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="C15" t="s" s="0">
+      <c r="D15" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="D15" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="n" s="0">
-        <v>0.5</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="C16" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="C16" t="s" s="0">
+      <c r="D16" t="s" s="0">
         <v>41</v>
       </c>
-      <c r="D16" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="n" s="0">
-        <v>0.6</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="6" t="s">
+      <c r="C17" t="s" s="0">
         <v>44</v>
       </c>
-      <c r="C17" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.43</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s" s="0">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s" s="0">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>1.17</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" t="s" s="0">
+        <v>50</v>
+      </c>
+      <c r="D19" t="s" s="0">
         <v>51</v>
       </c>
-      <c r="B19" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" t="n" s="0">
-        <v>0.16</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" t="s" s="0">
         <v>54</v>
       </c>
-      <c r="B20" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s" s="0">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.46</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" t="s" s="0">
+        <v>57</v>
+      </c>
+      <c r="D21" t="s" s="0">
         <v>58</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" t="n" s="0">
-        <v>0.32</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C22" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s" s="0">
         <v>62</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" t="n" s="0">
-        <v>0.62</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s" s="0">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s" s="0">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.93</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="B24" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s" s="0">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s" s="0">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.35</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s" s="0">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s" s="0">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s" s="0">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.16</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s" s="0">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s" s="0">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.94</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s" s="0">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s" s="0">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.42</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s" s="0">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.16</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C30" t="s" s="0">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.16</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s" s="0">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.16</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" t="s" s="0">
         <v>94</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" t="s" s="0">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.87</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C33" t="s" s="0">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s" s="0">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.48</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C34" t="s" s="0">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D34" t="s" s="0">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.45</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C35" t="s" s="0">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D35" t="s" s="0">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.06</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C36" t="s" s="0">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D36" t="s" s="0">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>1.6</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C37" t="s" s="0">
-        <v>46</v>
+        <v>113</v>
       </c>
       <c r="D37" t="s" s="0">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.03</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C38" t="s" s="0">
+        <v>117</v>
+      </c>
+      <c r="D38" t="s" s="0">
         <v>118</v>
       </c>
-      <c r="B38" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" t="n" s="0">
-        <v>0.7</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C39" t="s" s="0">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D39" t="s" s="0">
-        <v>125</v>
+        <v>45</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.38</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.2</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C41" t="s" s="0">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>46</v>
+        <v>128</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.43</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C42" t="s" s="0">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D42" t="s" s="0">
-        <v>136</v>
+        <v>45</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>1.19</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C43" t="s" s="0">
-        <v>46</v>
+        <v>134</v>
       </c>
       <c r="D43" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.06</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C44" t="s" s="0">
-        <v>46</v>
+        <v>136</v>
       </c>
       <c r="D44" t="s" s="0">
-        <v>46</v>
+        <v>137</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="C45" t="s" s="0">
+        <v>140</v>
+      </c>
+      <c r="D45" t="s" s="0">
         <v>141</v>
       </c>
-      <c r="B45" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" t="n" s="0">
-        <v>-0.01</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B46" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="B46" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D46" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B47" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="B47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" t="s" s="0">
-        <v>147</v>
+        <v>45</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>148</v>
+        <v>45</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.59</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C48" t="s" s="0">
-        <v>151</v>
+        <v>45</v>
       </c>
       <c r="D48" t="s" s="0">
-        <v>152</v>
+        <v>45</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.54</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="C49" t="s" s="0">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D49" t="s" s="0">
-        <v>156</v>
+        <v>45</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.52</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="C50" t="s" s="0">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="D50" t="s" s="0">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.17</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="C51" t="s" s="0">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="D51" t="s" s="0">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.33</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="C52" t="s" s="0">
+        <v>160</v>
+      </c>
+      <c r="D52" t="s" s="0">
         <v>161</v>
       </c>
-      <c r="B52" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" t="n" s="0">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="C53" t="s" s="0">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="D53" t="s" s="0">
-        <v>46</v>
+        <v>165</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>0.32</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C54" t="s" s="0">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="D54" t="s" s="0">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.33</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C55" t="s" s="0">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>177</v>
+        <v>45</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>1.12</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="C56" t="s" s="0">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>181</v>
+        <v>45</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.41</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.16</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="C58" t="s" s="0">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="D58" t="s" s="0">
-        <v>46</v>
+        <v>180</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.16</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B59" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="B59" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s" s="0">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.34</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C60" t="s" s="0">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D60" t="s" s="0">
-        <v>192</v>
+        <v>45</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.35</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="C61" t="s" s="0">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="D61" t="s" s="0">
-        <v>196</v>
+        <v>45</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.68</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="C62" t="s" s="0">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="D62" t="s" s="0">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.36</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>201</v>
+        <v>185</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="C63" t="s" s="0">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.29</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>46</v>
+        <v>198</v>
       </c>
       <c r="D64" t="s" s="0">
-        <v>46</v>
+        <v>199</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="C65" t="s" s="0">
-        <v>46</v>
+        <v>202</v>
       </c>
       <c r="D65" t="s" s="0">
-        <v>46</v>
+        <v>203</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.01</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C67" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D67" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.35</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C68" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C69" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D69" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E69" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C70" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B71" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="B71" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D71" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.03</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C73" t="s" s="0">
-        <v>222</v>
+        <v>45</v>
       </c>
       <c r="D73" t="s" s="0">
-        <v>223</v>
+        <v>45</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.41</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>226</v>
+        <v>45</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>1.14</v>
+        <v>-0.16</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>230</v>
+        <v>45</v>
       </c>
       <c r="D75" t="s" s="0">
-        <v>231</v>
+        <v>45</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>1.31</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="C76" t="s" s="0">
-        <v>234</v>
+        <v>45</v>
       </c>
       <c r="D76" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.91</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>236</v>
+        <v>45</v>
       </c>
       <c r="D77" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="C78" t="s" s="0">
-        <v>238</v>
+        <v>45</v>
       </c>
       <c r="D78" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>0.77</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="C79" t="s" s="0">
-        <v>240</v>
+        <v>45</v>
       </c>
       <c r="D79" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>2.42</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="C80" t="s" s="0">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="D80" t="s" s="0">
-        <v>46</v>
+        <v>228</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.93</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>244</v>
+        <v>230</v>
       </c>
       <c r="C81" t="s" s="0">
-        <v>245</v>
+        <v>231</v>
       </c>
       <c r="D81" t="s" s="0">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.38</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="C82" t="s" s="0">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.64</v>
+        <v>2.29</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>253</v>
+        <v>239</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.39</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>254</v>
+        <v>237</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>256</v>
+        <v>241</v>
       </c>
       <c r="D84" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>1.95</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="C85" t="s" s="0">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="D85" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.22</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="D86" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.94</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>262</v>
+        <v>246</v>
       </c>
       <c r="C87" t="s" s="0">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="D87" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.18</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>264</v>
+        <v>248</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.99</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>266</v>
+        <v>237</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>268</v>
+        <v>251</v>
       </c>
       <c r="D89" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.79</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>270</v>
+        <v>253</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>271</v>
+        <v>254</v>
       </c>
       <c r="D90" t="s" s="0">
-        <v>46</v>
+        <v>255</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.38</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="D91" t="s" s="0">
-        <v>275</v>
+        <v>45</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.91</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>46</v>
+        <v>261</v>
       </c>
       <c r="D92" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>-0.95</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>46</v>
+        <v>264</v>
       </c>
       <c r="D93" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.96</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>46</v>
+        <v>266</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.33</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>281</v>
+        <v>267</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>46</v>
+        <v>268</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>-0.33</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>282</v>
+        <v>262</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>46</v>
+        <v>270</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>-2.49</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>282</v>
+        <v>262</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>46</v>
+        <v>272</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>2.53</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>46</v>
+        <v>275</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>-0.87</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C99" t="s" s="0">
-        <v>46</v>
+        <v>278</v>
       </c>
       <c r="D99" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>0.88</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="C100" t="s" s="0">
-        <v>46</v>
+        <v>281</v>
       </c>
       <c r="D100" t="s" s="0">
-        <v>46</v>
+        <v>282</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="C101" t="s" s="0">
+        <v>284</v>
+      </c>
+      <c r="D101" t="s" s="0">
         <v>285</v>
       </c>
-      <c r="B101" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" t="n" s="0">
-        <v>0.03</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>-0.48</v>
+        <v>-1.53</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D103" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.47</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="B104" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="B104" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D104" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>-0.48</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.49</v>
+        <v>-0.25</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>-0.36</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.02</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="B109" s="6" t="s">
         <v>295</v>
       </c>
-      <c r="B109" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.36</v>
+        <v>-0.22</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.36</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>-0.38</v>
+        <v>-2.46</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="B112" s="6" t="s">
         <v>300</v>
       </c>
-      <c r="B112" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>-5.3</v>
+        <v>-0.86</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>-0.63</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.38</v>
+        <v>-0.39</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.8</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.48</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>-0.23</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>-0.47</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>1.73</v>
+        <v>-0.5</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>-0.36</v>
+        <v>-2.06</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.64</v>
+        <v>-0.49</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.84</v>
+        <v>-3.48</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>-0.16</v>
+        <v>20.61</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>-0.14</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.14</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.14</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>-1.74</v>
+        <v>-0.82</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>-0.83</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.59</v>
+        <v>17.18</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>5.33</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.58</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>-0.59</v>
+        <v>-1.3</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>-0.59</v>
+        <v>-20.3</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>-0.14</v>
+        <v>-0.27</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.23</v>
+        <v>-0.27</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>-0.79</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.16</v>
+        <v>-17.47</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.64</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B139" s="6" t="s">
         <v>329</v>
       </c>
-      <c r="B139" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D139" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.54</v>
+        <v>-0.22</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>-0.57</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.57</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>-0.55</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D143" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>0.13</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>0.23</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D145" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>-0.13</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>-0.65</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>-0.23</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D148" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.57</v>
+        <v>-0.09</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B149" s="6" t="s">
         <v>340</v>
       </c>
-      <c r="B149" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D149" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>-0.58</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E150" t="n" s="0">
-        <v>-0.64</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D151" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.66</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C152" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D152" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.08</v>
+        <v>-0.18</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D153" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>-0.08</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C154" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D154" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.38</v>
+        <v>-1.33</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C155" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D155" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>-0.38</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>0.5</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>-0.51</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D158" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>-0.34</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.35</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>-0.35</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.35</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>-0.04</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>-0.12</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.26</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.5</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>-0.5</v>
+        <v>-0.16</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.47</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>-0.02</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.39</v>
+        <v>-0.99</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="B171" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="B171" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>-0.39</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>1.16</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>-1.16</v>
+        <v>-0.33</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>378</v>
+        <v>45</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.69</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>381</v>
+        <v>45</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.46</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>384</v>
+        <v>45</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>385</v>
+        <v>45</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.96</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>386</v>
+        <v>375</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>387</v>
+        <v>377</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>388</v>
+        <v>45</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>389</v>
+        <v>45</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>1.23</v>
+        <v>-0.49</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>391</v>
+        <v>378</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.09</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>392</v>
+        <v>375</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>394</v>
+        <v>45</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.55</v>
+        <v>-0.6</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>396</v>
+        <v>381</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>397</v>
+        <v>45</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>398</v>
+        <v>45</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>1.19</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>399</v>
+        <v>382</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>400</v>
+        <v>45</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>401</v>
+        <v>45</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.31</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>404</v>
+        <v>45</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>405</v>
+        <v>45</v>
       </c>
       <c r="E182" t="n" s="0">
-        <v>0.18</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>402</v>
+        <v>380</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>406</v>
+        <v>384</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>407</v>
+        <v>45</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>408</v>
+        <v>45</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.4</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>409</v>
+        <v>385</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>410</v>
+        <v>386</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>411</v>
+        <v>45</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>412</v>
+        <v>45</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>1.67</v>
+        <v>-0.31</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>413</v>
+        <v>385</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>414</v>
+        <v>387</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>415</v>
+        <v>45</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>416</v>
+        <v>45</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.42</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>417</v>
+        <v>385</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>418</v>
+        <v>388</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>419</v>
+        <v>45</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>2.08</v>
+        <v>-1.13</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>420</v>
+        <v>385</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>421</v>
+        <v>389</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>422</v>
+        <v>45</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>423</v>
+        <v>45</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.49</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>424</v>
+        <v>390</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>425</v>
+        <v>391</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>426</v>
+        <v>45</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>427</v>
+        <v>45</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.28</v>
+        <v>-0.48</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>428</v>
+        <v>390</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>429</v>
+        <v>392</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>430</v>
+        <v>45</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.69</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>428</v>
+        <v>393</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>431</v>
+        <v>394</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>432</v>
+        <v>45</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>433</v>
+        <v>45</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>1.1</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>434</v>
+        <v>395</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>435</v>
+        <v>396</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>436</v>
+        <v>397</v>
       </c>
       <c r="D191" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.16</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>437</v>
+        <v>398</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>438</v>
+        <v>399</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>439</v>
+        <v>400</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>0.32</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>440</v>
+        <v>401</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>441</v>
+        <v>402</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>442</v>
+        <v>403</v>
       </c>
       <c r="D193" t="s" s="0">
-        <v>443</v>
+        <v>404</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.21</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>444</v>
+        <v>405</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>445</v>
+        <v>406</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>446</v>
+        <v>407</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>447</v>
+        <v>408</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>1.13</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>448</v>
+        <v>409</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>449</v>
+        <v>410</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>450</v>
+        <v>45</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>451</v>
+        <v>45</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.3</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>452</v>
+        <v>411</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>453</v>
+        <v>412</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>454</v>
+        <v>413</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>455</v>
+        <v>45</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>0.54</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>456</v>
+        <v>414</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>457</v>
+        <v>415</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>458</v>
+        <v>416</v>
       </c>
       <c r="D197" t="s" s="0">
-        <v>459</v>
+        <v>417</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>1.1</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>461</v>
+        <v>418</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>462</v>
+        <v>419</v>
       </c>
       <c r="D198" t="s" s="0">
-        <v>463</v>
+        <v>420</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.39</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>464</v>
+        <v>421</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>465</v>
+        <v>422</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>466</v>
+        <v>423</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>467</v>
+        <v>424</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.32</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>468</v>
+        <v>421</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>469</v>
+        <v>425</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>470</v>
+        <v>426</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>471</v>
+        <v>427</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.41</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>472</v>
+        <v>428</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>473</v>
+        <v>429</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>474</v>
+        <v>430</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>475</v>
+        <v>431</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.46</v>
+        <v>1.64</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>476</v>
+        <v>432</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>477</v>
+        <v>433</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>478</v>
+        <v>434</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>46</v>
+        <v>435</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.22</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>479</v>
+        <v>436</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>480</v>
+        <v>437</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>481</v>
+        <v>438</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.16</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>479</v>
+        <v>439</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>482</v>
+        <v>440</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>483</v>
+        <v>441</v>
       </c>
       <c r="D204" t="s" s="0">
-        <v>484</v>
+        <v>442</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.68</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>485</v>
+        <v>443</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>486</v>
+        <v>444</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>487</v>
+        <v>445</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>488</v>
+        <v>45</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.26</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>489</v>
+        <v>443</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>490</v>
+        <v>446</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>491</v>
+        <v>447</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>46</v>
+        <v>448</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.33</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>492</v>
+        <v>449</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>493</v>
+        <v>450</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>494</v>
+        <v>451</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.49</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>495</v>
+        <v>452</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>496</v>
+        <v>453</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>497</v>
+        <v>454</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.21</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>498</v>
+        <v>455</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>499</v>
+        <v>456</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>500</v>
+        <v>457</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>46</v>
+        <v>458</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.16</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>498</v>
+        <v>459</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>501</v>
+        <v>460</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>502</v>
+        <v>461</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>503</v>
+        <v>462</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.49</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>504</v>
+        <v>463</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>505</v>
+        <v>464</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>506</v>
+        <v>465</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>507</v>
+        <v>466</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.57</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>508</v>
+        <v>467</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>509</v>
+        <v>468</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>510</v>
+        <v>469</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>511</v>
+        <v>470</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.67</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>508</v>
+        <v>471</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>512</v>
+        <v>472</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>513</v>
+        <v>473</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>514</v>
+        <v>474</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.2</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>515</v>
+        <v>475</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>516</v>
+        <v>476</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>517</v>
+        <v>477</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>518</v>
+        <v>478</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.16</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>519</v>
+        <v>479</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>520</v>
+        <v>480</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>521</v>
+        <v>481</v>
       </c>
       <c r="D215" t="s" s="0">
-        <v>522</v>
+        <v>482</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>1.25</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>523</v>
+        <v>483</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>524</v>
+        <v>484</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>525</v>
+        <v>485</v>
       </c>
       <c r="D216" t="s" s="0">
-        <v>526</v>
+        <v>486</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>527</v>
+        <v>487</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>528</v>
+        <v>488</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>529</v>
+        <v>489</v>
       </c>
       <c r="D217" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.63</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>530</v>
+        <v>490</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>531</v>
+        <v>491</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>532</v>
+        <v>492</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>533</v>
+        <v>45</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.48</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>534</v>
+        <v>490</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>535</v>
+        <v>493</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>536</v>
+        <v>494</v>
       </c>
       <c r="D219" t="s" s="0">
-        <v>537</v>
+        <v>495</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.39</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>538</v>
+        <v>496</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>539</v>
+        <v>497</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>46</v>
+        <v>498</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>46</v>
+        <v>499</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.01</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>540</v>
+        <v>500</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>541</v>
+        <v>501</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>542</v>
+        <v>502</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>543</v>
+        <v>503</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.57</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>544</v>
+        <v>504</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>545</v>
+        <v>505</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>546</v>
+        <v>506</v>
       </c>
       <c r="D222" t="s" s="0">
-        <v>547</v>
+        <v>45</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.25</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>548</v>
+        <v>507</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>549</v>
+        <v>508</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>550</v>
+        <v>509</v>
       </c>
       <c r="D223" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.68</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>551</v>
+        <v>510</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>552</v>
+        <v>511</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>553</v>
+        <v>512</v>
       </c>
       <c r="D224" t="s" s="0">
-        <v>554</v>
+        <v>45</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.3</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>555</v>
+        <v>513</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>556</v>
+        <v>514</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>557</v>
+        <v>515</v>
       </c>
       <c r="D225" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.16</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>555</v>
+        <v>513</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>558</v>
+        <v>516</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>559</v>
+        <v>517</v>
       </c>
       <c r="D226" t="s" s="0">
-        <v>560</v>
+        <v>518</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.2</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>555</v>
+        <v>519</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>561</v>
+        <v>520</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>562</v>
+        <v>521</v>
       </c>
       <c r="D227" t="s" s="0">
-        <v>563</v>
+        <v>522</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.17</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>564</v>
+        <v>523</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>565</v>
+        <v>524</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>566</v>
+        <v>525</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>46</v>
+        <v>526</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.53</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>567</v>
+        <v>523</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>568</v>
+        <v>527</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>569</v>
+        <v>528</v>
       </c>
       <c r="D229" t="s" s="0">
-        <v>46</v>
+        <v>529</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.24</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>570</v>
+        <v>530</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>571</v>
+        <v>531</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>572</v>
+        <v>532</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>573</v>
+        <v>533</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.87</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>574</v>
+        <v>534</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>575</v>
+        <v>535</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>576</v>
+        <v>536</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>577</v>
+        <v>537</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.21</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>578</v>
+        <v>538</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>579</v>
+        <v>539</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>580</v>
+        <v>540</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>581</v>
+        <v>541</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.48</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>582</v>
+        <v>542</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>583</v>
+        <v>543</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>584</v>
+        <v>544</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>585</v>
+        <v>545</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.3</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>586</v>
+        <v>546</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>587</v>
+        <v>547</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>588</v>
+        <v>548</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>589</v>
+        <v>549</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.99</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>590</v>
+        <v>550</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>591</v>
+        <v>551</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>592</v>
+        <v>552</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>593</v>
+        <v>553</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.5</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>594</v>
+        <v>554</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>595</v>
+        <v>555</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>596</v>
+        <v>556</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>597</v>
+        <v>45</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.71</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>598</v>
+        <v>557</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>599</v>
+        <v>558</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>600</v>
+        <v>559</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>46</v>
+        <v>560</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>601</v>
+        <v>561</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>602</v>
+        <v>562</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>603</v>
+        <v>563</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.47</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>604</v>
+        <v>561</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>605</v>
+        <v>564</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>606</v>
+        <v>565</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>607</v>
+        <v>566</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.79</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>608</v>
+        <v>561</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>609</v>
+        <v>567</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>610</v>
+        <v>568</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>46</v>
+        <v>569</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.48</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>608</v>
+        <v>570</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>611</v>
+        <v>571</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>612</v>
+        <v>572</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>613</v>
+        <v>45</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.27</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>614</v>
+        <v>573</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>615</v>
+        <v>574</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>616</v>
+        <v>575</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>617</v>
+        <v>45</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.32</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>618</v>
+        <v>576</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>619</v>
+        <v>577</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>620</v>
+        <v>578</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>621</v>
+        <v>579</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.17</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>622</v>
+        <v>580</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>623</v>
+        <v>581</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>624</v>
+        <v>582</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>625</v>
+        <v>583</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.49</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>622</v>
+        <v>584</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>626</v>
+        <v>585</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>627</v>
+        <v>586</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>628</v>
+        <v>587</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.16</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>629</v>
+        <v>588</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>630</v>
+        <v>589</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>631</v>
+        <v>590</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>46</v>
+        <v>591</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>2.72</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>632</v>
+        <v>592</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>633</v>
+        <v>593</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>634</v>
+        <v>594</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>46</v>
+        <v>595</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.61</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>635</v>
+        <v>596</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>636</v>
+        <v>597</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>637</v>
+        <v>598</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>638</v>
+        <v>599</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.95</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>635</v>
+        <v>600</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>639</v>
+        <v>601</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>640</v>
+        <v>602</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>641</v>
+        <v>603</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.61</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>642</v>
+        <v>604</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>643</v>
+        <v>605</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>644</v>
+        <v>606</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>46</v>
+        <v>607</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.41</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>642</v>
+        <v>608</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>645</v>
+        <v>609</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>646</v>
+        <v>610</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>647</v>
+        <v>45</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.38</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>642</v>
+        <v>611</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>648</v>
+        <v>612</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>649</v>
+        <v>613</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>650</v>
+        <v>45</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.55</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>651</v>
+        <v>614</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>652</v>
+        <v>615</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>653</v>
+        <v>616</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>654</v>
+        <v>617</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.62</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>655</v>
+        <v>618</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>656</v>
+        <v>619</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>657</v>
+        <v>620</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>658</v>
+        <v>45</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.65</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>659</v>
+        <v>618</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>660</v>
+        <v>621</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>46</v>
+        <v>622</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>46</v>
+        <v>623</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>661</v>
+        <v>624</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>662</v>
+        <v>625</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>663</v>
+        <v>626</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>664</v>
+        <v>627</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.99</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>665</v>
+        <v>628</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>666</v>
+        <v>629</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>667</v>
+        <v>630</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>46</v>
+        <v>631</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.93</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>668</v>
+        <v>632</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>669</v>
+        <v>633</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>670</v>
+        <v>634</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>671</v>
+        <v>635</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.39</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>672</v>
+        <v>632</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>673</v>
+        <v>636</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>674</v>
+        <v>637</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>675</v>
+        <v>638</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>676</v>
+        <v>639</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>677</v>
+        <v>640</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>678</v>
+        <v>641</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>679</v>
+        <v>45</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.88</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>680</v>
+        <v>642</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>681</v>
+        <v>643</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>682</v>
+        <v>644</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>683</v>
+        <v>45</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.3</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>684</v>
+        <v>645</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>685</v>
+        <v>646</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>686</v>
+        <v>647</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>687</v>
+        <v>45</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.57</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>688</v>
+        <v>648</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>689</v>
+        <v>649</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>690</v>
+        <v>650</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>691</v>
+        <v>651</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.66</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>692</v>
+        <v>648</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>693</v>
+        <v>652</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>694</v>
+        <v>653</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>695</v>
+        <v>654</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>1.67</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>696</v>
+        <v>655</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>697</v>
+        <v>656</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>698</v>
+        <v>657</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>699</v>
+        <v>658</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.49</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>700</v>
+        <v>659</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>701</v>
+        <v>660</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>702</v>
+        <v>661</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>703</v>
+        <v>45</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.43</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>704</v>
+        <v>659</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>705</v>
+        <v>662</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>706</v>
+        <v>663</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>707</v>
+        <v>664</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>1.34</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>708</v>
+        <v>659</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>709</v>
+        <v>665</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>46</v>
+        <v>666</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>46</v>
+        <v>667</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.77</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>710</v>
+        <v>668</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>711</v>
+        <v>669</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>712</v>
+        <v>670</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>46</v>
+        <v>671</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.67</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>713</v>
+        <v>672</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>714</v>
+        <v>673</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>715</v>
+        <v>674</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>716</v>
+        <v>675</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.94</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>717</v>
+        <v>676</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>718</v>
+        <v>677</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>719</v>
+        <v>45</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>720</v>
+        <v>45</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>721</v>
+        <v>678</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>722</v>
+        <v>679</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>723</v>
+        <v>45</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>724</v>
+        <v>45</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.63</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>725</v>
+        <v>680</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>726</v>
+        <v>681</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>727</v>
+        <v>682</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>728</v>
+        <v>683</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.92</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>729</v>
+        <v>684</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>730</v>
+        <v>685</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>731</v>
+        <v>686</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.16</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>729</v>
+        <v>687</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>732</v>
+        <v>688</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>733</v>
+        <v>689</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>734</v>
+        <v>690</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.17</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>735</v>
+        <v>691</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>736</v>
+        <v>692</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>737</v>
+        <v>693</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>738</v>
+        <v>694</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.48</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>739</v>
+        <v>691</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>740</v>
+        <v>695</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>741</v>
+        <v>696</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>742</v>
+        <v>697</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>1.23</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>743</v>
+        <v>698</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>744</v>
+        <v>699</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>745</v>
+        <v>700</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>46</v>
+        <v>701</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.45</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
+        <v>702</v>
+      </c>
+      <c r="B279" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="C279" t="s" s="0">
+        <v>704</v>
+      </c>
+      <c r="D279" t="s" s="0">
+        <v>705</v>
+      </c>
+      <c r="E279" t="n" s="0">
+        <v>0.57</v>
+      </c>
+    </row>
+    <row r="280" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A280" s="4" t="s">
+        <v>706</v>
+      </c>
+      <c r="B280" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="C280" t="s" s="0">
+        <v>708</v>
+      </c>
+      <c r="D280" t="s" s="0">
+        <v>709</v>
+      </c>
+      <c r="E280" t="n" s="0">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="281" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A281" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="B281" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="C281" t="s" s="0">
+        <v>712</v>
+      </c>
+      <c r="D281" t="s" s="0">
+        <v>713</v>
+      </c>
+      <c r="E281" t="n" s="0">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A282" s="4" t="s">
+        <v>714</v>
+      </c>
+      <c r="B282" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="C282" t="s" s="0">
+        <v>716</v>
+      </c>
+      <c r="D282" t="s" s="0">
+        <v>717</v>
+      </c>
+      <c r="E282" t="n" s="0">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="283" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A283" s="4" t="s">
+        <v>718</v>
+      </c>
+      <c r="B283" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="C283" t="s" s="0">
+        <v>720</v>
+      </c>
+      <c r="D283" t="s" s="0">
+        <v>721</v>
+      </c>
+      <c r="E283" t="n" s="0">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="284" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A284" s="4" t="s">
+        <v>722</v>
+      </c>
+      <c r="B284" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="C284" t="s" s="0">
+        <v>724</v>
+      </c>
+      <c r="D284" t="s" s="0">
+        <v>725</v>
+      </c>
+      <c r="E284" t="n" s="0">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="285" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A285" s="4" t="s">
+        <v>726</v>
+      </c>
+      <c r="B285" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="C285" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="D285" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="E285" t="n" s="0">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="286" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A286" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="B286" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="C286" t="s" s="0">
+        <v>730</v>
+      </c>
+      <c r="D286" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="E286" t="n" s="0">
+        <v>0.74</v>
+      </c>
+    </row>
+    <row r="287" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A287" s="4" t="s">
+        <v>731</v>
+      </c>
+      <c r="B287" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="C287" t="s" s="0">
+        <v>733</v>
+      </c>
+      <c r="D287" t="s" s="0">
+        <v>734</v>
+      </c>
+      <c r="E287" t="n" s="0">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="288" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A288" s="4" t="s">
+        <v>735</v>
+      </c>
+      <c r="B288" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="C288" t="s" s="0">
+        <v>737</v>
+      </c>
+      <c r="D288" t="s" s="0">
+        <v>738</v>
+      </c>
+      <c r="E288" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="289" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A289" s="4" t="s">
+        <v>739</v>
+      </c>
+      <c r="B289" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="C289" t="s" s="0">
+        <v>741</v>
+      </c>
+      <c r="D289" t="s" s="0">
+        <v>742</v>
+      </c>
+      <c r="E289" t="n" s="0">
+        <v>0.61</v>
+      </c>
+    </row>
+    <row r="290" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A290" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="B290" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="C290" t="s" s="0">
+        <v>745</v>
+      </c>
+      <c r="D290" t="s" s="0">
         <v>746</v>
       </c>
-      <c r="B279" s="6" t="s">
+      <c r="E290" t="n" s="0">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="291" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A291" s="4" t="s">
         <v>747</v>
       </c>
-      <c r="C279" t="s" s="0">
+      <c r="B291" s="6" t="s">
         <v>748</v>
       </c>
-      <c r="D279" t="s" s="0">
-[...25 lines deleted...]
-      <c r="A287" s="11" t="s">
+      <c r="C291" t="s" s="0">
+        <v>749</v>
+      </c>
+      <c r="D291" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="E291" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="292" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A292" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="B292" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="C292" t="s" s="0">
+        <v>751</v>
+      </c>
+      <c r="D292" t="s" s="0">
+        <v>752</v>
+      </c>
+      <c r="E292" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="293" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A293" s="4" t="s">
+        <v>753</v>
+      </c>
+      <c r="B293" s="6" t="s">
+        <v>754</v>
+      </c>
+      <c r="C293" t="s" s="0">
+        <v>755</v>
+      </c>
+      <c r="D293" t="s" s="0">
+        <v>756</v>
+      </c>
+      <c r="E293" t="n" s="0">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="294" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A294" s="4" t="s">
+        <v>757</v>
+      </c>
+      <c r="B294" s="6" t="s">
+        <v>758</v>
+      </c>
+      <c r="C294" t="s" s="0">
+        <v>759</v>
+      </c>
+      <c r="D294" t="s" s="0">
+        <v>760</v>
+      </c>
+      <c r="E294" t="n" s="0">
+        <v>1.22</v>
+      </c>
+    </row>
+    <row r="295" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A295" s="4" t="s">
+        <v>761</v>
+      </c>
+      <c r="B295" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="C295" t="s" s="0">
+        <v>763</v>
+      </c>
+      <c r="D295" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="E295" t="n" s="0">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="296" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A296" s="4" t="s">
+        <v>764</v>
+      </c>
+      <c r="B296" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="C296" t="s" s="0">
+        <v>766</v>
+      </c>
+      <c r="D296" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="E296" t="n" s="0">
+        <v>0.61</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B301" s="2"/>
+    </row>
+    <row r="302" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A302" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B302" s="2"/>
+    </row>
+    <row r="303" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A303" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B303" s="2"/>
+    </row>
+    <row r="304" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B287" s="11"/>
-[...4 lines deleted...]
-      <c r="A288" s="10" t="s">
+      <c r="B304" s="11"/>
+      <c r="C304" s="12"/>
+      <c r="D304" s="12"/>
+    </row>
+    <row r="305" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A305" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B288" s="9"/>
-[...18 lines deleted...]
-      <c r="A291" s="7" t="str">
+      <c r="B305" s="9"/>
+      <c r="C305" s="9"/>
+      <c r="D305" s="9"/>
+    </row>
+    <row r="306" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A306" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B306" s="9"/>
+      <c r="C306" s="9"/>
+      <c r="D306" s="9"/>
+    </row>
+    <row r="307" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B307" s="2"/>
+    </row>
+    <row r="308" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A308" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B291" s="2"/>
-[...11 lines deleted...]
-      <c r="B293" s="2"/>
+      <c r="B308" s="2"/>
+    </row>
+    <row r="309" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A309" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B309" s="2"/>
+    </row>
+    <row r="310" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A310" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B310" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A287:D287"/>
-    <mergeCell ref="A288:D289"/>
+    <mergeCell ref="A304:D304"/>
+    <mergeCell ref="A305:D306"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>