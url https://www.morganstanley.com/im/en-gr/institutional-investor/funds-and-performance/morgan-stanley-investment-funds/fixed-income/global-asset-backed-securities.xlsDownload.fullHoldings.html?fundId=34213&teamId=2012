--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3523" uniqueCount="2394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3347" uniqueCount="2351">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Global Asset Backed Securities Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 30-Nov-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 31-Dec-2025</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>AAA_05-1 A3A 144A</t>
   </si>
   <si>
     <t>31738PAU2</t>
   </si>
   <si>
     <t>US31738PAU21</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>AABST_04-3 M1</t>
   </si>
@@ -663,54 +663,54 @@
   <si>
     <t>09228YAB8</t>
   </si>
   <si>
     <t>US09228YAB83</t>
   </si>
   <si>
     <t>BCM_98-C M1</t>
   </si>
   <si>
     <t>09774XAP7</t>
   </si>
   <si>
     <t>US09774XAP78</t>
   </si>
   <si>
     <t>BERGF_21-1 A RegS</t>
   </si>
   <si>
     <t>BMI9SWR94</t>
   </si>
   <si>
     <t>XS2331952270</t>
   </si>
   <si>
-    <t>BNP CASH COLLATERAL: OTC UMR VM CO</t>
-[...2 lines deleted...]
-    <t>BMI5C1FU3</t>
+    <t>BNP PARIBAS MBS MARGIN</t>
+  </si>
+  <si>
+    <t>BMI1NM6M2</t>
   </si>
   <si>
     <t>BRUEG_21-1X A RegS</t>
   </si>
   <si>
     <t>BMI9W5NE1</t>
   </si>
   <si>
     <t>XS2346732113</t>
   </si>
   <si>
     <t>BSABS_03-1 A1</t>
   </si>
   <si>
     <t>07384YGX8</t>
   </si>
   <si>
     <t>US07384YGX85</t>
   </si>
   <si>
     <t>BSABS_05-HE3 M4</t>
   </si>
   <si>
     <t>073879RZ3</t>
   </si>
@@ -768,86 +768,89 @@
   <si>
     <t>CAD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>CAD_CCASH</t>
   </si>
   <si>
     <t>CAFL_18-1 E 144A</t>
   </si>
   <si>
     <t>21872BAN6</t>
   </si>
   <si>
     <t>US21872BAN64</t>
   </si>
   <si>
     <t>CAIF_25-1A C 144A</t>
   </si>
   <si>
     <t>BMIF9LJ29</t>
   </si>
   <si>
     <t>XS3124334270</t>
   </si>
   <si>
-    <t>CASH COLLATERAL DEUTSCHE BANK AG</t>
-[...8 lines deleted...]
-    <t>CSHUSDBMO</t>
+    <t>CASH COLLATERAL USD BARCL</t>
+  </si>
+  <si>
+    <t>CSHBARUS0</t>
   </si>
   <si>
     <t>CASH COLLATERAL USD WFC</t>
   </si>
   <si>
     <t>FIJLTX741</t>
   </si>
   <si>
     <t>CASIA_22-1A B 144A</t>
   </si>
   <si>
     <t>Z95NM27R4</t>
   </si>
   <si>
     <t>XS2459128547</t>
   </si>
   <si>
     <t>CASIA_22-1X A RegS</t>
   </si>
   <si>
     <t>BMIAPB180</t>
   </si>
   <si>
     <t>XS2459127226</t>
   </si>
   <si>
+    <t>CASIA_22-1X B RegS</t>
+  </si>
+  <si>
+    <t>Z95NM27S2</t>
+  </si>
+  <si>
+    <t>XS2459128463</t>
+  </si>
+  <si>
     <t>CASTE_21-1 E RegS</t>
   </si>
   <si>
     <t>Z95J1BXC0</t>
   </si>
   <si>
     <t>XS2402396472</t>
   </si>
   <si>
     <t>CBASS_06-MH1 B1 144A</t>
   </si>
   <si>
     <t>1248P8AK5</t>
   </si>
   <si>
     <t>US1248P8AK54</t>
   </si>
   <si>
     <t>CFMT_22-HB9 M3 144A</t>
   </si>
   <si>
     <t>12530GAD0</t>
   </si>
   <si>
     <t>US12530GAD07</t>
@@ -1056,74 +1059,77 @@
   <si>
     <t>15878DAA6</t>
   </si>
   <si>
     <t>US15878DAA63</t>
   </si>
   <si>
     <t>CHASE_24-10 A2 144A</t>
   </si>
   <si>
     <t>16159YAA8</t>
   </si>
   <si>
     <t>US16159YAA82</t>
   </si>
   <si>
     <t>CHASE_25-11 A2 144A</t>
   </si>
   <si>
     <t>16162QAA0</t>
   </si>
   <si>
     <t>US16162QAA04</t>
   </si>
   <si>
+    <t>CHASE_25-13 A2 144A</t>
+  </si>
+  <si>
+    <t>16160JAB6</t>
+  </si>
+  <si>
+    <t>US16160JAB61</t>
+  </si>
+  <si>
     <t>CHASE_25-8 A2 144A</t>
   </si>
   <si>
     <t>16162UAA1</t>
   </si>
   <si>
     <t>US16162UAA16</t>
   </si>
   <si>
     <t>CIM_25-NR1 A1 144A</t>
   </si>
   <si>
     <t>17181YAA8</t>
   </si>
   <si>
     <t>US17181YAA82</t>
   </si>
   <si>
-    <t>CITIGROUP CASH COLLATERAL: OTC UMR</t>
-[...4 lines deleted...]
-  <si>
     <t>CLAST_19-1 1A 144A</t>
   </si>
   <si>
     <t>14855MAA6</t>
   </si>
   <si>
     <t>US14855MAA62</t>
   </si>
   <si>
     <t>CLGIX_22-1CAN A2 144A</t>
   </si>
   <si>
     <t>19521DAD3</t>
   </si>
   <si>
     <t>CA19521DAD36</t>
   </si>
   <si>
     <t>CMLTI_04-RES1 M6</t>
   </si>
   <si>
     <t>17307GKR8</t>
   </si>
   <si>
     <t>US17307GKR82</t>
@@ -1830,59 +1836,50 @@
   <si>
     <t>EMFNL_08-APRX A2 RegS</t>
   </si>
   <si>
     <t>Z900MVKS8</t>
   </si>
   <si>
     <t>XS0362465535</t>
   </si>
   <si>
     <t>B39M0P2</t>
   </si>
   <si>
     <t>EMFNL_08-APRX A3 RegS</t>
   </si>
   <si>
     <t>Z923U8JH8</t>
   </si>
   <si>
     <t>XS0362465881</t>
   </si>
   <si>
     <t>B39M0Q3</t>
   </si>
   <si>
-    <t>EMLT_04-2 M6</t>
-[...7 lines deleted...]
-  <si>
     <t>EMLT_04-3 M8</t>
   </si>
   <si>
     <t>29445FCE6</t>
   </si>
   <si>
     <t>US29445FCE60</t>
   </si>
   <si>
     <t>ERLS_19-NPL1 A RegS</t>
   </si>
   <si>
     <t>BMI7USL25</t>
   </si>
   <si>
     <t>XS2022085414</t>
   </si>
   <si>
     <t>ERLS_19-NPL1 B RegS</t>
   </si>
   <si>
     <t>BMI7USMM0</t>
   </si>
   <si>
     <t>XS2022088863</t>
@@ -2109,353 +2106,353 @@
   <si>
     <t>US36228FU879</t>
   </si>
   <si>
     <t>FGOLD 30YR GIANT</t>
   </si>
   <si>
     <t>3128MABR9</t>
   </si>
   <si>
     <t>US3128MABR92</t>
   </si>
   <si>
     <t>FHASI_06-AR2 3A1</t>
   </si>
   <si>
     <t>32052KAD7</t>
   </si>
   <si>
     <t>US32052KAD72</t>
   </si>
   <si>
     <t>FHLMC 30YR UMBS</t>
   </si>
   <si>
+    <t>3133WDDK5</t>
+  </si>
+  <si>
+    <t>US3133WDDK53</t>
+  </si>
+  <si>
     <t>3142GRQV5</t>
   </si>
   <si>
     <t>US3142GRQV58</t>
   </si>
   <si>
+    <t>31425Y5C7</t>
+  </si>
+  <si>
+    <t>US31425Y5C79</t>
+  </si>
+  <si>
+    <t>3142J6AE3</t>
+  </si>
+  <si>
+    <t>US3142J6AE35</t>
+  </si>
+  <si>
+    <t>3133CCGX8</t>
+  </si>
+  <si>
+    <t>US3133CCGX84</t>
+  </si>
+  <si>
+    <t>3133KR3F9</t>
+  </si>
+  <si>
+    <t>US3133KR3F96</t>
+  </si>
+  <si>
     <t>3133BSXR8</t>
   </si>
   <si>
     <t>US3133BSXR84</t>
   </si>
   <si>
     <t>3133KR3G7</t>
   </si>
   <si>
     <t>US3133KR3G79</t>
   </si>
   <si>
-    <t>3142J6AE3</t>
-[...26 lines deleted...]
-    <t>US3133WDDK53</t>
+    <t>31426C5Q3</t>
+  </si>
+  <si>
+    <t>US31426C5Q36</t>
   </si>
   <si>
     <t>31425UEC5</t>
   </si>
   <si>
     <t>US31425UEC53</t>
   </si>
   <si>
-    <t>31426C5Q3</t>
-[...4 lines deleted...]
-  <si>
     <t>FHLMC 30YR UMBS SUPER</t>
   </si>
   <si>
+    <t>31427MAS0</t>
+  </si>
+  <si>
+    <t>US31427MAS08</t>
+  </si>
+  <si>
+    <t>3132DUU88</t>
+  </si>
+  <si>
+    <t>US3132DUU888</t>
+  </si>
+  <si>
+    <t>31427MLS8</t>
+  </si>
+  <si>
+    <t>US31427MLS88</t>
+  </si>
+  <si>
+    <t>3132DUZF7</t>
+  </si>
+  <si>
+    <t>US3132DUZF73</t>
+  </si>
+  <si>
+    <t>3132DSZM7</t>
+  </si>
+  <si>
+    <t>US3132DSZM78</t>
+  </si>
+  <si>
+    <t>3132DTJH4</t>
+  </si>
+  <si>
+    <t>US3132DTJH41</t>
+  </si>
+  <si>
     <t>3132DVF91</t>
   </si>
   <si>
     <t>US3132DVF911</t>
   </si>
   <si>
-    <t>3132DUU88</t>
-[...32 lines deleted...]
-    <t>US3132DTJH41</t>
+    <t>3132DVCK9</t>
+  </si>
+  <si>
+    <t>US3132DVCK98</t>
   </si>
   <si>
     <t>31427MJ69</t>
   </si>
   <si>
     <t>US31427MJ699</t>
   </si>
   <si>
-    <t>3132DVCK9</t>
-[...4 lines deleted...]
-  <si>
     <t>FHLMC GOLD 30YR</t>
   </si>
   <si>
     <t>3132M7C71</t>
   </si>
   <si>
     <t>US3132M7C712</t>
   </si>
   <si>
     <t>3132QNU98</t>
   </si>
   <si>
     <t>US3132QNU984</t>
   </si>
   <si>
     <t>3132M7C55</t>
   </si>
   <si>
     <t>US3132M7C555</t>
   </si>
   <si>
     <t>FHLMC GOLD 30YR - JUMBO-CONFORMING</t>
   </si>
   <si>
     <t>31322YU58</t>
   </si>
   <si>
     <t>US31322YU587</t>
   </si>
   <si>
     <t>FHLMC GOLD 30YR GIANT</t>
   </si>
   <si>
     <t>31335ABF4</t>
   </si>
   <si>
     <t>US31335ABF49</t>
   </si>
   <si>
     <t>FHLMC MBS 30YR COPERA SHARE</t>
   </si>
   <si>
+    <t>3133JKX97</t>
+  </si>
+  <si>
+    <t>US3133JKX979</t>
+  </si>
+  <si>
     <t>3133SGX54</t>
   </si>
   <si>
     <t>US3133SGX549</t>
   </si>
   <si>
-    <t>3133JKX97</t>
-[...4 lines deleted...]
-  <si>
     <t>FHLMC MBS 30YR FHA/VA</t>
   </si>
   <si>
     <t>3133LWAU6</t>
   </si>
   <si>
     <t>US3133LWAU62</t>
   </si>
   <si>
     <t>FHLMC MBS 30YR-JUMBO-CONFO</t>
   </si>
   <si>
     <t>3133JL2Z1</t>
   </si>
   <si>
     <t>US3133JL2Z15</t>
   </si>
   <si>
+    <t>3133JL3K3</t>
+  </si>
+  <si>
+    <t>US3133JL3K37</t>
+  </si>
+  <si>
+    <t>3133N3YY4</t>
+  </si>
+  <si>
+    <t>US3133N3YY45</t>
+  </si>
+  <si>
+    <t>3133N3XU3</t>
+  </si>
+  <si>
+    <t>US3133N3XU32</t>
+  </si>
+  <si>
+    <t>3133N3V35</t>
+  </si>
+  <si>
+    <t>US3133N3V354</t>
+  </si>
+  <si>
+    <t>3133N3YX6</t>
+  </si>
+  <si>
+    <t>US3133N3YX61</t>
+  </si>
+  <si>
+    <t>3133N3VZ4</t>
+  </si>
+  <si>
+    <t>US3133N3VZ47</t>
+  </si>
+  <si>
+    <t>3133SKBR1</t>
+  </si>
+  <si>
+    <t>US3133SKBR14</t>
+  </si>
+  <si>
+    <t>3133N3XN9</t>
+  </si>
+  <si>
+    <t>US3133N3XN98</t>
+  </si>
+  <si>
+    <t>3133N3YD0</t>
+  </si>
+  <si>
+    <t>US3133N3YD08</t>
+  </si>
+  <si>
+    <t>3133SKBW0</t>
+  </si>
+  <si>
+    <t>US3133SKBW09</t>
+  </si>
+  <si>
+    <t>3133N3W34</t>
+  </si>
+  <si>
+    <t>US3133N3W345</t>
+  </si>
+  <si>
     <t>3133N3U51</t>
   </si>
   <si>
     <t>US3133N3U513</t>
   </si>
   <si>
-    <t>3133N3VZ4</t>
-[...14 lines deleted...]
-    <t>US3133N3XU32</t>
+    <t>3133N3YW8</t>
+  </si>
+  <si>
+    <t>US3133N3YW88</t>
+  </si>
+  <si>
+    <t>3133JL5B1</t>
+  </si>
+  <si>
+    <t>US3133JL5B10</t>
+  </si>
+  <si>
+    <t>3133SKCD1</t>
+  </si>
+  <si>
+    <t>US3133SKCD19</t>
+  </si>
+  <si>
+    <t>3133N3YS7</t>
+  </si>
+  <si>
+    <t>US3133N3YS76</t>
+  </si>
+  <si>
+    <t>3133JLX46</t>
+  </si>
+  <si>
+    <t>US3133JLX464</t>
+  </si>
+  <si>
+    <t>3133SKCK5</t>
+  </si>
+  <si>
+    <t>US3133SKCK51</t>
   </si>
   <si>
     <t>3133N3VV3</t>
   </si>
   <si>
     <t>US3133N3VV33</t>
   </si>
   <si>
-    <t>3133N3YY4</t>
-[...82 lines deleted...]
-  <si>
     <t>FHR_12-3998 AZ</t>
   </si>
   <si>
     <t>3137ALQH5</t>
   </si>
   <si>
     <t>US3137ALQH55</t>
   </si>
   <si>
     <t>FHR_21-5149 KA</t>
   </si>
   <si>
     <t>3137H2T38</t>
   </si>
   <si>
     <t>US3137H2T388</t>
   </si>
   <si>
     <t>FHR_24-5468 ZW</t>
   </si>
   <si>
     <t>3137HHC82</t>
   </si>
   <si>
     <t>US3137HHC826</t>
@@ -2511,50 +2508,59 @@
   <si>
     <t>3137HNT81</t>
   </si>
   <si>
     <t>US3137HNT810</t>
   </si>
   <si>
     <t>FHR_25-5606 EZ</t>
   </si>
   <si>
     <t>3137HPBG7</t>
   </si>
   <si>
     <t>US3137HPBG78</t>
   </si>
   <si>
     <t>FHR_25-5606 KZ</t>
   </si>
   <si>
     <t>3137HPBX0</t>
   </si>
   <si>
     <t>US3137HPBX02</t>
   </si>
   <si>
+    <t>FHR_25-5620 Z</t>
+  </si>
+  <si>
+    <t>3137HPTE3</t>
+  </si>
+  <si>
+    <t>US3137HPTE39</t>
+  </si>
+  <si>
     <t>FHR_5039 IO</t>
   </si>
   <si>
     <t>3137F63K1</t>
   </si>
   <si>
     <t>US3137F63K13</t>
   </si>
   <si>
     <t>FMMSR_20-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAE5</t>
   </si>
   <si>
     <t>US30259RAE53</t>
   </si>
   <si>
     <t>FMMSR_21-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAH8</t>
   </si>
   <si>
     <t>US30259RAH84</t>
@@ -2565,542 +2571,542 @@
   <si>
     <t>30259RAJ4</t>
   </si>
   <si>
     <t>US30259RAJ41</t>
   </si>
   <si>
     <t>FMMSR_21-GT2 A 144A</t>
   </si>
   <si>
     <t>30259RAK1</t>
   </si>
   <si>
     <t>US30259RAK14</t>
   </si>
   <si>
     <t>FMMSR_22-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAM7</t>
   </si>
   <si>
     <t>US30259RAM79</t>
   </si>
   <si>
-    <t>FMMSR_22-GT2 A 144A</t>
-[...16 lines deleted...]
-  <si>
     <t>FMMSR_24-FT1 A 144A</t>
   </si>
   <si>
     <t>30191JAB0</t>
   </si>
   <si>
     <t>US30191JAB08</t>
   </si>
   <si>
     <t>FNMA 30YR</t>
   </si>
   <si>
-    <t>3140JL4Q4</t>
-[...1 lines deleted...]
-  <si>
     <t>3140L6M76</t>
   </si>
   <si>
     <t>US3140L6M763</t>
   </si>
   <si>
+    <t>3140KBZB3</t>
+  </si>
+  <si>
+    <t>US3140KBZB30</t>
+  </si>
+  <si>
+    <t>3140K8XN6</t>
+  </si>
+  <si>
+    <t>US3140K8XN60</t>
+  </si>
+  <si>
+    <t>3140E7NS5</t>
+  </si>
+  <si>
+    <t>US3140E7NS53</t>
+  </si>
+  <si>
+    <t>3140K8P62</t>
+  </si>
+  <si>
+    <t>US3140K8P623</t>
+  </si>
+  <si>
+    <t>3138WELB3</t>
+  </si>
+  <si>
+    <t>US3138WELB33</t>
+  </si>
+  <si>
+    <t>3140K8RC7</t>
+  </si>
+  <si>
+    <t>US3140K8RC79</t>
+  </si>
+  <si>
     <t>3140LPYS5</t>
   </si>
   <si>
     <t>US3140LPYS50</t>
   </si>
   <si>
-    <t>3138WELB3</t>
-[...2 lines deleted...]
-    <t>US3138WELB33</t>
+    <t>3140J9LR0</t>
+  </si>
+  <si>
+    <t>US3140J9LR04</t>
+  </si>
+  <si>
+    <t>3140L2AS2</t>
+  </si>
+  <si>
+    <t>US3140L2AS25</t>
   </si>
   <si>
     <t>3138YWH42</t>
   </si>
   <si>
     <t>US3138YWH421</t>
   </si>
   <si>
-    <t>3140K8XN6</t>
-[...40 lines deleted...]
-  <si>
     <t>3140J9TK7</t>
   </si>
   <si>
     <t>US3140J9TK78</t>
   </si>
   <si>
     <t>FNMA 30YR FHA/VA</t>
   </si>
   <si>
+    <t>3138WGJ21</t>
+  </si>
+  <si>
+    <t>US3138WGJ218</t>
+  </si>
+  <si>
     <t>3138WFK88</t>
   </si>
   <si>
     <t>US3138WFK887</t>
   </si>
   <si>
-    <t>3138WGJ21</t>
-[...4 lines deleted...]
-  <si>
     <t>FNMA 30YR UMBS</t>
   </si>
   <si>
+    <t>3140QKRY6</t>
+  </si>
+  <si>
+    <t>US3140QKRY69</t>
+  </si>
+  <si>
+    <t>3140AWV97</t>
+  </si>
+  <si>
+    <t>US3140AWV972</t>
+  </si>
+  <si>
+    <t>3138MTKQ9</t>
+  </si>
+  <si>
+    <t>US3138MTKQ99</t>
+  </si>
+  <si>
+    <t>3140AW4C0</t>
+  </si>
+  <si>
+    <t>US3140AW4C03</t>
+  </si>
+  <si>
+    <t>3140QPBL0</t>
+  </si>
+  <si>
+    <t>US3140QPBL00</t>
+  </si>
+  <si>
     <t>3140QSSV4</t>
   </si>
   <si>
     <t>US3140QSSV48</t>
   </si>
   <si>
+    <t>3140BF2A2</t>
+  </si>
+  <si>
+    <t>US3140BF2A26</t>
+  </si>
+  <si>
     <t>3140NKKT7</t>
   </si>
   <si>
     <t>US3140NKKT74</t>
   </si>
   <si>
-    <t>3140AWV97</t>
-[...28 lines deleted...]
-  <si>
     <t>FNMA 30YR UMBS SUPER</t>
   </si>
   <si>
+    <t>3140W2W49</t>
+  </si>
+  <si>
+    <t>US3140W2W495</t>
+  </si>
+  <si>
     <t>3140W1NC3</t>
   </si>
   <si>
     <t>US3140W1NC34</t>
   </si>
   <si>
     <t>3140W24A6</t>
   </si>
   <si>
     <t>US3140W24A66</t>
   </si>
   <si>
+    <t>3140XMH33</t>
+  </si>
+  <si>
+    <t>US3140XMH339</t>
+  </si>
+  <si>
+    <t>3140XNV92</t>
+  </si>
+  <si>
+    <t>US3140XNV924</t>
+  </si>
+  <si>
     <t>3140XNYB4</t>
   </si>
   <si>
     <t>US3140XNYB40</t>
   </si>
   <si>
     <t>3140XLYC6</t>
   </si>
   <si>
     <t>US3140XLYC66</t>
   </si>
   <si>
-    <t>3140W2W49</t>
-[...16 lines deleted...]
-  <si>
     <t>FNMA CONV LONG TERM 30YR - JUMBO-C</t>
   </si>
   <si>
+    <t>3140M9C70</t>
+  </si>
+  <si>
+    <t>US3140M9C700</t>
+  </si>
+  <si>
+    <t>31418EJA9</t>
+  </si>
+  <si>
+    <t>US31418EJA91</t>
+  </si>
+  <si>
+    <t>3140K8M57</t>
+  </si>
+  <si>
+    <t>US3140K8M570</t>
+  </si>
+  <si>
+    <t>3140N0C52</t>
+  </si>
+  <si>
+    <t>US3140N0C526</t>
+  </si>
+  <si>
+    <t>31418DDT6</t>
+  </si>
+  <si>
+    <t>US31418DDT63</t>
+  </si>
+  <si>
+    <t>31418DK92</t>
+  </si>
+  <si>
+    <t>US31418DK927</t>
+  </si>
+  <si>
+    <t>3140K1UG9</t>
+  </si>
+  <si>
+    <t>US3140K1UG93</t>
+  </si>
+  <si>
+    <t>31418EB33</t>
+  </si>
+  <si>
+    <t>US31418EB338</t>
+  </si>
+  <si>
+    <t>31418ELH1</t>
+  </si>
+  <si>
+    <t>US31418ELH17</t>
+  </si>
+  <si>
+    <t>3140JBZT6</t>
+  </si>
+  <si>
+    <t>US3140JBZT66</t>
+  </si>
+  <si>
+    <t>3140JCCV4</t>
+  </si>
+  <si>
+    <t>US3140JCCV43</t>
+  </si>
+  <si>
+    <t>31418DFD9</t>
+  </si>
+  <si>
+    <t>US31418DFD93</t>
+  </si>
+  <si>
+    <t>31418ET91</t>
+  </si>
+  <si>
+    <t>US31418ET918</t>
+  </si>
+  <si>
     <t>31418EJE1</t>
   </si>
   <si>
     <t>US31418EJE14</t>
   </si>
   <si>
+    <t>31418EGP9</t>
+  </si>
+  <si>
+    <t>US31418EGP97</t>
+  </si>
+  <si>
+    <t>31418DE40</t>
+  </si>
+  <si>
+    <t>US31418DE409</t>
+  </si>
+  <si>
+    <t>31418EBN9</t>
+  </si>
+  <si>
+    <t>US31418EBN94</t>
+  </si>
+  <si>
+    <t>31418DYR7</t>
+  </si>
+  <si>
+    <t>US31418DYR78</t>
+  </si>
+  <si>
+    <t>3140JCDQ4</t>
+  </si>
+  <si>
+    <t>US3140JCDQ49</t>
+  </si>
+  <si>
+    <t>31418DBW1</t>
+  </si>
+  <si>
+    <t>US31418DBW11</t>
+  </si>
+  <si>
+    <t>31418EQ60</t>
+  </si>
+  <si>
+    <t>US31418EQ609</t>
+  </si>
+  <si>
+    <t>31418DD74</t>
+  </si>
+  <si>
+    <t>US31418DD740</t>
+  </si>
+  <si>
+    <t>31418EDW7</t>
+  </si>
+  <si>
+    <t>US31418EDW75</t>
+  </si>
+  <si>
+    <t>3140JBYN0</t>
+  </si>
+  <si>
+    <t>US3140JBYN06</t>
+  </si>
+  <si>
+    <t>31418DD90</t>
+  </si>
+  <si>
+    <t>US31418DD906</t>
+  </si>
+  <si>
+    <t>31418ENE6</t>
+  </si>
+  <si>
+    <t>US31418ENE67</t>
+  </si>
+  <si>
+    <t>31418DJ37</t>
+  </si>
+  <si>
+    <t>US31418DJ374</t>
+  </si>
+  <si>
     <t>3140JCA95</t>
   </si>
   <si>
     <t>US3140JCA953</t>
   </si>
   <si>
-    <t>31418ELH1</t>
-[...2 lines deleted...]
-    <t>US31418ELH17</t>
+    <t>31418EBP4</t>
+  </si>
+  <si>
+    <t>US31418EBP43</t>
+  </si>
+  <si>
+    <t>31418DF31</t>
+  </si>
+  <si>
+    <t>US31418DF315</t>
+  </si>
+  <si>
+    <t>31418DK35</t>
+  </si>
+  <si>
+    <t>US31418DK356</t>
+  </si>
+  <si>
+    <t>3140JCDE1</t>
+  </si>
+  <si>
+    <t>US3140JCDE19</t>
+  </si>
+  <si>
+    <t>3140JCSX3</t>
+  </si>
+  <si>
+    <t>US3140JCSX35</t>
+  </si>
+  <si>
+    <t>3140K3JE3</t>
+  </si>
+  <si>
+    <t>US3140K3JE31</t>
+  </si>
+  <si>
+    <t>3140QCDT0</t>
+  </si>
+  <si>
+    <t>US3140QCDT05</t>
+  </si>
+  <si>
+    <t>3140A8SU7</t>
+  </si>
+  <si>
+    <t>US3140A8SU77</t>
   </si>
   <si>
     <t>3140MMUD8</t>
   </si>
   <si>
     <t>US3140MMUD87</t>
   </si>
   <si>
-    <t>31418ENE6</t>
-[...208 lines deleted...]
-  <si>
     <t>FNR_21-36 WI</t>
   </si>
   <si>
     <t>3136BHNZ8</t>
   </si>
   <si>
     <t>US3136BHNZ86</t>
   </si>
   <si>
     <t>FNR_25-40 SZ</t>
   </si>
   <si>
     <t>3136BWGZ3</t>
   </si>
   <si>
     <t>US3136BWGZ37</t>
   </si>
   <si>
     <t>FNR_25-89 UZ</t>
   </si>
   <si>
     <t>3136BXXH2</t>
   </si>
   <si>
     <t>US3136BXXH29</t>
   </si>
   <si>
     <t>FNR_25-89 ZU</t>
   </si>
   <si>
     <t>3136BXXZ2</t>
   </si>
   <si>
     <t>US3136BXXZ27</t>
   </si>
   <si>
     <t>FNR_25-91 UZ</t>
   </si>
   <si>
     <t>3136BXLV4</t>
   </si>
   <si>
     <t>US3136BXLV41</t>
   </si>
   <si>
+    <t>FNR_25-97 CZ</t>
+  </si>
+  <si>
+    <t>3136BX3J1</t>
+  </si>
+  <si>
+    <t>US3136BX3J19</t>
+  </si>
+  <si>
+    <t>FNR_25-97 ZD</t>
+  </si>
+  <si>
+    <t>3136BX2R4</t>
+  </si>
+  <si>
+    <t>US3136BX2R44</t>
+  </si>
+  <si>
+    <t>FNR_25-99 ZK</t>
+  </si>
+  <si>
+    <t>3136BXY65</t>
+  </si>
+  <si>
+    <t>US3136BXY657</t>
+  </si>
+  <si>
     <t>FUNDD_25-1A A 144A</t>
   </si>
   <si>
     <t>Z9719L0T6</t>
   </si>
   <si>
     <t>XS3033040026</t>
   </si>
   <si>
     <t>FUNDD_25-1A B 144A</t>
   </si>
   <si>
     <t>Z9719L0V1</t>
   </si>
   <si>
     <t>XS3033040372</t>
   </si>
   <si>
     <t>FUNDD_25-1A C 144A</t>
   </si>
   <si>
     <t>Z9719L0X7</t>
   </si>
   <si>
     <t>XS3033040539</t>
@@ -3156,275 +3162,152 @@
   <si>
     <t>3137G1BN6</t>
   </si>
   <si>
     <t>US3137G1BN67</t>
   </si>
   <si>
     <t>FWLS_17_SC02 1A</t>
   </si>
   <si>
     <t>3137G1BS5</t>
   </si>
   <si>
     <t>US3137G1BS54</t>
   </si>
   <si>
     <t>FWLS_17_SC02 M2 144A</t>
   </si>
   <si>
     <t>3137G1BZ9</t>
   </si>
   <si>
     <t>US3137G1BZ97</t>
   </si>
   <si>
-    <t>FXFWRD AUD/USD 17-DEC-2025</t>
-[...215 lines deleted...]
-    <t>BMIFHU5LP</t>
+    <t>FXFWRD AUD/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFXK38R</t>
+  </si>
+  <si>
+    <t>BMIFXK38P</t>
+  </si>
+  <si>
+    <t>FXFWRD CAD/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFXA0LP</t>
+  </si>
+  <si>
+    <t>BMIFXA0LR</t>
+  </si>
+  <si>
+    <t>FXFWRD DKK/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFXJQWP</t>
+  </si>
+  <si>
+    <t>BMIFZ9JTR</t>
+  </si>
+  <si>
+    <t>BMIFZ9JTP</t>
+  </si>
+  <si>
+    <t>BMIFXJQWR</t>
+  </si>
+  <si>
+    <t>FXFWRD EUR/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFY9XRP</t>
+  </si>
+  <si>
+    <t>BMIFXLNDP</t>
+  </si>
+  <si>
+    <t>BMIFXLNDR</t>
+  </si>
+  <si>
+    <t>BMIFXFPHR</t>
+  </si>
+  <si>
+    <t>BMIFY9XRR</t>
+  </si>
+  <si>
+    <t>BMIFZ9J5R</t>
+  </si>
+  <si>
+    <t>BMIFZ9J5P</t>
+  </si>
+  <si>
+    <t>BMIFXFPHP</t>
+  </si>
+  <si>
+    <t>FXFWRD GBP/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFXGE1R</t>
+  </si>
+  <si>
+    <t>BMIFXGE1P</t>
+  </si>
+  <si>
+    <t>FXFWRD MXN/USD 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFXHJGP</t>
+  </si>
+  <si>
+    <t>BMIFXHJGR</t>
+  </si>
+  <si>
+    <t>FXFWRD USD/EUR 18-MAR-2026</t>
+  </si>
+  <si>
+    <t>BMIFXFQUP</t>
+  </si>
+  <si>
+    <t>BMIFXFQUR</t>
   </si>
   <si>
     <t>GBP CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>GBP_CCASH</t>
   </si>
   <si>
+    <t>GBP/USD</t>
+  </si>
+  <si>
+    <t>BMIG0BRRR</t>
+  </si>
+  <si>
+    <t>BMIG0BRRP</t>
+  </si>
+  <si>
     <t>GCPAS_07-5 A2 RegS</t>
   </si>
   <si>
     <t>BRS468032</t>
   </si>
   <si>
     <t>ES0332235011</t>
   </si>
   <si>
     <t>B27W9B6</t>
   </si>
   <si>
     <t>GFMT_17-1 B2 144A</t>
   </si>
   <si>
     <t>36416UBJ3</t>
   </si>
   <si>
     <t>US36416UBJ34</t>
   </si>
   <si>
     <t>BD9G601</t>
   </si>
   <si>
     <t>GGICS_19 A-1 144A</t>
@@ -3495,662 +3378,662 @@
   <si>
     <t>B1Z9848</t>
   </si>
   <si>
     <t>GMCF_06-1U A</t>
   </si>
   <si>
     <t>Z916X8U52</t>
   </si>
   <si>
     <t>MX91MX000034</t>
   </si>
   <si>
     <t>GMCF_07-2U A</t>
   </si>
   <si>
     <t>Z91885Z24</t>
   </si>
   <si>
     <t>MX97MX020028</t>
   </si>
   <si>
     <t>GNMA II 30YR SF - JUMBO-CONFORMING</t>
   </si>
   <si>
+    <t>36179VFE5</t>
+  </si>
+  <si>
+    <t>US36179VFE56</t>
+  </si>
+  <si>
+    <t>36179VDD9</t>
+  </si>
+  <si>
+    <t>US36179VDD91</t>
+  </si>
+  <si>
+    <t>3618N5TB5</t>
+  </si>
+  <si>
+    <t>US3618N5TB54</t>
+  </si>
+  <si>
+    <t>36179VVQ0</t>
+  </si>
+  <si>
+    <t>US36179VVQ03</t>
+  </si>
+  <si>
+    <t>3622ABAK8</t>
+  </si>
+  <si>
+    <t>US3622ABAK86</t>
+  </si>
+  <si>
+    <t>36179VFC9</t>
+  </si>
+  <si>
+    <t>US36179VFC90</t>
+  </si>
+  <si>
+    <t>36179VQJ2</t>
+  </si>
+  <si>
+    <t>US36179VQJ25</t>
+  </si>
+  <si>
+    <t>36179UVX7</t>
+  </si>
+  <si>
+    <t>US36179UVX70</t>
+  </si>
+  <si>
+    <t>36179VL32</t>
+  </si>
+  <si>
+    <t>US36179VL326</t>
+  </si>
+  <si>
+    <t>36179VKA7</t>
+  </si>
+  <si>
+    <t>US36179VKA79</t>
+  </si>
+  <si>
+    <t>36179WRT7</t>
+  </si>
+  <si>
+    <t>US36179WRT70</t>
+  </si>
+  <si>
+    <t>36179WRS9</t>
+  </si>
+  <si>
+    <t>US36179WRS97</t>
+  </si>
+  <si>
+    <t>36179VTN0</t>
+  </si>
+  <si>
+    <t>US36179VTN00</t>
+  </si>
+  <si>
+    <t>36179VNR7</t>
+  </si>
+  <si>
+    <t>US36179VNR77</t>
+  </si>
+  <si>
+    <t>3618N5VF3</t>
+  </si>
+  <si>
+    <t>US3618N5VF31</t>
+  </si>
+  <si>
     <t>36179VJ92</t>
   </si>
   <si>
     <t>US36179VJ924</t>
   </si>
   <si>
-    <t>36179VVQ0</t>
-[...10 lines deleted...]
-  <si>
     <t>36179Y5A8</t>
   </si>
   <si>
     <t>US36179Y5A87</t>
   </si>
   <si>
-    <t>36179VNR7</t>
-[...8 lines deleted...]
-    <t>US36179VL326</t>
+    <t>36179UZJ4</t>
+  </si>
+  <si>
+    <t>US36179UZJ41</t>
   </si>
   <si>
     <t>36179VHG8</t>
   </si>
   <si>
     <t>US36179VHG86</t>
   </si>
   <si>
-    <t>36179UZJ4</t>
-[...8 lines deleted...]
-    <t>US36179VFC90</t>
+    <t>36179Y7F5</t>
+  </si>
+  <si>
+    <t>US36179Y7F56</t>
+  </si>
+  <si>
+    <t>36179UUB6</t>
+  </si>
+  <si>
+    <t>US36179UUB69</t>
+  </si>
+  <si>
+    <t>36179YKC7</t>
+  </si>
+  <si>
+    <t>US36179YKC74</t>
   </si>
   <si>
     <t>36179VL24</t>
   </si>
   <si>
     <t>US36179VL243</t>
   </si>
   <si>
-    <t>36179VKA7</t>
-[...2 lines deleted...]
-    <t>US36179VKA79</t>
+    <t>36179VHF0</t>
+  </si>
+  <si>
+    <t>US36179VHF04</t>
   </si>
   <si>
     <t>36179YAD6</t>
   </si>
   <si>
     <t>US36179YAD67</t>
   </si>
   <si>
-    <t>3622ABAK8</t>
-[...4 lines deleted...]
-  <si>
     <t>36179VA67</t>
   </si>
   <si>
     <t>US36179VA675</t>
   </si>
   <si>
-    <t>3618N5VF3</t>
-[...34 lines deleted...]
-  <si>
     <t>36179VNQ9</t>
   </si>
   <si>
     <t>US36179VNQ94</t>
   </si>
   <si>
-    <t>36179YKC7</t>
-[...34 lines deleted...]
-  <si>
     <t>GNMA II MODIFIED 361-480 MONTHS</t>
   </si>
   <si>
     <t>3618J1W33</t>
   </si>
   <si>
     <t>US3618J1W331</t>
   </si>
   <si>
     <t>GNMA II REVERSE MTG - FIXED-RATE</t>
   </si>
   <si>
     <t>3617VAGH8</t>
   </si>
   <si>
     <t>US3617VAGH88</t>
   </si>
   <si>
     <t>GNMA2 30YR</t>
   </si>
   <si>
+    <t>3618J6FB3</t>
+  </si>
+  <si>
+    <t>US3618J6FB32</t>
+  </si>
+  <si>
+    <t>3618LTCJ6</t>
+  </si>
+  <si>
+    <t>US3618LTCJ64</t>
+  </si>
+  <si>
+    <t>3618NPT70</t>
+  </si>
+  <si>
+    <t>US3618NPT705</t>
+  </si>
+  <si>
+    <t>3618AGA25</t>
+  </si>
+  <si>
+    <t>US3618AGA255</t>
+  </si>
+  <si>
+    <t>3618GL3X8</t>
+  </si>
+  <si>
+    <t>US3618GL3X87</t>
+  </si>
+  <si>
+    <t>3618FSV21</t>
+  </si>
+  <si>
+    <t>US3618FSV214</t>
+  </si>
+  <si>
+    <t>3618LKQC5</t>
+  </si>
+  <si>
+    <t>US3618LKQC56</t>
+  </si>
+  <si>
+    <t>3618GAAK2</t>
+  </si>
+  <si>
+    <t>US3618GAAK20</t>
+  </si>
+  <si>
+    <t>3618F4NA5</t>
+  </si>
+  <si>
+    <t>US3618F4NA58</t>
+  </si>
+  <si>
+    <t>36183FLP2</t>
+  </si>
+  <si>
+    <t>US36183FLP26</t>
+  </si>
+  <si>
+    <t>3618G6SF3</t>
+  </si>
+  <si>
+    <t>US3618G6SF39</t>
+  </si>
+  <si>
+    <t>36179XLL8</t>
+  </si>
+  <si>
+    <t>US36179XLL81</t>
+  </si>
+  <si>
+    <t>3618GMJS0</t>
+  </si>
+  <si>
+    <t>US3618GMJS03</t>
+  </si>
+  <si>
+    <t>3618GGEA7</t>
+  </si>
+  <si>
+    <t>US3618GGEA71</t>
+  </si>
+  <si>
+    <t>3618MAMT3</t>
+  </si>
+  <si>
+    <t>US3618MAMT37</t>
+  </si>
+  <si>
+    <t>3618BWLL5</t>
+  </si>
+  <si>
+    <t>US3618BWLL58</t>
+  </si>
+  <si>
+    <t>3618GVTQ3</t>
+  </si>
+  <si>
+    <t>US3618GVTQ36</t>
+  </si>
+  <si>
+    <t>3617Q2D28</t>
+  </si>
+  <si>
+    <t>US3617Q2D281</t>
+  </si>
+  <si>
+    <t>36179Y2R4</t>
+  </si>
+  <si>
+    <t>US36179Y2R40</t>
+  </si>
+  <si>
+    <t>3618H4MF3</t>
+  </si>
+  <si>
+    <t>US3618H4MF35</t>
+  </si>
+  <si>
+    <t>3618GWYD4</t>
+  </si>
+  <si>
+    <t>US3618GWYD41</t>
+  </si>
+  <si>
+    <t>3618MAMU0</t>
+  </si>
+  <si>
+    <t>US3618MAMU00</t>
+  </si>
+  <si>
+    <t>3618BWK44</t>
+  </si>
+  <si>
+    <t>US3618BWK440</t>
+  </si>
+  <si>
+    <t>3618G6SG1</t>
+  </si>
+  <si>
+    <t>US3618G6SG12</t>
+  </si>
+  <si>
+    <t>3618J8X29</t>
+  </si>
+  <si>
+    <t>US3618J8X292</t>
+  </si>
+  <si>
+    <t>3618H4M89</t>
+  </si>
+  <si>
+    <t>US3618H4M890</t>
+  </si>
+  <si>
+    <t>3618GWYE2</t>
+  </si>
+  <si>
+    <t>US3618GWYE24</t>
+  </si>
+  <si>
+    <t>3618LKQA9</t>
+  </si>
+  <si>
+    <t>US3618LKQA90</t>
+  </si>
+  <si>
+    <t>3618B1DZ1</t>
+  </si>
+  <si>
+    <t>US3618B1DZ12</t>
+  </si>
+  <si>
+    <t>3618B1DJ7</t>
+  </si>
+  <si>
+    <t>US3618B1DJ79</t>
+  </si>
+  <si>
     <t>3618J6FA5</t>
   </si>
   <si>
     <t>US3618J6FA58</t>
   </si>
   <si>
-    <t>3618NPT70</t>
-[...8 lines deleted...]
-    <t>US3618H4MF35</t>
+    <t>3618HHXQ8</t>
+  </si>
+  <si>
+    <t>US3618HHXQ86</t>
+  </si>
+  <si>
+    <t>3618AGA74</t>
+  </si>
+  <si>
+    <t>US3618AGA743</t>
+  </si>
+  <si>
+    <t>3618JVAX5</t>
+  </si>
+  <si>
+    <t>US3618JVAX50</t>
+  </si>
+  <si>
+    <t>3618BWLP6</t>
+  </si>
+  <si>
+    <t>US3618BWLP62</t>
+  </si>
+  <si>
+    <t>3618AFPK1</t>
+  </si>
+  <si>
+    <t>US3618AFPK16</t>
+  </si>
+  <si>
+    <t>3618BWLQ4</t>
+  </si>
+  <si>
+    <t>US3618BWLQ46</t>
+  </si>
+  <si>
+    <t>3618F4MD0</t>
+  </si>
+  <si>
+    <t>US3618F4MD07</t>
+  </si>
+  <si>
+    <t>3618MAL80</t>
+  </si>
+  <si>
+    <t>US3618MAL805</t>
+  </si>
+  <si>
+    <t>3618FE2S7</t>
+  </si>
+  <si>
+    <t>US3618FE2S74</t>
   </si>
   <si>
     <t>3617Y4MM1</t>
   </si>
   <si>
     <t>US3617Y4MM17</t>
   </si>
   <si>
-    <t>3618GMJS0</t>
-[...14 lines deleted...]
-    <t>US3617Q2D281</t>
+    <t>3618AVRC2</t>
+  </si>
+  <si>
+    <t>US3618AVRC22</t>
   </si>
   <si>
     <t>3618G7AC7</t>
   </si>
   <si>
     <t>US3618G7AC72</t>
   </si>
   <si>
-    <t>3618FE2S7</t>
-[...8 lines deleted...]
-    <t>US3618AGA743</t>
+    <t>3618B3AZ0</t>
+  </si>
+  <si>
+    <t>US3618B3AZ05</t>
   </si>
   <si>
     <t>3618AQ7B7</t>
   </si>
   <si>
     <t>US3618AQ7B73</t>
   </si>
   <si>
-    <t>3618G6SG1</t>
-[...2 lines deleted...]
-    <t>US3618G6SG12</t>
+    <t>3618BDKS3</t>
+  </si>
+  <si>
+    <t>US3618BDKS30</t>
   </si>
   <si>
     <t>3617YCJT2</t>
   </si>
   <si>
     <t>US3617YCJT29</t>
   </si>
   <si>
     <t>3618LMMC5</t>
   </si>
   <si>
     <t>US3618LMMC58</t>
   </si>
   <si>
-    <t>3618BWLL5</t>
-[...76 lines deleted...]
-  <si>
     <t>3618FQ2J0</t>
   </si>
   <si>
     <t>US3618FQ2J04</t>
   </si>
   <si>
-    <t>36179Y2R4</t>
-[...124 lines deleted...]
-  <si>
     <t>GNMA2 30YR PLATINUM</t>
   </si>
   <si>
+    <t>3622AD3R7</t>
+  </si>
+  <si>
+    <t>US3622AD3R79</t>
+  </si>
+  <si>
     <t>3622ADQ35</t>
   </si>
   <si>
     <t>US3622ADQ359</t>
   </si>
   <si>
+    <t>3622ADYJ1</t>
+  </si>
+  <si>
+    <t>US3622ADYJ14</t>
+  </si>
+  <si>
     <t>3622AD2V9</t>
   </si>
   <si>
     <t>US3622AD2V90</t>
   </si>
   <si>
-    <t>3622ADYJ1</t>
-[...10 lines deleted...]
-  <si>
     <t>GNMA2 30YR TBA(REG C)</t>
   </si>
   <si>
-    <t>BMIFSHXW5</t>
-[...2 lines deleted...]
-    <t>BMIFRKHE7</t>
+    <t>BYDURAGM8</t>
+  </si>
+  <si>
+    <t>BMIFWM583</t>
   </si>
   <si>
     <t>GNMA_13-182G NS</t>
   </si>
   <si>
     <t>38378PFD5</t>
   </si>
   <si>
     <t>US38378PFD50</t>
   </si>
   <si>
     <t>GNMA_20-H22 NI</t>
   </si>
   <si>
     <t>38380QSV5</t>
   </si>
   <si>
     <t>US38380QSV58</t>
   </si>
   <si>
     <t>GNMA_23-H18 IE</t>
   </si>
   <si>
     <t>38383KCQ3</t>
   </si>
   <si>
     <t>US38383KCQ31</t>
   </si>
   <si>
     <t>GNR_13-71 IG</t>
   </si>
   <si>
     <t>38378TAH3</t>
   </si>
   <si>
     <t>US38378TAH32</t>
   </si>
   <si>
     <t>GNR_15-H22 CI</t>
   </si>
   <si>
     <t>38376RGN0</t>
   </si>
   <si>
     <t>US38376RGN08</t>
   </si>
   <si>
-    <t>GNR_15-H30 CI</t>
-[...7 lines deleted...]
-  <si>
     <t>GNR_17-H01 DI</t>
   </si>
   <si>
     <t>38376RP34</t>
   </si>
   <si>
     <t>US38376RP341</t>
   </si>
   <si>
     <t>GNR_17-H05 CI</t>
   </si>
   <si>
     <t>38376RU53</t>
   </si>
   <si>
     <t>US38376RU531</t>
   </si>
   <si>
     <t>GNR_17-H09 EI</t>
   </si>
   <si>
     <t>38375UZB9</t>
   </si>
   <si>
     <t>US38375UZB96</t>
   </si>
   <si>
     <t>GNR_17-H10 MI</t>
   </si>
   <si>
     <t>38375UB25</t>
   </si>
   <si>
     <t>US38375UB255</t>
   </si>
   <si>
     <t>GNR_17-H14 LI</t>
   </si>
   <si>
     <t>38376R5P7</t>
   </si>
   <si>
     <t>US38376R5P76</t>
   </si>
   <si>
+    <t>GNR_17-H16 FI</t>
+  </si>
+  <si>
+    <t>38375UD64</t>
+  </si>
+  <si>
+    <t>US38375UD640</t>
+  </si>
+  <si>
     <t>GNR_17-H16 IH</t>
   </si>
   <si>
     <t>38375UF54</t>
   </si>
   <si>
     <t>US38375UF546</t>
   </si>
   <si>
     <t>GNR_17-H17 QI</t>
   </si>
   <si>
     <t>38375UK74</t>
   </si>
   <si>
     <t>US38375UK744</t>
   </si>
   <si>
     <t>GNR_17-H22 MI</t>
   </si>
   <si>
     <t>38375UV98</t>
   </si>
   <si>
     <t>US38375UV980</t>
@@ -4323,68 +4206,95 @@
   <si>
     <t>38382YTV5</t>
   </si>
   <si>
     <t>US38382YTV55</t>
   </si>
   <si>
     <t>GNR_23-113 YJ</t>
   </si>
   <si>
     <t>38384CYZ6</t>
   </si>
   <si>
     <t>US38384CYZ66</t>
   </si>
   <si>
     <t>GNR_23-132 GM</t>
   </si>
   <si>
     <t>38384EJ89</t>
   </si>
   <si>
     <t>US38384EJ890</t>
   </si>
   <si>
+    <t>GNR_24-H20 CI</t>
+  </si>
+  <si>
+    <t>38383KZ62</t>
+  </si>
+  <si>
+    <t>US38383KZ622</t>
+  </si>
+  <si>
     <t>GNR_25-155 DZ</t>
   </si>
   <si>
     <t>38381UU42</t>
   </si>
   <si>
     <t>US38381UU428</t>
   </si>
   <si>
+    <t>GNR_25-157 ZM</t>
+  </si>
+  <si>
+    <t>38381UZQ8</t>
+  </si>
+  <si>
+    <t>US38381UZQ83</t>
+  </si>
+  <si>
     <t>GNR_25-160 Z</t>
   </si>
   <si>
     <t>38381UNC2</t>
   </si>
   <si>
     <t>US38381UNC26</t>
   </si>
   <si>
+    <t>GNR_25-169 Z</t>
+  </si>
+  <si>
+    <t>38385HRQ2</t>
+  </si>
+  <si>
+    <t>US38385HRQ29</t>
+  </si>
+  <si>
     <t>GNR_25-173 LZ</t>
   </si>
   <si>
     <t>38383BD25</t>
   </si>
   <si>
     <t>US38383BD255</t>
   </si>
   <si>
     <t>GNR_25-180 ZE</t>
   </si>
   <si>
     <t>38383BWC2</t>
   </si>
   <si>
     <t>US38383BWC26</t>
   </si>
   <si>
     <t>GNR_25-188 LZ</t>
   </si>
   <si>
     <t>38385JNT6</t>
   </si>
   <si>
     <t>US38385JNT69</t>
@@ -4569,62 +4479,50 @@
   <si>
     <t>40434RAT9</t>
   </si>
   <si>
     <t>US40434RAT95</t>
   </si>
   <si>
     <t>HWAYS_21-1X B RegS</t>
   </si>
   <si>
     <t>Z95K9B2Q2</t>
   </si>
   <si>
     <t>XS2415304935</t>
   </si>
   <si>
     <t>HWAYS_21-1X C RegS</t>
   </si>
   <si>
     <t>BMIAD9PS8</t>
   </si>
   <si>
     <t>XS2415305312</t>
   </si>
   <si>
-    <t>IMM_04-11 2A1</t>
-[...10 lines deleted...]
-  <si>
     <t>IMPAS_05-3 A RegS</t>
   </si>
   <si>
     <t>BRS4PWPB3</t>
   </si>
   <si>
     <t>ES0347862007</t>
   </si>
   <si>
     <t>B0BL9J3</t>
   </si>
   <si>
     <t>IMPAS_4 A RegS</t>
   </si>
   <si>
     <t>BRS2CHMN1</t>
   </si>
   <si>
     <t>ES0347854004</t>
   </si>
   <si>
     <t>B16Q8C6</t>
   </si>
   <si>
     <t>IMSVA_21-A GA 144A</t>
@@ -4743,57 +4641,57 @@
   <si>
     <t>BMIDYW113</t>
   </si>
   <si>
     <t>DK0009416117</t>
   </si>
   <si>
     <t>BMIC4Y6W1</t>
   </si>
   <si>
     <t>DK0009413601</t>
   </si>
   <si>
     <t>BMCSW54</t>
   </si>
   <si>
     <t>BMIC4VYW6</t>
   </si>
   <si>
     <t>DK0009413528</t>
   </si>
   <si>
     <t>BMCSW21</t>
   </si>
   <si>
-    <t>KSTRL_18-1A A 144A</t>
-[...5 lines deleted...]
-    <t>US49255PAA12</t>
+    <t>BMIE9PV29</t>
+  </si>
+  <si>
+    <t>DK0009416547</t>
+  </si>
+  <si>
+    <t>BMCVFQ5</t>
   </si>
   <si>
     <t>LANSD_1 A2 RegS</t>
   </si>
   <si>
     <t>BRS2KMDE1</t>
   </si>
   <si>
     <t>XS0250832614</t>
   </si>
   <si>
     <t>B12GGM6</t>
   </si>
   <si>
     <t>LANSD_2 A2 RegS</t>
   </si>
   <si>
     <t>BRS3U15H6</t>
   </si>
   <si>
     <t>XS0277482286</t>
   </si>
   <si>
     <t>B1L1F58</t>
   </si>
@@ -4812,50 +4710,59 @@
   <si>
     <t>542514BZ6</t>
   </si>
   <si>
     <t>US542514BZ65</t>
   </si>
   <si>
     <t>LBMLT_03-1 M3</t>
   </si>
   <si>
     <t>542514DL5</t>
   </si>
   <si>
     <t>US542514DL51</t>
   </si>
   <si>
     <t>LBSBC_07-2A M2 144A</t>
   </si>
   <si>
     <t>52521VAH5</t>
   </si>
   <si>
     <t>US52521VAH50</t>
   </si>
   <si>
+    <t>LDMSR_25-FT1 A 144A</t>
+  </si>
+  <si>
+    <t>53949HAA3</t>
+  </si>
+  <si>
+    <t>US53949HAA32</t>
+  </si>
+  <si>
     <t>LDMSR_25-GT1 A 144A</t>
   </si>
   <si>
     <t>53946TAD4</t>
   </si>
   <si>
     <t>US53946TAD46</t>
   </si>
   <si>
     <t>LDMSR_25-GT1 B 144A</t>
   </si>
   <si>
     <t>53946TAE2</t>
   </si>
   <si>
     <t>US53946TAE29</t>
   </si>
   <si>
     <t>LDMSR_25-GT2 A 144A</t>
   </si>
   <si>
     <t>53946TAF9</t>
   </si>
   <si>
     <t>US53946TAF93</t>
@@ -5238,59 +5145,50 @@
   <si>
     <t>61755EAD0</t>
   </si>
   <si>
     <t>US61755EAD04</t>
   </si>
   <si>
     <t>MSAC_07-NC4 A2D</t>
   </si>
   <si>
     <t>61755EAE8</t>
   </si>
   <si>
     <t>US61755EAE86</t>
   </si>
   <si>
     <t>MSAIC_17-2A A 144A</t>
   </si>
   <si>
     <t>61946GAA1</t>
   </si>
   <si>
     <t>US61946GAA13</t>
   </si>
   <si>
-    <t>MSAIC_20-1A A 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>MSBAM_12-C6 C</t>
   </si>
   <si>
     <t>61761DAH5</t>
   </si>
   <si>
     <t>US61761DAH52</t>
   </si>
   <si>
     <t>MSDWC_03-NC8 M1</t>
   </si>
   <si>
     <t>61746RDM0</t>
   </si>
   <si>
     <t>US61746RDM07</t>
   </si>
   <si>
     <t>B7WKWW2</t>
   </si>
   <si>
     <t>MSM_04-7AR 3A</t>
   </si>
   <si>
     <t>61748HCM1</t>
@@ -5403,125 +5301,125 @@
   <si>
     <t>XS0329656366</t>
   </si>
   <si>
     <t>B2NDQH8</t>
   </si>
   <si>
     <t>NHEL_04-1 B1</t>
   </si>
   <si>
     <t>66987XEG6</t>
   </si>
   <si>
     <t>US66987XEG60</t>
   </si>
   <si>
     <t>NORDEA KREDIT REALKREDITAKTIESELSK</t>
   </si>
   <si>
     <t>BMICUQB03</t>
   </si>
   <si>
     <t>DK0002060086</t>
   </si>
   <si>
+    <t>BMIDZ32G2</t>
+  </si>
+  <si>
+    <t>DK0002061217</t>
+  </si>
+  <si>
+    <t>BRT3ZK3</t>
+  </si>
+  <si>
+    <t>BMICUQAZ7</t>
+  </si>
+  <si>
+    <t>DK0002059906</t>
+  </si>
+  <si>
+    <t>BQ74R38</t>
+  </si>
+  <si>
     <t>BMIE8ZXZ3</t>
   </si>
   <si>
     <t>DK0002061563</t>
   </si>
   <si>
     <t>BMCVFM1</t>
   </si>
   <si>
-    <t>BMICUQAZ7</t>
-[...16 lines deleted...]
-  <si>
     <t>NYKREDIT REALKREDIT A/S RegS</t>
   </si>
   <si>
+    <t>BMIBRUFX4</t>
+  </si>
+  <si>
+    <t>DK0009541955</t>
+  </si>
+  <si>
+    <t>BMCSWG5</t>
+  </si>
+  <si>
+    <t>BMICC1AJ8</t>
+  </si>
+  <si>
+    <t>DK0009544702</t>
+  </si>
+  <si>
+    <t>BTXSL77</t>
+  </si>
+  <si>
     <t>BMID1AZW2</t>
   </si>
   <si>
     <t>DK0009545949</t>
   </si>
   <si>
     <t>BRC71K4</t>
   </si>
   <si>
+    <t>BMIBRUFY2</t>
+  </si>
+  <si>
+    <t>DK0009541872</t>
+  </si>
+  <si>
+    <t>BMCSW76</t>
+  </si>
+  <si>
     <t>BMIDZLEJ3</t>
   </si>
   <si>
     <t>DK0009548372</t>
   </si>
   <si>
     <t>BS6TGG4</t>
   </si>
   <si>
-    <t>BMIBRUFY2</t>
-[...25 lines deleted...]
-  <si>
     <t>NYKREDIT REALKREDIT AS RegS</t>
   </si>
   <si>
     <t>BMI9K90U5</t>
   </si>
   <si>
     <t>DK0009532020</t>
   </si>
   <si>
     <t>BMI8JFBP4</t>
   </si>
   <si>
     <t>DK0009528424</t>
   </si>
   <si>
     <t>BMHKL36</t>
   </si>
   <si>
     <t>BMI8JFBM1</t>
   </si>
   <si>
     <t>DK0009527616</t>
   </si>
   <si>
     <t>BMDV100</t>
@@ -5550,59 +5448,50 @@
   <si>
     <t>62956YAA7</t>
   </si>
   <si>
     <t>US62956YAA73</t>
   </si>
   <si>
     <t>NZES_25-FHT1 A 144A</t>
   </si>
   <si>
     <t>64832EAA7</t>
   </si>
   <si>
     <t>US64832EAA73</t>
   </si>
   <si>
     <t>OAK 2001-C A4</t>
   </si>
   <si>
     <t>67087TCM1</t>
   </si>
   <si>
     <t>US67087TCM18</t>
   </si>
   <si>
-    <t>OAKM_99-D A1</t>
-[...7 lines deleted...]
-  <si>
     <t>OMPT_17-1MKT A 144A</t>
   </si>
   <si>
     <t>68245HAA2</t>
   </si>
   <si>
     <t>US68245HAA23</t>
   </si>
   <si>
     <t>OOMLT_03-5 A2</t>
   </si>
   <si>
     <t>68400XBS8</t>
   </si>
   <si>
     <t>US68400XBS80</t>
   </si>
   <si>
     <t>B07C3D2</t>
   </si>
   <si>
     <t>OXFIN_22-1A A2 144A</t>
   </si>
   <si>
     <t>69145BAA4</t>
@@ -5652,59 +5541,50 @@
   <si>
     <t>69354WAJ5</t>
   </si>
   <si>
     <t>US69354WAJ53</t>
   </si>
   <si>
     <t>PNMSR_25-GT1 A 144A</t>
   </si>
   <si>
     <t>69354WAK2</t>
   </si>
   <si>
     <t>US69354WAK27</t>
   </si>
   <si>
     <t>PPSI_04-WCW1 M3</t>
   </si>
   <si>
     <t>70069FAE7</t>
   </si>
   <si>
     <t>US70069FAE79</t>
   </si>
   <si>
-    <t>PRET_21-RN4 A1 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>PRET_24-NPL6 A1 144A</t>
   </si>
   <si>
     <t>69381QAA4</t>
   </si>
   <si>
     <t>US69381QAA40</t>
   </si>
   <si>
     <t>PRET_25-NPL1 A1 144A</t>
   </si>
   <si>
     <t>74143VAA2</t>
   </si>
   <si>
     <t>US74143VAA26</t>
   </si>
   <si>
     <t>PRET_25-NPL2 A1 144A</t>
   </si>
   <si>
     <t>69392JAA7</t>
   </si>
   <si>
     <t>US69392JAA79</t>
@@ -5862,77 +5742,77 @@
   <si>
     <t>US45660LEU98</t>
   </si>
   <si>
     <t>RBSSP_09-8 7A1 144A</t>
   </si>
   <si>
     <t>74927BAK6</t>
   </si>
   <si>
     <t>US74927BAK61</t>
   </si>
   <si>
     <t>REALKREDIT DANMARK A/S RegS</t>
   </si>
   <si>
     <t>BMIDZLDX3</t>
   </si>
   <si>
     <t>DK0004630274</t>
   </si>
   <si>
     <t>BMCVFW1</t>
   </si>
   <si>
+    <t>BMICWFD78</t>
+  </si>
+  <si>
+    <t>DK0004629342</t>
+  </si>
+  <si>
+    <t>BQ69CF1</t>
+  </si>
+  <si>
+    <t>BMI9U8N72</t>
+  </si>
+  <si>
+    <t>DK0004619624</t>
+  </si>
+  <si>
+    <t>BNNH150</t>
+  </si>
+  <si>
     <t>BMIDNHVF4</t>
   </si>
   <si>
     <t>DK0004629854</t>
   </si>
   <si>
     <t>BTWXNJ9</t>
   </si>
   <si>
-    <t>BMI9U8N72</t>
-[...16 lines deleted...]
-  <si>
     <t>BMICB28W1</t>
   </si>
   <si>
     <t>DK0004627130</t>
   </si>
   <si>
     <t>BMXX6Q7</t>
   </si>
   <si>
     <t>RFMSI_07-S8 2A1</t>
   </si>
   <si>
     <t>76200QAC4</t>
   </si>
   <si>
     <t>US76200QAC42</t>
   </si>
   <si>
     <t>RGRNF_20-1 A RegS</t>
   </si>
   <si>
     <t>Z94GMYZM0</t>
   </si>
   <si>
     <t>XS2099058922</t>
@@ -6066,59 +5946,50 @@
   <si>
     <t>Z97BKHG97</t>
   </si>
   <si>
     <t>ES0305973028</t>
   </si>
   <si>
     <t>SANR_25-1 D RegS</t>
   </si>
   <si>
     <t>Z97BKHGA4</t>
   </si>
   <si>
     <t>ES0305973036</t>
   </si>
   <si>
     <t>SARM_04-18 3A1</t>
   </si>
   <si>
     <t>863579FU7</t>
   </si>
   <si>
     <t>US863579FU76</t>
   </si>
   <si>
-    <t>SARM_04-7 A3</t>
-[...7 lines deleted...]
-  <si>
     <t>SASC_05-WF1 M5</t>
   </si>
   <si>
     <t>86359BW31</t>
   </si>
   <si>
     <t>US86359BW314</t>
   </si>
   <si>
     <t>SASC_05-WF2 M5</t>
   </si>
   <si>
     <t>86359DDF1</t>
   </si>
   <si>
     <t>US86359DDF15</t>
   </si>
   <si>
     <t>B3RSNS6</t>
   </si>
   <si>
     <t>SBOLT_23-1 B RegS</t>
   </si>
   <si>
     <t>BMIC2TYZ6</t>
@@ -6429,56 +6300,50 @@
   <si>
     <t>35563PR43</t>
   </si>
   <si>
     <t>US35563PR438</t>
   </si>
   <si>
     <t>SCRT_24-2 MT</t>
   </si>
   <si>
     <t>35563PX46</t>
   </si>
   <si>
     <t>US35563PX469</t>
   </si>
   <si>
     <t>SCRT_25-2 MTU</t>
   </si>
   <si>
     <t>35563VAY2</t>
   </si>
   <si>
     <t>US35563VAY20</t>
   </si>
   <si>
-    <t>SEK CASH(Alpha Committed)</t>
-[...4 lines deleted...]
-  <si>
     <t>SEMT_13-9 A1 144A</t>
   </si>
   <si>
     <t>81745DAE1</t>
   </si>
   <si>
     <t>US81745DAE13</t>
   </si>
   <si>
     <t>SEMT_15-2 A1 144A</t>
   </si>
   <si>
     <t>81733YAA7</t>
   </si>
   <si>
     <t>US81733YAA73</t>
   </si>
   <si>
     <t>SEMT_17-6 A1 144A</t>
   </si>
   <si>
     <t>81746FAA3</t>
   </si>
   <si>
     <t>US81746FAA30</t>
@@ -6789,225 +6654,231 @@
   <si>
     <t>881561FQ2</t>
   </si>
   <si>
     <t>US881561FQ25</t>
   </si>
   <si>
     <t>TPMF_23-V3 B RegS</t>
   </si>
   <si>
     <t>BMICQJ0Q9</t>
   </si>
   <si>
     <t>XS2711545777</t>
   </si>
   <si>
     <t>TREASURY BILL</t>
   </si>
   <si>
     <t>912797RJ8</t>
   </si>
   <si>
     <t>US912797RJ86</t>
   </si>
   <si>
+    <t>912797RU3</t>
+  </si>
+  <si>
+    <t>US912797RU32</t>
+  </si>
+  <si>
+    <t>BVDCXR7</t>
+  </si>
+  <si>
+    <t>912797TD9</t>
+  </si>
+  <si>
+    <t>US912797TD98</t>
+  </si>
+  <si>
+    <t>BNBVJG1</t>
+  </si>
+  <si>
+    <t>912797SX6</t>
+  </si>
+  <si>
+    <t>US912797SX61</t>
+  </si>
+  <si>
+    <t>BVCJP39</t>
+  </si>
+  <si>
+    <t>912797TE7</t>
+  </si>
+  <si>
+    <t>US912797TE71</t>
+  </si>
+  <si>
+    <t>BSSBJ03</t>
+  </si>
+  <si>
     <t>912797RK5</t>
   </si>
   <si>
     <t>US912797RK59</t>
   </si>
   <si>
     <t>BTY0CT1</t>
   </si>
   <si>
-    <t>912797RY5</t>
-[...16 lines deleted...]
-  <si>
     <t>912797SN8</t>
   </si>
   <si>
     <t>US912797SN89</t>
   </si>
   <si>
     <t>BV3PBH2</t>
   </si>
   <si>
-    <t>912797NU7</t>
-[...14 lines deleted...]
-    <t>BVDCXR7</t>
+    <t>912797TJ6</t>
+  </si>
+  <si>
+    <t>US912797TJ68</t>
+  </si>
+  <si>
+    <t>BW7ZWK5</t>
   </si>
   <si>
     <t>912797PM3</t>
   </si>
   <si>
     <t>US912797PM34</t>
   </si>
   <si>
     <t>BNZD2Q4</t>
   </si>
   <si>
     <t>TRK_24-2 A1 144A</t>
   </si>
   <si>
     <t>89055KAA0</t>
   </si>
   <si>
     <t>US89055KAA07</t>
   </si>
   <si>
     <t>TRUMN_02-1 M2 144A</t>
   </si>
   <si>
     <t>897896AE6</t>
   </si>
   <si>
     <t>US897896AE67</t>
   </si>
   <si>
+    <t>UBS CASH COLLATERAL: OTC UMR VM CO</t>
+  </si>
+  <si>
+    <t>BMI5D6JX1</t>
+  </si>
+  <si>
     <t>UKLOG_24-1X C RegS</t>
   </si>
   <si>
     <t>BMIDFKVC3</t>
   </si>
   <si>
     <t>XS2809141182</t>
   </si>
   <si>
     <t>UMBS 30YR TBA(REG A)</t>
   </si>
   <si>
-    <t>BMIFSGW65</t>
-[...17 lines deleted...]
-    <t>BMIFQCJC8</t>
+    <t>BMIFWM0U9</t>
+  </si>
+  <si>
+    <t>BMIFYDXP2</t>
+  </si>
+  <si>
+    <t>BYDMZUMZ7</t>
+  </si>
+  <si>
+    <t>BYDU3K0A5</t>
+  </si>
+  <si>
+    <t>BYDU8R544</t>
+  </si>
+  <si>
+    <t>US01F0226187</t>
+  </si>
+  <si>
+    <t>BYDU8R569</t>
+  </si>
+  <si>
+    <t>US01F0206122</t>
   </si>
   <si>
     <t>UROPA_07-1 A3B RegS</t>
   </si>
   <si>
     <t>Z913H5E51</t>
   </si>
   <si>
     <t>XS0311808561</t>
   </si>
   <si>
     <t>UROPA_07-1 M1B RegS</t>
   </si>
   <si>
     <t>BRS6MESL6</t>
   </si>
   <si>
     <t>XS0311811193</t>
   </si>
   <si>
     <t>UROPA_07-1 M2A RegS</t>
   </si>
   <si>
     <t>BRS5LMSB3</t>
   </si>
   <si>
     <t>XS0311813058</t>
   </si>
   <si>
     <t>B23FYK3</t>
   </si>
   <si>
     <t>USD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>USD_CCASH</t>
   </si>
   <si>
     <t>USD/EUR</t>
   </si>
   <si>
-    <t>BMIFV865P</t>
-[...20 lines deleted...]
-    <t>BMIFV85ZR</t>
+    <t>BMIG07DLR</t>
+  </si>
+  <si>
+    <t>BMIG07E0R</t>
+  </si>
+  <si>
+    <t>BMIG07DLP</t>
+  </si>
+  <si>
+    <t>BMIG07E0P</t>
   </si>
   <si>
     <t>VCAT_25-NPL1 A1 144A</t>
   </si>
   <si>
     <t>921962AA4</t>
   </si>
   <si>
     <t>US921962AA43</t>
   </si>
   <si>
     <t>VCAT_25-NPL3 A1 144A</t>
   </si>
   <si>
     <t>92243QAA4</t>
   </si>
   <si>
     <t>US92243QAA40</t>
   </si>
   <si>
     <t>VCC_18-1 M1 144A</t>
   </si>
   <si>
     <t>92257AAC8</t>
   </si>
@@ -7591,51 +7462,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E897"/>
+  <dimension ref="A1:E853"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
@@ -7740,187 +7611,187 @@
       </c>
       <c r="C13" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E13" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>30</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>33</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E15" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>36</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>42</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>45</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>48</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E21" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>54</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>57</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>58</v>
       </c>
       <c r="E23" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>60</v>
@@ -7995,85 +7866,85 @@
       </c>
       <c r="C28" t="s" s="0">
         <v>75</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E28" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>77</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>78</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>81</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E30" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>84</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>87</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E32" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>89</v>
@@ -8148,119 +8019,119 @@
       </c>
       <c r="C37" t="s" s="0">
         <v>101</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E37" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>104</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.56</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E39" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>109</v>
       </c>
       <c r="C40" t="s" s="0">
         <v>110</v>
       </c>
       <c r="D40" t="s" s="0">
         <v>111</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>114</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>117</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>119</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>120</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E43" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>122</v>
@@ -8352,85 +8223,85 @@
       </c>
       <c r="C49" t="s" s="0">
         <v>138</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E49" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>140</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>141</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>144</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E51" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>147</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>148</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>150</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>151</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>152</v>
       </c>
       <c r="E53" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>154</v>
@@ -8539,51 +8410,51 @@
       </c>
       <c r="C60" t="s" s="0">
         <v>174</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E60" t="n" s="0">
         <v>0.09</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>176</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>177</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>179</v>
       </c>
       <c r="C62" t="s" s="0">
         <v>180</v>
       </c>
       <c r="D62" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E62" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>182</v>
@@ -8624,68 +8495,68 @@
       </c>
       <c r="C65" t="s" s="0">
         <v>189</v>
       </c>
       <c r="D65" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E65" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C66" t="s" s="0">
         <v>192</v>
       </c>
       <c r="D66" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>193</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>194</v>
       </c>
       <c r="C67" t="s" s="0">
         <v>195</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>196</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>197</v>
       </c>
       <c r="C68" t="s" s="0">
         <v>198</v>
       </c>
       <c r="D68" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E68" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>199</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>200</v>
@@ -8726,13913 +8597,13165 @@
       </c>
       <c r="C71" t="s" s="0">
         <v>207</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E71" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>208</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>209</v>
       </c>
       <c r="C72" t="s" s="0">
         <v>210</v>
       </c>
       <c r="D72" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>211</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C73" t="s" s="0">
         <v>213</v>
       </c>
       <c r="D73" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E73" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>214</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>215</v>
       </c>
       <c r="C74" t="s" s="0">
         <v>216</v>
       </c>
       <c r="D74" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E74" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
         <v>217</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>218</v>
       </c>
       <c r="C75" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D75" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>-0.19</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>220</v>
       </c>
       <c r="C76" t="s" s="0">
         <v>221</v>
       </c>
       <c r="D76" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>222</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>223</v>
       </c>
       <c r="C77" t="s" s="0">
         <v>224</v>
       </c>
       <c r="D77" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E77" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>226</v>
       </c>
       <c r="C78" t="s" s="0">
         <v>227</v>
       </c>
       <c r="D78" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E78" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
         <v>228</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>229</v>
       </c>
       <c r="C79" t="s" s="0">
         <v>230</v>
       </c>
       <c r="D79" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
         <v>231</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>232</v>
       </c>
       <c r="C80" t="s" s="0">
         <v>233</v>
       </c>
       <c r="D80" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E80" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>235</v>
       </c>
       <c r="C81" t="s" s="0">
         <v>236</v>
       </c>
       <c r="D81" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E81" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>237</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>238</v>
       </c>
       <c r="C82" t="s" s="0">
         <v>239</v>
       </c>
       <c r="D82" t="s" s="0">
         <v>240</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>241</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>242</v>
       </c>
       <c r="C83" t="s" s="0">
         <v>243</v>
       </c>
       <c r="D83" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E83" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
         <v>244</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>245</v>
       </c>
       <c r="C84" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D84" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>247</v>
       </c>
       <c r="C85" t="s" s="0">
         <v>248</v>
       </c>
       <c r="D85" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E85" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
         <v>249</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>250</v>
       </c>
       <c r="C86" t="s" s="0">
         <v>251</v>
       </c>
       <c r="D86" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
         <v>252</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>253</v>
       </c>
       <c r="C87" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D87" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
         <v>254</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>255</v>
       </c>
       <c r="C88" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D88" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
         <v>256</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>257</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>18</v>
+        <v>258</v>
       </c>
       <c r="D89" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D90" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.09</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D91" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.28</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D92" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E92" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D93" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E93" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D94" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E94" t="n" s="0">
         <v>0.15</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D95" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.25</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D96" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D97" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E97" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D98" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.62</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C99" t="s" s="0">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D99" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E99" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C100" t="s" s="0">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D100" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D101" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D102" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E102" t="n" s="0">
         <v>0.12</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D103" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C104" t="s" s="0">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D104" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E104" t="n" s="0">
         <v>0.17</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D105" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D106" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D107" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D108" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D109" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D110" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D111" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D112" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.33</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D113" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D114" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D115" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.25</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D116" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.31</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D117" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.35</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D118" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D119" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.23</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D120" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.13</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D121" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.44</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>18</v>
+        <v>357</v>
       </c>
       <c r="D122" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>-0.18</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D123" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E123" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D124" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D125" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E125" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D126" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E126" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="E127" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D128" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E128" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D129" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E129" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D130" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E130" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D131" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E131" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D132" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E132" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D133" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E133" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D134" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E134" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E135" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D136" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.58</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D137" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E138" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D139" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E140" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D141" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E141" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D142" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E142" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D143" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E143" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D144" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E144" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D145" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E145" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D146" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E146" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D147" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E147" t="n" s="0">
         <v>0.11</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D148" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E148" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D149" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E149" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E150" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D151" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E151" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C152" t="s" s="0">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D152" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E152" t="n" s="0">
-        <v>0.56</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D153" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E153" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C154" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D154" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C155" t="s" s="0">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D155" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>0.44</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D157" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D158" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E158" t="n" s="0">
         <v>0.09</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D159" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E159" t="n" s="0">
         <v>0.14</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="E160" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E161" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D162" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="E163" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E165" t="n" s="0">
         <v>0.13</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="E166" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="E167" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D168" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E168" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D169" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E169" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="E170" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D171" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E171" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E172" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D173" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E174" t="n" s="0">
         <v>0.12</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D177" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E177" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E178" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E180" t="n" s="0">
         <v>0.17</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="E181" t="n" s="0">
         <v>0.2</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="E182" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="E184" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="E185" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="E186" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E187" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D189" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E189" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="E190" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D191" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E191" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E192" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D193" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E193" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E194" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="E195" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D196" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E196" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D197" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E197" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D198" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D199" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D200" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.13</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D201" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>18</v>
+        <v>629</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.14</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>630</v>
+        <v>18</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.22</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D204" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>18</v>
+        <v>639</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.15</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.12</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>655</v>
+        <v>18</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>656</v>
+        <v>18</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>18</v>
+        <v>660</v>
       </c>
       <c r="D211" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>661</v>
+        <v>18</v>
       </c>
       <c r="D212" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>18</v>
+        <v>665</v>
       </c>
       <c r="D213" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D214" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.01</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D215" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>0.27</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="D216" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.06</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D217" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.55</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D218" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.34</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D219" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>18</v>
+        <v>687</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.26</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>688</v>
+        <v>18</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D222" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D223" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E223" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D224" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D225" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.29</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D226" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.06</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D227" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.1</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D228" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.73</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D229" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.12</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D230" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.34</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D231" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.29</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D232" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D233" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>698</v>
+        <v>718</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D234" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.26</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D235" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.31</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D236" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.26</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D237" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.14</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D238" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.43</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D239" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.06</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D240" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.21</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D241" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.34</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D242" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D243" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D244" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E244" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D245" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E245" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="D246" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D247" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D248" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D249" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D250" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="D251" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D252" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.07</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D253" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E253" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D254" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D255" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.28</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D256" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D257" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D258" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.01</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D259" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D260" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.03</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D261" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.11</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D262" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D263" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.47</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D264" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>0.14</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D265" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D266" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.49</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D267" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.06</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D268" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D269" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.19</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D270" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>759</v>
+        <v>799</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D271" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D272" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.04</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D273" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.21</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D274" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.07</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D275" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.18</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D276" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D277" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="D278" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.07</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="D279" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.26</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D280" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.24</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="D281" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.19</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D282" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.14</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D283" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E283" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D284" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D285" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.45</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D286" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E286" t="n" s="0">
         <v>0.11</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D287" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.27</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D288" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.49</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D289" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.66</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D290" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D291" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.39</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>861</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>18</v>
+        <v>862</v>
       </c>
       <c r="D292" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D293" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E293" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D294" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D295" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E295" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D296" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D297" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D298" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D299" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E299" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D300" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E300" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D301" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>860</v>
+        <v>881</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D302" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E302" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>860</v>
+        <v>881</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="D303" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>860</v>
+        <v>886</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="D304" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
         <v>886</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D305" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
         <v>886</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D306" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.01</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C307" t="s" s="0">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D307" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>0.47</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C308" t="s" s="0">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D308" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>0.68</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C309" t="s" s="0">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D309" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E309" t="n" s="0">
-        <v>0.14</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C310" t="s" s="0">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D310" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>0.05</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C311" t="s" s="0">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D311" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>0.25</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C312" t="s" s="0">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="D312" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>0.79</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C313" t="s" s="0">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D313" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E313" t="n" s="0">
-        <v>0.34</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C314" t="s" s="0">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D314" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.31</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="B315" s="6" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C315" t="s" s="0">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D315" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>0.36</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C316" t="s" s="0">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D316" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>0.45</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C317" t="s" s="0">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D317" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>0.64</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C318" t="s" s="0">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D318" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E318" t="n" s="0">
-        <v>0.44</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>906</v>
+        <v>918</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C319" t="s" s="0">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D319" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E319" t="n" s="0">
-        <v>0.57</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>906</v>
+        <v>918</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C320" t="s" s="0">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D320" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E320" t="n" s="0">
-        <v>0.3</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C321" t="s" s="0">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D321" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E321" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B322" s="6" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C322" t="s" s="0">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D322" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E322" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C323" t="s" s="0">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D323" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E323" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B324" s="6" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C324" t="s" s="0">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D324" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E324" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C325" t="s" s="0">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D325" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E325" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C326" t="s" s="0">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D326" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E326" t="n" s="0">
-        <v>0.01</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C327" t="s" s="0">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D327" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E327" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C328" t="s" s="0">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D328" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E328" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C329" t="s" s="0">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D329" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E329" t="n" s="0">
-        <v>0.15</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C330" t="s" s="0">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D330" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E330" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C331" t="s" s="0">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D331" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E331" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C332" t="s" s="0">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D332" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E332" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C333" t="s" s="0">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D333" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E333" t="n" s="0">
-        <v>0.17</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C334" t="s" s="0">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D334" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E334" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C335" t="s" s="0">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D335" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E335" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C336" t="s" s="0">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D336" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E336" t="n" s="0">
-        <v>0.01</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C337" t="s" s="0">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D337" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E337" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C338" t="s" s="0">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D338" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E338" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C339" t="s" s="0">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D339" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E339" t="n" s="0">
-        <v>0.41</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C340" t="s" s="0">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D340" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E340" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C341" t="s" s="0">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D341" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E341" t="n" s="0">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C342" t="s" s="0">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D342" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E342" t="n" s="0">
-        <v>0.17</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C343" t="s" s="0">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D343" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E343" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C344" t="s" s="0">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D344" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E344" t="n" s="0">
-        <v>0.29</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C345" t="s" s="0">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D345" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E345" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C346" t="s" s="0">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D346" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E346" t="n" s="0">
-        <v>0.14</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C347" t="s" s="0">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D347" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E347" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C348" t="s" s="0">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D348" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E348" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C349" t="s" s="0">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D349" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E349" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C350" t="s" s="0">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D350" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E350" t="n" s="0">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C351" t="s" s="0">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D351" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E351" t="n" s="0">
-        <v>0.03</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C352" t="s" s="0">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D352" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E352" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C353" t="s" s="0">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D353" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E353" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C354" t="s" s="0">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D354" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E354" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C355" t="s" s="0">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D355" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E355" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="4" t="s">
-        <v>921</v>
+        <v>993</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="C356" t="s" s="0">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="D356" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E356" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>921</v>
+        <v>996</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="C357" t="s" s="0">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="D357" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E357" t="n" s="0">
-        <v>0.01</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>921</v>
+        <v>999</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C358" t="s" s="0">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="D358" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E358" t="n" s="0">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
-        <v>921</v>
+        <v>1002</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="C359" t="s" s="0">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="D359" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E359" t="n" s="0">
-        <v>0.15</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="C360" t="s" s="0">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="D360" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E360" t="n" s="0">
-        <v>0.02</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="C361" t="s" s="0">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="D361" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E361" t="n" s="0">
-        <v>0.23</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="C362" t="s" s="0">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="D362" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E362" t="n" s="0">
-        <v>0.14</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="C363" t="s" s="0">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="D363" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E363" t="n" s="0">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="C364" t="s" s="0">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D364" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E364" t="n" s="0">
-        <v>0.25</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="C365" t="s" s="0">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="D365" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E365" t="n" s="0">
-        <v>0.14</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="C366" t="s" s="0">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="D366" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E366" t="n" s="0">
-        <v>0.45</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="C367" t="s" s="0">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="D367" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E367" t="n" s="0">
-        <v>0.18</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="C368" t="s" s="0">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="D368" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E368" t="n" s="0">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="C369" t="s" s="0">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="D369" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E369" t="n" s="0">
-        <v>0.2</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="C370" t="s" s="0">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="D370" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E370" t="n" s="0">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="C371" t="s" s="0">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="D371" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E371" t="n" s="0">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="C372" t="s" s="0">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="D372" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E372" t="n" s="0">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="C373" t="s" s="0">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="D373" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E373" t="n" s="0">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="C374" t="s" s="0">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="D374" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E374" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="C375" t="s" s="0">
-        <v>1047</v>
+        <v>18</v>
       </c>
       <c r="D375" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E375" t="n" s="0">
-        <v>0.07</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="C376" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D376" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E376" t="n" s="0">
-        <v>0.32</v>
+        <v>-0.31</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C377" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D377" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E377" t="n" s="0">
-        <v>-0.32</v>
+        <v>-0.23</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="4" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="C378" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D378" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E378" t="n" s="0">
-        <v>-0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="C379" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D379" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E379" t="n" s="0">
-        <v>0.25</v>
+        <v>-9.3</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="C380" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D380" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E380" t="n" s="0">
-        <v>0.1</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C381" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D381" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E381" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="C382" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D382" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E382" t="n" s="0">
-        <v>-0.08</v>
+        <v>9.23</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="C383" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D383" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E383" t="n" s="0">
-        <v>0.11</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="C384" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D384" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E384" t="n" s="0">
-        <v>0.08</v>
+        <v>-0.26</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="C385" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D385" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E385" t="n" s="0">
-        <v>8.93</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="C386" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D386" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E386" t="n" s="0">
-        <v>-0.09</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="C387" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D387" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E387" t="n" s="0">
-        <v>-8.75</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="C388" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D388" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E388" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B389" s="6" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="C389" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D389" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E389" t="n" s="0">
-        <v>-0.11</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="C390" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D390" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E390" t="n" s="0">
-        <v>-0.2</v>
+        <v>-10.15</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>1054</v>
+        <v>1070</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="C391" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D391" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E391" t="n" s="0">
-        <v>0.2</v>
+        <v>3.91</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="C392" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D392" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E392" t="n" s="0">
-        <v>0.01</v>
+        <v>-3.96</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="C393" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D393" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E393" t="n" s="0">
-        <v>-0.01</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="C394" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D394" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E394" t="n" s="0">
-        <v>0.11</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="B395" s="6" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="C395" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D395" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E395" t="n" s="0">
-        <v>-0.18</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="C396" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D396" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E396" t="n" s="0">
-        <v>-0.61</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>1070</v>
+        <v>1079</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="C397" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D397" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E397" t="n" s="0">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="C398" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D398" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E398" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="C399" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D399" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E399" t="n" s="0">
-        <v>9.56</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>1070</v>
+        <v>1084</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="C400" t="s" s="0">
-        <v>18</v>
+        <v>1086</v>
       </c>
       <c r="D400" t="s" s="0">
-        <v>18</v>
+        <v>1087</v>
       </c>
       <c r="E400" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
-        <v>1070</v>
+        <v>1088</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
       <c r="C401" t="s" s="0">
-        <v>18</v>
+        <v>1090</v>
       </c>
       <c r="D401" t="s" s="0">
-        <v>18</v>
+        <v>1091</v>
       </c>
       <c r="E401" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>1070</v>
+        <v>1092</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="C402" t="s" s="0">
-        <v>18</v>
+        <v>1094</v>
       </c>
       <c r="D402" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E402" t="n" s="0">
-        <v>-0.25</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>1070</v>
+        <v>1095</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>1080</v>
+        <v>1096</v>
       </c>
       <c r="C403" t="s" s="0">
-        <v>18</v>
+        <v>1097</v>
       </c>
       <c r="D403" t="s" s="0">
-        <v>18</v>
+        <v>1098</v>
       </c>
       <c r="E403" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>1070</v>
+        <v>1099</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>1081</v>
+        <v>1100</v>
       </c>
       <c r="C404" t="s" s="0">
-        <v>18</v>
+        <v>1101</v>
       </c>
       <c r="D404" t="s" s="0">
-        <v>18</v>
+        <v>1102</v>
       </c>
       <c r="E404" t="n" s="0">
-        <v>-9.39</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>1070</v>
+        <v>1103</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>1082</v>
+        <v>1104</v>
       </c>
       <c r="C405" t="s" s="0">
-        <v>18</v>
+        <v>1105</v>
       </c>
       <c r="D405" t="s" s="0">
-        <v>18</v>
+        <v>1106</v>
       </c>
       <c r="E405" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="4" t="s">
-        <v>1070</v>
+        <v>1107</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>1083</v>
+        <v>1108</v>
       </c>
       <c r="C406" t="s" s="0">
-        <v>18</v>
+        <v>1109</v>
       </c>
       <c r="D406" t="s" s="0">
-        <v>18</v>
+        <v>1110</v>
       </c>
       <c r="E406" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>1070</v>
+        <v>1111</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>1084</v>
+        <v>1112</v>
       </c>
       <c r="C407" t="s" s="0">
-        <v>18</v>
+        <v>1113</v>
       </c>
       <c r="D407" t="s" s="0">
-        <v>18</v>
+        <v>1114</v>
       </c>
       <c r="E407" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>1070</v>
+        <v>1115</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>1085</v>
+        <v>1116</v>
       </c>
       <c r="C408" t="s" s="0">
-        <v>18</v>
+        <v>1117</v>
       </c>
       <c r="D408" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E408" t="n" s="0">
-        <v>0.18</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="4" t="s">
-        <v>1070</v>
+        <v>1118</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>1086</v>
+        <v>1119</v>
       </c>
       <c r="C409" t="s" s="0">
-        <v>18</v>
+        <v>1120</v>
       </c>
       <c r="D409" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E409" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>1087</v>
+        <v>1122</v>
       </c>
       <c r="C410" t="s" s="0">
-        <v>18</v>
+        <v>1123</v>
       </c>
       <c r="D410" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E410" t="n" s="0">
-        <v>-0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>1088</v>
+        <v>1124</v>
       </c>
       <c r="C411" t="s" s="0">
-        <v>18</v>
+        <v>1125</v>
       </c>
       <c r="D411" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E411" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>1089</v>
+        <v>1126</v>
       </c>
       <c r="C412" t="s" s="0">
-        <v>18</v>
+        <v>1127</v>
       </c>
       <c r="D412" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E412" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>1090</v>
+        <v>1128</v>
       </c>
       <c r="C413" t="s" s="0">
-        <v>18</v>
+        <v>1129</v>
       </c>
       <c r="D413" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E413" t="n" s="0">
-        <v>0.33</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>1091</v>
+        <v>1130</v>
       </c>
       <c r="C414" t="s" s="0">
-        <v>18</v>
+        <v>1131</v>
       </c>
       <c r="D414" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E414" t="n" s="0">
-        <v>0.25</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>1092</v>
+        <v>1132</v>
       </c>
       <c r="C415" t="s" s="0">
-        <v>18</v>
+        <v>1133</v>
       </c>
       <c r="D415" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E415" t="n" s="0">
-        <v>-0.33</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>1093</v>
+        <v>1134</v>
       </c>
       <c r="C416" t="s" s="0">
-        <v>18</v>
+        <v>1135</v>
       </c>
       <c r="D416" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E416" t="n" s="0">
-        <v>-0.1</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>1094</v>
+        <v>1136</v>
       </c>
       <c r="C417" t="s" s="0">
-        <v>18</v>
+        <v>1137</v>
       </c>
       <c r="D417" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E417" t="n" s="0">
-        <v>-0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>1095</v>
+        <v>1138</v>
       </c>
       <c r="C418" t="s" s="0">
-        <v>18</v>
+        <v>1139</v>
       </c>
       <c r="D418" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E418" t="n" s="0">
-        <v>0.61</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>1096</v>
+        <v>1140</v>
       </c>
       <c r="C419" t="s" s="0">
-        <v>18</v>
+        <v>1141</v>
       </c>
       <c r="D419" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E419" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>1097</v>
+        <v>1142</v>
       </c>
       <c r="C420" t="s" s="0">
-        <v>18</v>
+        <v>1143</v>
       </c>
       <c r="D420" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E420" t="n" s="0">
-        <v>-0.07</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="4" t="s">
-        <v>1070</v>
+        <v>1121</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>1098</v>
+        <v>1144</v>
       </c>
       <c r="C421" t="s" s="0">
-        <v>18</v>
+        <v>1145</v>
       </c>
       <c r="D421" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E421" t="n" s="0">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>1099</v>
+        <v>1121</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>1100</v>
+        <v>1146</v>
       </c>
       <c r="C422" t="s" s="0">
-        <v>18</v>
+        <v>1147</v>
       </c>
       <c r="D422" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E422" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>1099</v>
+        <v>1121</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>1101</v>
+        <v>1148</v>
       </c>
       <c r="C423" t="s" s="0">
-        <v>18</v>
+        <v>1149</v>
       </c>
       <c r="D423" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E423" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>1103</v>
+        <v>1150</v>
       </c>
       <c r="C424" t="s" s="0">
-        <v>18</v>
+        <v>1151</v>
       </c>
       <c r="D424" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E424" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>1104</v>
+        <v>1152</v>
       </c>
       <c r="C425" t="s" s="0">
-        <v>18</v>
+        <v>1153</v>
       </c>
       <c r="D425" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E425" t="n" s="0">
-        <v>-0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>1105</v>
+        <v>1154</v>
       </c>
       <c r="C426" t="s" s="0">
-        <v>18</v>
+        <v>1155</v>
       </c>
       <c r="D426" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E426" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B427" s="6" t="s">
-        <v>1106</v>
+        <v>1156</v>
       </c>
       <c r="C427" t="s" s="0">
-        <v>18</v>
+        <v>1157</v>
       </c>
       <c r="D427" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E427" t="n" s="0">
-        <v>-4.26</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>1107</v>
+        <v>1158</v>
       </c>
       <c r="C428" t="s" s="0">
-        <v>18</v>
+        <v>1159</v>
       </c>
       <c r="D428" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E428" t="n" s="0">
-        <v>4.36</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>1108</v>
+        <v>1160</v>
       </c>
       <c r="C429" t="s" s="0">
-        <v>18</v>
+        <v>1161</v>
       </c>
       <c r="D429" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E429" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>1109</v>
+        <v>1162</v>
       </c>
       <c r="C430" t="s" s="0">
-        <v>18</v>
+        <v>1163</v>
       </c>
       <c r="D430" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E430" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>1110</v>
+        <v>1164</v>
       </c>
       <c r="C431" t="s" s="0">
-        <v>18</v>
+        <v>1165</v>
       </c>
       <c r="D431" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E431" t="n" s="0">
-        <v>-0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>1111</v>
+        <v>1166</v>
       </c>
       <c r="C432" t="s" s="0">
-        <v>18</v>
+        <v>1167</v>
       </c>
       <c r="D432" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E432" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>1102</v>
+        <v>1121</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>1112</v>
+        <v>1168</v>
       </c>
       <c r="C433" t="s" s="0">
-        <v>18</v>
+        <v>1169</v>
       </c>
       <c r="D433" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E433" t="n" s="0">
-        <v>-0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="B434" s="6" t="s">
-        <v>1114</v>
+        <v>1170</v>
       </c>
       <c r="C434" t="s" s="0">
-        <v>18</v>
+        <v>1171</v>
       </c>
       <c r="D434" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E434" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="B435" s="6" t="s">
-        <v>1115</v>
+        <v>1172</v>
       </c>
       <c r="C435" t="s" s="0">
-        <v>18</v>
+        <v>1173</v>
       </c>
       <c r="D435" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E435" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A436" s="4" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="B436" s="6" t="s">
-        <v>1116</v>
+        <v>1174</v>
       </c>
       <c r="C436" t="s" s="0">
-        <v>18</v>
+        <v>1175</v>
       </c>
       <c r="D436" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E436" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A437" s="4" t="s">
-        <v>1113</v>
+        <v>1176</v>
       </c>
       <c r="B437" s="6" t="s">
-        <v>1117</v>
+        <v>1177</v>
       </c>
       <c r="C437" t="s" s="0">
-        <v>18</v>
+        <v>1178</v>
       </c>
       <c r="D437" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E437" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A438" s="4" t="s">
-        <v>1118</v>
+        <v>1179</v>
       </c>
       <c r="B438" s="6" t="s">
-        <v>1119</v>
+        <v>1180</v>
       </c>
       <c r="C438" t="s" s="0">
-        <v>18</v>
+        <v>1181</v>
       </c>
       <c r="D438" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E438" t="n" s="0">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A439" s="4" t="s">
-        <v>1118</v>
+        <v>1182</v>
       </c>
       <c r="B439" s="6" t="s">
-        <v>1120</v>
+        <v>1183</v>
       </c>
       <c r="C439" t="s" s="0">
-        <v>18</v>
+        <v>1184</v>
       </c>
       <c r="D439" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E439" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A440" s="4" t="s">
-        <v>1121</v>
+        <v>1182</v>
       </c>
       <c r="B440" s="6" t="s">
-        <v>1122</v>
+        <v>1185</v>
       </c>
       <c r="C440" t="s" s="0">
-        <v>18</v>
+        <v>1186</v>
       </c>
       <c r="D440" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E440" t="n" s="0">
-        <v>0.34</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A441" s="4" t="s">
-        <v>1123</v>
+        <v>1182</v>
       </c>
       <c r="B441" s="6" t="s">
-        <v>1124</v>
+        <v>1187</v>
       </c>
       <c r="C441" t="s" s="0">
-        <v>1125</v>
+        <v>1188</v>
       </c>
       <c r="D441" t="s" s="0">
-        <v>1126</v>
+        <v>18</v>
       </c>
       <c r="E441" t="n" s="0">
-        <v>0.11</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A442" s="4" t="s">
-        <v>1127</v>
+        <v>1182</v>
       </c>
       <c r="B442" s="6" t="s">
-        <v>1128</v>
+        <v>1189</v>
       </c>
       <c r="C442" t="s" s="0">
-        <v>1129</v>
+        <v>1190</v>
       </c>
       <c r="D442" t="s" s="0">
-        <v>1130</v>
+        <v>18</v>
       </c>
       <c r="E442" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A443" s="4" t="s">
-        <v>1131</v>
+        <v>1182</v>
       </c>
       <c r="B443" s="6" t="s">
-        <v>1132</v>
+        <v>1191</v>
       </c>
       <c r="C443" t="s" s="0">
-        <v>1133</v>
+        <v>1192</v>
       </c>
       <c r="D443" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E443" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A444" s="4" t="s">
-        <v>1134</v>
+        <v>1182</v>
       </c>
       <c r="B444" s="6" t="s">
-        <v>1135</v>
+        <v>1193</v>
       </c>
       <c r="C444" t="s" s="0">
-        <v>1136</v>
+        <v>1194</v>
       </c>
       <c r="D444" t="s" s="0">
-        <v>1137</v>
+        <v>18</v>
       </c>
       <c r="E444" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A445" s="4" t="s">
-        <v>1138</v>
+        <v>1182</v>
       </c>
       <c r="B445" s="6" t="s">
-        <v>1139</v>
+        <v>1195</v>
       </c>
       <c r="C445" t="s" s="0">
-        <v>1140</v>
+        <v>1196</v>
       </c>
       <c r="D445" t="s" s="0">
-        <v>1141</v>
+        <v>18</v>
       </c>
       <c r="E445" t="n" s="0">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A446" s="4" t="s">
-        <v>1142</v>
+        <v>1182</v>
       </c>
       <c r="B446" s="6" t="s">
-        <v>1143</v>
+        <v>1197</v>
       </c>
       <c r="C446" t="s" s="0">
-        <v>1144</v>
+        <v>1198</v>
       </c>
       <c r="D446" t="s" s="0">
-        <v>1145</v>
+        <v>18</v>
       </c>
       <c r="E446" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A447" s="4" t="s">
-        <v>1146</v>
+        <v>1182</v>
       </c>
       <c r="B447" s="6" t="s">
-        <v>1147</v>
+        <v>1199</v>
       </c>
       <c r="C447" t="s" s="0">
-        <v>1148</v>
+        <v>1200</v>
       </c>
       <c r="D447" t="s" s="0">
-        <v>1149</v>
+        <v>18</v>
       </c>
       <c r="E447" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A448" s="4" t="s">
-        <v>1150</v>
+        <v>1182</v>
       </c>
       <c r="B448" s="6" t="s">
-        <v>1151</v>
+        <v>1201</v>
       </c>
       <c r="C448" t="s" s="0">
-        <v>1152</v>
+        <v>1202</v>
       </c>
       <c r="D448" t="s" s="0">
-        <v>1153</v>
+        <v>18</v>
       </c>
       <c r="E448" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A449" s="4" t="s">
-        <v>1154</v>
+        <v>1182</v>
       </c>
       <c r="B449" s="6" t="s">
-        <v>1155</v>
+        <v>1203</v>
       </c>
       <c r="C449" t="s" s="0">
-        <v>1156</v>
+        <v>1204</v>
       </c>
       <c r="D449" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E449" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A450" s="4" t="s">
-        <v>1157</v>
+        <v>1182</v>
       </c>
       <c r="B450" s="6" t="s">
-        <v>1158</v>
+        <v>1205</v>
       </c>
       <c r="C450" t="s" s="0">
-        <v>1159</v>
+        <v>1206</v>
       </c>
       <c r="D450" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E450" t="n" s="0">
-        <v>0.04</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A451" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B451" s="6" t="s">
-        <v>1161</v>
+        <v>1207</v>
       </c>
       <c r="C451" t="s" s="0">
-        <v>1162</v>
+        <v>1208</v>
       </c>
       <c r="D451" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E451" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A452" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B452" s="6" t="s">
-        <v>1163</v>
+        <v>1209</v>
       </c>
       <c r="C452" t="s" s="0">
-        <v>1164</v>
+        <v>1210</v>
       </c>
       <c r="D452" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E452" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A453" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B453" s="6" t="s">
-        <v>1165</v>
+        <v>1211</v>
       </c>
       <c r="C453" t="s" s="0">
-        <v>1166</v>
+        <v>1212</v>
       </c>
       <c r="D453" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E453" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A454" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B454" s="6" t="s">
-        <v>1167</v>
+        <v>1213</v>
       </c>
       <c r="C454" t="s" s="0">
-        <v>1168</v>
+        <v>1214</v>
       </c>
       <c r="D454" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E454" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A455" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B455" s="6" t="s">
-        <v>1169</v>
+        <v>1215</v>
       </c>
       <c r="C455" t="s" s="0">
-        <v>1170</v>
+        <v>1216</v>
       </c>
       <c r="D455" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E455" t="n" s="0">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A456" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B456" s="6" t="s">
-        <v>1171</v>
+        <v>1217</v>
       </c>
       <c r="C456" t="s" s="0">
-        <v>1172</v>
+        <v>1218</v>
       </c>
       <c r="D456" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E456" t="n" s="0">
-        <v>0.02</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A457" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B457" s="6" t="s">
-        <v>1173</v>
+        <v>1219</v>
       </c>
       <c r="C457" t="s" s="0">
-        <v>1174</v>
+        <v>1220</v>
       </c>
       <c r="D457" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E457" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A458" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B458" s="6" t="s">
-        <v>1175</v>
+        <v>1221</v>
       </c>
       <c r="C458" t="s" s="0">
-        <v>1176</v>
+        <v>1222</v>
       </c>
       <c r="D458" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E458" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A459" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B459" s="6" t="s">
-        <v>1177</v>
+        <v>1223</v>
       </c>
       <c r="C459" t="s" s="0">
-        <v>1178</v>
+        <v>1224</v>
       </c>
       <c r="D459" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E459" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A460" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B460" s="6" t="s">
-        <v>1179</v>
+        <v>1225</v>
       </c>
       <c r="C460" t="s" s="0">
-        <v>1180</v>
+        <v>1226</v>
       </c>
       <c r="D460" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E460" t="n" s="0">
-        <v>0.01</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A461" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B461" s="6" t="s">
-        <v>1181</v>
+        <v>1227</v>
       </c>
       <c r="C461" t="s" s="0">
-        <v>1182</v>
+        <v>1228</v>
       </c>
       <c r="D461" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E461" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A462" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B462" s="6" t="s">
-        <v>1183</v>
+        <v>1229</v>
       </c>
       <c r="C462" t="s" s="0">
-        <v>1184</v>
+        <v>1230</v>
       </c>
       <c r="D462" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E462" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A463" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B463" s="6" t="s">
-        <v>1185</v>
+        <v>1231</v>
       </c>
       <c r="C463" t="s" s="0">
-        <v>1186</v>
+        <v>1232</v>
       </c>
       <c r="D463" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E463" t="n" s="0">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A464" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B464" s="6" t="s">
-        <v>1187</v>
+        <v>1233</v>
       </c>
       <c r="C464" t="s" s="0">
-        <v>1188</v>
+        <v>1234</v>
       </c>
       <c r="D464" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E464" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A465" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B465" s="6" t="s">
-        <v>1189</v>
+        <v>1235</v>
       </c>
       <c r="C465" t="s" s="0">
-        <v>1190</v>
+        <v>1236</v>
       </c>
       <c r="D465" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E465" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A466" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B466" s="6" t="s">
-        <v>1191</v>
+        <v>1237</v>
       </c>
       <c r="C466" t="s" s="0">
-        <v>1192</v>
+        <v>1238</v>
       </c>
       <c r="D466" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E466" t="n" s="0">
-        <v>0.08</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A467" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B467" s="6" t="s">
-        <v>1193</v>
+        <v>1239</v>
       </c>
       <c r="C467" t="s" s="0">
-        <v>1194</v>
+        <v>1240</v>
       </c>
       <c r="D467" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E467" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A468" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B468" s="6" t="s">
-        <v>1195</v>
+        <v>1241</v>
       </c>
       <c r="C468" t="s" s="0">
-        <v>1196</v>
+        <v>1242</v>
       </c>
       <c r="D468" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E468" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A469" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B469" s="6" t="s">
-        <v>1197</v>
+        <v>1243</v>
       </c>
       <c r="C469" t="s" s="0">
-        <v>1198</v>
+        <v>1244</v>
       </c>
       <c r="D469" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E469" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A470" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B470" s="6" t="s">
-        <v>1199</v>
+        <v>1245</v>
       </c>
       <c r="C470" t="s" s="0">
-        <v>1200</v>
+        <v>1246</v>
       </c>
       <c r="D470" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E470" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A471" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B471" s="6" t="s">
-        <v>1201</v>
+        <v>1247</v>
       </c>
       <c r="C471" t="s" s="0">
-        <v>1202</v>
+        <v>1248</v>
       </c>
       <c r="D471" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E471" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A472" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B472" s="6" t="s">
-        <v>1203</v>
+        <v>1249</v>
       </c>
       <c r="C472" t="s" s="0">
-        <v>1204</v>
+        <v>1250</v>
       </c>
       <c r="D472" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E472" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A473" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B473" s="6" t="s">
-        <v>1205</v>
+        <v>1251</v>
       </c>
       <c r="C473" t="s" s="0">
-        <v>1206</v>
+        <v>1252</v>
       </c>
       <c r="D473" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E473" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A474" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B474" s="6" t="s">
-        <v>1207</v>
+        <v>1253</v>
       </c>
       <c r="C474" t="s" s="0">
-        <v>1208</v>
+        <v>1254</v>
       </c>
       <c r="D474" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E474" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A475" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B475" s="6" t="s">
-        <v>1209</v>
+        <v>1255</v>
       </c>
       <c r="C475" t="s" s="0">
-        <v>1210</v>
+        <v>1256</v>
       </c>
       <c r="D475" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E475" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A476" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B476" s="6" t="s">
-        <v>1211</v>
+        <v>1257</v>
       </c>
       <c r="C476" t="s" s="0">
-        <v>1212</v>
+        <v>1258</v>
       </c>
       <c r="D476" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E476" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A477" s="4" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="B477" s="6" t="s">
-        <v>1213</v>
+        <v>1259</v>
       </c>
       <c r="C477" t="s" s="0">
-        <v>1214</v>
+        <v>1260</v>
       </c>
       <c r="D477" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E477" t="n" s="0">
-        <v>0.01</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A478" s="4" t="s">
-        <v>1215</v>
+        <v>1182</v>
       </c>
       <c r="B478" s="6" t="s">
-        <v>1216</v>
+        <v>1261</v>
       </c>
       <c r="C478" t="s" s="0">
-        <v>1217</v>
+        <v>1262</v>
       </c>
       <c r="D478" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E478" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A479" s="4" t="s">
-        <v>1218</v>
+        <v>1182</v>
       </c>
       <c r="B479" s="6" t="s">
-        <v>1219</v>
+        <v>1263</v>
       </c>
       <c r="C479" t="s" s="0">
-        <v>1220</v>
+        <v>1264</v>
       </c>
       <c r="D479" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E479" t="n" s="0">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A480" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B480" s="6" t="s">
-        <v>1222</v>
+        <v>1265</v>
       </c>
       <c r="C480" t="s" s="0">
-        <v>1223</v>
+        <v>1266</v>
       </c>
       <c r="D480" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E480" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A481" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B481" s="6" t="s">
-        <v>1224</v>
+        <v>1267</v>
       </c>
       <c r="C481" t="s" s="0">
-        <v>1225</v>
+        <v>1268</v>
       </c>
       <c r="D481" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E481" t="n" s="0">
-        <v>0.59</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A482" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B482" s="6" t="s">
-        <v>1226</v>
+        <v>1269</v>
       </c>
       <c r="C482" t="s" s="0">
-        <v>1227</v>
+        <v>1270</v>
       </c>
       <c r="D482" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E482" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A483" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B483" s="6" t="s">
-        <v>1228</v>
+        <v>1271</v>
       </c>
       <c r="C483" t="s" s="0">
-        <v>1229</v>
+        <v>1272</v>
       </c>
       <c r="D483" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E483" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A484" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B484" s="6" t="s">
-        <v>1230</v>
+        <v>1273</v>
       </c>
       <c r="C484" t="s" s="0">
-        <v>1231</v>
+        <v>1274</v>
       </c>
       <c r="D484" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E484" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A485" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B485" s="6" t="s">
-        <v>1232</v>
+        <v>1275</v>
       </c>
       <c r="C485" t="s" s="0">
-        <v>1233</v>
+        <v>1276</v>
       </c>
       <c r="D485" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E485" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A486" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B486" s="6" t="s">
-        <v>1234</v>
+        <v>1277</v>
       </c>
       <c r="C486" t="s" s="0">
-        <v>1235</v>
+        <v>1278</v>
       </c>
       <c r="D486" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E486" t="n" s="0">
-        <v>0.07</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A487" s="4" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B487" s="6" t="s">
-        <v>1236</v>
+        <v>1279</v>
       </c>
       <c r="C487" t="s" s="0">
-        <v>1237</v>
+        <v>1280</v>
       </c>
       <c r="D487" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E487" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A488" s="4" t="s">
-        <v>1221</v>
+        <v>1281</v>
       </c>
       <c r="B488" s="6" t="s">
-        <v>1238</v>
+        <v>1282</v>
       </c>
       <c r="C488" t="s" s="0">
-        <v>1239</v>
+        <v>1283</v>
       </c>
       <c r="D488" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E488" t="n" s="0">
-        <v>0.01</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A489" s="4" t="s">
-        <v>1221</v>
+        <v>1281</v>
       </c>
       <c r="B489" s="6" t="s">
-        <v>1240</v>
+        <v>1284</v>
       </c>
       <c r="C489" t="s" s="0">
-        <v>1241</v>
+        <v>1285</v>
       </c>
       <c r="D489" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E489" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A490" s="4" t="s">
-        <v>1221</v>
+        <v>1281</v>
       </c>
       <c r="B490" s="6" t="s">
-        <v>1242</v>
+        <v>1286</v>
       </c>
       <c r="C490" t="s" s="0">
-        <v>1243</v>
+        <v>1287</v>
       </c>
       <c r="D490" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E490" t="n" s="0">
-        <v>0.04</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A491" s="4" t="s">
-        <v>1221</v>
+        <v>1281</v>
       </c>
       <c r="B491" s="6" t="s">
-        <v>1244</v>
+        <v>1288</v>
       </c>
       <c r="C491" t="s" s="0">
-        <v>1245</v>
+        <v>1289</v>
       </c>
       <c r="D491" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E491" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A492" s="4" t="s">
-        <v>1221</v>
+        <v>1290</v>
       </c>
       <c r="B492" s="6" t="s">
-        <v>1246</v>
+        <v>1291</v>
       </c>
       <c r="C492" t="s" s="0">
-        <v>1247</v>
+        <v>18</v>
       </c>
       <c r="D492" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E492" t="n" s="0">
-        <v>0.07</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A493" s="4" t="s">
-        <v>1221</v>
+        <v>1290</v>
       </c>
       <c r="B493" s="6" t="s">
-        <v>1248</v>
+        <v>1292</v>
       </c>
       <c r="C493" t="s" s="0">
-        <v>1249</v>
+        <v>18</v>
       </c>
       <c r="D493" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E493" t="n" s="0">
-        <v>0.16</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A494" s="4" t="s">
-        <v>1221</v>
+        <v>1293</v>
       </c>
       <c r="B494" s="6" t="s">
-        <v>1250</v>
+        <v>1294</v>
       </c>
       <c r="C494" t="s" s="0">
-        <v>1251</v>
+        <v>1295</v>
       </c>
       <c r="D494" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E494" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A495" s="4" t="s">
-        <v>1221</v>
+        <v>1296</v>
       </c>
       <c r="B495" s="6" t="s">
-        <v>1252</v>
+        <v>1297</v>
       </c>
       <c r="C495" t="s" s="0">
-        <v>1253</v>
+        <v>1298</v>
       </c>
       <c r="D495" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E495" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A496" s="4" t="s">
-        <v>1221</v>
+        <v>1299</v>
       </c>
       <c r="B496" s="6" t="s">
-        <v>1254</v>
+        <v>1300</v>
       </c>
       <c r="C496" t="s" s="0">
-        <v>1255</v>
+        <v>1301</v>
       </c>
       <c r="D496" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E496" t="n" s="0">
-        <v>0.89</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A497" s="4" t="s">
-        <v>1221</v>
+        <v>1302</v>
       </c>
       <c r="B497" s="6" t="s">
-        <v>1256</v>
+        <v>1303</v>
       </c>
       <c r="C497" t="s" s="0">
-        <v>1257</v>
+        <v>1304</v>
       </c>
       <c r="D497" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E497" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A498" s="4" t="s">
-        <v>1221</v>
+        <v>1305</v>
       </c>
       <c r="B498" s="6" t="s">
-        <v>1258</v>
+        <v>1306</v>
       </c>
       <c r="C498" t="s" s="0">
-        <v>1259</v>
+        <v>1307</v>
       </c>
       <c r="D498" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E498" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A499" s="4" t="s">
-        <v>1221</v>
+        <v>1308</v>
       </c>
       <c r="B499" s="6" t="s">
-        <v>1260</v>
+        <v>1309</v>
       </c>
       <c r="C499" t="s" s="0">
-        <v>1261</v>
+        <v>1310</v>
       </c>
       <c r="D499" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E499" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A500" s="4" t="s">
-        <v>1221</v>
+        <v>1311</v>
       </c>
       <c r="B500" s="6" t="s">
-        <v>1262</v>
+        <v>1312</v>
       </c>
       <c r="C500" t="s" s="0">
-        <v>1263</v>
+        <v>1313</v>
       </c>
       <c r="D500" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E500" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A501" s="4" t="s">
-        <v>1221</v>
+        <v>1314</v>
       </c>
       <c r="B501" s="6" t="s">
-        <v>1264</v>
+        <v>1315</v>
       </c>
       <c r="C501" t="s" s="0">
-        <v>1265</v>
+        <v>1316</v>
       </c>
       <c r="D501" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E501" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A502" s="4" t="s">
-        <v>1221</v>
+        <v>1317</v>
       </c>
       <c r="B502" s="6" t="s">
-        <v>1266</v>
+        <v>1318</v>
       </c>
       <c r="C502" t="s" s="0">
-        <v>1267</v>
+        <v>1319</v>
       </c>
       <c r="D502" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E502" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A503" s="4" t="s">
-        <v>1221</v>
+        <v>1320</v>
       </c>
       <c r="B503" s="6" t="s">
-        <v>1268</v>
+        <v>1321</v>
       </c>
       <c r="C503" t="s" s="0">
-        <v>1269</v>
+        <v>1322</v>
       </c>
       <c r="D503" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E503" t="n" s="0">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A504" s="4" t="s">
-        <v>1221</v>
+        <v>1323</v>
       </c>
       <c r="B504" s="6" t="s">
-        <v>1270</v>
+        <v>1324</v>
       </c>
       <c r="C504" t="s" s="0">
-        <v>1271</v>
+        <v>1325</v>
       </c>
       <c r="D504" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E504" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A505" s="4" t="s">
-        <v>1221</v>
+        <v>1326</v>
       </c>
       <c r="B505" s="6" t="s">
-        <v>1272</v>
+        <v>1327</v>
       </c>
       <c r="C505" t="s" s="0">
-        <v>1273</v>
+        <v>1328</v>
       </c>
       <c r="D505" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E505" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A506" s="4" t="s">
-        <v>1221</v>
+        <v>1329</v>
       </c>
       <c r="B506" s="6" t="s">
-        <v>1274</v>
+        <v>1330</v>
       </c>
       <c r="C506" t="s" s="0">
-        <v>1275</v>
+        <v>1331</v>
       </c>
       <c r="D506" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E506" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A507" s="4" t="s">
-        <v>1221</v>
+        <v>1332</v>
       </c>
       <c r="B507" s="6" t="s">
-        <v>1276</v>
+        <v>1333</v>
       </c>
       <c r="C507" t="s" s="0">
-        <v>1277</v>
+        <v>1334</v>
       </c>
       <c r="D507" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E507" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A508" s="4" t="s">
-        <v>1221</v>
+        <v>1335</v>
       </c>
       <c r="B508" s="6" t="s">
-        <v>1278</v>
+        <v>1336</v>
       </c>
       <c r="C508" t="s" s="0">
-        <v>1279</v>
+        <v>1337</v>
       </c>
       <c r="D508" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E508" t="n" s="0">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A509" s="4" t="s">
-        <v>1221</v>
+        <v>1338</v>
       </c>
       <c r="B509" s="6" t="s">
-        <v>1280</v>
+        <v>1339</v>
       </c>
       <c r="C509" t="s" s="0">
-        <v>1281</v>
+        <v>1340</v>
       </c>
       <c r="D509" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E509" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A510" s="4" t="s">
-        <v>1221</v>
+        <v>1341</v>
       </c>
       <c r="B510" s="6" t="s">
-        <v>1282</v>
+        <v>1342</v>
       </c>
       <c r="C510" t="s" s="0">
-        <v>1283</v>
+        <v>1343</v>
       </c>
       <c r="D510" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E510" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A511" s="4" t="s">
-        <v>1221</v>
+        <v>1344</v>
       </c>
       <c r="B511" s="6" t="s">
-        <v>1284</v>
+        <v>1345</v>
       </c>
       <c r="C511" t="s" s="0">
-        <v>1285</v>
+        <v>1346</v>
       </c>
       <c r="D511" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E511" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A512" s="4" t="s">
-        <v>1221</v>
+        <v>1347</v>
       </c>
       <c r="B512" s="6" t="s">
-        <v>1286</v>
+        <v>1348</v>
       </c>
       <c r="C512" t="s" s="0">
-        <v>1287</v>
+        <v>1349</v>
       </c>
       <c r="D512" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E512" t="n" s="0">
-        <v>0.14</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A513" s="4" t="s">
-        <v>1221</v>
+        <v>1350</v>
       </c>
       <c r="B513" s="6" t="s">
-        <v>1288</v>
+        <v>1351</v>
       </c>
       <c r="C513" t="s" s="0">
-        <v>1289</v>
+        <v>1352</v>
       </c>
       <c r="D513" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E513" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A514" s="4" t="s">
-        <v>1221</v>
+        <v>1353</v>
       </c>
       <c r="B514" s="6" t="s">
-        <v>1290</v>
+        <v>1354</v>
       </c>
       <c r="C514" t="s" s="0">
-        <v>1291</v>
+        <v>1355</v>
       </c>
       <c r="D514" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E514" t="n" s="0">
-        <v>0.26</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A515" s="4" t="s">
-        <v>1221</v>
+        <v>1356</v>
       </c>
       <c r="B515" s="6" t="s">
-        <v>1292</v>
+        <v>1357</v>
       </c>
       <c r="C515" t="s" s="0">
-        <v>1293</v>
+        <v>1358</v>
       </c>
       <c r="D515" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E515" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A516" s="4" t="s">
-        <v>1221</v>
+        <v>1359</v>
       </c>
       <c r="B516" s="6" t="s">
-        <v>1294</v>
+        <v>1360</v>
       </c>
       <c r="C516" t="s" s="0">
-        <v>1295</v>
+        <v>1361</v>
       </c>
       <c r="D516" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E516" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A517" s="4" t="s">
-        <v>1221</v>
+        <v>1362</v>
       </c>
       <c r="B517" s="6" t="s">
-        <v>1296</v>
+        <v>1363</v>
       </c>
       <c r="C517" t="s" s="0">
-        <v>1297</v>
+        <v>1364</v>
       </c>
       <c r="D517" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E517" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A518" s="4" t="s">
-        <v>1221</v>
+        <v>1365</v>
       </c>
       <c r="B518" s="6" t="s">
-        <v>1298</v>
+        <v>1366</v>
       </c>
       <c r="C518" t="s" s="0">
-        <v>1299</v>
+        <v>1367</v>
       </c>
       <c r="D518" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E518" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A519" s="4" t="s">
-        <v>1221</v>
+        <v>1368</v>
       </c>
       <c r="B519" s="6" t="s">
-        <v>1300</v>
+        <v>1369</v>
       </c>
       <c r="C519" t="s" s="0">
-        <v>1301</v>
+        <v>1370</v>
       </c>
       <c r="D519" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E519" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A520" s="4" t="s">
-        <v>1221</v>
+        <v>1371</v>
       </c>
       <c r="B520" s="6" t="s">
-        <v>1302</v>
+        <v>1372</v>
       </c>
       <c r="C520" t="s" s="0">
-        <v>1303</v>
+        <v>1373</v>
       </c>
       <c r="D520" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E520" t="n" s="0">
-        <v>0.16</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A521" s="4" t="s">
-        <v>1221</v>
+        <v>1374</v>
       </c>
       <c r="B521" s="6" t="s">
-        <v>1304</v>
+        <v>1375</v>
       </c>
       <c r="C521" t="s" s="0">
-        <v>1305</v>
+        <v>1376</v>
       </c>
       <c r="D521" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E521" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A522" s="4" t="s">
-        <v>1221</v>
+        <v>1377</v>
       </c>
       <c r="B522" s="6" t="s">
-        <v>1306</v>
+        <v>1378</v>
       </c>
       <c r="C522" t="s" s="0">
-        <v>1307</v>
+        <v>1379</v>
       </c>
       <c r="D522" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E522" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A523" s="4" t="s">
-        <v>1221</v>
+        <v>1380</v>
       </c>
       <c r="B523" s="6" t="s">
-        <v>1308</v>
+        <v>1381</v>
       </c>
       <c r="C523" t="s" s="0">
-        <v>1309</v>
+        <v>1382</v>
       </c>
       <c r="D523" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E523" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A524" s="4" t="s">
-        <v>1221</v>
+        <v>1383</v>
       </c>
       <c r="B524" s="6" t="s">
-        <v>1310</v>
+        <v>1384</v>
       </c>
       <c r="C524" t="s" s="0">
-        <v>1311</v>
+        <v>1385</v>
       </c>
       <c r="D524" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E524" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A525" s="4" t="s">
-        <v>1221</v>
+        <v>1386</v>
       </c>
       <c r="B525" s="6" t="s">
-        <v>1312</v>
+        <v>1387</v>
       </c>
       <c r="C525" t="s" s="0">
-        <v>1313</v>
+        <v>1388</v>
       </c>
       <c r="D525" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E525" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A526" s="4" t="s">
-        <v>1221</v>
+        <v>1389</v>
       </c>
       <c r="B526" s="6" t="s">
-        <v>1314</v>
+        <v>1390</v>
       </c>
       <c r="C526" t="s" s="0">
-        <v>1315</v>
+        <v>1391</v>
       </c>
       <c r="D526" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E526" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A527" s="4" t="s">
-        <v>1221</v>
+        <v>1392</v>
       </c>
       <c r="B527" s="6" t="s">
-        <v>1316</v>
+        <v>1393</v>
       </c>
       <c r="C527" t="s" s="0">
-        <v>1317</v>
+        <v>1394</v>
       </c>
       <c r="D527" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E527" t="n" s="0">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A528" s="4" t="s">
-        <v>1221</v>
+        <v>1395</v>
       </c>
       <c r="B528" s="6" t="s">
-        <v>1318</v>
+        <v>1396</v>
       </c>
       <c r="C528" t="s" s="0">
-        <v>1319</v>
+        <v>1397</v>
       </c>
       <c r="D528" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E528" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A529" s="4" t="s">
-        <v>1320</v>
+        <v>1398</v>
       </c>
       <c r="B529" s="6" t="s">
-        <v>1321</v>
+        <v>1399</v>
       </c>
       <c r="C529" t="s" s="0">
-        <v>1322</v>
+        <v>1400</v>
       </c>
       <c r="D529" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E529" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A530" s="4" t="s">
-        <v>1320</v>
+        <v>1401</v>
       </c>
       <c r="B530" s="6" t="s">
-        <v>1323</v>
+        <v>1402</v>
       </c>
       <c r="C530" t="s" s="0">
-        <v>1324</v>
+        <v>1403</v>
       </c>
       <c r="D530" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E530" t="n" s="0">
-        <v>0.11</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A531" s="4" t="s">
-        <v>1320</v>
+        <v>1404</v>
       </c>
       <c r="B531" s="6" t="s">
-        <v>1325</v>
+        <v>1405</v>
       </c>
       <c r="C531" t="s" s="0">
-        <v>1326</v>
+        <v>1406</v>
       </c>
       <c r="D531" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E531" t="n" s="0">
-        <v>0.89</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A532" s="4" t="s">
-        <v>1320</v>
+        <v>1407</v>
       </c>
       <c r="B532" s="6" t="s">
-        <v>1327</v>
+        <v>1408</v>
       </c>
       <c r="C532" t="s" s="0">
-        <v>1328</v>
+        <v>1409</v>
       </c>
       <c r="D532" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E532" t="n" s="0">
-        <v>0.26</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A533" s="4" t="s">
-        <v>1329</v>
+        <v>1410</v>
       </c>
       <c r="B533" s="6" t="s">
-        <v>1330</v>
+        <v>1411</v>
       </c>
       <c r="C533" t="s" s="0">
-        <v>18</v>
+        <v>1412</v>
       </c>
       <c r="D533" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E533" t="n" s="0">
-        <v>0.73</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A534" s="4" t="s">
-        <v>1329</v>
+        <v>1413</v>
       </c>
       <c r="B534" s="6" t="s">
-        <v>1331</v>
+        <v>1414</v>
       </c>
       <c r="C534" t="s" s="0">
-        <v>18</v>
+        <v>1415</v>
       </c>
       <c r="D534" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E534" t="n" s="0">
-        <v>1.41</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A535" s="4" t="s">
-        <v>1332</v>
+        <v>1416</v>
       </c>
       <c r="B535" s="6" t="s">
-        <v>1333</v>
+        <v>1417</v>
       </c>
       <c r="C535" t="s" s="0">
-        <v>1334</v>
+        <v>1418</v>
       </c>
       <c r="D535" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E535" t="n" s="0">
-        <v>0.01</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A536" s="4" t="s">
-        <v>1335</v>
+        <v>1419</v>
       </c>
       <c r="B536" s="6" t="s">
-        <v>1336</v>
+        <v>1420</v>
       </c>
       <c r="C536" t="s" s="0">
-        <v>1337</v>
+        <v>1421</v>
       </c>
       <c r="D536" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E536" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A537" s="4" t="s">
-        <v>1338</v>
+        <v>1422</v>
       </c>
       <c r="B537" s="6" t="s">
-        <v>1339</v>
+        <v>1423</v>
       </c>
       <c r="C537" t="s" s="0">
-        <v>1340</v>
+        <v>1424</v>
       </c>
       <c r="D537" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E537" t="n" s="0">
-        <v>0.12</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A538" s="4" t="s">
-        <v>1341</v>
+        <v>1425</v>
       </c>
       <c r="B538" s="6" t="s">
-        <v>1342</v>
+        <v>1426</v>
       </c>
       <c r="C538" t="s" s="0">
-        <v>1343</v>
+        <v>1427</v>
       </c>
       <c r="D538" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E538" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A539" s="4" t="s">
-        <v>1344</v>
+        <v>1428</v>
       </c>
       <c r="B539" s="6" t="s">
-        <v>1345</v>
+        <v>1429</v>
       </c>
       <c r="C539" t="s" s="0">
-        <v>1346</v>
+        <v>1430</v>
       </c>
       <c r="D539" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E539" t="n" s="0">
-        <v>0.01</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A540" s="4" t="s">
-        <v>1347</v>
+        <v>1431</v>
       </c>
       <c r="B540" s="6" t="s">
-        <v>1348</v>
+        <v>1432</v>
       </c>
       <c r="C540" t="s" s="0">
-        <v>1349</v>
+        <v>1433</v>
       </c>
       <c r="D540" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E540" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A541" s="4" t="s">
-        <v>1350</v>
+        <v>1434</v>
       </c>
       <c r="B541" s="6" t="s">
-        <v>1351</v>
+        <v>1435</v>
       </c>
       <c r="C541" t="s" s="0">
-        <v>1352</v>
+        <v>1436</v>
       </c>
       <c r="D541" t="s" s="0">
-        <v>18</v>
+        <v>1437</v>
       </c>
       <c r="E541" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A542" s="4" t="s">
-        <v>1353</v>
+        <v>1438</v>
       </c>
       <c r="B542" s="6" t="s">
-        <v>1354</v>
+        <v>1439</v>
       </c>
       <c r="C542" t="s" s="0">
-        <v>1355</v>
+        <v>1440</v>
       </c>
       <c r="D542" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E542" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A543" s="4" t="s">
-        <v>1356</v>
+        <v>1441</v>
       </c>
       <c r="B543" s="6" t="s">
-        <v>1357</v>
+        <v>1442</v>
       </c>
       <c r="C543" t="s" s="0">
-        <v>1358</v>
+        <v>1443</v>
       </c>
       <c r="D543" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E543" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A544" s="4" t="s">
-        <v>1359</v>
+        <v>1444</v>
       </c>
       <c r="B544" s="6" t="s">
-        <v>1360</v>
+        <v>1445</v>
       </c>
       <c r="C544" t="s" s="0">
-        <v>1361</v>
+        <v>1446</v>
       </c>
       <c r="D544" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E544" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A545" s="4" t="s">
-        <v>1362</v>
+        <v>1447</v>
       </c>
       <c r="B545" s="6" t="s">
-        <v>1363</v>
+        <v>1448</v>
       </c>
       <c r="C545" t="s" s="0">
-        <v>1364</v>
+        <v>1449</v>
       </c>
       <c r="D545" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E545" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A546" s="4" t="s">
-        <v>1365</v>
+        <v>1450</v>
       </c>
       <c r="B546" s="6" t="s">
-        <v>1366</v>
+        <v>1451</v>
       </c>
       <c r="C546" t="s" s="0">
-        <v>1367</v>
+        <v>1452</v>
       </c>
       <c r="D546" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E546" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A547" s="4" t="s">
-        <v>1368</v>
+        <v>1453</v>
       </c>
       <c r="B547" s="6" t="s">
-        <v>1369</v>
+        <v>1454</v>
       </c>
       <c r="C547" t="s" s="0">
-        <v>1370</v>
+        <v>1455</v>
       </c>
       <c r="D547" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E547" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A548" s="4" t="s">
-        <v>1371</v>
+        <v>1456</v>
       </c>
       <c r="B548" s="6" t="s">
-        <v>1372</v>
+        <v>1457</v>
       </c>
       <c r="C548" t="s" s="0">
-        <v>1373</v>
+        <v>1458</v>
       </c>
       <c r="D548" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E548" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A549" s="4" t="s">
-        <v>1374</v>
+        <v>1459</v>
       </c>
       <c r="B549" s="6" t="s">
-        <v>1375</v>
+        <v>1460</v>
       </c>
       <c r="C549" t="s" s="0">
-        <v>1376</v>
+        <v>1461</v>
       </c>
       <c r="D549" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E549" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A550" s="4" t="s">
-        <v>1377</v>
+        <v>1462</v>
       </c>
       <c r="B550" s="6" t="s">
-        <v>1378</v>
+        <v>1463</v>
       </c>
       <c r="C550" t="s" s="0">
-        <v>1379</v>
+        <v>1464</v>
       </c>
       <c r="D550" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E550" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A551" s="4" t="s">
-        <v>1380</v>
+        <v>1465</v>
       </c>
       <c r="B551" s="6" t="s">
-        <v>1381</v>
+        <v>1466</v>
       </c>
       <c r="C551" t="s" s="0">
-        <v>1382</v>
+        <v>1467</v>
       </c>
       <c r="D551" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E551" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A552" s="4" t="s">
-        <v>1383</v>
+        <v>1468</v>
       </c>
       <c r="B552" s="6" t="s">
-        <v>1384</v>
+        <v>1469</v>
       </c>
       <c r="C552" t="s" s="0">
-        <v>1385</v>
+        <v>1470</v>
       </c>
       <c r="D552" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E552" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A553" s="4" t="s">
-        <v>1386</v>
+        <v>1471</v>
       </c>
       <c r="B553" s="6" t="s">
-        <v>1387</v>
+        <v>1472</v>
       </c>
       <c r="C553" t="s" s="0">
-        <v>1388</v>
+        <v>1473</v>
       </c>
       <c r="D553" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E553" t="n" s="0">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A554" s="4" t="s">
-        <v>1389</v>
+        <v>1474</v>
       </c>
       <c r="B554" s="6" t="s">
-        <v>1390</v>
+        <v>1475</v>
       </c>
       <c r="C554" t="s" s="0">
-        <v>1391</v>
+        <v>1476</v>
       </c>
       <c r="D554" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E554" t="n" s="0">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A555" s="4" t="s">
-        <v>1392</v>
+        <v>1477</v>
       </c>
       <c r="B555" s="6" t="s">
-        <v>1393</v>
+        <v>1478</v>
       </c>
       <c r="C555" t="s" s="0">
-        <v>1394</v>
+        <v>1479</v>
       </c>
       <c r="D555" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E555" t="n" s="0">
-        <v>0.08</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A556" s="4" t="s">
-        <v>1395</v>
+        <v>1480</v>
       </c>
       <c r="B556" s="6" t="s">
-        <v>1396</v>
+        <v>1481</v>
       </c>
       <c r="C556" t="s" s="0">
-        <v>1397</v>
+        <v>1482</v>
       </c>
       <c r="D556" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E556" t="n" s="0">
-        <v>0.03</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A557" s="4" t="s">
-        <v>1398</v>
+        <v>1483</v>
       </c>
       <c r="B557" s="6" t="s">
-        <v>1399</v>
+        <v>1484</v>
       </c>
       <c r="C557" t="s" s="0">
-        <v>1400</v>
+        <v>1485</v>
       </c>
       <c r="D557" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E557" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A558" s="4" t="s">
-        <v>1401</v>
+        <v>1486</v>
       </c>
       <c r="B558" s="6" t="s">
-        <v>1402</v>
+        <v>1487</v>
       </c>
       <c r="C558" t="s" s="0">
-        <v>1403</v>
+        <v>1488</v>
       </c>
       <c r="D558" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E558" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A559" s="4" t="s">
-        <v>1404</v>
+        <v>1489</v>
       </c>
       <c r="B559" s="6" t="s">
-        <v>1405</v>
+        <v>1490</v>
       </c>
       <c r="C559" t="s" s="0">
-        <v>1406</v>
+        <v>1491</v>
       </c>
       <c r="D559" t="s" s="0">
-        <v>18</v>
+        <v>1492</v>
       </c>
       <c r="E559" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A560" s="4" t="s">
-        <v>1407</v>
+        <v>1493</v>
       </c>
       <c r="B560" s="6" t="s">
-        <v>1408</v>
+        <v>1494</v>
       </c>
       <c r="C560" t="s" s="0">
-        <v>1409</v>
+        <v>1495</v>
       </c>
       <c r="D560" t="s" s="0">
-        <v>18</v>
+        <v>1496</v>
       </c>
       <c r="E560" t="n" s="0">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A561" s="4" t="s">
-        <v>1410</v>
+        <v>1497</v>
       </c>
       <c r="B561" s="6" t="s">
-        <v>1411</v>
+        <v>1498</v>
       </c>
       <c r="C561" t="s" s="0">
-        <v>1412</v>
+        <v>1499</v>
       </c>
       <c r="D561" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E561" t="n" s="0">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A562" s="4" t="s">
-        <v>1413</v>
+        <v>1500</v>
       </c>
       <c r="B562" s="6" t="s">
-        <v>1414</v>
+        <v>1501</v>
       </c>
       <c r="C562" t="s" s="0">
-        <v>1415</v>
+        <v>1502</v>
       </c>
       <c r="D562" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E562" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A563" s="4" t="s">
-        <v>1416</v>
+        <v>1503</v>
       </c>
       <c r="B563" s="6" t="s">
-        <v>1417</v>
+        <v>1504</v>
       </c>
       <c r="C563" t="s" s="0">
-        <v>1418</v>
+        <v>1505</v>
       </c>
       <c r="D563" t="s" s="0">
-        <v>18</v>
+        <v>1506</v>
       </c>
       <c r="E563" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="564" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A564" s="4" t="s">
-        <v>1419</v>
+        <v>1507</v>
       </c>
       <c r="B564" s="6" t="s">
-        <v>1420</v>
+        <v>1508</v>
       </c>
       <c r="C564" t="s" s="0">
-        <v>1421</v>
+        <v>1509</v>
       </c>
       <c r="D564" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E564" t="n" s="0">
-        <v>0.03</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="565" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A565" s="4" t="s">
-        <v>1422</v>
+        <v>1510</v>
       </c>
       <c r="B565" s="6" t="s">
-        <v>1423</v>
+        <v>1511</v>
       </c>
       <c r="C565" t="s" s="0">
-        <v>1424</v>
+        <v>1512</v>
       </c>
       <c r="D565" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E565" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="566" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A566" s="4" t="s">
-        <v>1425</v>
+        <v>1513</v>
       </c>
       <c r="B566" s="6" t="s">
-        <v>1426</v>
+        <v>1514</v>
       </c>
       <c r="C566" t="s" s="0">
-        <v>1427</v>
+        <v>1515</v>
       </c>
       <c r="D566" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E566" t="n" s="0">
-        <v>0.06</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="567" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A567" s="4" t="s">
-        <v>1428</v>
+        <v>1516</v>
       </c>
       <c r="B567" s="6" t="s">
-        <v>1429</v>
+        <v>1517</v>
       </c>
       <c r="C567" t="s" s="0">
-        <v>1430</v>
+        <v>1518</v>
       </c>
       <c r="D567" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E567" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="568" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A568" s="4" t="s">
-        <v>1431</v>
+        <v>1519</v>
       </c>
       <c r="B568" s="6" t="s">
-        <v>1432</v>
+        <v>1520</v>
       </c>
       <c r="C568" t="s" s="0">
-        <v>1433</v>
+        <v>1521</v>
       </c>
       <c r="D568" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E568" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="569" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A569" s="4" t="s">
-        <v>1434</v>
+        <v>1522</v>
       </c>
       <c r="B569" s="6" t="s">
-        <v>1435</v>
+        <v>1523</v>
       </c>
       <c r="C569" t="s" s="0">
-        <v>1436</v>
+        <v>1524</v>
       </c>
       <c r="D569" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E569" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="570" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A570" s="4" t="s">
-        <v>1437</v>
+        <v>1525</v>
       </c>
       <c r="B570" s="6" t="s">
-        <v>1438</v>
+        <v>1526</v>
       </c>
       <c r="C570" t="s" s="0">
-        <v>1439</v>
+        <v>1527</v>
       </c>
       <c r="D570" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E570" t="n" s="0">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="571" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A571" s="4" t="s">
-        <v>1440</v>
+        <v>1528</v>
       </c>
       <c r="B571" s="6" t="s">
-        <v>1441</v>
+        <v>1529</v>
       </c>
       <c r="C571" t="s" s="0">
-        <v>1442</v>
+        <v>1530</v>
       </c>
       <c r="D571" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E571" t="n" s="0">
-        <v>0.35</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="572" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A572" s="4" t="s">
-        <v>1443</v>
+        <v>1531</v>
       </c>
       <c r="B572" s="6" t="s">
-        <v>1444</v>
+        <v>1532</v>
       </c>
       <c r="C572" t="s" s="0">
-        <v>1445</v>
+        <v>1533</v>
       </c>
       <c r="D572" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E572" t="n" s="0">
-        <v>0.19</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="573" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A573" s="4" t="s">
-        <v>1446</v>
+        <v>1534</v>
       </c>
       <c r="B573" s="6" t="s">
-        <v>1447</v>
+        <v>1535</v>
       </c>
       <c r="C573" t="s" s="0">
-        <v>1448</v>
+        <v>1536</v>
       </c>
       <c r="D573" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E573" t="n" s="0">
-        <v>0.52</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="574" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A574" s="4" t="s">
-        <v>1449</v>
+        <v>1534</v>
       </c>
       <c r="B574" s="6" t="s">
-        <v>1450</v>
+        <v>1537</v>
       </c>
       <c r="C574" t="s" s="0">
-        <v>1451</v>
+        <v>1538</v>
       </c>
       <c r="D574" t="s" s="0">
-        <v>18</v>
+        <v>1539</v>
       </c>
       <c r="E574" t="n" s="0">
-        <v>0.07</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="575" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A575" s="4" t="s">
-        <v>1452</v>
+        <v>1534</v>
       </c>
       <c r="B575" s="6" t="s">
-        <v>1453</v>
+        <v>1540</v>
       </c>
       <c r="C575" t="s" s="0">
-        <v>1454</v>
+        <v>1541</v>
       </c>
       <c r="D575" t="s" s="0">
-        <v>18</v>
+        <v>1542</v>
       </c>
       <c r="E575" t="n" s="0">
-        <v>0.1</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="576" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A576" s="4" t="s">
-        <v>1455</v>
+        <v>1534</v>
       </c>
       <c r="B576" s="6" t="s">
-        <v>1456</v>
+        <v>1543</v>
       </c>
       <c r="C576" t="s" s="0">
-        <v>1457</v>
+        <v>1544</v>
       </c>
       <c r="D576" t="s" s="0">
-        <v>18</v>
+        <v>1545</v>
       </c>
       <c r="E576" t="n" s="0">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="577" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A577" s="4" t="s">
-        <v>1458</v>
+        <v>1546</v>
       </c>
       <c r="B577" s="6" t="s">
-        <v>1459</v>
+        <v>1547</v>
       </c>
       <c r="C577" t="s" s="0">
-        <v>1460</v>
+        <v>1548</v>
       </c>
       <c r="D577" t="s" s="0">
-        <v>18</v>
+        <v>1549</v>
       </c>
       <c r="E577" t="n" s="0">
-        <v>0.35</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="578" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A578" s="4" t="s">
-        <v>1461</v>
+        <v>1550</v>
       </c>
       <c r="B578" s="6" t="s">
-        <v>1462</v>
+        <v>1551</v>
       </c>
       <c r="C578" t="s" s="0">
-        <v>1463</v>
+        <v>1552</v>
       </c>
       <c r="D578" t="s" s="0">
-        <v>18</v>
+        <v>1553</v>
       </c>
       <c r="E578" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="579" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A579" s="4" t="s">
-        <v>1464</v>
+        <v>1554</v>
       </c>
       <c r="B579" s="6" t="s">
-        <v>1465</v>
+        <v>1555</v>
       </c>
       <c r="C579" t="s" s="0">
-        <v>1466</v>
+        <v>1556</v>
       </c>
       <c r="D579" t="s" s="0">
-        <v>1467</v>
+        <v>18</v>
       </c>
       <c r="E579" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="580" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A580" s="4" t="s">
-        <v>1468</v>
+        <v>1557</v>
       </c>
       <c r="B580" s="6" t="s">
-        <v>1469</v>
+        <v>1558</v>
       </c>
       <c r="C580" t="s" s="0">
-        <v>1470</v>
+        <v>1559</v>
       </c>
       <c r="D580" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E580" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="581" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A581" s="4" t="s">
-        <v>1471</v>
+        <v>1560</v>
       </c>
       <c r="B581" s="6" t="s">
-        <v>1472</v>
+        <v>1561</v>
       </c>
       <c r="C581" t="s" s="0">
-        <v>1473</v>
+        <v>1562</v>
       </c>
       <c r="D581" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E581" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="582" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A582" s="4" t="s">
-        <v>1474</v>
+        <v>1563</v>
       </c>
       <c r="B582" s="6" t="s">
-        <v>1475</v>
+        <v>1564</v>
       </c>
       <c r="C582" t="s" s="0">
-        <v>1476</v>
+        <v>1565</v>
       </c>
       <c r="D582" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E582" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="583" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A583" s="4" t="s">
-        <v>1477</v>
+        <v>1566</v>
       </c>
       <c r="B583" s="6" t="s">
-        <v>1478</v>
+        <v>1567</v>
       </c>
       <c r="C583" t="s" s="0">
-        <v>1479</v>
+        <v>1568</v>
       </c>
       <c r="D583" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E583" t="n" s="0">
-        <v>0.02</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="584" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A584" s="4" t="s">
-        <v>1480</v>
+        <v>1569</v>
       </c>
       <c r="B584" s="6" t="s">
-        <v>1481</v>
+        <v>1570</v>
       </c>
       <c r="C584" t="s" s="0">
-        <v>1482</v>
+        <v>1571</v>
       </c>
       <c r="D584" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E584" t="n" s="0">
-        <v>0.07</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="585" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A585" s="4" t="s">
-        <v>1483</v>
+        <v>1572</v>
       </c>
       <c r="B585" s="6" t="s">
-        <v>1484</v>
+        <v>1573</v>
       </c>
       <c r="C585" t="s" s="0">
-        <v>1485</v>
+        <v>1574</v>
       </c>
       <c r="D585" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E585" t="n" s="0">
-        <v>0.07</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="586" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A586" s="4" t="s">
-        <v>1486</v>
+        <v>1575</v>
       </c>
       <c r="B586" s="6" t="s">
-        <v>1487</v>
+        <v>1576</v>
       </c>
       <c r="C586" t="s" s="0">
-        <v>1488</v>
+        <v>1577</v>
       </c>
       <c r="D586" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E586" t="n" s="0">
-        <v>0.02</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="587" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A587" s="4" t="s">
-        <v>1489</v>
+        <v>1578</v>
       </c>
       <c r="B587" s="6" t="s">
-        <v>1490</v>
+        <v>1579</v>
       </c>
       <c r="C587" t="s" s="0">
-        <v>1491</v>
+        <v>1580</v>
       </c>
       <c r="D587" t="s" s="0">
-        <v>18</v>
+        <v>1581</v>
       </c>
       <c r="E587" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="588" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A588" s="4" t="s">
-        <v>1492</v>
+        <v>1582</v>
       </c>
       <c r="B588" s="6" t="s">
-        <v>1493</v>
+        <v>1583</v>
       </c>
       <c r="C588" t="s" s="0">
-        <v>1494</v>
+        <v>1584</v>
       </c>
       <c r="D588" t="s" s="0">
-        <v>18</v>
+        <v>1585</v>
       </c>
       <c r="E588" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="589" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A589" s="4" t="s">
-        <v>1495</v>
+        <v>1586</v>
       </c>
       <c r="B589" s="6" t="s">
-        <v>1496</v>
+        <v>1587</v>
       </c>
       <c r="C589" t="s" s="0">
-        <v>1497</v>
+        <v>1588</v>
       </c>
       <c r="D589" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E589" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="590" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A590" s="4" t="s">
-        <v>1498</v>
+        <v>1589</v>
       </c>
       <c r="B590" s="6" t="s">
-        <v>1499</v>
+        <v>1590</v>
       </c>
       <c r="C590" t="s" s="0">
-        <v>1500</v>
+        <v>1591</v>
       </c>
       <c r="D590" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E590" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="591" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A591" s="4" t="s">
-        <v>1501</v>
+        <v>1592</v>
       </c>
       <c r="B591" s="6" t="s">
-        <v>1502</v>
+        <v>1593</v>
       </c>
       <c r="C591" t="s" s="0">
-        <v>1503</v>
+        <v>1594</v>
       </c>
       <c r="D591" t="s" s="0">
-        <v>18</v>
+        <v>1595</v>
       </c>
       <c r="E591" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="592" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A592" s="4" t="s">
-        <v>1504</v>
+        <v>1596</v>
       </c>
       <c r="B592" s="6" t="s">
-        <v>1505</v>
+        <v>1597</v>
       </c>
       <c r="C592" t="s" s="0">
-        <v>1506</v>
+        <v>1598</v>
       </c>
       <c r="D592" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E592" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="593" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A593" s="4" t="s">
-        <v>1507</v>
+        <v>1599</v>
       </c>
       <c r="B593" s="6" t="s">
-        <v>1508</v>
+        <v>1600</v>
       </c>
       <c r="C593" t="s" s="0">
-        <v>1509</v>
+        <v>1601</v>
       </c>
       <c r="D593" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E593" t="n" s="0">
-        <v>0.33</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="594" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A594" s="4" t="s">
-        <v>1510</v>
+        <v>1602</v>
       </c>
       <c r="B594" s="6" t="s">
-        <v>1511</v>
+        <v>1603</v>
       </c>
       <c r="C594" t="s" s="0">
-        <v>1512</v>
+        <v>1604</v>
       </c>
       <c r="D594" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E594" t="n" s="0">
-        <v>0.54</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="595" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A595" s="4" t="s">
-        <v>1513</v>
+        <v>1605</v>
       </c>
       <c r="B595" s="6" t="s">
-        <v>1514</v>
+        <v>1606</v>
       </c>
       <c r="C595" t="s" s="0">
-        <v>1515</v>
+        <v>1607</v>
       </c>
       <c r="D595" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E595" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="596" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A596" s="4" t="s">
-        <v>1516</v>
+        <v>1608</v>
       </c>
       <c r="B596" s="6" t="s">
-        <v>1517</v>
+        <v>1609</v>
       </c>
       <c r="C596" t="s" s="0">
-        <v>1518</v>
+        <v>1610</v>
       </c>
       <c r="D596" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E596" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="597" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A597" s="4" t="s">
-        <v>1519</v>
+        <v>1611</v>
       </c>
       <c r="B597" s="6" t="s">
-        <v>1520</v>
+        <v>1612</v>
       </c>
       <c r="C597" t="s" s="0">
-        <v>1521</v>
+        <v>1613</v>
       </c>
       <c r="D597" t="s" s="0">
-        <v>1522</v>
+        <v>18</v>
       </c>
       <c r="E597" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="598" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A598" s="4" t="s">
-        <v>1523</v>
+        <v>1614</v>
       </c>
       <c r="B598" s="6" t="s">
-        <v>1524</v>
+        <v>1615</v>
       </c>
       <c r="C598" t="s" s="0">
-        <v>1525</v>
+        <v>1616</v>
       </c>
       <c r="D598" t="s" s="0">
-        <v>1526</v>
+        <v>18</v>
       </c>
       <c r="E598" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="599" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A599" s="4" t="s">
-        <v>1527</v>
+        <v>1617</v>
       </c>
       <c r="B599" s="6" t="s">
-        <v>1528</v>
+        <v>1618</v>
       </c>
       <c r="C599" t="s" s="0">
-        <v>1529</v>
+        <v>1619</v>
       </c>
       <c r="D599" t="s" s="0">
-        <v>1530</v>
+        <v>1620</v>
       </c>
       <c r="E599" t="n" s="0">
-        <v>0.11</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="600" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A600" s="4" t="s">
-        <v>1531</v>
+        <v>1621</v>
       </c>
       <c r="B600" s="6" t="s">
-        <v>1532</v>
+        <v>1622</v>
       </c>
       <c r="C600" t="s" s="0">
-        <v>1533</v>
+        <v>1623</v>
       </c>
       <c r="D600" t="s" s="0">
-        <v>18</v>
+        <v>1624</v>
       </c>
       <c r="E600" t="n" s="0">
-        <v>0.09</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="601" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A601" s="4" t="s">
-        <v>1534</v>
+        <v>1625</v>
       </c>
       <c r="B601" s="6" t="s">
-        <v>1535</v>
+        <v>1626</v>
       </c>
       <c r="C601" t="s" s="0">
-        <v>1536</v>
+        <v>1627</v>
       </c>
       <c r="D601" t="s" s="0">
-        <v>18</v>
+        <v>1628</v>
       </c>
       <c r="E601" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="602" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A602" s="4" t="s">
-        <v>1537</v>
+        <v>1629</v>
       </c>
       <c r="B602" s="6" t="s">
-        <v>1538</v>
+        <v>1630</v>
       </c>
       <c r="C602" t="s" s="0">
-        <v>1539</v>
+        <v>1631</v>
       </c>
       <c r="D602" t="s" s="0">
-        <v>1540</v>
+        <v>18</v>
       </c>
       <c r="E602" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="603" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A603" s="4" t="s">
-        <v>1541</v>
+        <v>1632</v>
       </c>
       <c r="B603" s="6" t="s">
-        <v>1542</v>
+        <v>1633</v>
       </c>
       <c r="C603" t="s" s="0">
-        <v>1543</v>
+        <v>1634</v>
       </c>
       <c r="D603" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E603" t="n" s="0">
-        <v>0.25</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="604" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A604" s="4" t="s">
-        <v>1544</v>
+        <v>1635</v>
       </c>
       <c r="B604" s="6" t="s">
-        <v>1545</v>
+        <v>1636</v>
       </c>
       <c r="C604" t="s" s="0">
-        <v>1546</v>
+        <v>1637</v>
       </c>
       <c r="D604" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E604" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="605" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A605" s="4" t="s">
-        <v>1547</v>
+        <v>1638</v>
       </c>
       <c r="B605" s="6" t="s">
-        <v>1548</v>
+        <v>1639</v>
       </c>
       <c r="C605" t="s" s="0">
-        <v>1549</v>
+        <v>1640</v>
       </c>
       <c r="D605" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E605" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="606" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A606" s="4" t="s">
-        <v>1550</v>
+        <v>1641</v>
       </c>
       <c r="B606" s="6" t="s">
-        <v>1551</v>
+        <v>1642</v>
       </c>
       <c r="C606" t="s" s="0">
-        <v>1552</v>
+        <v>1643</v>
       </c>
       <c r="D606" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E606" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="607" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A607" s="4" t="s">
-        <v>1553</v>
+        <v>1644</v>
       </c>
       <c r="B607" s="6" t="s">
-        <v>1554</v>
+        <v>1645</v>
       </c>
       <c r="C607" t="s" s="0">
-        <v>1555</v>
+        <v>1646</v>
       </c>
       <c r="D607" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E607" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="608" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A608" s="4" t="s">
-        <v>1556</v>
+        <v>1647</v>
       </c>
       <c r="B608" s="6" t="s">
-        <v>1557</v>
+        <v>1648</v>
       </c>
       <c r="C608" t="s" s="0">
-        <v>1558</v>
+        <v>1649</v>
       </c>
       <c r="D608" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E608" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="609" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A609" s="4" t="s">
-        <v>1559</v>
+        <v>1650</v>
       </c>
       <c r="B609" s="6" t="s">
-        <v>1560</v>
+        <v>1651</v>
       </c>
       <c r="C609" t="s" s="0">
-        <v>1561</v>
+        <v>1652</v>
       </c>
       <c r="D609" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E609" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="610" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A610" s="4" t="s">
-        <v>1562</v>
+        <v>1653</v>
       </c>
       <c r="B610" s="6" t="s">
-        <v>1563</v>
+        <v>1654</v>
       </c>
       <c r="C610" t="s" s="0">
-        <v>1564</v>
+        <v>1655</v>
       </c>
       <c r="D610" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E610" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="611" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A611" s="4" t="s">
-        <v>1565</v>
+        <v>1656</v>
       </c>
       <c r="B611" s="6" t="s">
-        <v>1566</v>
+        <v>1657</v>
       </c>
       <c r="C611" t="s" s="0">
-        <v>1567</v>
+        <v>1658</v>
       </c>
       <c r="D611" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E611" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="612" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A612" s="4" t="s">
-        <v>1568</v>
+        <v>1659</v>
       </c>
       <c r="B612" s="6" t="s">
-        <v>1569</v>
+        <v>1660</v>
       </c>
       <c r="C612" t="s" s="0">
-        <v>1570</v>
+        <v>1661</v>
       </c>
       <c r="D612" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E612" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="613" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A613" s="4" t="s">
-        <v>1568</v>
+        <v>1662</v>
       </c>
       <c r="B613" s="6" t="s">
-        <v>1571</v>
+        <v>1663</v>
       </c>
       <c r="C613" t="s" s="0">
-        <v>1572</v>
+        <v>1664</v>
       </c>
       <c r="D613" t="s" s="0">
-        <v>1573</v>
+        <v>18</v>
       </c>
       <c r="E613" t="n" s="0">
-        <v>0.32</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="614" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A614" s="4" t="s">
-        <v>1568</v>
+        <v>1665</v>
       </c>
       <c r="B614" s="6" t="s">
-        <v>1574</v>
+        <v>1666</v>
       </c>
       <c r="C614" t="s" s="0">
-        <v>1575</v>
+        <v>1667</v>
       </c>
       <c r="D614" t="s" s="0">
-        <v>1576</v>
+        <v>18</v>
       </c>
       <c r="E614" t="n" s="0">
-        <v>0.93</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="615" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A615" s="4" t="s">
-        <v>1577</v>
+        <v>1668</v>
       </c>
       <c r="B615" s="6" t="s">
-        <v>1578</v>
+        <v>1669</v>
       </c>
       <c r="C615" t="s" s="0">
-        <v>1579</v>
+        <v>1670</v>
       </c>
       <c r="D615" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E615" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="616" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A616" s="4" t="s">
-        <v>1580</v>
+        <v>1671</v>
       </c>
       <c r="B616" s="6" t="s">
-        <v>1581</v>
+        <v>1672</v>
       </c>
       <c r="C616" t="s" s="0">
-        <v>1582</v>
+        <v>1673</v>
       </c>
       <c r="D616" t="s" s="0">
-        <v>1583</v>
+        <v>18</v>
       </c>
       <c r="E616" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="617" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A617" s="4" t="s">
-        <v>1584</v>
+        <v>1674</v>
       </c>
       <c r="B617" s="6" t="s">
-        <v>1585</v>
+        <v>1675</v>
       </c>
       <c r="C617" t="s" s="0">
-        <v>1586</v>
+        <v>1676</v>
       </c>
       <c r="D617" t="s" s="0">
-        <v>1587</v>
+        <v>18</v>
       </c>
       <c r="E617" t="n" s="0">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="618" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A618" s="4" t="s">
-        <v>1588</v>
+        <v>1677</v>
       </c>
       <c r="B618" s="6" t="s">
-        <v>1589</v>
+        <v>1678</v>
       </c>
       <c r="C618" t="s" s="0">
-        <v>1590</v>
+        <v>1679</v>
       </c>
       <c r="D618" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E618" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="619" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A619" s="4" t="s">
-        <v>1591</v>
+        <v>1680</v>
       </c>
       <c r="B619" s="6" t="s">
-        <v>1592</v>
+        <v>1681</v>
       </c>
       <c r="C619" t="s" s="0">
-        <v>1593</v>
+        <v>1682</v>
       </c>
       <c r="D619" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E619" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="620" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A620" s="4" t="s">
-        <v>1594</v>
+        <v>1683</v>
       </c>
       <c r="B620" s="6" t="s">
-        <v>1595</v>
+        <v>1684</v>
       </c>
       <c r="C620" t="s" s="0">
-        <v>1596</v>
+        <v>1685</v>
       </c>
       <c r="D620" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E620" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="621" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A621" s="4" t="s">
-        <v>1597</v>
+        <v>1686</v>
       </c>
       <c r="B621" s="6" t="s">
-        <v>1598</v>
+        <v>1687</v>
       </c>
       <c r="C621" t="s" s="0">
-        <v>1599</v>
+        <v>1688</v>
       </c>
       <c r="D621" t="s" s="0">
-        <v>18</v>
+        <v>1689</v>
       </c>
       <c r="E621" t="n" s="0">
-        <v>0.06</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="622" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A622" s="4" t="s">
-        <v>1600</v>
+        <v>1690</v>
       </c>
       <c r="B622" s="6" t="s">
-        <v>1601</v>
+        <v>1691</v>
       </c>
       <c r="C622" t="s" s="0">
-        <v>1602</v>
+        <v>1692</v>
       </c>
       <c r="D622" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E622" t="n" s="0">
-        <v>0.26</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="623" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A623" s="4" t="s">
-        <v>1603</v>
+        <v>1693</v>
       </c>
       <c r="B623" s="6" t="s">
-        <v>1604</v>
+        <v>1694</v>
       </c>
       <c r="C623" t="s" s="0">
-        <v>1605</v>
+        <v>1695</v>
       </c>
       <c r="D623" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E623" t="n" s="0">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="624" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A624" s="4" t="s">
-        <v>1606</v>
+        <v>1696</v>
       </c>
       <c r="B624" s="6" t="s">
-        <v>1607</v>
+        <v>1697</v>
       </c>
       <c r="C624" t="s" s="0">
-        <v>1608</v>
+        <v>1698</v>
       </c>
       <c r="D624" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E624" t="n" s="0">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="625" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A625" s="4" t="s">
-        <v>1609</v>
+        <v>1699</v>
       </c>
       <c r="B625" s="6" t="s">
-        <v>1610</v>
+        <v>1700</v>
       </c>
       <c r="C625" t="s" s="0">
-        <v>1611</v>
+        <v>1701</v>
       </c>
       <c r="D625" t="s" s="0">
-        <v>1612</v>
+        <v>18</v>
       </c>
       <c r="E625" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="626" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A626" s="4" t="s">
-        <v>1613</v>
+        <v>1702</v>
       </c>
       <c r="B626" s="6" t="s">
-        <v>1614</v>
+        <v>1703</v>
       </c>
       <c r="C626" t="s" s="0">
-        <v>1615</v>
+        <v>1704</v>
       </c>
       <c r="D626" t="s" s="0">
-        <v>1616</v>
+        <v>18</v>
       </c>
       <c r="E626" t="n" s="0">
-        <v>0.06</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="627" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A627" s="4" t="s">
-        <v>1617</v>
+        <v>1705</v>
       </c>
       <c r="B627" s="6" t="s">
-        <v>1618</v>
+        <v>1706</v>
       </c>
       <c r="C627" t="s" s="0">
-        <v>1619</v>
+        <v>1707</v>
       </c>
       <c r="D627" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E627" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="628" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A628" s="4" t="s">
-        <v>1620</v>
+        <v>1708</v>
       </c>
       <c r="B628" s="6" t="s">
-        <v>1621</v>
+        <v>1709</v>
       </c>
       <c r="C628" t="s" s="0">
-        <v>1622</v>
+        <v>1710</v>
       </c>
       <c r="D628" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E628" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="629" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A629" s="4" t="s">
-        <v>1623</v>
+        <v>1711</v>
       </c>
       <c r="B629" s="6" t="s">
-        <v>1624</v>
+        <v>1712</v>
       </c>
       <c r="C629" t="s" s="0">
-        <v>1625</v>
+        <v>1713</v>
       </c>
       <c r="D629" t="s" s="0">
-        <v>1626</v>
+        <v>18</v>
       </c>
       <c r="E629" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="630" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A630" s="4" t="s">
-        <v>1627</v>
+        <v>1714</v>
       </c>
       <c r="B630" s="6" t="s">
-        <v>1628</v>
+        <v>1715</v>
       </c>
       <c r="C630" t="s" s="0">
-        <v>1629</v>
+        <v>1716</v>
       </c>
       <c r="D630" t="s" s="0">
-        <v>18</v>
+        <v>1717</v>
       </c>
       <c r="E630" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="631" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A631" s="4" t="s">
-        <v>1630</v>
+        <v>1718</v>
       </c>
       <c r="B631" s="6" t="s">
-        <v>1631</v>
+        <v>1719</v>
       </c>
       <c r="C631" t="s" s="0">
-        <v>1632</v>
+        <v>1720</v>
       </c>
       <c r="D631" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E631" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="632" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A632" s="4" t="s">
-        <v>1633</v>
+        <v>1721</v>
       </c>
       <c r="B632" s="6" t="s">
-        <v>1634</v>
+        <v>1722</v>
       </c>
       <c r="C632" t="s" s="0">
-        <v>1635</v>
+        <v>1723</v>
       </c>
       <c r="D632" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E632" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="633" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A633" s="4" t="s">
-        <v>1636</v>
+        <v>1724</v>
       </c>
       <c r="B633" s="6" t="s">
-        <v>1637</v>
+        <v>1725</v>
       </c>
       <c r="C633" t="s" s="0">
-        <v>1638</v>
+        <v>1726</v>
       </c>
       <c r="D633" t="s" s="0">
-        <v>18</v>
+        <v>1727</v>
       </c>
       <c r="E633" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="634" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A634" s="4" t="s">
-        <v>1639</v>
+        <v>1728</v>
       </c>
       <c r="B634" s="6" t="s">
-        <v>1640</v>
+        <v>1729</v>
       </c>
       <c r="C634" t="s" s="0">
-        <v>1641</v>
+        <v>1730</v>
       </c>
       <c r="D634" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E634" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="635" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A635" s="4" t="s">
-        <v>1642</v>
+        <v>1731</v>
       </c>
       <c r="B635" s="6" t="s">
-        <v>1643</v>
+        <v>1732</v>
       </c>
       <c r="C635" t="s" s="0">
-        <v>1644</v>
+        <v>1733</v>
       </c>
       <c r="D635" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E635" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="636" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A636" s="4" t="s">
-        <v>1645</v>
+        <v>1734</v>
       </c>
       <c r="B636" s="6" t="s">
-        <v>1646</v>
+        <v>1735</v>
       </c>
       <c r="C636" t="s" s="0">
-        <v>1647</v>
+        <v>1736</v>
       </c>
       <c r="D636" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E636" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="637" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A637" s="4" t="s">
-        <v>1648</v>
+        <v>1737</v>
       </c>
       <c r="B637" s="6" t="s">
-        <v>1649</v>
+        <v>1738</v>
       </c>
       <c r="C637" t="s" s="0">
-        <v>1650</v>
+        <v>1739</v>
       </c>
       <c r="D637" t="s" s="0">
-        <v>1651</v>
+        <v>18</v>
       </c>
       <c r="E637" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="638" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A638" s="4" t="s">
-        <v>1652</v>
+        <v>1740</v>
       </c>
       <c r="B638" s="6" t="s">
-        <v>1653</v>
+        <v>1741</v>
       </c>
       <c r="C638" t="s" s="0">
-        <v>1654</v>
+        <v>1742</v>
       </c>
       <c r="D638" t="s" s="0">
-        <v>1655</v>
+        <v>18</v>
       </c>
       <c r="E638" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="639" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A639" s="4" t="s">
-        <v>1656</v>
+        <v>1743</v>
       </c>
       <c r="B639" s="6" t="s">
-        <v>1657</v>
+        <v>1744</v>
       </c>
       <c r="C639" t="s" s="0">
-        <v>1658</v>
+        <v>1745</v>
       </c>
       <c r="D639" t="s" s="0">
-        <v>1659</v>
+        <v>18</v>
       </c>
       <c r="E639" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="640" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A640" s="4" t="s">
-        <v>1660</v>
+        <v>1746</v>
       </c>
       <c r="B640" s="6" t="s">
-        <v>1661</v>
+        <v>1747</v>
       </c>
       <c r="C640" t="s" s="0">
-        <v>1662</v>
+        <v>1748</v>
       </c>
       <c r="D640" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E640" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="641" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A641" s="4" t="s">
-        <v>1663</v>
+        <v>1749</v>
       </c>
       <c r="B641" s="6" t="s">
-        <v>1664</v>
+        <v>1750</v>
       </c>
       <c r="C641" t="s" s="0">
-        <v>1665</v>
+        <v>1751</v>
       </c>
       <c r="D641" t="s" s="0">
-        <v>18</v>
+        <v>1752</v>
       </c>
       <c r="E641" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="642" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A642" s="4" t="s">
-        <v>1666</v>
+        <v>1753</v>
       </c>
       <c r="B642" s="6" t="s">
-        <v>1667</v>
+        <v>1754</v>
       </c>
       <c r="C642" t="s" s="0">
-        <v>1668</v>
+        <v>1755</v>
       </c>
       <c r="D642" t="s" s="0">
-        <v>18</v>
+        <v>1756</v>
       </c>
       <c r="E642" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="643" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A643" s="4" t="s">
-        <v>1669</v>
+        <v>1757</v>
       </c>
       <c r="B643" s="6" t="s">
-        <v>1670</v>
+        <v>1758</v>
       </c>
       <c r="C643" t="s" s="0">
-        <v>1671</v>
+        <v>1759</v>
       </c>
       <c r="D643" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E643" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="644" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A644" s="4" t="s">
-        <v>1672</v>
+        <v>1760</v>
       </c>
       <c r="B644" s="6" t="s">
-        <v>1673</v>
+        <v>1761</v>
       </c>
       <c r="C644" t="s" s="0">
-        <v>1674</v>
+        <v>1762</v>
       </c>
       <c r="D644" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E644" t="n" s="0">
-        <v>0.05</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="645" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A645" s="4" t="s">
-        <v>1675</v>
+        <v>1760</v>
       </c>
       <c r="B645" s="6" t="s">
-        <v>1676</v>
+        <v>1763</v>
       </c>
       <c r="C645" t="s" s="0">
-        <v>1677</v>
+        <v>1764</v>
       </c>
       <c r="D645" t="s" s="0">
-        <v>18</v>
+        <v>1765</v>
       </c>
       <c r="E645" t="n" s="0">
-        <v>0.02</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="646" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A646" s="4" t="s">
-        <v>1678</v>
+        <v>1760</v>
       </c>
       <c r="B646" s="6" t="s">
-        <v>1679</v>
+        <v>1766</v>
       </c>
       <c r="C646" t="s" s="0">
-        <v>1680</v>
+        <v>1767</v>
       </c>
       <c r="D646" t="s" s="0">
-        <v>18</v>
+        <v>1768</v>
       </c>
       <c r="E646" t="n" s="0">
-        <v>0.03</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="647" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A647" s="4" t="s">
-        <v>1681</v>
+        <v>1760</v>
       </c>
       <c r="B647" s="6" t="s">
-        <v>1682</v>
+        <v>1769</v>
       </c>
       <c r="C647" t="s" s="0">
-        <v>1683</v>
+        <v>1770</v>
       </c>
       <c r="D647" t="s" s="0">
-        <v>18</v>
+        <v>1771</v>
       </c>
       <c r="E647" t="n" s="0">
-        <v>0.01</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="648" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A648" s="4" t="s">
-        <v>1684</v>
+        <v>1772</v>
       </c>
       <c r="B648" s="6" t="s">
-        <v>1685</v>
+        <v>1773</v>
       </c>
       <c r="C648" t="s" s="0">
-        <v>1686</v>
+        <v>1774</v>
       </c>
       <c r="D648" t="s" s="0">
-        <v>18</v>
+        <v>1775</v>
       </c>
       <c r="E648" t="n" s="0">
-        <v>0.02</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="649" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A649" s="4" t="s">
-        <v>1687</v>
+        <v>1772</v>
       </c>
       <c r="B649" s="6" t="s">
-        <v>1688</v>
+        <v>1776</v>
       </c>
       <c r="C649" t="s" s="0">
-        <v>1689</v>
+        <v>1777</v>
       </c>
       <c r="D649" t="s" s="0">
-        <v>18</v>
+        <v>1778</v>
       </c>
       <c r="E649" t="n" s="0">
-        <v>0.01</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="650" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A650" s="4" t="s">
-        <v>1690</v>
+        <v>1772</v>
       </c>
       <c r="B650" s="6" t="s">
-        <v>1691</v>
+        <v>1779</v>
       </c>
       <c r="C650" t="s" s="0">
-        <v>1692</v>
+        <v>1780</v>
       </c>
       <c r="D650" t="s" s="0">
-        <v>18</v>
+        <v>1781</v>
       </c>
       <c r="E650" t="n" s="0">
-        <v>0.03</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="651" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A651" s="4" t="s">
-        <v>1693</v>
+        <v>1772</v>
       </c>
       <c r="B651" s="6" t="s">
-        <v>1694</v>
+        <v>1782</v>
       </c>
       <c r="C651" t="s" s="0">
-        <v>1695</v>
+        <v>1783</v>
       </c>
       <c r="D651" t="s" s="0">
-        <v>18</v>
+        <v>1784</v>
       </c>
       <c r="E651" t="n" s="0">
-        <v>0.11</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="652" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A652" s="4" t="s">
-        <v>1696</v>
+        <v>1772</v>
       </c>
       <c r="B652" s="6" t="s">
-        <v>1697</v>
+        <v>1785</v>
       </c>
       <c r="C652" t="s" s="0">
-        <v>1698</v>
+        <v>1786</v>
       </c>
       <c r="D652" t="s" s="0">
-        <v>18</v>
+        <v>1787</v>
       </c>
       <c r="E652" t="n" s="0">
-        <v>0.3</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="653" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A653" s="4" t="s">
-        <v>1699</v>
+        <v>1788</v>
       </c>
       <c r="B653" s="6" t="s">
-        <v>1700</v>
+        <v>1789</v>
       </c>
       <c r="C653" t="s" s="0">
-        <v>1701</v>
+        <v>1790</v>
       </c>
       <c r="D653" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E653" t="n" s="0">
-        <v>0.04</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="654" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A654" s="4" t="s">
-        <v>1702</v>
+        <v>1788</v>
       </c>
       <c r="B654" s="6" t="s">
-        <v>1703</v>
+        <v>1791</v>
       </c>
       <c r="C654" t="s" s="0">
-        <v>1704</v>
+        <v>1792</v>
       </c>
       <c r="D654" t="s" s="0">
-        <v>18</v>
+        <v>1793</v>
       </c>
       <c r="E654" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="655" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A655" s="4" t="s">
-        <v>1705</v>
+        <v>1788</v>
       </c>
       <c r="B655" s="6" t="s">
-        <v>1706</v>
+        <v>1794</v>
       </c>
       <c r="C655" t="s" s="0">
-        <v>1707</v>
+        <v>1795</v>
       </c>
       <c r="D655" t="s" s="0">
-        <v>18</v>
+        <v>1796</v>
       </c>
       <c r="E655" t="n" s="0">
-        <v>0.15</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="656" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A656" s="4" t="s">
-        <v>1708</v>
+        <v>1797</v>
       </c>
       <c r="B656" s="6" t="s">
-        <v>1709</v>
+        <v>1798</v>
       </c>
       <c r="C656" t="s" s="0">
-        <v>1710</v>
+        <v>1799</v>
       </c>
       <c r="D656" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E656" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="657" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A657" s="4" t="s">
-        <v>1711</v>
+        <v>1800</v>
       </c>
       <c r="B657" s="6" t="s">
-        <v>1712</v>
+        <v>1801</v>
       </c>
       <c r="C657" t="s" s="0">
-        <v>1713</v>
+        <v>1802</v>
       </c>
       <c r="D657" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E657" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="658" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A658" s="4" t="s">
-        <v>1714</v>
+        <v>1803</v>
       </c>
       <c r="B658" s="6" t="s">
-        <v>1715</v>
+        <v>1804</v>
       </c>
       <c r="C658" t="s" s="0">
-        <v>1716</v>
+        <v>1805</v>
       </c>
       <c r="D658" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E658" t="n" s="0">
-        <v>0.01</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="659" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A659" s="4" t="s">
-        <v>1717</v>
+        <v>1806</v>
       </c>
       <c r="B659" s="6" t="s">
-        <v>1718</v>
+        <v>1807</v>
       </c>
       <c r="C659" t="s" s="0">
-        <v>1719</v>
+        <v>1808</v>
       </c>
       <c r="D659" t="s" s="0">
-        <v>1720</v>
+        <v>18</v>
       </c>
       <c r="E659" t="n" s="0">
-        <v>4.12</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="660" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A660" s="4" t="s">
-        <v>1721</v>
+        <v>1809</v>
       </c>
       <c r="B660" s="6" t="s">
-        <v>1722</v>
+        <v>1810</v>
       </c>
       <c r="C660" t="s" s="0">
-        <v>1723</v>
+        <v>1811</v>
       </c>
       <c r="D660" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E660" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="661" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A661" s="4" t="s">
-        <v>1724</v>
+        <v>1812</v>
       </c>
       <c r="B661" s="6" t="s">
-        <v>1725</v>
+        <v>1813</v>
       </c>
       <c r="C661" t="s" s="0">
-        <v>1726</v>
+        <v>1814</v>
       </c>
       <c r="D661" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E661" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="662" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A662" s="4" t="s">
-        <v>1727</v>
+        <v>1815</v>
       </c>
       <c r="B662" s="6" t="s">
-        <v>1728</v>
+        <v>1816</v>
       </c>
       <c r="C662" t="s" s="0">
-        <v>1729</v>
+        <v>1817</v>
       </c>
       <c r="D662" t="s" s="0">
-        <v>18</v>
+        <v>1818</v>
       </c>
       <c r="E662" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="663" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A663" s="4" t="s">
-        <v>1730</v>
+        <v>1819</v>
       </c>
       <c r="B663" s="6" t="s">
-        <v>1731</v>
+        <v>1820</v>
       </c>
       <c r="C663" t="s" s="0">
-        <v>1732</v>
+        <v>1821</v>
       </c>
       <c r="D663" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E663" t="n" s="0">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="664" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A664" s="4" t="s">
-        <v>1733</v>
+        <v>1822</v>
       </c>
       <c r="B664" s="6" t="s">
-        <v>1734</v>
+        <v>1823</v>
       </c>
       <c r="C664" t="s" s="0">
-        <v>1735</v>
+        <v>1824</v>
       </c>
       <c r="D664" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E664" t="n" s="0">
-        <v>0.14</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="665" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A665" s="4" t="s">
-        <v>1736</v>
+        <v>1825</v>
       </c>
       <c r="B665" s="6" t="s">
-        <v>1737</v>
+        <v>1826</v>
       </c>
       <c r="C665" t="s" s="0">
-        <v>1738</v>
+        <v>1827</v>
       </c>
       <c r="D665" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E665" t="n" s="0">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="666" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A666" s="4" t="s">
-        <v>1739</v>
+        <v>1828</v>
       </c>
       <c r="B666" s="6" t="s">
-        <v>1740</v>
+        <v>1829</v>
       </c>
       <c r="C666" t="s" s="0">
-        <v>1741</v>
+        <v>1830</v>
       </c>
       <c r="D666" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E666" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="667" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A667" s="4" t="s">
-        <v>1742</v>
+        <v>1831</v>
       </c>
       <c r="B667" s="6" t="s">
-        <v>1743</v>
+        <v>1832</v>
       </c>
       <c r="C667" t="s" s="0">
-        <v>1744</v>
+        <v>1833</v>
       </c>
       <c r="D667" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E667" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="668" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A668" s="4" t="s">
-        <v>1745</v>
+        <v>1834</v>
       </c>
       <c r="B668" s="6" t="s">
-        <v>1746</v>
+        <v>1835</v>
       </c>
       <c r="C668" t="s" s="0">
-        <v>1747</v>
+        <v>1836</v>
       </c>
       <c r="D668" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E668" t="n" s="0">
-        <v>0.06</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="669" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A669" s="4" t="s">
-        <v>1748</v>
+        <v>1837</v>
       </c>
       <c r="B669" s="6" t="s">
-        <v>1749</v>
+        <v>1838</v>
       </c>
       <c r="C669" t="s" s="0">
-        <v>1750</v>
+        <v>1839</v>
       </c>
       <c r="D669" t="s" s="0">
-        <v>1751</v>
+        <v>18</v>
       </c>
       <c r="E669" t="n" s="0">
-        <v>0.06</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="670" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A670" s="4" t="s">
-        <v>1752</v>
+        <v>1840</v>
       </c>
       <c r="B670" s="6" t="s">
-        <v>1753</v>
+        <v>1841</v>
       </c>
       <c r="C670" t="s" s="0">
-        <v>1754</v>
+        <v>1842</v>
       </c>
       <c r="D670" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E670" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="671" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A671" s="4" t="s">
-        <v>1755</v>
+        <v>1843</v>
       </c>
       <c r="B671" s="6" t="s">
-        <v>1756</v>
+        <v>1844</v>
       </c>
       <c r="C671" t="s" s="0">
-        <v>1757</v>
+        <v>1845</v>
       </c>
       <c r="D671" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E671" t="n" s="0">
-        <v>0.05</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="672" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A672" s="4" t="s">
-        <v>1758</v>
+        <v>1846</v>
       </c>
       <c r="B672" s="6" t="s">
-        <v>1759</v>
+        <v>1847</v>
       </c>
       <c r="C672" t="s" s="0">
-        <v>1760</v>
+        <v>1848</v>
       </c>
       <c r="D672" t="s" s="0">
-        <v>1761</v>
+        <v>18</v>
       </c>
       <c r="E672" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="673" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A673" s="4" t="s">
-        <v>1762</v>
+        <v>1849</v>
       </c>
       <c r="B673" s="6" t="s">
-        <v>1763</v>
+        <v>1850</v>
       </c>
       <c r="C673" t="s" s="0">
-        <v>1764</v>
+        <v>1851</v>
       </c>
       <c r="D673" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E673" t="n" s="0">
-        <v>0.12</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="674" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A674" s="4" t="s">
-        <v>1765</v>
+        <v>1852</v>
       </c>
       <c r="B674" s="6" t="s">
-        <v>1766</v>
+        <v>1853</v>
       </c>
       <c r="C674" t="s" s="0">
-        <v>1767</v>
+        <v>1854</v>
       </c>
       <c r="D674" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E674" t="n" s="0">
-        <v>0.01</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="675" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A675" s="4" t="s">
-        <v>1768</v>
+        <v>1855</v>
       </c>
       <c r="B675" s="6" t="s">
-        <v>1769</v>
+        <v>1856</v>
       </c>
       <c r="C675" t="s" s="0">
-        <v>1770</v>
+        <v>1857</v>
       </c>
       <c r="D675" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E675" t="n" s="0">
         <v>0.12</v>
       </c>
     </row>
     <row r="676" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A676" s="4" t="s">
-        <v>1771</v>
+        <v>1858</v>
       </c>
       <c r="B676" s="6" t="s">
-        <v>1772</v>
+        <v>1859</v>
       </c>
       <c r="C676" t="s" s="0">
-        <v>1773</v>
+        <v>1860</v>
       </c>
       <c r="D676" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E676" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="677" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A677" s="4" t="s">
-        <v>1774</v>
+        <v>1861</v>
       </c>
       <c r="B677" s="6" t="s">
-        <v>1775</v>
+        <v>1862</v>
       </c>
       <c r="C677" t="s" s="0">
-        <v>1776</v>
+        <v>1863</v>
       </c>
       <c r="D677" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E677" t="n" s="0">
-        <v>0.07</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="678" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A678" s="4" t="s">
-        <v>1777</v>
+        <v>1864</v>
       </c>
       <c r="B678" s="6" t="s">
-        <v>1778</v>
+        <v>1865</v>
       </c>
       <c r="C678" t="s" s="0">
-        <v>1779</v>
+        <v>1866</v>
       </c>
       <c r="D678" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E678" t="n" s="0">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="679" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A679" s="4" t="s">
-        <v>1780</v>
+        <v>1867</v>
       </c>
       <c r="B679" s="6" t="s">
-        <v>1781</v>
+        <v>1868</v>
       </c>
       <c r="C679" t="s" s="0">
-        <v>1782</v>
+        <v>1869</v>
       </c>
       <c r="D679" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E679" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="680" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A680" s="4" t="s">
-        <v>1783</v>
+        <v>1870</v>
       </c>
       <c r="B680" s="6" t="s">
-        <v>1784</v>
+        <v>1871</v>
       </c>
       <c r="C680" t="s" s="0">
-        <v>1785</v>
+        <v>1872</v>
       </c>
       <c r="D680" t="s" s="0">
-        <v>1786</v>
+        <v>18</v>
       </c>
       <c r="E680" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="681" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A681" s="4" t="s">
-        <v>1787</v>
+        <v>1873</v>
       </c>
       <c r="B681" s="6" t="s">
-        <v>1788</v>
+        <v>1874</v>
       </c>
       <c r="C681" t="s" s="0">
-        <v>1789</v>
+        <v>1875</v>
       </c>
       <c r="D681" t="s" s="0">
-        <v>1790</v>
+        <v>18</v>
       </c>
       <c r="E681" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="682" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A682" s="4" t="s">
-        <v>1791</v>
+        <v>1876</v>
       </c>
       <c r="B682" s="6" t="s">
-        <v>1792</v>
+        <v>1877</v>
       </c>
       <c r="C682" t="s" s="0">
-        <v>1793</v>
+        <v>1878</v>
       </c>
       <c r="D682" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E682" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="683" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A683" s="4" t="s">
-        <v>1794</v>
+        <v>1879</v>
       </c>
       <c r="B683" s="6" t="s">
-        <v>1795</v>
+        <v>1880</v>
       </c>
       <c r="C683" t="s" s="0">
-        <v>1796</v>
+        <v>1881</v>
       </c>
       <c r="D683" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E683" t="n" s="0">
-        <v>0.32</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="684" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A684" s="4" t="s">
-        <v>1794</v>
+        <v>1882</v>
       </c>
       <c r="B684" s="6" t="s">
-        <v>1797</v>
+        <v>1883</v>
       </c>
       <c r="C684" t="s" s="0">
-        <v>1798</v>
+        <v>1884</v>
       </c>
       <c r="D684" t="s" s="0">
-        <v>1799</v>
+        <v>18</v>
       </c>
       <c r="E684" t="n" s="0">
-        <v>0.62</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="685" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A685" s="4" t="s">
-        <v>1794</v>
+        <v>1885</v>
       </c>
       <c r="B685" s="6" t="s">
-        <v>1800</v>
+        <v>1886</v>
       </c>
       <c r="C685" t="s" s="0">
-        <v>1801</v>
+        <v>1887</v>
       </c>
       <c r="D685" t="s" s="0">
-        <v>1802</v>
+        <v>18</v>
       </c>
       <c r="E685" t="n" s="0">
-        <v>0.88</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="686" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A686" s="4" t="s">
-        <v>1794</v>
+        <v>1888</v>
       </c>
       <c r="B686" s="6" t="s">
-        <v>1803</v>
+        <v>1889</v>
       </c>
       <c r="C686" t="s" s="0">
-        <v>1804</v>
+        <v>1890</v>
       </c>
       <c r="D686" t="s" s="0">
-        <v>1805</v>
+        <v>18</v>
       </c>
       <c r="E686" t="n" s="0">
-        <v>0.35</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="687" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A687" s="4" t="s">
-        <v>1806</v>
+        <v>1891</v>
       </c>
       <c r="B687" s="6" t="s">
-        <v>1807</v>
+        <v>1892</v>
       </c>
       <c r="C687" t="s" s="0">
-        <v>1808</v>
+        <v>1893</v>
       </c>
       <c r="D687" t="s" s="0">
-        <v>1809</v>
+        <v>18</v>
       </c>
       <c r="E687" t="n" s="0">
-        <v>0.42</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="688" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A688" s="4" t="s">
-        <v>1806</v>
+        <v>1894</v>
       </c>
       <c r="B688" s="6" t="s">
-        <v>1810</v>
+        <v>1895</v>
       </c>
       <c r="C688" t="s" s="0">
-        <v>1811</v>
+        <v>1896</v>
       </c>
       <c r="D688" t="s" s="0">
-        <v>1812</v>
+        <v>18</v>
       </c>
       <c r="E688" t="n" s="0">
-        <v>0.6</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="689" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A689" s="4" t="s">
-        <v>1806</v>
+        <v>1897</v>
       </c>
       <c r="B689" s="6" t="s">
-        <v>1813</v>
+        <v>1898</v>
       </c>
       <c r="C689" t="s" s="0">
-        <v>1814</v>
+        <v>1899</v>
       </c>
       <c r="D689" t="s" s="0">
-        <v>1815</v>
+        <v>18</v>
       </c>
       <c r="E689" t="n" s="0">
-        <v>0.5</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="690" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A690" s="4" t="s">
-        <v>1806</v>
+        <v>1900</v>
       </c>
       <c r="B690" s="6" t="s">
-        <v>1816</v>
+        <v>1901</v>
       </c>
       <c r="C690" t="s" s="0">
-        <v>1817</v>
+        <v>1902</v>
       </c>
       <c r="D690" t="s" s="0">
-        <v>1818</v>
+        <v>18</v>
       </c>
       <c r="E690" t="n" s="0">
-        <v>0.84</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="691" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A691" s="4" t="s">
-        <v>1806</v>
+        <v>1903</v>
       </c>
       <c r="B691" s="6" t="s">
-        <v>1819</v>
+        <v>1904</v>
       </c>
       <c r="C691" t="s" s="0">
-        <v>1820</v>
+        <v>1905</v>
       </c>
       <c r="D691" t="s" s="0">
-        <v>1821</v>
+        <v>18</v>
       </c>
       <c r="E691" t="n" s="0">
-        <v>0.22</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="692" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A692" s="4" t="s">
-        <v>1822</v>
+        <v>1906</v>
       </c>
       <c r="B692" s="6" t="s">
-        <v>1823</v>
+        <v>1907</v>
       </c>
       <c r="C692" t="s" s="0">
-        <v>1824</v>
+        <v>1908</v>
       </c>
       <c r="D692" t="s" s="0">
-        <v>18</v>
+        <v>1909</v>
       </c>
       <c r="E692" t="n" s="0">
-        <v>0.14</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="693" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A693" s="4" t="s">
-        <v>1822</v>
+        <v>1906</v>
       </c>
       <c r="B693" s="6" t="s">
-        <v>1825</v>
+        <v>1910</v>
       </c>
       <c r="C693" t="s" s="0">
-        <v>1826</v>
+        <v>1911</v>
       </c>
       <c r="D693" t="s" s="0">
-        <v>1827</v>
+        <v>1912</v>
       </c>
       <c r="E693" t="n" s="0">
-        <v>0.04</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="694" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A694" s="4" t="s">
-        <v>1822</v>
+        <v>1906</v>
       </c>
       <c r="B694" s="6" t="s">
-        <v>1828</v>
+        <v>1913</v>
       </c>
       <c r="C694" t="s" s="0">
-        <v>1829</v>
+        <v>1914</v>
       </c>
       <c r="D694" t="s" s="0">
-        <v>1830</v>
+        <v>1915</v>
       </c>
       <c r="E694" t="n" s="0">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="695" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A695" s="4" t="s">
-        <v>1831</v>
+        <v>1906</v>
       </c>
       <c r="B695" s="6" t="s">
-        <v>1832</v>
+        <v>1916</v>
       </c>
       <c r="C695" t="s" s="0">
-        <v>1833</v>
+        <v>1917</v>
       </c>
       <c r="D695" t="s" s="0">
-        <v>18</v>
+        <v>1918</v>
       </c>
       <c r="E695" t="n" s="0">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="696" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A696" s="4" t="s">
-        <v>1834</v>
+        <v>1906</v>
       </c>
       <c r="B696" s="6" t="s">
-        <v>1835</v>
+        <v>1919</v>
       </c>
       <c r="C696" t="s" s="0">
-        <v>1836</v>
+        <v>1920</v>
       </c>
       <c r="D696" t="s" s="0">
-        <v>18</v>
+        <v>1921</v>
       </c>
       <c r="E696" t="n" s="0">
-        <v>0.06</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="697" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A697" s="4" t="s">
-        <v>1837</v>
+        <v>1922</v>
       </c>
       <c r="B697" s="6" t="s">
-        <v>1838</v>
+        <v>1923</v>
       </c>
       <c r="C697" t="s" s="0">
-        <v>1839</v>
+        <v>1924</v>
       </c>
       <c r="D697" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E697" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="698" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A698" s="4" t="s">
-        <v>1840</v>
+        <v>1925</v>
       </c>
       <c r="B698" s="6" t="s">
-        <v>1841</v>
+        <v>1926</v>
       </c>
       <c r="C698" t="s" s="0">
-        <v>1842</v>
+        <v>1927</v>
       </c>
       <c r="D698" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E698" t="n" s="0">
-        <v>0.69</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="699" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A699" s="4" t="s">
-        <v>1843</v>
+        <v>1928</v>
       </c>
       <c r="B699" s="6" t="s">
-        <v>1844</v>
+        <v>1929</v>
       </c>
       <c r="C699" t="s" s="0">
-        <v>1845</v>
+        <v>1930</v>
       </c>
       <c r="D699" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E699" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="700" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A700" s="4" t="s">
-        <v>1846</v>
+        <v>1931</v>
       </c>
       <c r="B700" s="6" t="s">
-        <v>1847</v>
+        <v>1932</v>
       </c>
       <c r="C700" t="s" s="0">
-        <v>1848</v>
+        <v>1933</v>
       </c>
       <c r="D700" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E700" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="701" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A701" s="4" t="s">
-        <v>1849</v>
+        <v>1934</v>
       </c>
       <c r="B701" s="6" t="s">
-        <v>1850</v>
+        <v>1935</v>
       </c>
       <c r="C701" t="s" s="0">
-        <v>1851</v>
+        <v>1936</v>
       </c>
       <c r="D701" t="s" s="0">
-        <v>18</v>
+        <v>1937</v>
       </c>
       <c r="E701" t="n" s="0">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="702" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A702" s="4" t="s">
-        <v>1852</v>
+        <v>1938</v>
       </c>
       <c r="B702" s="6" t="s">
-        <v>1853</v>
+        <v>1939</v>
       </c>
       <c r="C702" t="s" s="0">
-        <v>1854</v>
+        <v>1940</v>
       </c>
       <c r="D702" t="s" s="0">
-        <v>1855</v>
+        <v>1941</v>
       </c>
       <c r="E702" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="703" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A703" s="4" t="s">
-        <v>1856</v>
+        <v>1942</v>
       </c>
       <c r="B703" s="6" t="s">
-        <v>1857</v>
+        <v>1943</v>
       </c>
       <c r="C703" t="s" s="0">
-        <v>1858</v>
+        <v>1944</v>
       </c>
       <c r="D703" t="s" s="0">
-        <v>18</v>
+        <v>1945</v>
       </c>
       <c r="E703" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="704" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A704" s="4" t="s">
-        <v>1859</v>
+        <v>1946</v>
       </c>
       <c r="B704" s="6" t="s">
-        <v>1860</v>
+        <v>1947</v>
       </c>
       <c r="C704" t="s" s="0">
-        <v>1861</v>
+        <v>1948</v>
       </c>
       <c r="D704" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E704" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="705" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A705" s="4" t="s">
-        <v>1862</v>
+        <v>1949</v>
       </c>
       <c r="B705" s="6" t="s">
-        <v>1863</v>
+        <v>1950</v>
       </c>
       <c r="C705" t="s" s="0">
-        <v>1864</v>
+        <v>1951</v>
       </c>
       <c r="D705" t="s" s="0">
-        <v>18</v>
+        <v>1952</v>
       </c>
       <c r="E705" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="706" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A706" s="4" t="s">
-        <v>1865</v>
+        <v>1953</v>
       </c>
       <c r="B706" s="6" t="s">
-        <v>1866</v>
+        <v>1954</v>
       </c>
       <c r="C706" t="s" s="0">
-        <v>1867</v>
+        <v>1955</v>
       </c>
       <c r="D706" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E706" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="707" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A707" s="4" t="s">
-        <v>1868</v>
+        <v>1956</v>
       </c>
       <c r="B707" s="6" t="s">
-        <v>1869</v>
+        <v>1957</v>
       </c>
       <c r="C707" t="s" s="0">
-        <v>1870</v>
+        <v>1958</v>
       </c>
       <c r="D707" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E707" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="708" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A708" s="4" t="s">
-        <v>1871</v>
+        <v>1959</v>
       </c>
       <c r="B708" s="6" t="s">
-        <v>1872</v>
+        <v>1960</v>
       </c>
       <c r="C708" t="s" s="0">
-        <v>1873</v>
+        <v>1961</v>
       </c>
       <c r="D708" t="s" s="0">
-        <v>18</v>
+        <v>1962</v>
       </c>
       <c r="E708" t="n" s="0">
-        <v>0.68</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="709" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A709" s="4" t="s">
-        <v>1874</v>
+        <v>1963</v>
       </c>
       <c r="B709" s="6" t="s">
-        <v>1875</v>
+        <v>1964</v>
       </c>
       <c r="C709" t="s" s="0">
-        <v>1876</v>
+        <v>1965</v>
       </c>
       <c r="D709" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E709" t="n" s="0">
-        <v>0.36</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="710" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A710" s="4" t="s">
-        <v>1877</v>
+        <v>1966</v>
       </c>
       <c r="B710" s="6" t="s">
-        <v>1878</v>
+        <v>1967</v>
       </c>
       <c r="C710" t="s" s="0">
-        <v>1879</v>
+        <v>1968</v>
       </c>
       <c r="D710" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E710" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="711" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A711" s="4" t="s">
-        <v>1880</v>
+        <v>1969</v>
       </c>
       <c r="B711" s="6" t="s">
-        <v>1881</v>
+        <v>1970</v>
       </c>
       <c r="C711" t="s" s="0">
-        <v>1882</v>
+        <v>1971</v>
       </c>
       <c r="D711" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E711" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="712" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A712" s="4" t="s">
-        <v>1883</v>
+        <v>1972</v>
       </c>
       <c r="B712" s="6" t="s">
-        <v>1884</v>
+        <v>1973</v>
       </c>
       <c r="C712" t="s" s="0">
-        <v>1885</v>
+        <v>1974</v>
       </c>
       <c r="D712" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E712" t="n" s="0">
-        <v>0.49</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="713" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A713" s="4" t="s">
-        <v>1886</v>
+        <v>1975</v>
       </c>
       <c r="B713" s="6" t="s">
-        <v>1887</v>
+        <v>1976</v>
       </c>
       <c r="C713" t="s" s="0">
-        <v>1888</v>
+        <v>1977</v>
       </c>
       <c r="D713" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E713" t="n" s="0">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="714" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A714" s="4" t="s">
-        <v>1889</v>
+        <v>1978</v>
       </c>
       <c r="B714" s="6" t="s">
-        <v>1890</v>
+        <v>1979</v>
       </c>
       <c r="C714" t="s" s="0">
-        <v>1891</v>
+        <v>1980</v>
       </c>
       <c r="D714" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E714" t="n" s="0">
-        <v>0.36</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="715" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A715" s="4" t="s">
-        <v>1892</v>
+        <v>1981</v>
       </c>
       <c r="B715" s="6" t="s">
-        <v>1893</v>
+        <v>1982</v>
       </c>
       <c r="C715" t="s" s="0">
-        <v>1894</v>
+        <v>1983</v>
       </c>
       <c r="D715" t="s" s="0">
-        <v>18</v>
+        <v>1984</v>
       </c>
       <c r="E715" t="n" s="0">
-        <v>0.47</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="716" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A716" s="4" t="s">
-        <v>1895</v>
+        <v>1985</v>
       </c>
       <c r="B716" s="6" t="s">
-        <v>1896</v>
+        <v>1986</v>
       </c>
       <c r="C716" t="s" s="0">
-        <v>1897</v>
+        <v>1987</v>
       </c>
       <c r="D716" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E716" t="n" s="0">
-        <v>0.13</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="717" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A717" s="4" t="s">
-        <v>1898</v>
+        <v>1988</v>
       </c>
       <c r="B717" s="6" t="s">
-        <v>1899</v>
+        <v>1989</v>
       </c>
       <c r="C717" t="s" s="0">
-        <v>1900</v>
+        <v>1990</v>
       </c>
       <c r="D717" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E717" t="n" s="0">
-        <v>0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="718" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A718" s="4" t="s">
-        <v>1901</v>
+        <v>1991</v>
       </c>
       <c r="B718" s="6" t="s">
-        <v>1902</v>
+        <v>1992</v>
       </c>
       <c r="C718" t="s" s="0">
-        <v>1903</v>
+        <v>1993</v>
       </c>
       <c r="D718" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E718" t="n" s="0">
-        <v>0.17</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="719" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A719" s="4" t="s">
-        <v>1904</v>
+        <v>1994</v>
       </c>
       <c r="B719" s="6" t="s">
-        <v>1905</v>
+        <v>1995</v>
       </c>
       <c r="C719" t="s" s="0">
-        <v>1906</v>
+        <v>1996</v>
       </c>
       <c r="D719" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E719" t="n" s="0">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="720" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A720" s="4" t="s">
-        <v>1907</v>
+        <v>1997</v>
       </c>
       <c r="B720" s="6" t="s">
-        <v>1908</v>
+        <v>1998</v>
       </c>
       <c r="C720" t="s" s="0">
-        <v>1909</v>
+        <v>1999</v>
       </c>
       <c r="D720" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E720" t="n" s="0">
-        <v>0.03</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="721" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A721" s="4" t="s">
-        <v>1910</v>
+        <v>2000</v>
       </c>
       <c r="B721" s="6" t="s">
-        <v>1911</v>
+        <v>2001</v>
       </c>
       <c r="C721" t="s" s="0">
-        <v>1912</v>
+        <v>2002</v>
       </c>
       <c r="D721" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E721" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="722" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A722" s="4" t="s">
-        <v>1913</v>
+        <v>2003</v>
       </c>
       <c r="B722" s="6" t="s">
-        <v>1914</v>
+        <v>2004</v>
       </c>
       <c r="C722" t="s" s="0">
-        <v>1915</v>
+        <v>2005</v>
       </c>
       <c r="D722" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E722" t="n" s="0">
-        <v>0.14</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="723" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A723" s="4" t="s">
-        <v>1916</v>
+        <v>2006</v>
       </c>
       <c r="B723" s="6" t="s">
-        <v>1917</v>
+        <v>2007</v>
       </c>
       <c r="C723" t="s" s="0">
-        <v>1918</v>
+        <v>2008</v>
       </c>
       <c r="D723" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E723" t="n" s="0">
-        <v>0.07</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="724" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A724" s="4" t="s">
-        <v>1919</v>
+        <v>2009</v>
       </c>
       <c r="B724" s="6" t="s">
-        <v>1920</v>
+        <v>2010</v>
       </c>
       <c r="C724" t="s" s="0">
-        <v>1921</v>
+        <v>2011</v>
       </c>
       <c r="D724" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E724" t="n" s="0">
-        <v>0.17</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="725" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A725" s="4" t="s">
-        <v>1922</v>
+        <v>2012</v>
       </c>
       <c r="B725" s="6" t="s">
-        <v>1923</v>
+        <v>2013</v>
       </c>
       <c r="C725" t="s" s="0">
-        <v>1924</v>
+        <v>2014</v>
       </c>
       <c r="D725" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E725" t="n" s="0">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="726" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A726" s="4" t="s">
-        <v>1925</v>
+        <v>2015</v>
       </c>
       <c r="B726" s="6" t="s">
-        <v>1926</v>
+        <v>2016</v>
       </c>
       <c r="C726" t="s" s="0">
-        <v>1927</v>
+        <v>2017</v>
       </c>
       <c r="D726" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E726" t="n" s="0">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="727" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A727" s="4" t="s">
-        <v>1928</v>
+        <v>2018</v>
       </c>
       <c r="B727" s="6" t="s">
-        <v>1929</v>
+        <v>2019</v>
       </c>
       <c r="C727" t="s" s="0">
-        <v>1930</v>
+        <v>2020</v>
       </c>
       <c r="D727" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E727" t="n" s="0">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="728" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A728" s="4" t="s">
-        <v>1931</v>
+        <v>2021</v>
       </c>
       <c r="B728" s="6" t="s">
-        <v>1932</v>
+        <v>2022</v>
       </c>
       <c r="C728" t="s" s="0">
-        <v>1933</v>
+        <v>2023</v>
       </c>
       <c r="D728" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E728" t="n" s="0">
-        <v>0.28</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="729" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A729" s="4" t="s">
-        <v>1934</v>
+        <v>2024</v>
       </c>
       <c r="B729" s="6" t="s">
-        <v>1935</v>
+        <v>2025</v>
       </c>
       <c r="C729" t="s" s="0">
-        <v>1936</v>
+        <v>2026</v>
       </c>
       <c r="D729" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E729" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="730" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A730" s="4" t="s">
-        <v>1937</v>
+        <v>2027</v>
       </c>
       <c r="B730" s="6" t="s">
-        <v>1938</v>
+        <v>2028</v>
       </c>
       <c r="C730" t="s" s="0">
-        <v>1939</v>
+        <v>2029</v>
       </c>
       <c r="D730" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E730" t="n" s="0">
-        <v>0.12</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="731" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A731" s="4" t="s">
-        <v>1940</v>
+        <v>2030</v>
       </c>
       <c r="B731" s="6" t="s">
-        <v>1941</v>
+        <v>2031</v>
       </c>
       <c r="C731" t="s" s="0">
-        <v>1942</v>
+        <v>2032</v>
       </c>
       <c r="D731" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E731" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="732" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A732" s="4" t="s">
-        <v>1943</v>
+        <v>2033</v>
       </c>
       <c r="B732" s="6" t="s">
-        <v>1944</v>
+        <v>2034</v>
       </c>
       <c r="C732" t="s" s="0">
-        <v>1945</v>
+        <v>2035</v>
       </c>
       <c r="D732" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E732" t="n" s="0">
-        <v>0.02</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="733" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A733" s="4" t="s">
-        <v>1946</v>
+        <v>2036</v>
       </c>
       <c r="B733" s="6" t="s">
-        <v>1947</v>
+        <v>2037</v>
       </c>
       <c r="C733" t="s" s="0">
-        <v>1948</v>
+        <v>2038</v>
       </c>
       <c r="D733" t="s" s="0">
-        <v>1949</v>
+        <v>18</v>
       </c>
       <c r="E733" t="n" s="0">
-        <v>0.23</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="734" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A734" s="4" t="s">
-        <v>1946</v>
+        <v>2039</v>
       </c>
       <c r="B734" s="6" t="s">
-        <v>1950</v>
+        <v>2040</v>
       </c>
       <c r="C734" t="s" s="0">
-        <v>1951</v>
+        <v>2041</v>
       </c>
       <c r="D734" t="s" s="0">
-        <v>1952</v>
+        <v>18</v>
       </c>
       <c r="E734" t="n" s="0">
-        <v>0.11</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="735" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A735" s="4" t="s">
-        <v>1946</v>
+        <v>2042</v>
       </c>
       <c r="B735" s="6" t="s">
-        <v>1953</v>
+        <v>2043</v>
       </c>
       <c r="C735" t="s" s="0">
-        <v>1954</v>
+        <v>2044</v>
       </c>
       <c r="D735" t="s" s="0">
-        <v>1955</v>
+        <v>18</v>
       </c>
       <c r="E735" t="n" s="0">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="736" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A736" s="4" t="s">
-        <v>1946</v>
+        <v>2045</v>
       </c>
       <c r="B736" s="6" t="s">
-        <v>1956</v>
+        <v>2046</v>
       </c>
       <c r="C736" t="s" s="0">
-        <v>1957</v>
+        <v>2047</v>
       </c>
       <c r="D736" t="s" s="0">
-        <v>1958</v>
+        <v>18</v>
       </c>
       <c r="E736" t="n" s="0">
-        <v>0.78</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="737" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A737" s="4" t="s">
-        <v>1946</v>
+        <v>2048</v>
       </c>
       <c r="B737" s="6" t="s">
-        <v>1959</v>
+        <v>2049</v>
       </c>
       <c r="C737" t="s" s="0">
-        <v>1960</v>
+        <v>2050</v>
       </c>
       <c r="D737" t="s" s="0">
-        <v>1961</v>
+        <v>18</v>
       </c>
       <c r="E737" t="n" s="0">
-        <v>0.99</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="738" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A738" s="4" t="s">
-        <v>1962</v>
+        <v>2051</v>
       </c>
       <c r="B738" s="6" t="s">
-        <v>1963</v>
+        <v>2052</v>
       </c>
       <c r="C738" t="s" s="0">
-        <v>1964</v>
+        <v>2053</v>
       </c>
       <c r="D738" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E738" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="739" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A739" s="4" t="s">
-        <v>1965</v>
+        <v>2054</v>
       </c>
       <c r="B739" s="6" t="s">
-        <v>1966</v>
+        <v>2055</v>
       </c>
       <c r="C739" t="s" s="0">
-        <v>1967</v>
+        <v>2056</v>
       </c>
       <c r="D739" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E739" t="n" s="0">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="740" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A740" s="4" t="s">
-        <v>1968</v>
+        <v>2057</v>
       </c>
       <c r="B740" s="6" t="s">
-        <v>1969</v>
+        <v>2058</v>
       </c>
       <c r="C740" t="s" s="0">
-        <v>1970</v>
+        <v>2059</v>
       </c>
       <c r="D740" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E740" t="n" s="0">
-        <v>0.03</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="741" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A741" s="4" t="s">
-        <v>1971</v>
+        <v>2060</v>
       </c>
       <c r="B741" s="6" t="s">
-        <v>1972</v>
+        <v>2061</v>
       </c>
       <c r="C741" t="s" s="0">
-        <v>1973</v>
+        <v>2062</v>
       </c>
       <c r="D741" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E741" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="742" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A742" s="4" t="s">
-        <v>1974</v>
+        <v>2063</v>
       </c>
       <c r="B742" s="6" t="s">
-        <v>1975</v>
+        <v>2064</v>
       </c>
       <c r="C742" t="s" s="0">
-        <v>1976</v>
+        <v>2065</v>
       </c>
       <c r="D742" t="s" s="0">
-        <v>1977</v>
+        <v>18</v>
       </c>
       <c r="E742" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="743" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A743" s="4" t="s">
-        <v>1978</v>
+        <v>2066</v>
       </c>
       <c r="B743" s="6" t="s">
-        <v>1979</v>
+        <v>2067</v>
       </c>
       <c r="C743" t="s" s="0">
-        <v>1980</v>
+        <v>2068</v>
       </c>
       <c r="D743" t="s" s="0">
-        <v>1981</v>
+        <v>18</v>
       </c>
       <c r="E743" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="744" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A744" s="4" t="s">
-        <v>1982</v>
+        <v>2069</v>
       </c>
       <c r="B744" s="6" t="s">
-        <v>1983</v>
+        <v>2070</v>
       </c>
       <c r="C744" t="s" s="0">
-        <v>1984</v>
+        <v>2071</v>
       </c>
       <c r="D744" t="s" s="0">
-        <v>1985</v>
+        <v>18</v>
       </c>
       <c r="E744" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="745" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A745" s="4" t="s">
-        <v>1986</v>
+        <v>2072</v>
       </c>
       <c r="B745" s="6" t="s">
-        <v>1987</v>
+        <v>2073</v>
       </c>
       <c r="C745" t="s" s="0">
-        <v>1988</v>
+        <v>2074</v>
       </c>
       <c r="D745" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E745" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="746" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A746" s="4" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="B746" s="6" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="C746" t="s" s="0">
-        <v>1991</v>
+        <v>2077</v>
       </c>
       <c r="D746" t="s" s="0">
-        <v>1992</v>
+        <v>18</v>
       </c>
       <c r="E746" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="747" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A747" s="4" t="s">
-        <v>1993</v>
+        <v>2078</v>
       </c>
       <c r="B747" s="6" t="s">
-        <v>1994</v>
+        <v>2079</v>
       </c>
       <c r="C747" t="s" s="0">
-        <v>1995</v>
+        <v>2080</v>
       </c>
       <c r="D747" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E747" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="748" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A748" s="4" t="s">
-        <v>1996</v>
+        <v>2081</v>
       </c>
       <c r="B748" s="6" t="s">
-        <v>1997</v>
+        <v>2082</v>
       </c>
       <c r="C748" t="s" s="0">
-        <v>1998</v>
+        <v>2083</v>
       </c>
       <c r="D748" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E748" t="n" s="0">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="749" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A749" s="4" t="s">
-        <v>1999</v>
+        <v>2084</v>
       </c>
       <c r="B749" s="6" t="s">
-        <v>2000</v>
+        <v>2085</v>
       </c>
       <c r="C749" t="s" s="0">
-        <v>2001</v>
+        <v>2086</v>
       </c>
       <c r="D749" t="s" s="0">
-        <v>2002</v>
+        <v>18</v>
       </c>
       <c r="E749" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="750" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A750" s="4" t="s">
-        <v>2003</v>
+        <v>2087</v>
       </c>
       <c r="B750" s="6" t="s">
-        <v>2004</v>
+        <v>2088</v>
       </c>
       <c r="C750" t="s" s="0">
-        <v>2005</v>
+        <v>2089</v>
       </c>
       <c r="D750" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E750" t="n" s="0">
-        <v>0.02</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="751" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A751" s="4" t="s">
-        <v>2006</v>
+        <v>2090</v>
       </c>
       <c r="B751" s="6" t="s">
-        <v>2007</v>
+        <v>2091</v>
       </c>
       <c r="C751" t="s" s="0">
-        <v>2008</v>
+        <v>2092</v>
       </c>
       <c r="D751" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E751" t="n" s="0">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="752" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A752" s="4" t="s">
-        <v>2009</v>
+        <v>2093</v>
       </c>
       <c r="B752" s="6" t="s">
-        <v>2010</v>
+        <v>2094</v>
       </c>
       <c r="C752" t="s" s="0">
-        <v>2011</v>
+        <v>2095</v>
       </c>
       <c r="D752" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E752" t="n" s="0">
-        <v>0.12</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="753" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A753" s="4" t="s">
-        <v>2012</v>
+        <v>2096</v>
       </c>
       <c r="B753" s="6" t="s">
-        <v>2013</v>
+        <v>2097</v>
       </c>
       <c r="C753" t="s" s="0">
-        <v>2014</v>
+        <v>2098</v>
       </c>
       <c r="D753" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E753" t="n" s="0">
-        <v>0.12</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="754" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A754" s="4" t="s">
-        <v>2015</v>
+        <v>2099</v>
       </c>
       <c r="B754" s="6" t="s">
-        <v>2016</v>
+        <v>2100</v>
       </c>
       <c r="C754" t="s" s="0">
-        <v>2017</v>
+        <v>2101</v>
       </c>
       <c r="D754" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E754" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="755" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A755" s="4" t="s">
-        <v>2018</v>
+        <v>2102</v>
       </c>
       <c r="B755" s="6" t="s">
-        <v>2019</v>
+        <v>2103</v>
       </c>
       <c r="C755" t="s" s="0">
-        <v>2020</v>
+        <v>2104</v>
       </c>
       <c r="D755" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E755" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="756" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A756" s="4" t="s">
-        <v>2021</v>
+        <v>2105</v>
       </c>
       <c r="B756" s="6" t="s">
-        <v>2022</v>
+        <v>2106</v>
       </c>
       <c r="C756" t="s" s="0">
-        <v>2023</v>
+        <v>2107</v>
       </c>
       <c r="D756" t="s" s="0">
-        <v>18</v>
+        <v>2108</v>
       </c>
       <c r="E756" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="757" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A757" s="4" t="s">
-        <v>2024</v>
+        <v>2109</v>
       </c>
       <c r="B757" s="6" t="s">
-        <v>2025</v>
+        <v>2110</v>
       </c>
       <c r="C757" t="s" s="0">
-        <v>2026</v>
+        <v>2111</v>
       </c>
       <c r="D757" t="s" s="0">
-        <v>2027</v>
+        <v>18</v>
       </c>
       <c r="E757" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="758" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A758" s="4" t="s">
-        <v>2028</v>
+        <v>2112</v>
       </c>
       <c r="B758" s="6" t="s">
-        <v>2029</v>
+        <v>2113</v>
       </c>
       <c r="C758" t="s" s="0">
-        <v>2030</v>
+        <v>2114</v>
       </c>
       <c r="D758" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E758" t="n" s="0">
-        <v>0.04</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="759" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A759" s="4" t="s">
-        <v>2031</v>
+        <v>2115</v>
       </c>
       <c r="B759" s="6" t="s">
-        <v>2032</v>
+        <v>2116</v>
       </c>
       <c r="C759" t="s" s="0">
-        <v>2033</v>
+        <v>2117</v>
       </c>
       <c r="D759" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E759" t="n" s="0">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="760" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A760" s="4" t="s">
-        <v>2034</v>
+        <v>2118</v>
       </c>
       <c r="B760" s="6" t="s">
-        <v>2035</v>
+        <v>2119</v>
       </c>
       <c r="C760" t="s" s="0">
-        <v>2036</v>
+        <v>2120</v>
       </c>
       <c r="D760" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E760" t="n" s="0">
-        <v>0.16</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="761" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A761" s="4" t="s">
-        <v>2037</v>
+        <v>2121</v>
       </c>
       <c r="B761" s="6" t="s">
-        <v>2038</v>
+        <v>2122</v>
       </c>
       <c r="C761" t="s" s="0">
-        <v>2039</v>
+        <v>2123</v>
       </c>
       <c r="D761" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E761" t="n" s="0">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="762" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A762" s="4" t="s">
-        <v>2040</v>
+        <v>2124</v>
       </c>
       <c r="B762" s="6" t="s">
-        <v>2041</v>
+        <v>2125</v>
       </c>
       <c r="C762" t="s" s="0">
-        <v>2042</v>
+        <v>2126</v>
       </c>
       <c r="D762" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E762" t="n" s="0">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="763" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A763" s="4" t="s">
-        <v>2043</v>
+        <v>2127</v>
       </c>
       <c r="B763" s="6" t="s">
-        <v>2044</v>
+        <v>2128</v>
       </c>
       <c r="C763" t="s" s="0">
-        <v>2045</v>
+        <v>2129</v>
       </c>
       <c r="D763" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E763" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="764" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A764" s="4" t="s">
-        <v>2046</v>
+        <v>2130</v>
       </c>
       <c r="B764" s="6" t="s">
-        <v>2047</v>
+        <v>2131</v>
       </c>
       <c r="C764" t="s" s="0">
-        <v>2048</v>
+        <v>2132</v>
       </c>
       <c r="D764" t="s" s="0">
-        <v>18</v>
+        <v>2133</v>
       </c>
       <c r="E764" t="n" s="0">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="765" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A765" s="4" t="s">
-        <v>2049</v>
+        <v>2134</v>
       </c>
       <c r="B765" s="6" t="s">
-        <v>2050</v>
+        <v>2135</v>
       </c>
       <c r="C765" t="s" s="0">
-        <v>2051</v>
+        <v>2136</v>
       </c>
       <c r="D765" t="s" s="0">
-        <v>18</v>
+        <v>2137</v>
       </c>
       <c r="E765" t="n" s="0">
-        <v>0.34</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="766" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A766" s="4" t="s">
-        <v>2052</v>
+        <v>2138</v>
       </c>
       <c r="B766" s="6" t="s">
-        <v>2053</v>
+        <v>2139</v>
       </c>
       <c r="C766" t="s" s="0">
-        <v>2054</v>
+        <v>2140</v>
       </c>
       <c r="D766" t="s" s="0">
-        <v>18</v>
+        <v>2141</v>
       </c>
       <c r="E766" t="n" s="0">
-        <v>0.63</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="767" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A767" s="4" t="s">
-        <v>2055</v>
+        <v>2142</v>
       </c>
       <c r="B767" s="6" t="s">
-        <v>2056</v>
+        <v>2143</v>
       </c>
       <c r="C767" t="s" s="0">
-        <v>2057</v>
+        <v>2144</v>
       </c>
       <c r="D767" t="s" s="0">
-        <v>18</v>
+        <v>2145</v>
       </c>
       <c r="E767" t="n" s="0">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="768" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A768" s="4" t="s">
-        <v>2058</v>
+        <v>2146</v>
       </c>
       <c r="B768" s="6" t="s">
-        <v>2059</v>
+        <v>2147</v>
       </c>
       <c r="C768" t="s" s="0">
-        <v>2060</v>
+        <v>2148</v>
       </c>
       <c r="D768" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E768" t="n" s="0">
-        <v>0.21</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="769" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A769" s="4" t="s">
-        <v>2061</v>
+        <v>2149</v>
       </c>
       <c r="B769" s="6" t="s">
-        <v>2062</v>
+        <v>2150</v>
       </c>
       <c r="C769" t="s" s="0">
-        <v>2063</v>
+        <v>2151</v>
       </c>
       <c r="D769" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E769" t="n" s="0">
-        <v>0.13</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="770" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A770" s="4" t="s">
-        <v>2064</v>
+        <v>2152</v>
       </c>
       <c r="B770" s="6" t="s">
-        <v>2065</v>
+        <v>2153</v>
       </c>
       <c r="C770" t="s" s="0">
-        <v>2066</v>
+        <v>2154</v>
       </c>
       <c r="D770" t="s" s="0">
-        <v>18</v>
+        <v>2155</v>
       </c>
       <c r="E770" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="771" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A771" s="4" t="s">
-        <v>2067</v>
+        <v>2156</v>
       </c>
       <c r="B771" s="6" t="s">
-        <v>2068</v>
+        <v>2157</v>
       </c>
       <c r="C771" t="s" s="0">
-        <v>2069</v>
+        <v>2158</v>
       </c>
       <c r="D771" t="s" s="0">
-        <v>18</v>
+        <v>2159</v>
       </c>
       <c r="E771" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="772" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A772" s="4" t="s">
-        <v>2070</v>
+        <v>2160</v>
       </c>
       <c r="B772" s="6" t="s">
-        <v>2071</v>
+        <v>2161</v>
       </c>
       <c r="C772" t="s" s="0">
-        <v>2072</v>
+        <v>2162</v>
       </c>
       <c r="D772" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E772" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="773" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A773" s="4" t="s">
-        <v>2073</v>
+        <v>2163</v>
       </c>
       <c r="B773" s="6" t="s">
-        <v>2074</v>
+        <v>2164</v>
       </c>
       <c r="C773" t="s" s="0">
-        <v>2075</v>
+        <v>2165</v>
       </c>
       <c r="D773" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E773" t="n" s="0">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="774" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A774" s="4" t="s">
-        <v>2076</v>
+        <v>2166</v>
       </c>
       <c r="B774" s="6" t="s">
-        <v>2077</v>
+        <v>2167</v>
       </c>
       <c r="C774" t="s" s="0">
-        <v>2078</v>
+        <v>2168</v>
       </c>
       <c r="D774" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E774" t="n" s="0">
-        <v>0.18</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="775" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A775" s="4" t="s">
-        <v>2079</v>
+        <v>2169</v>
       </c>
       <c r="B775" s="6" t="s">
-        <v>2080</v>
+        <v>2170</v>
       </c>
       <c r="C775" t="s" s="0">
-        <v>2081</v>
+        <v>2171</v>
       </c>
       <c r="D775" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E775" t="n" s="0">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="776" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A776" s="4" t="s">
-        <v>2082</v>
+        <v>2172</v>
       </c>
       <c r="B776" s="6" t="s">
-        <v>2083</v>
+        <v>2173</v>
       </c>
       <c r="C776" t="s" s="0">
-        <v>2084</v>
+        <v>2174</v>
       </c>
       <c r="D776" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E776" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="777" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A777" s="4" t="s">
-        <v>2085</v>
+        <v>2175</v>
       </c>
       <c r="B777" s="6" t="s">
-        <v>2086</v>
+        <v>2176</v>
       </c>
       <c r="C777" t="s" s="0">
-        <v>2087</v>
+        <v>2177</v>
       </c>
       <c r="D777" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E777" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="778" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A778" s="4" t="s">
-        <v>2088</v>
+        <v>2178</v>
       </c>
       <c r="B778" s="6" t="s">
-        <v>2089</v>
+        <v>2179</v>
       </c>
       <c r="C778" t="s" s="0">
-        <v>2090</v>
+        <v>2180</v>
       </c>
       <c r="D778" t="s" s="0">
-        <v>18</v>
+        <v>2181</v>
       </c>
       <c r="E778" t="n" s="0">
-        <v>0.18</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="779" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A779" s="4" t="s">
-        <v>2091</v>
+        <v>2182</v>
       </c>
       <c r="B779" s="6" t="s">
-        <v>2092</v>
+        <v>2183</v>
       </c>
       <c r="C779" t="s" s="0">
-        <v>2093</v>
+        <v>2184</v>
       </c>
       <c r="D779" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E779" t="n" s="0">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="780" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A780" s="4" t="s">
-        <v>2094</v>
+        <v>2185</v>
       </c>
       <c r="B780" s="6" t="s">
-        <v>2095</v>
+        <v>2186</v>
       </c>
       <c r="C780" t="s" s="0">
-        <v>2096</v>
+        <v>2187</v>
       </c>
       <c r="D780" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E780" t="n" s="0">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="781" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A781" s="4" t="s">
-        <v>2097</v>
+        <v>2188</v>
       </c>
       <c r="B781" s="6" t="s">
-        <v>2098</v>
+        <v>2189</v>
       </c>
       <c r="C781" t="s" s="0">
-        <v>2099</v>
+        <v>2190</v>
       </c>
       <c r="D781" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E781" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="782" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A782" s="4" t="s">
-        <v>2100</v>
+        <v>2191</v>
       </c>
       <c r="B782" s="6" t="s">
-        <v>2101</v>
+        <v>2192</v>
       </c>
       <c r="C782" t="s" s="0">
-        <v>2102</v>
+        <v>2193</v>
       </c>
       <c r="D782" t="s" s="0">
-        <v>18</v>
+        <v>2194</v>
       </c>
       <c r="E782" t="n" s="0">
-        <v>0.19</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="783" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A783" s="4" t="s">
-        <v>2103</v>
+        <v>2195</v>
       </c>
       <c r="B783" s="6" t="s">
-        <v>2104</v>
+        <v>2196</v>
       </c>
       <c r="C783" t="s" s="0">
-        <v>2105</v>
+        <v>2197</v>
       </c>
       <c r="D783" t="s" s="0">
-        <v>18</v>
+        <v>2198</v>
       </c>
       <c r="E783" t="n" s="0">
-        <v>0.05</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="784" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A784" s="4" t="s">
-        <v>2106</v>
+        <v>2199</v>
       </c>
       <c r="B784" s="6" t="s">
-        <v>2107</v>
+        <v>2200</v>
       </c>
       <c r="C784" t="s" s="0">
-        <v>2108</v>
+        <v>2201</v>
       </c>
       <c r="D784" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E784" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="785" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A785" s="4" t="s">
-        <v>2109</v>
+        <v>2202</v>
       </c>
       <c r="B785" s="6" t="s">
-        <v>2110</v>
+        <v>2203</v>
       </c>
       <c r="C785" t="s" s="0">
-        <v>2111</v>
+        <v>2204</v>
       </c>
       <c r="D785" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E785" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="786" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A786" s="4" t="s">
-        <v>2112</v>
+        <v>2205</v>
       </c>
       <c r="B786" s="6" t="s">
-        <v>2113</v>
+        <v>2206</v>
       </c>
       <c r="C786" t="s" s="0">
-        <v>2114</v>
+        <v>2207</v>
       </c>
       <c r="D786" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E786" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="787" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A787" s="4" t="s">
-        <v>2115</v>
+        <v>2208</v>
       </c>
       <c r="B787" s="6" t="s">
-        <v>2116</v>
+        <v>2209</v>
       </c>
       <c r="C787" t="s" s="0">
-        <v>2117</v>
+        <v>2210</v>
       </c>
       <c r="D787" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E787" t="n" s="0">
-        <v>0.01</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="788" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A788" s="4" t="s">
-        <v>2118</v>
+        <v>2211</v>
       </c>
       <c r="B788" s="6" t="s">
-        <v>2119</v>
+        <v>2212</v>
       </c>
       <c r="C788" t="s" s="0">
-        <v>2120</v>
+        <v>2213</v>
       </c>
       <c r="D788" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E788" t="n" s="0">
-        <v>0.02</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="789" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A789" s="4" t="s">
-        <v>2121</v>
+        <v>2211</v>
       </c>
       <c r="B789" s="6" t="s">
-        <v>2122</v>
+        <v>2214</v>
       </c>
       <c r="C789" t="s" s="0">
-        <v>2123</v>
+        <v>2215</v>
       </c>
       <c r="D789" t="s" s="0">
-        <v>18</v>
+        <v>2216</v>
       </c>
       <c r="E789" t="n" s="0">
-        <v>0.02</v>
+        <v>1.83</v>
       </c>
     </row>
     <row r="790" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A790" s="4" t="s">
-        <v>2124</v>
+        <v>2211</v>
       </c>
       <c r="B790" s="6" t="s">
-        <v>2125</v>
+        <v>2217</v>
       </c>
       <c r="C790" t="s" s="0">
-        <v>2126</v>
+        <v>2218</v>
       </c>
       <c r="D790" t="s" s="0">
-        <v>18</v>
+        <v>2219</v>
       </c>
       <c r="E790" t="n" s="0">
-        <v>0.02</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="791" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A791" s="4" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="B791" s="6" t="s">
-        <v>2128</v>
+        <v>2220</v>
       </c>
       <c r="C791" t="s" s="0">
-        <v>2129</v>
+        <v>2221</v>
       </c>
       <c r="D791" t="s" s="0">
-        <v>18</v>
+        <v>2222</v>
       </c>
       <c r="E791" t="n" s="0">
-        <v>0.1</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="792" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A792" s="4" t="s">
-        <v>2130</v>
+        <v>2211</v>
       </c>
       <c r="B792" s="6" t="s">
-        <v>2131</v>
+        <v>2223</v>
       </c>
       <c r="C792" t="s" s="0">
-        <v>2132</v>
+        <v>2224</v>
       </c>
       <c r="D792" t="s" s="0">
-        <v>18</v>
+        <v>2225</v>
       </c>
       <c r="E792" t="n" s="0">
-        <v>0.36</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="793" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A793" s="4" t="s">
-        <v>2133</v>
+        <v>2211</v>
       </c>
       <c r="B793" s="6" t="s">
-        <v>2134</v>
+        <v>2226</v>
       </c>
       <c r="C793" t="s" s="0">
-        <v>2135</v>
+        <v>2227</v>
       </c>
       <c r="D793" t="s" s="0">
-        <v>18</v>
+        <v>2228</v>
       </c>
       <c r="E793" t="n" s="0">
-        <v>0.21</v>
+        <v>1.83</v>
       </c>
     </row>
     <row r="794" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A794" s="4" t="s">
-        <v>2136</v>
+        <v>2211</v>
       </c>
       <c r="B794" s="6" t="s">
-        <v>2137</v>
+        <v>2229</v>
       </c>
       <c r="C794" t="s" s="0">
-        <v>2138</v>
+        <v>2230</v>
       </c>
       <c r="D794" t="s" s="0">
-        <v>18</v>
+        <v>2231</v>
       </c>
       <c r="E794" t="n" s="0">
-        <v>0.48</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="795" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A795" s="4" t="s">
-        <v>2139</v>
+        <v>2211</v>
       </c>
       <c r="B795" s="6" t="s">
-        <v>2140</v>
+        <v>2232</v>
       </c>
       <c r="C795" t="s" s="0">
-        <v>18</v>
+        <v>2233</v>
       </c>
       <c r="D795" t="s" s="0">
-        <v>18</v>
+        <v>2234</v>
       </c>
       <c r="E795" t="n" s="0">
-        <v>-0.02</v>
+        <v>2.42</v>
       </c>
     </row>
     <row r="796" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A796" s="4" t="s">
-        <v>2141</v>
+        <v>2211</v>
       </c>
       <c r="B796" s="6" t="s">
-        <v>2142</v>
+        <v>2235</v>
       </c>
       <c r="C796" t="s" s="0">
-        <v>2143</v>
+        <v>2236</v>
       </c>
       <c r="D796" t="s" s="0">
-        <v>18</v>
+        <v>2237</v>
       </c>
       <c r="E796" t="n" s="0">
-        <v>0.06</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="797" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A797" s="4" t="s">
-        <v>2144</v>
+        <v>2238</v>
       </c>
       <c r="B797" s="6" t="s">
-        <v>2145</v>
+        <v>2239</v>
       </c>
       <c r="C797" t="s" s="0">
-        <v>2146</v>
+        <v>2240</v>
       </c>
       <c r="D797" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E797" t="n" s="0">
-        <v>0.02</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="798" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A798" s="4" t="s">
-        <v>2147</v>
+        <v>2241</v>
       </c>
       <c r="B798" s="6" t="s">
-        <v>2148</v>
+        <v>2242</v>
       </c>
       <c r="C798" t="s" s="0">
-        <v>2149</v>
+        <v>2243</v>
       </c>
       <c r="D798" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E798" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="799" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A799" s="4" t="s">
-        <v>2150</v>
+        <v>2244</v>
       </c>
       <c r="B799" s="6" t="s">
-        <v>2151</v>
+        <v>2245</v>
       </c>
       <c r="C799" t="s" s="0">
-        <v>2152</v>
+        <v>18</v>
       </c>
       <c r="D799" t="s" s="0">
-        <v>2153</v>
+        <v>18</v>
       </c>
       <c r="E799" t="n" s="0">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="800" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A800" s="4" t="s">
-        <v>2154</v>
+        <v>2246</v>
       </c>
       <c r="B800" s="6" t="s">
-        <v>2155</v>
+        <v>2247</v>
       </c>
       <c r="C800" t="s" s="0">
-        <v>2156</v>
+        <v>2248</v>
       </c>
       <c r="D800" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E800" t="n" s="0">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="801" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A801" s="4" t="s">
-        <v>2157</v>
+        <v>2249</v>
       </c>
       <c r="B801" s="6" t="s">
-        <v>2158</v>
+        <v>2250</v>
       </c>
       <c r="C801" t="s" s="0">
-        <v>2159</v>
+        <v>18</v>
       </c>
       <c r="D801" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E801" t="n" s="0">
-        <v>0.16</v>
+        <v>6.59</v>
       </c>
     </row>
     <row r="802" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A802" s="4" t="s">
-        <v>2160</v>
+        <v>2249</v>
       </c>
       <c r="B802" s="6" t="s">
-        <v>2161</v>
+        <v>2251</v>
       </c>
       <c r="C802" t="s" s="0">
-        <v>2162</v>
+        <v>18</v>
       </c>
       <c r="D802" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E802" t="n" s="0">
-        <v>0.08</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="803" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A803" s="4" t="s">
-        <v>2163</v>
+        <v>2249</v>
       </c>
       <c r="B803" s="6" t="s">
-        <v>2164</v>
+        <v>2252</v>
       </c>
       <c r="C803" t="s" s="0">
-        <v>2165</v>
+        <v>18</v>
       </c>
       <c r="D803" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E803" t="n" s="0">
-        <v>0.05</v>
+        <v>5.38</v>
       </c>
     </row>
     <row r="804" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A804" s="4" t="s">
-        <v>2166</v>
+        <v>2249</v>
       </c>
       <c r="B804" s="6" t="s">
-        <v>2167</v>
+        <v>2253</v>
       </c>
       <c r="C804" t="s" s="0">
-        <v>2168</v>
+        <v>18</v>
       </c>
       <c r="D804" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E804" t="n" s="0">
-        <v>0.13</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="805" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A805" s="4" t="s">
-        <v>2169</v>
+        <v>2249</v>
       </c>
       <c r="B805" s="6" t="s">
-        <v>2170</v>
+        <v>2254</v>
       </c>
       <c r="C805" t="s" s="0">
-        <v>2171</v>
+        <v>2255</v>
       </c>
       <c r="D805" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E805" t="n" s="0">
-        <v>0.06</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="806" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A806" s="4" t="s">
-        <v>2172</v>
+        <v>2249</v>
       </c>
       <c r="B806" s="6" t="s">
-        <v>2173</v>
+        <v>2256</v>
       </c>
       <c r="C806" t="s" s="0">
-        <v>2174</v>
+        <v>2257</v>
       </c>
       <c r="D806" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E806" t="n" s="0">
-        <v>0.02</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="807" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A807" s="4" t="s">
-        <v>2175</v>
+        <v>2258</v>
       </c>
       <c r="B807" s="6" t="s">
-        <v>2176</v>
+        <v>2259</v>
       </c>
       <c r="C807" t="s" s="0">
-        <v>2177</v>
+        <v>2260</v>
       </c>
       <c r="D807" t="s" s="0">
-        <v>2178</v>
+        <v>18</v>
       </c>
       <c r="E807" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="808" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A808" s="4" t="s">
-        <v>2179</v>
+        <v>2261</v>
       </c>
       <c r="B808" s="6" t="s">
-        <v>2180</v>
+        <v>2262</v>
       </c>
       <c r="C808" t="s" s="0">
-        <v>2181</v>
+        <v>2263</v>
       </c>
       <c r="D808" t="s" s="0">
-        <v>2182</v>
+        <v>18</v>
       </c>
       <c r="E808" t="n" s="0">
-        <v>0.18</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="809" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A809" s="4" t="s">
-        <v>2183</v>
+        <v>2264</v>
       </c>
       <c r="B809" s="6" t="s">
-        <v>2184</v>
+        <v>2265</v>
       </c>
       <c r="C809" t="s" s="0">
-        <v>2185</v>
+        <v>2266</v>
       </c>
       <c r="D809" t="s" s="0">
-        <v>2186</v>
+        <v>2267</v>
       </c>
       <c r="E809" t="n" s="0">
-        <v>0.55</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="810" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A810" s="4" t="s">
-        <v>2187</v>
+        <v>2268</v>
       </c>
       <c r="B810" s="6" t="s">
-        <v>2188</v>
+        <v>2269</v>
       </c>
       <c r="C810" t="s" s="0">
-        <v>2189</v>
+        <v>18</v>
       </c>
       <c r="D810" t="s" s="0">
-        <v>2190</v>
+        <v>18</v>
       </c>
       <c r="E810" t="n" s="0">
-        <v>0.12</v>
+        <v>-17.47</v>
       </c>
     </row>
     <row r="811" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A811" s="4" t="s">
-        <v>2191</v>
+        <v>2270</v>
       </c>
       <c r="B811" s="6" t="s">
-        <v>2192</v>
+        <v>2271</v>
       </c>
       <c r="C811" t="s" s="0">
-        <v>2193</v>
+        <v>18</v>
       </c>
       <c r="D811" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E811" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="812" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A812" s="4" t="s">
-        <v>2194</v>
+        <v>2270</v>
       </c>
       <c r="B812" s="6" t="s">
-        <v>2195</v>
+        <v>2272</v>
       </c>
       <c r="C812" t="s" s="0">
-        <v>2196</v>
+        <v>18</v>
       </c>
       <c r="D812" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E812" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="813" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A813" s="4" t="s">
-        <v>2197</v>
+        <v>2270</v>
       </c>
       <c r="B813" s="6" t="s">
-        <v>2198</v>
+        <v>2273</v>
       </c>
       <c r="C813" t="s" s="0">
-        <v>2199</v>
+        <v>18</v>
       </c>
       <c r="D813" t="s" s="0">
-        <v>2200</v>
+        <v>18</v>
       </c>
       <c r="E813" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="814" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A814" s="4" t="s">
-        <v>2201</v>
+        <v>2270</v>
       </c>
       <c r="B814" s="6" t="s">
-        <v>2202</v>
+        <v>2274</v>
       </c>
       <c r="C814" t="s" s="0">
-        <v>2203</v>
+        <v>18</v>
       </c>
       <c r="D814" t="s" s="0">
-        <v>2204</v>
+        <v>18</v>
       </c>
       <c r="E814" t="n" s="0">
-        <v>0.03</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="815" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A815" s="4" t="s">
-        <v>2205</v>
+        <v>2275</v>
       </c>
       <c r="B815" s="6" t="s">
-        <v>2206</v>
+        <v>2276</v>
       </c>
       <c r="C815" t="s" s="0">
-        <v>2207</v>
+        <v>2277</v>
       </c>
       <c r="D815" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E815" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="816" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A816" s="4" t="s">
-        <v>2208</v>
+        <v>2278</v>
       </c>
       <c r="B816" s="6" t="s">
-        <v>2209</v>
+        <v>2279</v>
       </c>
       <c r="C816" t="s" s="0">
-        <v>2210</v>
+        <v>2280</v>
       </c>
       <c r="D816" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E816" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="817" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A817" s="4" t="s">
-        <v>2211</v>
+        <v>2281</v>
       </c>
       <c r="B817" s="6" t="s">
-        <v>2212</v>
+        <v>2282</v>
       </c>
       <c r="C817" t="s" s="0">
-        <v>2213</v>
+        <v>2283</v>
       </c>
       <c r="D817" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E817" t="n" s="0">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="818" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A818" s="4" t="s">
-        <v>2214</v>
+        <v>2284</v>
       </c>
       <c r="B818" s="6" t="s">
-        <v>2215</v>
+        <v>2285</v>
       </c>
       <c r="C818" t="s" s="0">
-        <v>2216</v>
+        <v>2286</v>
       </c>
       <c r="D818" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E818" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="819" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A819" s="4" t="s">
-        <v>2217</v>
+        <v>2287</v>
       </c>
       <c r="B819" s="6" t="s">
-        <v>2218</v>
+        <v>2288</v>
       </c>
       <c r="C819" t="s" s="0">
-        <v>2219</v>
+        <v>2289</v>
       </c>
       <c r="D819" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E819" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="820" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A820" s="4" t="s">
-        <v>2220</v>
+        <v>2290</v>
       </c>
       <c r="B820" s="6" t="s">
-        <v>2221</v>
+        <v>2291</v>
       </c>
       <c r="C820" t="s" s="0">
-        <v>2222</v>
+        <v>2292</v>
       </c>
       <c r="D820" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E820" t="n" s="0">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="821" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A821" s="4" t="s">
-        <v>2223</v>
+        <v>2293</v>
       </c>
       <c r="B821" s="6" t="s">
-        <v>2224</v>
+        <v>2294</v>
       </c>
       <c r="C821" t="s" s="0">
-        <v>2225</v>
+        <v>2295</v>
       </c>
       <c r="D821" t="s" s="0">
-        <v>2226</v>
+        <v>18</v>
       </c>
       <c r="E821" t="n" s="0">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="822" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A822" s="4" t="s">
-        <v>2227</v>
+        <v>2296</v>
       </c>
       <c r="B822" s="6" t="s">
-        <v>2228</v>
+        <v>2297</v>
       </c>
       <c r="C822" t="s" s="0">
-        <v>2229</v>
+        <v>2298</v>
       </c>
       <c r="D822" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E822" t="n" s="0">
-        <v>0.1</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="823" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A823" s="4" t="s">
-        <v>2230</v>
+        <v>2299</v>
       </c>
       <c r="B823" s="6" t="s">
-        <v>2231</v>
+        <v>2300</v>
       </c>
       <c r="C823" t="s" s="0">
-        <v>2232</v>
+        <v>2301</v>
       </c>
       <c r="D823" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E823" t="n" s="0">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="824" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A824" s="4" t="s">
-        <v>2233</v>
+        <v>2302</v>
       </c>
       <c r="B824" s="6" t="s">
-        <v>2234</v>
+        <v>2303</v>
       </c>
       <c r="C824" t="s" s="0">
-        <v>2235</v>
+        <v>2304</v>
       </c>
       <c r="D824" t="s" s="0">
-        <v>18</v>
+        <v>2305</v>
       </c>
       <c r="E824" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="825" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A825" s="4" t="s">
-        <v>2236</v>
+        <v>2306</v>
       </c>
       <c r="B825" s="6" t="s">
-        <v>2237</v>
+        <v>2307</v>
       </c>
       <c r="C825" t="s" s="0">
-        <v>2238</v>
+        <v>2308</v>
       </c>
       <c r="D825" t="s" s="0">
-        <v>2239</v>
+        <v>18</v>
       </c>
       <c r="E825" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="826" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A826" s="4" t="s">
-        <v>2240</v>
+        <v>2309</v>
       </c>
       <c r="B826" s="6" t="s">
-        <v>2241</v>
+        <v>2310</v>
       </c>
       <c r="C826" t="s" s="0">
-        <v>2242</v>
+        <v>2311</v>
       </c>
       <c r="D826" t="s" s="0">
-        <v>2243</v>
+        <v>18</v>
       </c>
       <c r="E826" t="n" s="0">
-        <v>0.17</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="827" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A827" s="4" t="s">
-        <v>2244</v>
+        <v>2312</v>
       </c>
       <c r="B827" s="6" t="s">
-        <v>2245</v>
+        <v>2313</v>
       </c>
       <c r="C827" t="s" s="0">
-        <v>2246</v>
+        <v>2314</v>
       </c>
       <c r="D827" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E827" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="828" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A828" s="4" t="s">
-        <v>2247</v>
+        <v>2315</v>
       </c>
       <c r="B828" s="6" t="s">
-        <v>2248</v>
+        <v>2316</v>
       </c>
       <c r="C828" t="s" s="0">
-        <v>2249</v>
+        <v>2317</v>
       </c>
       <c r="D828" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E828" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="829" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A829" s="4" t="s">
-        <v>2250</v>
+        <v>2318</v>
       </c>
       <c r="B829" s="6" t="s">
-        <v>2251</v>
+        <v>2319</v>
       </c>
       <c r="C829" t="s" s="0">
-        <v>2252</v>
+        <v>2320</v>
       </c>
       <c r="D829" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E829" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="830" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A830" s="4" t="s">
-        <v>2253</v>
+        <v>2321</v>
       </c>
       <c r="B830" s="6" t="s">
-        <v>2254</v>
+        <v>2322</v>
       </c>
       <c r="C830" t="s" s="0">
-        <v>2255</v>
+        <v>2323</v>
       </c>
       <c r="D830" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E830" t="n" s="0">
-        <v>0.17</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="831" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A831" s="4" t="s">
-        <v>2256</v>
+        <v>2324</v>
       </c>
       <c r="B831" s="6" t="s">
-        <v>2257</v>
+        <v>2325</v>
       </c>
       <c r="C831" t="s" s="0">
-        <v>2258</v>
+        <v>2326</v>
       </c>
       <c r="D831" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E831" t="n" s="0">
-        <v>0.64</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="832" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A832" s="4" t="s">
-        <v>2256</v>
+        <v>2327</v>
       </c>
       <c r="B832" s="6" t="s">
-        <v>2259</v>
+        <v>2328</v>
       </c>
       <c r="C832" t="s" s="0">
-        <v>2260</v>
+        <v>2329</v>
       </c>
       <c r="D832" t="s" s="0">
-        <v>2261</v>
+        <v>18</v>
       </c>
       <c r="E832" t="n" s="0">
-        <v>1.91</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="833" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A833" s="4" t="s">
-        <v>2256</v>
+        <v>2330</v>
       </c>
       <c r="B833" s="6" t="s">
-        <v>2262</v>
+        <v>2331</v>
       </c>
       <c r="C833" t="s" s="0">
-        <v>2263</v>
+        <v>2332</v>
       </c>
       <c r="D833" t="s" s="0">
-        <v>2264</v>
+        <v>18</v>
       </c>
       <c r="E833" t="n" s="0">
-        <v>1.92</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="834" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A834" s="4" t="s">
-        <v>2256</v>
+        <v>2333</v>
       </c>
       <c r="B834" s="6" t="s">
-        <v>2265</v>
+        <v>2334</v>
       </c>
       <c r="C834" t="s" s="0">
-        <v>2266</v>
+        <v>2335</v>
       </c>
       <c r="D834" t="s" s="0">
-        <v>2267</v>
+        <v>18</v>
       </c>
       <c r="E834" t="n" s="0">
-        <v>1.28</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="835" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A835" s="4" t="s">
-        <v>2256</v>
+        <v>2336</v>
       </c>
       <c r="B835" s="6" t="s">
-        <v>2268</v>
+        <v>2337</v>
       </c>
       <c r="C835" t="s" s="0">
-        <v>2269</v>
+        <v>2338</v>
       </c>
       <c r="D835" t="s" s="0">
-        <v>2270</v>
+        <v>18</v>
       </c>
       <c r="E835" t="n" s="0">
-        <v>1.26</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="836" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A836" s="4" t="s">
-        <v>2256</v>
+        <v>2339</v>
       </c>
       <c r="B836" s="6" t="s">
-        <v>2271</v>
+        <v>2340</v>
       </c>
       <c r="C836" t="s" s="0">
-        <v>2272</v>
+        <v>2341</v>
       </c>
       <c r="D836" t="s" s="0">
-        <v>2273</v>
+        <v>18</v>
       </c>
       <c r="E836" t="n" s="0">
-        <v>0.64</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="837" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A837" s="4" t="s">
-        <v>2256</v>
+        <v>2342</v>
       </c>
       <c r="B837" s="6" t="s">
-        <v>2274</v>
+        <v>2343</v>
       </c>
       <c r="C837" t="s" s="0">
-        <v>2275</v>
+        <v>2344</v>
       </c>
       <c r="D837" t="s" s="0">
-        <v>2276</v>
+        <v>18</v>
       </c>
       <c r="E837" t="n" s="0">
-        <v>1.91</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="838" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A838" s="4" t="s">
-        <v>2256</v>
+        <v>2345</v>
       </c>
       <c r="B838" s="6" t="s">
-        <v>2277</v>
+        <v>2346</v>
       </c>
       <c r="C838" t="s" s="0">
-        <v>2278</v>
+        <v>2347</v>
       </c>
       <c r="D838" t="s" s="0">
-        <v>2279</v>
+        <v>18</v>
       </c>
       <c r="E838" t="n" s="0">
-        <v>1.78</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="839" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A839" s="4" t="s">
-        <v>2280</v>
+        <v>2348</v>
       </c>
       <c r="B839" s="6" t="s">
-        <v>2281</v>
+        <v>2349</v>
       </c>
       <c r="C839" t="s" s="0">
-        <v>2282</v>
+        <v>2350</v>
       </c>
       <c r="D839" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E839" t="n" s="0">
-        <v>0.18</v>
-[...769 lines deleted...]
-      <c r="A891" s="11" t="s">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A844" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B844" s="2"/>
+    </row>
+    <row r="845" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A845" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B845" s="2"/>
+    </row>
+    <row r="846" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A846" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B846" s="2"/>
+    </row>
+    <row r="847" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A847" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B891" s="11"/>
-[...4 lines deleted...]
-      <c r="A892" s="10" t="s">
+      <c r="B847" s="11"/>
+      <c r="C847" s="12"/>
+      <c r="D847" s="12"/>
+    </row>
+    <row r="848" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A848" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B892" s="9"/>
-[...18 lines deleted...]
-      <c r="A895" s="7" t="str">
+      <c r="B848" s="9"/>
+      <c r="C848" s="9"/>
+      <c r="D848" s="9"/>
+    </row>
+    <row r="849" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A849" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B849" s="9"/>
+      <c r="C849" s="9"/>
+      <c r="D849" s="9"/>
+    </row>
+    <row r="850" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A850" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B850" s="2"/>
+    </row>
+    <row r="851" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A851" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B895" s="2"/>
-[...11 lines deleted...]
-      <c r="B897" s="2"/>
+      <c r="B851" s="2"/>
+    </row>
+    <row r="852" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A852" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B852" s="2"/>
+    </row>
+    <row r="853" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A853" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B853" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A891:D891"/>
-    <mergeCell ref="A892:D893"/>
+    <mergeCell ref="A847:D847"/>
+    <mergeCell ref="A848:D849"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>