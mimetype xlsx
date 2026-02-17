--- v1 (2026-02-04)
+++ v2 (2026-02-17)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3347" uniqueCount="2351">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3459" uniqueCount="2385">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Global Asset Backed Securities Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 31-Dec-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 31-Jan-2026</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>AAA_05-1 A3A 144A</t>
   </si>
   <si>
     <t>31738PAU2</t>
   </si>
   <si>
     <t>US31738PAU21</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>AABST_04-3 M1</t>
   </si>
@@ -318,59 +318,50 @@
   <si>
     <t>10638BAA2</t>
   </si>
   <si>
     <t>US10638BAA26</t>
   </si>
   <si>
     <t>BAFC_04-B 7M2</t>
   </si>
   <si>
     <t>05946XKC6</t>
   </si>
   <si>
     <t>US05946XKC64</t>
   </si>
   <si>
     <t>BAFC_06-I 1A2</t>
   </si>
   <si>
     <t>05951VAB5</t>
   </si>
   <si>
     <t>US05951VAB53</t>
   </si>
   <si>
-    <t>BANCO SANTANDER SA</t>
-[...7 lines deleted...]
-  <si>
     <t>BANNA_19-1 C RegS</t>
   </si>
   <si>
     <t>BMI8511W6</t>
   </si>
   <si>
     <t>XS2069315583</t>
   </si>
   <si>
     <t>BAYC_05-2 A1 144A</t>
   </si>
   <si>
     <t>07324SBN1</t>
   </si>
   <si>
     <t>US07324SBN18</t>
   </si>
   <si>
     <t>B84JS93</t>
   </si>
   <si>
     <t>BAYC_05-3 A1 144A</t>
   </si>
   <si>
     <t>07324SCB6</t>
@@ -807,50 +798,59 @@
   <si>
     <t>Z95NM27R4</t>
   </si>
   <si>
     <t>XS2459128547</t>
   </si>
   <si>
     <t>CASIA_22-1X A RegS</t>
   </si>
   <si>
     <t>BMIAPB180</t>
   </si>
   <si>
     <t>XS2459127226</t>
   </si>
   <si>
     <t>CASIA_22-1X B RegS</t>
   </si>
   <si>
     <t>Z95NM27S2</t>
   </si>
   <si>
     <t>XS2459128463</t>
   </si>
   <si>
+    <t>CASTE_21-1 D RegS</t>
+  </si>
+  <si>
+    <t>Z95J1BXB2</t>
+  </si>
+  <si>
+    <t>XS2402396399</t>
+  </si>
+  <si>
     <t>CASTE_21-1 E RegS</t>
   </si>
   <si>
     <t>Z95J1BXC0</t>
   </si>
   <si>
     <t>XS2402396472</t>
   </si>
   <si>
     <t>CBASS_06-MH1 B1 144A</t>
   </si>
   <si>
     <t>1248P8AK5</t>
   </si>
   <si>
     <t>US1248P8AK54</t>
   </si>
   <si>
     <t>CFMT_22-HB9 M3 144A</t>
   </si>
   <si>
     <t>12530GAD0</t>
   </si>
   <si>
     <t>US12530GAD07</t>
@@ -1077,50 +1077,59 @@
   <si>
     <t>16162QAA0</t>
   </si>
   <si>
     <t>US16162QAA04</t>
   </si>
   <si>
     <t>CHASE_25-13 A2 144A</t>
   </si>
   <si>
     <t>16160JAB6</t>
   </si>
   <si>
     <t>US16160JAB61</t>
   </si>
   <si>
     <t>CHASE_25-8 A2 144A</t>
   </si>
   <si>
     <t>16162UAA1</t>
   </si>
   <si>
     <t>US16162UAA16</t>
   </si>
   <si>
+    <t>CHASE_26-1 A2 144A</t>
+  </si>
+  <si>
+    <t>16161YAB2</t>
+  </si>
+  <si>
+    <t>US16161YAB20</t>
+  </si>
+  <si>
     <t>CIM_25-NR1 A1 144A</t>
   </si>
   <si>
     <t>17181YAA8</t>
   </si>
   <si>
     <t>US17181YAA82</t>
   </si>
   <si>
     <t>CLAST_19-1 1A 144A</t>
   </si>
   <si>
     <t>14855MAA6</t>
   </si>
   <si>
     <t>US14855MAA62</t>
   </si>
   <si>
     <t>CLGIX_22-1CAN A2 144A</t>
   </si>
   <si>
     <t>19521DAD3</t>
   </si>
   <si>
     <t>CA19521DAD36</t>
@@ -1134,185 +1143,149 @@
   <si>
     <t>US17307GKR82</t>
   </si>
   <si>
     <t>CMLTI_05-11 A2B</t>
   </si>
   <si>
     <t>17307GW87</t>
   </si>
   <si>
     <t>US17307GW878</t>
   </si>
   <si>
     <t>CMLTI_05-2 1A4</t>
   </si>
   <si>
     <t>17307GRE0</t>
   </si>
   <si>
     <t>US17307GRE07</t>
   </si>
   <si>
     <t>B705BX3</t>
   </si>
   <si>
-    <t>COOF2_16-1 A1 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>CSFB_02-AR2 2B</t>
   </si>
   <si>
     <t>22540VTZ5</t>
   </si>
   <si>
     <t>US22540VTZ57</t>
   </si>
   <si>
     <t>CSFB_03-A24A 2A4</t>
   </si>
   <si>
     <t>22541QUN0</t>
   </si>
   <si>
     <t>US22541QUN05</t>
   </si>
   <si>
     <t>CSFB_03-A28B 5A1</t>
   </si>
   <si>
     <t>22541QU34</t>
   </si>
   <si>
     <t>US22541QU340</t>
   </si>
   <si>
     <t>CSFB_04-AR4 3A1</t>
   </si>
   <si>
     <t>22541SFA1</t>
   </si>
   <si>
     <t>US22541SFA15</t>
   </si>
   <si>
-    <t>CSFB_04-AR4B 2A1</t>
-[...7 lines deleted...]
-  <si>
     <t>CSLC_24-RTL1 A1 144A</t>
   </si>
   <si>
     <t>15169CAA6</t>
   </si>
   <si>
     <t>US15169CAA62</t>
   </si>
   <si>
     <t>CSMC_06-4 3A1</t>
   </si>
   <si>
     <t>12637HAQ1</t>
   </si>
   <si>
     <t>US12637HAQ11</t>
   </si>
   <si>
     <t>BMMVYR9</t>
   </si>
   <si>
     <t>CSMC_21-BPNY A 144A</t>
   </si>
   <si>
     <t>12659XAA4</t>
   </si>
   <si>
     <t>US12659XAA46</t>
   </si>
   <si>
-    <t>CSMC_21-BRIT A 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>CWALT_04-2CB 1A9</t>
   </si>
   <si>
     <t>12667FAQ8</t>
   </si>
   <si>
     <t>US12667FAQ81</t>
   </si>
   <si>
     <t>B7Y08W2</t>
   </si>
   <si>
     <t>CWALT_05-2 3A1</t>
   </si>
   <si>
     <t>12667FZ81</t>
   </si>
   <si>
     <t>US12667FZ818</t>
   </si>
   <si>
     <t>CWALT_05-J5 1A7</t>
   </si>
   <si>
     <t>12667GHG1</t>
   </si>
   <si>
     <t>US12667GHG10</t>
   </si>
   <si>
     <t>B9G7X64</t>
   </si>
   <si>
-    <t>CWALT_07-11T1 A37</t>
-[...7 lines deleted...]
-  <si>
     <t>CWHEL_06-C 1A</t>
   </si>
   <si>
     <t>126685DH6</t>
   </si>
   <si>
     <t>US126685DH60</t>
   </si>
   <si>
     <t>CWHEL_06-C 2A</t>
   </si>
   <si>
     <t>126685DJ2</t>
   </si>
   <si>
     <t>US126685DJ27</t>
   </si>
   <si>
     <t>CWHL_03-49 A9</t>
   </si>
   <si>
     <t>12669EG59</t>
   </si>
   <si>
     <t>US12669EG593</t>
@@ -1362,59 +1335,50 @@
   <si>
     <t>US126673SH67</t>
   </si>
   <si>
     <t>CWL_05-BC4 M7</t>
   </si>
   <si>
     <t>1266737F3</t>
   </si>
   <si>
     <t>US1266737F31</t>
   </si>
   <si>
     <t>BD6CMG0</t>
   </si>
   <si>
     <t>CWL_06-13 1AF5</t>
   </si>
   <si>
     <t>23242EAE9</t>
   </si>
   <si>
     <t>US23242EAE95</t>
   </si>
   <si>
-    <t>DANSKE BANK A/S</t>
-[...7 lines deleted...]
-  <si>
     <t>DCOT_19-MTC E 144A</t>
   </si>
   <si>
     <t>23312BAL4</t>
   </si>
   <si>
     <t>US23312BAL45</t>
   </si>
   <si>
     <t>DKK CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>DKK_CCASH</t>
   </si>
   <si>
     <t>DLR KREDIT A/S</t>
   </si>
   <si>
     <t>BMIBTYE72</t>
   </si>
   <si>
     <t>DK0006358718</t>
   </si>
   <si>
     <t>BMIBTYE98</t>
@@ -1782,80 +1746,62 @@
   <si>
     <t>B2R81P2</t>
   </si>
   <si>
     <t>EMAST_07-1V C RegS</t>
   </si>
   <si>
     <t>BRS7JTVJ6</t>
   </si>
   <si>
     <t>XS0305766080</t>
   </si>
   <si>
     <t>EMAST_07-1V D RegS</t>
   </si>
   <si>
     <t>BRS7JTVK3</t>
   </si>
   <si>
     <t>XS0305766320</t>
   </si>
   <si>
     <t>B1Z2P68</t>
   </si>
   <si>
-    <t>EMAST_07-1V A2 RegS</t>
-[...7 lines deleted...]
-  <si>
     <t>EMCM_02-B A1 144A</t>
   </si>
   <si>
     <t>268668BD1</t>
   </si>
   <si>
     <t>US268668BD18</t>
   </si>
   <si>
     <t>B00G7C8</t>
   </si>
   <si>
-    <t>EMERA 2019-IT A RegS</t>
-[...7 lines deleted...]
-  <si>
     <t>EMFNL_08-APRX A2 RegS</t>
   </si>
   <si>
     <t>Z900MVKS8</t>
   </si>
   <si>
     <t>XS0362465535</t>
   </si>
   <si>
     <t>B39M0P2</t>
   </si>
   <si>
     <t>EMFNL_08-APRX A3 RegS</t>
   </si>
   <si>
     <t>Z923U8JH8</t>
   </si>
   <si>
     <t>XS0362465881</t>
   </si>
   <si>
     <t>B39M0Q3</t>
   </si>
   <si>
     <t>EMLT_04-3 M8</t>
@@ -2001,50 +1947,65 @@
   <si>
     <t>B29Q466</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>MARGIUSD7</t>
   </si>
   <si>
     <t>EUMF_14-1X A3A RegS</t>
   </si>
   <si>
     <t>Z91MEZ2S9</t>
   </si>
   <si>
     <t>XS1099725415</t>
   </si>
   <si>
     <t>EUR CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>EUR_CCASH</t>
   </si>
   <si>
+    <t>EUR/USD</t>
+  </si>
+  <si>
+    <t>BMIG5BL7P</t>
+  </si>
+  <si>
+    <t>BMIG5BLAR</t>
+  </si>
+  <si>
+    <t>BMIG5BLAP</t>
+  </si>
+  <si>
+    <t>BMIG5BL7R</t>
+  </si>
+  <si>
     <t>FALCON_19-1 A 144A</t>
   </si>
   <si>
     <t>30610GAA1</t>
   </si>
   <si>
     <t>US30610GAA13</t>
   </si>
   <si>
     <t>FARM_23-1 A 144A</t>
   </si>
   <si>
     <t>30767YAA3</t>
   </si>
   <si>
     <t>US30767YAA38</t>
   </si>
   <si>
     <t>FARM_24-1 A 144A</t>
   </si>
   <si>
     <t>30335JAC5</t>
   </si>
   <si>
     <t>US30335JAC53</t>
@@ -2106,353 +2067,347 @@
   <si>
     <t>US36228FU879</t>
   </si>
   <si>
     <t>FGOLD 30YR GIANT</t>
   </si>
   <si>
     <t>3128MABR9</t>
   </si>
   <si>
     <t>US3128MABR92</t>
   </si>
   <si>
     <t>FHASI_06-AR2 3A1</t>
   </si>
   <si>
     <t>32052KAD7</t>
   </si>
   <si>
     <t>US32052KAD72</t>
   </si>
   <si>
     <t>FHLMC 30YR UMBS</t>
   </si>
   <si>
+    <t>3142J6AE3</t>
+  </si>
+  <si>
+    <t>US3142J6AE35</t>
+  </si>
+  <si>
+    <t>31425Y5C7</t>
+  </si>
+  <si>
+    <t>US31425Y5C79</t>
+  </si>
+  <si>
     <t>3133WDDK5</t>
   </si>
   <si>
     <t>US3133WDDK53</t>
   </si>
   <si>
+    <t>3133BSXR8</t>
+  </si>
+  <si>
+    <t>US3133BSXR84</t>
+  </si>
+  <si>
+    <t>31426C5Q3</t>
+  </si>
+  <si>
+    <t>US31426C5Q36</t>
+  </si>
+  <si>
     <t>3142GRQV5</t>
   </si>
   <si>
     <t>US3142GRQV58</t>
   </si>
   <si>
-    <t>31425Y5C7</t>
-[...10 lines deleted...]
-  <si>
     <t>3133CCGX8</t>
   </si>
   <si>
     <t>US3133CCGX84</t>
   </si>
   <si>
+    <t>31425UEC5</t>
+  </si>
+  <si>
+    <t>US31425UEC53</t>
+  </si>
+  <si>
+    <t>3133KR3G7</t>
+  </si>
+  <si>
+    <t>US3133KR3G79</t>
+  </si>
+  <si>
     <t>3133KR3F9</t>
   </si>
   <si>
     <t>US3133KR3F96</t>
   </si>
   <si>
-    <t>3133BSXR8</t>
-[...22 lines deleted...]
-  <si>
     <t>FHLMC 30YR UMBS SUPER</t>
   </si>
   <si>
+    <t>3132DTJH4</t>
+  </si>
+  <si>
+    <t>US3132DTJH41</t>
+  </si>
+  <si>
+    <t>3132DVCK9</t>
+  </si>
+  <si>
+    <t>US3132DVCK98</t>
+  </si>
+  <si>
+    <t>3132DVF91</t>
+  </si>
+  <si>
+    <t>US3132DVF911</t>
+  </si>
+  <si>
+    <t>3132DUZF7</t>
+  </si>
+  <si>
+    <t>US3132DUZF73</t>
+  </si>
+  <si>
     <t>31427MAS0</t>
   </si>
   <si>
     <t>US31427MAS08</t>
   </si>
   <si>
+    <t>3132DSZM7</t>
+  </si>
+  <si>
+    <t>US3132DSZM78</t>
+  </si>
+  <si>
     <t>3132DUU88</t>
   </si>
   <si>
     <t>US3132DUU888</t>
   </si>
   <si>
+    <t>31427MJ69</t>
+  </si>
+  <si>
+    <t>US31427MJ699</t>
+  </si>
+  <si>
     <t>31427MLS8</t>
   </si>
   <si>
     <t>US31427MLS88</t>
   </si>
   <si>
-    <t>3132DUZF7</t>
-[...34 lines deleted...]
-  <si>
     <t>FHLMC GOLD 30YR</t>
   </si>
   <si>
     <t>3132M7C71</t>
   </si>
   <si>
     <t>US3132M7C712</t>
   </si>
   <si>
     <t>3132QNU98</t>
   </si>
   <si>
     <t>US3132QNU984</t>
   </si>
   <si>
     <t>3132M7C55</t>
   </si>
   <si>
     <t>US3132M7C555</t>
   </si>
   <si>
     <t>FHLMC GOLD 30YR - JUMBO-CONFORMING</t>
   </si>
   <si>
     <t>31322YU58</t>
   </si>
   <si>
     <t>US31322YU587</t>
   </si>
   <si>
     <t>FHLMC GOLD 30YR GIANT</t>
   </si>
   <si>
     <t>31335ABF4</t>
   </si>
   <si>
     <t>US31335ABF49</t>
   </si>
   <si>
     <t>FHLMC MBS 30YR COPERA SHARE</t>
   </si>
   <si>
+    <t>3133SGX54</t>
+  </si>
+  <si>
+    <t>US3133SGX549</t>
+  </si>
+  <si>
     <t>3133JKX97</t>
   </si>
   <si>
     <t>US3133JKX979</t>
   </si>
   <si>
-    <t>3133SGX54</t>
-[...4 lines deleted...]
-  <si>
     <t>FHLMC MBS 30YR FHA/VA</t>
   </si>
   <si>
     <t>3133LWAU6</t>
   </si>
   <si>
     <t>US3133LWAU62</t>
   </si>
   <si>
     <t>FHLMC MBS 30YR-JUMBO-CONFO</t>
   </si>
   <si>
+    <t>3133N3W34</t>
+  </si>
+  <si>
+    <t>US3133N3W345</t>
+  </si>
+  <si>
+    <t>3133JLX46</t>
+  </si>
+  <si>
+    <t>US3133JLX464</t>
+  </si>
+  <si>
+    <t>3133SKCD1</t>
+  </si>
+  <si>
+    <t>US3133SKCD19</t>
+  </si>
+  <si>
+    <t>3133SKBR1</t>
+  </si>
+  <si>
+    <t>US3133SKBR14</t>
+  </si>
+  <si>
+    <t>3133N3YS7</t>
+  </si>
+  <si>
+    <t>US3133N3YS76</t>
+  </si>
+  <si>
+    <t>3133N3XN9</t>
+  </si>
+  <si>
+    <t>US3133N3XN98</t>
+  </si>
+  <si>
+    <t>3133JL5B1</t>
+  </si>
+  <si>
+    <t>US3133JL5B10</t>
+  </si>
+  <si>
+    <t>3133N3XU3</t>
+  </si>
+  <si>
+    <t>US3133N3XU32</t>
+  </si>
+  <si>
+    <t>3133N3YX6</t>
+  </si>
+  <si>
+    <t>US3133N3YX61</t>
+  </si>
+  <si>
+    <t>3133N3VV3</t>
+  </si>
+  <si>
+    <t>US3133N3VV33</t>
+  </si>
+  <si>
+    <t>3133SKBW0</t>
+  </si>
+  <si>
+    <t>US3133SKBW09</t>
+  </si>
+  <si>
     <t>3133JL2Z1</t>
   </si>
   <si>
     <t>US3133JL2Z15</t>
   </si>
   <si>
+    <t>3133N3YD0</t>
+  </si>
+  <si>
+    <t>US3133N3YD08</t>
+  </si>
+  <si>
+    <t>3133SKCK5</t>
+  </si>
+  <si>
+    <t>US3133SKCK51</t>
+  </si>
+  <si>
+    <t>3133N3YY4</t>
+  </si>
+  <si>
+    <t>US3133N3YY45</t>
+  </si>
+  <si>
+    <t>3133N3U51</t>
+  </si>
+  <si>
+    <t>US3133N3U513</t>
+  </si>
+  <si>
     <t>3133JL3K3</t>
   </si>
   <si>
     <t>US3133JL3K37</t>
   </si>
   <si>
-    <t>3133N3YY4</t>
-[...22 lines deleted...]
-  <si>
     <t>3133N3VZ4</t>
   </si>
   <si>
     <t>US3133N3VZ47</t>
   </si>
   <si>
-    <t>3133SKBR1</t>
-[...34 lines deleted...]
-  <si>
     <t>3133N3YW8</t>
   </si>
   <si>
     <t>US3133N3YW88</t>
   </si>
   <si>
-    <t>3133JL5B1</t>
-[...34 lines deleted...]
-  <si>
     <t>FHR_12-3998 AZ</t>
   </si>
   <si>
     <t>3137ALQH5</t>
   </si>
   <si>
     <t>US3137ALQH55</t>
   </si>
   <si>
     <t>FHR_21-5149 KA</t>
   </si>
   <si>
     <t>3137H2T38</t>
   </si>
   <si>
     <t>US3137H2T388</t>
   </si>
   <si>
     <t>FHR_24-5468 ZW</t>
   </si>
   <si>
     <t>3137HHC82</t>
   </si>
   <si>
     <t>US3137HHC826</t>
@@ -2517,50 +2472,59 @@
   <si>
     <t>3137HPBG7</t>
   </si>
   <si>
     <t>US3137HPBG78</t>
   </si>
   <si>
     <t>FHR_25-5606 KZ</t>
   </si>
   <si>
     <t>3137HPBX0</t>
   </si>
   <si>
     <t>US3137HPBX02</t>
   </si>
   <si>
     <t>FHR_25-5620 Z</t>
   </si>
   <si>
     <t>3137HPTE3</t>
   </si>
   <si>
     <t>US3137HPTE39</t>
   </si>
   <si>
+    <t>FHR_26-5623 UZ</t>
+  </si>
+  <si>
+    <t>3137HQ2V2</t>
+  </si>
+  <si>
+    <t>US3137HQ2V21</t>
+  </si>
+  <si>
     <t>FHR_5039 IO</t>
   </si>
   <si>
     <t>3137F63K1</t>
   </si>
   <si>
     <t>US3137F63K13</t>
   </si>
   <si>
     <t>FMMSR_20-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAE5</t>
   </si>
   <si>
     <t>US30259RAE53</t>
   </si>
   <si>
     <t>FMMSR_21-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAH8</t>
   </si>
   <si>
     <t>US30259RAH84</t>
@@ -2583,458 +2547,464 @@
   <si>
     <t>US30259RAK14</t>
   </si>
   <si>
     <t>FMMSR_22-GT1 A 144A</t>
   </si>
   <si>
     <t>30259RAM7</t>
   </si>
   <si>
     <t>US30259RAM79</t>
   </si>
   <si>
     <t>FMMSR_24-FT1 A 144A</t>
   </si>
   <si>
     <t>30191JAB0</t>
   </si>
   <si>
     <t>US30191JAB08</t>
   </si>
   <si>
     <t>FNMA 30YR</t>
   </si>
   <si>
+    <t>3138WELB3</t>
+  </si>
+  <si>
+    <t>US3138WELB33</t>
+  </si>
+  <si>
+    <t>3140LPYS5</t>
+  </si>
+  <si>
+    <t>US3140LPYS50</t>
+  </si>
+  <si>
+    <t>3140J9LR0</t>
+  </si>
+  <si>
+    <t>US3140J9LR04</t>
+  </si>
+  <si>
+    <t>3140L2AS2</t>
+  </si>
+  <si>
+    <t>US3140L2AS25</t>
+  </si>
+  <si>
+    <t>3140K8XN6</t>
+  </si>
+  <si>
+    <t>US3140K8XN60</t>
+  </si>
+  <si>
+    <t>3140E7NS5</t>
+  </si>
+  <si>
+    <t>US3140E7NS53</t>
+  </si>
+  <si>
+    <t>3140J9TK7</t>
+  </si>
+  <si>
+    <t>US3140J9TK78</t>
+  </si>
+  <si>
+    <t>3140K8P62</t>
+  </si>
+  <si>
+    <t>US3140K8P623</t>
+  </si>
+  <si>
+    <t>3140KBZB3</t>
+  </si>
+  <si>
+    <t>US3140KBZB30</t>
+  </si>
+  <si>
+    <t>3140K8RC7</t>
+  </si>
+  <si>
+    <t>US3140K8RC79</t>
+  </si>
+  <si>
     <t>3140L6M76</t>
   </si>
   <si>
     <t>US3140L6M763</t>
   </si>
   <si>
-    <t>3140KBZB3</t>
-[...52 lines deleted...]
-  <si>
     <t>3138YWH42</t>
   </si>
   <si>
     <t>US3138YWH421</t>
   </si>
   <si>
-    <t>3140J9TK7</t>
-[...4 lines deleted...]
-  <si>
     <t>FNMA 30YR FHA/VA</t>
   </si>
   <si>
     <t>3138WGJ21</t>
   </si>
   <si>
     <t>US3138WGJ218</t>
   </si>
   <si>
     <t>3138WFK88</t>
   </si>
   <si>
     <t>US3138WFK887</t>
   </si>
   <si>
     <t>FNMA 30YR UMBS</t>
   </si>
   <si>
+    <t>3140AW4C0</t>
+  </si>
+  <si>
+    <t>US3140AW4C03</t>
+  </si>
+  <si>
+    <t>3140AWV97</t>
+  </si>
+  <si>
+    <t>US3140AWV972</t>
+  </si>
+  <si>
+    <t>3140BF2A2</t>
+  </si>
+  <si>
+    <t>US3140BF2A26</t>
+  </si>
+  <si>
+    <t>3140QSSV4</t>
+  </si>
+  <si>
+    <t>US3140QSSV48</t>
+  </si>
+  <si>
+    <t>3140QPBL0</t>
+  </si>
+  <si>
+    <t>US3140QPBL00</t>
+  </si>
+  <si>
+    <t>3140NKKT7</t>
+  </si>
+  <si>
+    <t>US3140NKKT74</t>
+  </si>
+  <si>
     <t>3140QKRY6</t>
   </si>
   <si>
     <t>US3140QKRY69</t>
   </si>
   <si>
-    <t>3140AWV97</t>
-[...2 lines deleted...]
-    <t>US3140AWV972</t>
+    <t>3138MTK22</t>
+  </si>
+  <si>
+    <t>US3138MTK228</t>
   </si>
   <si>
     <t>3138MTKQ9</t>
   </si>
   <si>
     <t>US3138MTKQ99</t>
   </si>
   <si>
-    <t>3140AW4C0</t>
-[...28 lines deleted...]
-  <si>
     <t>FNMA 30YR UMBS SUPER</t>
   </si>
   <si>
     <t>3140W2W49</t>
   </si>
   <si>
     <t>US3140W2W495</t>
   </si>
   <si>
+    <t>3140XLYC6</t>
+  </si>
+  <si>
+    <t>US3140XLYC66</t>
+  </si>
+  <si>
+    <t>3140XNV92</t>
+  </si>
+  <si>
+    <t>US3140XNV924</t>
+  </si>
+  <si>
+    <t>3140W24A6</t>
+  </si>
+  <si>
+    <t>US3140W24A66</t>
+  </si>
+  <si>
+    <t>3140XMH33</t>
+  </si>
+  <si>
+    <t>US3140XMH339</t>
+  </si>
+  <si>
+    <t>3140XNYB4</t>
+  </si>
+  <si>
+    <t>US3140XNYB40</t>
+  </si>
+  <si>
     <t>3140W1NC3</t>
   </si>
   <si>
     <t>US3140W1NC34</t>
   </si>
   <si>
-    <t>3140W24A6</t>
-[...28 lines deleted...]
-  <si>
     <t>FNMA CONV LONG TERM 30YR - JUMBO-C</t>
   </si>
   <si>
+    <t>31418DK35</t>
+  </si>
+  <si>
+    <t>US31418DK356</t>
+  </si>
+  <si>
+    <t>31418ENE6</t>
+  </si>
+  <si>
+    <t>US31418ENE67</t>
+  </si>
+  <si>
+    <t>3140JBYN0</t>
+  </si>
+  <si>
+    <t>US3140JBYN06</t>
+  </si>
+  <si>
+    <t>31418DD90</t>
+  </si>
+  <si>
+    <t>US31418DD906</t>
+  </si>
+  <si>
+    <t>31418DF31</t>
+  </si>
+  <si>
+    <t>US31418DF315</t>
+  </si>
+  <si>
+    <t>31418EJA9</t>
+  </si>
+  <si>
+    <t>US31418EJA91</t>
+  </si>
+  <si>
+    <t>31418ET91</t>
+  </si>
+  <si>
+    <t>US31418ET918</t>
+  </si>
+  <si>
+    <t>3140A8SU7</t>
+  </si>
+  <si>
+    <t>US3140A8SU77</t>
+  </si>
+  <si>
+    <t>31418DFD9</t>
+  </si>
+  <si>
+    <t>US31418DFD93</t>
+  </si>
+  <si>
+    <t>3140JCDQ4</t>
+  </si>
+  <si>
+    <t>US3140JCDQ49</t>
+  </si>
+  <si>
+    <t>31418EQ60</t>
+  </si>
+  <si>
+    <t>US31418EQ609</t>
+  </si>
+  <si>
+    <t>31418DBW1</t>
+  </si>
+  <si>
+    <t>US31418DBW11</t>
+  </si>
+  <si>
+    <t>3140JCA95</t>
+  </si>
+  <si>
+    <t>US3140JCA953</t>
+  </si>
+  <si>
+    <t>31418ELH1</t>
+  </si>
+  <si>
+    <t>US31418ELH17</t>
+  </si>
+  <si>
+    <t>3140JBZT6</t>
+  </si>
+  <si>
+    <t>US3140JBZT66</t>
+  </si>
+  <si>
+    <t>31418EDW7</t>
+  </si>
+  <si>
+    <t>US31418EDW75</t>
+  </si>
+  <si>
+    <t>31418EB33</t>
+  </si>
+  <si>
+    <t>US31418EB338</t>
+  </si>
+  <si>
+    <t>31418DD74</t>
+  </si>
+  <si>
+    <t>US31418DD740</t>
+  </si>
+  <si>
     <t>3140M9C70</t>
   </si>
   <si>
     <t>US3140M9C700</t>
   </si>
   <si>
-    <t>31418EJA9</t>
-[...2 lines deleted...]
-    <t>US31418EJA91</t>
+    <t>3140N0C52</t>
+  </si>
+  <si>
+    <t>US3140N0C526</t>
+  </si>
+  <si>
+    <t>31418DJ37</t>
+  </si>
+  <si>
+    <t>US31418DJ374</t>
+  </si>
+  <si>
+    <t>31418DDT6</t>
+  </si>
+  <si>
+    <t>US31418DDT63</t>
+  </si>
+  <si>
+    <t>31418DK92</t>
+  </si>
+  <si>
+    <t>US31418DK927</t>
+  </si>
+  <si>
+    <t>3140QCDT0</t>
+  </si>
+  <si>
+    <t>US3140QCDT05</t>
+  </si>
+  <si>
+    <t>3140K3JE3</t>
+  </si>
+  <si>
+    <t>US3140K3JE31</t>
+  </si>
+  <si>
+    <t>3140JCDE1</t>
+  </si>
+  <si>
+    <t>US3140JCDE19</t>
+  </si>
+  <si>
+    <t>31418EGP9</t>
+  </si>
+  <si>
+    <t>US31418EGP97</t>
+  </si>
+  <si>
+    <t>3140MMUD8</t>
+  </si>
+  <si>
+    <t>US3140MMUD87</t>
+  </si>
+  <si>
+    <t>31418DYR7</t>
+  </si>
+  <si>
+    <t>US31418DYR78</t>
+  </si>
+  <si>
+    <t>3140JCCV4</t>
+  </si>
+  <si>
+    <t>US3140JCCV43</t>
+  </si>
+  <si>
+    <t>31418DE40</t>
+  </si>
+  <si>
+    <t>US31418DE409</t>
+  </si>
+  <si>
+    <t>3140JCSX3</t>
+  </si>
+  <si>
+    <t>US3140JCSX35</t>
   </si>
   <si>
     <t>3140K8M57</t>
   </si>
   <si>
     <t>US3140K8M570</t>
   </si>
   <si>
-    <t>3140N0C52</t>
-[...16 lines deleted...]
-  <si>
     <t>3140K1UG9</t>
   </si>
   <si>
     <t>US3140K1UG93</t>
   </si>
   <si>
-    <t>31418EB33</t>
-[...34 lines deleted...]
-  <si>
     <t>31418EJE1</t>
   </si>
   <si>
     <t>US31418EJE14</t>
   </si>
   <si>
-    <t>31418EGP9</t>
-[...8 lines deleted...]
-    <t>US31418DE409</t>
+    <t>31418EBP4</t>
+  </si>
+  <si>
+    <t>US31418EBP43</t>
   </si>
   <si>
     <t>31418EBN9</t>
   </si>
   <si>
     <t>US31418EBN94</t>
   </si>
   <si>
-    <t>31418DYR7</t>
-[...118 lines deleted...]
-  <si>
     <t>FNR_21-36 WI</t>
   </si>
   <si>
     <t>3136BHNZ8</t>
   </si>
   <si>
     <t>US3136BHNZ86</t>
   </si>
   <si>
     <t>FNR_25-40 SZ</t>
   </si>
   <si>
     <t>3136BWGZ3</t>
   </si>
   <si>
     <t>US3136BWGZ37</t>
   </si>
   <si>
     <t>FNR_25-89 UZ</t>
   </si>
   <si>
     <t>3136BXXH2</t>
   </si>
   <si>
     <t>US3136BXXH29</t>
@@ -3090,50 +3060,59 @@
   <si>
     <t>Z9719L0T6</t>
   </si>
   <si>
     <t>XS3033040026</t>
   </si>
   <si>
     <t>FUNDD_25-1A B 144A</t>
   </si>
   <si>
     <t>Z9719L0V1</t>
   </si>
   <si>
     <t>XS3033040372</t>
   </si>
   <si>
     <t>FUNDD_25-1A C 144A</t>
   </si>
   <si>
     <t>Z9719L0X7</t>
   </si>
   <si>
     <t>XS3033040539</t>
   </si>
   <si>
+    <t>FUNDD_25-1A E 144A</t>
+  </si>
+  <si>
+    <t>Z9719L116</t>
+  </si>
+  <si>
+    <t>XS3033153811</t>
+  </si>
+  <si>
     <t>FUNDD_25-2A A 144A</t>
   </si>
   <si>
     <t>Z979XAMJ4</t>
   </si>
   <si>
     <t>XS3171554176</t>
   </si>
   <si>
     <t>FUNDD_25-2A C 144A</t>
   </si>
   <si>
     <t>Z979XAMN5</t>
   </si>
   <si>
     <t>XS3171559647</t>
   </si>
   <si>
     <t>FUNDD_25-2A D 144A</t>
   </si>
   <si>
     <t>Z979XAMQ8</t>
   </si>
   <si>
     <t>XS3171560652</t>
@@ -3183,129 +3162,195 @@
   <si>
     <t>US3137G1BZ97</t>
   </si>
   <si>
     <t>FXFWRD AUD/USD 18-MAR-2026</t>
   </si>
   <si>
     <t>BMIFXK38R</t>
   </si>
   <si>
     <t>BMIFXK38P</t>
   </si>
   <si>
     <t>FXFWRD CAD/USD 18-MAR-2026</t>
   </si>
   <si>
     <t>BMIFXA0LP</t>
   </si>
   <si>
     <t>BMIFXA0LR</t>
   </si>
   <si>
     <t>FXFWRD DKK/USD 18-MAR-2026</t>
   </si>
   <si>
+    <t>BMIFXJQWR</t>
+  </si>
+  <si>
+    <t>BMIG2H45R</t>
+  </si>
+  <si>
+    <t>BMIFZ9JTR</t>
+  </si>
+  <si>
+    <t>BMIG530SR</t>
+  </si>
+  <si>
+    <t>BMIG530SP</t>
+  </si>
+  <si>
     <t>BMIFXJQWP</t>
   </si>
   <si>
-    <t>BMIFZ9JTR</t>
+    <t>BMIG2H45P</t>
   </si>
   <si>
     <t>BMIFZ9JTP</t>
   </si>
   <si>
-    <t>BMIFXJQWR</t>
-[...1 lines deleted...]
-  <si>
     <t>FXFWRD EUR/USD 18-MAR-2026</t>
   </si>
   <si>
+    <t>BMIG5LE0R</t>
+  </si>
+  <si>
+    <t>BMIG3Q5MP</t>
+  </si>
+  <si>
+    <t>BMIFXLNDR</t>
+  </si>
+  <si>
+    <t>BMIFXLNDP</t>
+  </si>
+  <si>
     <t>BMIFY9XRP</t>
   </si>
   <si>
-    <t>BMIFXLNDP</t>
-[...2 lines deleted...]
-    <t>BMIFXLNDR</t>
+    <t>BMIG5LE0P</t>
+  </si>
+  <si>
+    <t>BMIG0NKAP</t>
+  </si>
+  <si>
+    <t>BMIG3Q5MR</t>
   </si>
   <si>
     <t>BMIFXFPHR</t>
   </si>
   <si>
+    <t>BMIFXFPHP</t>
+  </si>
+  <si>
+    <t>BMIFZ9J5P</t>
+  </si>
+  <si>
+    <t>BMIG0NKAR</t>
+  </si>
+  <si>
+    <t>BMIFZ9J5R</t>
+  </si>
+  <si>
     <t>BMIFY9XRR</t>
   </si>
   <si>
-    <t>BMIFZ9J5R</t>
-[...7 lines deleted...]
-  <si>
     <t>FXFWRD GBP/USD 18-MAR-2026</t>
   </si>
   <si>
+    <t>BMIG1T32R</t>
+  </si>
+  <si>
+    <t>BMIFXGE1P</t>
+  </si>
+  <si>
     <t>BMIFXGE1R</t>
   </si>
   <si>
-    <t>BMIFXGE1P</t>
+    <t>BMIG0NKEP</t>
+  </si>
+  <si>
+    <t>BMIG0NKER</t>
+  </si>
+  <si>
+    <t>BMIG3Q6NR</t>
+  </si>
+  <si>
+    <t>BMIG2R5AP</t>
+  </si>
+  <si>
+    <t>BMIG3Q6NP</t>
+  </si>
+  <si>
+    <t>BMIG2R5AR</t>
+  </si>
+  <si>
+    <t>BMIG1T32P</t>
   </si>
   <si>
     <t>FXFWRD MXN/USD 18-MAR-2026</t>
   </si>
   <si>
+    <t>BMIFXHJGR</t>
+  </si>
+  <si>
     <t>BMIFXHJGP</t>
   </si>
   <si>
-    <t>BMIFXHJGR</t>
-[...1 lines deleted...]
-  <si>
     <t>FXFWRD USD/EUR 18-MAR-2026</t>
   </si>
   <si>
+    <t>BMIFXFQUR</t>
+  </si>
+  <si>
     <t>BMIFXFQUP</t>
   </si>
   <si>
-    <t>BMIFXFQUR</t>
-[...1 lines deleted...]
-  <si>
     <t>GBP CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>GBP_CCASH</t>
   </si>
   <si>
     <t>GBP/USD</t>
   </si>
   <si>
-    <t>BMIG0BRRR</t>
-[...2 lines deleted...]
-    <t>BMIG0BRRP</t>
+    <t>BMIG5BKUP</t>
+  </si>
+  <si>
+    <t>BMIG533AP</t>
+  </si>
+  <si>
+    <t>BMIG533AR</t>
+  </si>
+  <si>
+    <t>BMIG533WP</t>
+  </si>
+  <si>
+    <t>BMIG5BKUR</t>
+  </si>
+  <si>
+    <t>BMIG533WR</t>
   </si>
   <si>
     <t>GCPAS_07-5 A2 RegS</t>
   </si>
   <si>
     <t>BRS468032</t>
   </si>
   <si>
     <t>ES0332235011</t>
   </si>
   <si>
     <t>B27W9B6</t>
   </si>
   <si>
     <t>GFMT_17-1 B2 144A</t>
   </si>
   <si>
     <t>36416UBJ3</t>
   </si>
   <si>
     <t>US36416UBJ34</t>
   </si>
   <si>
     <t>BD9G601</t>
   </si>
@@ -3378,561 +3423,549 @@
   <si>
     <t>B1Z9848</t>
   </si>
   <si>
     <t>GMCF_06-1U A</t>
   </si>
   <si>
     <t>Z916X8U52</t>
   </si>
   <si>
     <t>MX91MX000034</t>
   </si>
   <si>
     <t>GMCF_07-2U A</t>
   </si>
   <si>
     <t>Z91885Z24</t>
   </si>
   <si>
     <t>MX97MX020028</t>
   </si>
   <si>
     <t>GNMA II 30YR SF - JUMBO-CONFORMING</t>
   </si>
   <si>
+    <t>36179WRT7</t>
+  </si>
+  <si>
+    <t>US36179WRT70</t>
+  </si>
+  <si>
+    <t>36179VHG8</t>
+  </si>
+  <si>
+    <t>US36179VHG86</t>
+  </si>
+  <si>
+    <t>36179YAD6</t>
+  </si>
+  <si>
+    <t>US36179YAD67</t>
+  </si>
+  <si>
+    <t>36179VQJ2</t>
+  </si>
+  <si>
+    <t>US36179VQJ25</t>
+  </si>
+  <si>
+    <t>36179VFC9</t>
+  </si>
+  <si>
+    <t>US36179VFC90</t>
+  </si>
+  <si>
+    <t>3618N5TB5</t>
+  </si>
+  <si>
+    <t>US3618N5TB54</t>
+  </si>
+  <si>
+    <t>36179VKA7</t>
+  </si>
+  <si>
+    <t>US36179VKA79</t>
+  </si>
+  <si>
+    <t>36179VA67</t>
+  </si>
+  <si>
+    <t>US36179VA675</t>
+  </si>
+  <si>
+    <t>36179VL24</t>
+  </si>
+  <si>
+    <t>US36179VL243</t>
+  </si>
+  <si>
+    <t>36179VJ92</t>
+  </si>
+  <si>
+    <t>US36179VJ924</t>
+  </si>
+  <si>
+    <t>36179VNQ9</t>
+  </si>
+  <si>
+    <t>US36179VNQ94</t>
+  </si>
+  <si>
+    <t>36179VHF0</t>
+  </si>
+  <si>
+    <t>US36179VHF04</t>
+  </si>
+  <si>
+    <t>3618N5VF3</t>
+  </si>
+  <si>
+    <t>US3618N5VF31</t>
+  </si>
+  <si>
+    <t>36179VDD9</t>
+  </si>
+  <si>
+    <t>US36179VDD91</t>
+  </si>
+  <si>
+    <t>36179VL32</t>
+  </si>
+  <si>
+    <t>US36179VL326</t>
+  </si>
+  <si>
+    <t>36179WRS9</t>
+  </si>
+  <si>
+    <t>US36179WRS97</t>
+  </si>
+  <si>
+    <t>36179UVX7</t>
+  </si>
+  <si>
+    <t>US36179UVX70</t>
+  </si>
+  <si>
+    <t>36179VTN0</t>
+  </si>
+  <si>
+    <t>US36179VTN00</t>
+  </si>
+  <si>
+    <t>36179VNR7</t>
+  </si>
+  <si>
+    <t>US36179VNR77</t>
+  </si>
+  <si>
+    <t>36179UUB6</t>
+  </si>
+  <si>
+    <t>US36179UUB69</t>
+  </si>
+  <si>
+    <t>36179Y7F5</t>
+  </si>
+  <si>
+    <t>US36179Y7F56</t>
+  </si>
+  <si>
+    <t>36179YKC7</t>
+  </si>
+  <si>
+    <t>US36179YKC74</t>
+  </si>
+  <si>
+    <t>36179Y5A8</t>
+  </si>
+  <si>
+    <t>US36179Y5A87</t>
+  </si>
+  <si>
+    <t>3622ABAK8</t>
+  </si>
+  <si>
+    <t>US3622ABAK86</t>
+  </si>
+  <si>
+    <t>36179UZJ4</t>
+  </si>
+  <si>
+    <t>US36179UZJ41</t>
+  </si>
+  <si>
     <t>36179VFE5</t>
   </si>
   <si>
     <t>US36179VFE56</t>
   </si>
   <si>
-    <t>36179VDD9</t>
-[...10 lines deleted...]
-  <si>
     <t>36179VVQ0</t>
   </si>
   <si>
     <t>US36179VVQ03</t>
   </si>
   <si>
-    <t>3622ABAK8</t>
-[...136 lines deleted...]
-  <si>
     <t>GNMA II MODIFIED 361-480 MONTHS</t>
   </si>
   <si>
     <t>3618J1W33</t>
   </si>
   <si>
     <t>US3618J1W331</t>
   </si>
   <si>
     <t>GNMA II REVERSE MTG - FIXED-RATE</t>
   </si>
   <si>
     <t>3617VAGH8</t>
   </si>
   <si>
     <t>US3617VAGH88</t>
   </si>
   <si>
     <t>GNMA2 30YR</t>
   </si>
   <si>
+    <t>3618B1DJ7</t>
+  </si>
+  <si>
+    <t>US3618B1DJ79</t>
+  </si>
+  <si>
+    <t>3618JVAX5</t>
+  </si>
+  <si>
+    <t>US3618JVAX50</t>
+  </si>
+  <si>
+    <t>3618AFPK1</t>
+  </si>
+  <si>
+    <t>US3618AFPK16</t>
+  </si>
+  <si>
+    <t>3618G6SG1</t>
+  </si>
+  <si>
+    <t>US3618G6SG12</t>
+  </si>
+  <si>
+    <t>3618H4MF3</t>
+  </si>
+  <si>
+    <t>US3618H4MF35</t>
+  </si>
+  <si>
+    <t>36179XLL8</t>
+  </si>
+  <si>
+    <t>US36179XLL81</t>
+  </si>
+  <si>
+    <t>3618BWLQ4</t>
+  </si>
+  <si>
+    <t>US3618BWLQ46</t>
+  </si>
+  <si>
+    <t>3618BWK44</t>
+  </si>
+  <si>
+    <t>US3618BWK440</t>
+  </si>
+  <si>
+    <t>3618GVTQ3</t>
+  </si>
+  <si>
+    <t>US3618GVTQ36</t>
+  </si>
+  <si>
+    <t>3617Q2D28</t>
+  </si>
+  <si>
+    <t>US3617Q2D281</t>
+  </si>
+  <si>
+    <t>3618MAMT3</t>
+  </si>
+  <si>
+    <t>US3618MAMT37</t>
+  </si>
+  <si>
+    <t>3617Y4MM1</t>
+  </si>
+  <si>
+    <t>US3617Y4MM17</t>
+  </si>
+  <si>
+    <t>3618B3AZ0</t>
+  </si>
+  <si>
+    <t>US3618B3AZ05</t>
+  </si>
+  <si>
+    <t>3618J8X29</t>
+  </si>
+  <si>
+    <t>US3618J8X292</t>
+  </si>
+  <si>
+    <t>3618FE2S7</t>
+  </si>
+  <si>
+    <t>US3618FE2S74</t>
+  </si>
+  <si>
+    <t>3618J6FA5</t>
+  </si>
+  <si>
+    <t>US3618J6FA58</t>
+  </si>
+  <si>
+    <t>3618B1DZ1</t>
+  </si>
+  <si>
+    <t>US3618B1DZ12</t>
+  </si>
+  <si>
+    <t>3618LKQA9</t>
+  </si>
+  <si>
+    <t>US3618LKQA90</t>
+  </si>
+  <si>
+    <t>3618NPT70</t>
+  </si>
+  <si>
+    <t>US3618NPT705</t>
+  </si>
+  <si>
+    <t>3618BWLL5</t>
+  </si>
+  <si>
+    <t>US3618BWLL58</t>
+  </si>
+  <si>
+    <t>3618G6SF3</t>
+  </si>
+  <si>
+    <t>US3618G6SF39</t>
+  </si>
+  <si>
+    <t>3618GGEA7</t>
+  </si>
+  <si>
+    <t>US3618GGEA71</t>
+  </si>
+  <si>
+    <t>3618MAMU0</t>
+  </si>
+  <si>
+    <t>US3618MAMU00</t>
+  </si>
+  <si>
+    <t>3618GL3X8</t>
+  </si>
+  <si>
+    <t>US3618GL3X87</t>
+  </si>
+  <si>
+    <t>3618H4M89</t>
+  </si>
+  <si>
+    <t>US3618H4M890</t>
+  </si>
+  <si>
+    <t>3617YCJT2</t>
+  </si>
+  <si>
+    <t>US3617YCJT29</t>
+  </si>
+  <si>
+    <t>3618GMJS0</t>
+  </si>
+  <si>
+    <t>US3618GMJS03</t>
+  </si>
+  <si>
+    <t>3618LTCJ6</t>
+  </si>
+  <si>
+    <t>US3618LTCJ64</t>
+  </si>
+  <si>
+    <t>3618GWYD4</t>
+  </si>
+  <si>
+    <t>US3618GWYD41</t>
+  </si>
+  <si>
+    <t>3618LMMC5</t>
+  </si>
+  <si>
+    <t>US3618LMMC58</t>
+  </si>
+  <si>
+    <t>3618HHXQ8</t>
+  </si>
+  <si>
+    <t>US3618HHXQ86</t>
+  </si>
+  <si>
+    <t>3618BDKS3</t>
+  </si>
+  <si>
+    <t>US3618BDKS30</t>
+  </si>
+  <si>
+    <t>3618AGA74</t>
+  </si>
+  <si>
+    <t>US3618AGA743</t>
+  </si>
+  <si>
+    <t>3618GAAK2</t>
+  </si>
+  <si>
+    <t>US3618GAAK20</t>
+  </si>
+  <si>
+    <t>3618AQ7B7</t>
+  </si>
+  <si>
+    <t>US3618AQ7B73</t>
+  </si>
+  <si>
+    <t>3618AVRC2</t>
+  </si>
+  <si>
+    <t>US3618AVRC22</t>
+  </si>
+  <si>
+    <t>3618MAL80</t>
+  </si>
+  <si>
+    <t>US3618MAL805</t>
+  </si>
+  <si>
     <t>3618J6FB3</t>
   </si>
   <si>
     <t>US3618J6FB32</t>
   </si>
   <si>
-    <t>3618LTCJ6</t>
-[...8 lines deleted...]
-    <t>US3618NPT705</t>
+    <t>3618F4MD0</t>
+  </si>
+  <si>
+    <t>US3618F4MD07</t>
+  </si>
+  <si>
+    <t>3618FSV21</t>
+  </si>
+  <si>
+    <t>US3618FSV214</t>
+  </si>
+  <si>
+    <t>3618BWLP6</t>
+  </si>
+  <si>
+    <t>US3618BWLP62</t>
+  </si>
+  <si>
+    <t>3618F4NA5</t>
+  </si>
+  <si>
+    <t>US3618F4NA58</t>
+  </si>
+  <si>
+    <t>3618FQ2J0</t>
+  </si>
+  <si>
+    <t>US3618FQ2J04</t>
   </si>
   <si>
     <t>3618AGA25</t>
   </si>
   <si>
     <t>US3618AGA255</t>
   </si>
   <si>
-    <t>3618GL3X8</t>
-[...10 lines deleted...]
-  <si>
     <t>3618LKQC5</t>
   </si>
   <si>
     <t>US3618LKQC56</t>
   </si>
   <si>
-    <t>3618GAAK2</t>
-[...8 lines deleted...]
-    <t>US3618F4NA58</t>
+    <t>36179Y2R4</t>
+  </si>
+  <si>
+    <t>US36179Y2R40</t>
   </si>
   <si>
     <t>36183FLP2</t>
   </si>
   <si>
     <t>US36183FLP26</t>
   </si>
   <si>
-    <t>3618G6SF3</t>
-[...232 lines deleted...]
-  <si>
     <t>GNMA2 30YR PLATINUM</t>
   </si>
   <si>
+    <t>3622ADYJ1</t>
+  </si>
+  <si>
+    <t>US3622ADYJ14</t>
+  </si>
+  <si>
+    <t>3622AD2V9</t>
+  </si>
+  <si>
+    <t>US3622AD2V90</t>
+  </si>
+  <si>
+    <t>3622ADQ35</t>
+  </si>
+  <si>
+    <t>US3622ADQ359</t>
+  </si>
+  <si>
     <t>3622AD3R7</t>
   </si>
   <si>
     <t>US3622AD3R79</t>
   </si>
   <si>
-    <t>3622ADQ35</t>
-[...16 lines deleted...]
-  <si>
     <t>GNMA2 30YR TBA(REG C)</t>
   </si>
   <si>
-    <t>BYDURAGM8</t>
-[...2 lines deleted...]
-    <t>BMIFWM583</t>
+    <t>BMIFYDPH9</t>
+  </si>
+  <si>
+    <t>BMIFYDUZ3</t>
   </si>
   <si>
     <t>GNMA_13-182G NS</t>
   </si>
   <si>
     <t>38378PFD5</t>
   </si>
   <si>
     <t>US38378PFD50</t>
   </si>
   <si>
     <t>GNMA_20-H22 NI</t>
   </si>
   <si>
     <t>38380QSV5</t>
   </si>
   <si>
     <t>US38380QSV58</t>
   </si>
   <si>
     <t>GNMA_23-H18 IE</t>
   </si>
   <si>
     <t>38383KCQ3</t>
   </si>
@@ -4278,50 +4311,56 @@
   <si>
     <t>38383BD25</t>
   </si>
   <si>
     <t>US38383BD255</t>
   </si>
   <si>
     <t>GNR_25-180 ZE</t>
   </si>
   <si>
     <t>38383BWC2</t>
   </si>
   <si>
     <t>US38383BWC26</t>
   </si>
   <si>
     <t>GNR_25-188 LZ</t>
   </si>
   <si>
     <t>38385JNT6</t>
   </si>
   <si>
     <t>US38385JNT69</t>
   </si>
   <si>
+    <t>GOLDMAN SACHS &amp; CO. MBS MARGIN</t>
+  </si>
+  <si>
+    <t>BMI1NM2Q7</t>
+  </si>
+  <si>
     <t>GPMF_06-AR2 1A1</t>
   </si>
   <si>
     <t>39538WGA0</t>
   </si>
   <si>
     <t>US39538WGA09</t>
   </si>
   <si>
     <t>GPMH_00-3 IIA2</t>
   </si>
   <si>
     <t>395386BE4</t>
   </si>
   <si>
     <t>US395386BE43</t>
   </si>
   <si>
     <t>GRADE_25-NPL2 A1 144A</t>
   </si>
   <si>
     <t>79589BAA6</t>
   </si>
   <si>
     <t>US79589BAA61</t>
@@ -4452,77 +4491,95 @@
   <si>
     <t>Z973B20U8</t>
   </si>
   <si>
     <t>AU3FN0099172</t>
   </si>
   <si>
     <t>HHCAU_25-1 X RegS</t>
   </si>
   <si>
     <t>Z973B20W4</t>
   </si>
   <si>
     <t>AU3FN0099180</t>
   </si>
   <si>
     <t>HPA_21-2 F 144A</t>
   </si>
   <si>
     <t>43732VAL0</t>
   </si>
   <si>
     <t>US43732VAL09</t>
   </si>
   <si>
-    <t>HSBC USA INC</t>
-[...5 lines deleted...]
-    <t>US40434RAT95</t>
+    <t>HPA_21-2 G 144A</t>
+  </si>
+  <si>
+    <t>43732VAN6</t>
+  </si>
+  <si>
+    <t>US43732VAN64</t>
+  </si>
+  <si>
+    <t>HVMLT_07-1 1AB</t>
+  </si>
+  <si>
+    <t>41164MAB3</t>
+  </si>
+  <si>
+    <t>US41164MAB37</t>
   </si>
   <si>
     <t>HWAYS_21-1X B RegS</t>
   </si>
   <si>
     <t>Z95K9B2Q2</t>
   </si>
   <si>
     <t>XS2415304935</t>
   </si>
   <si>
     <t>HWAYS_21-1X C RegS</t>
   </si>
   <si>
     <t>BMIAD9PS8</t>
   </si>
   <si>
     <t>XS2415305312</t>
   </si>
   <si>
+    <t>HWAYS_21-1X D RegS</t>
+  </si>
+  <si>
+    <t>BMIAD9QD0</t>
+  </si>
+  <si>
+    <t>XS2415305668</t>
+  </si>
+  <si>
     <t>IMPAS_05-3 A RegS</t>
   </si>
   <si>
     <t>BRS4PWPB3</t>
   </si>
   <si>
     <t>ES0347862007</t>
   </si>
   <si>
     <t>B0BL9J3</t>
   </si>
   <si>
     <t>IMPAS_4 A RegS</t>
   </si>
   <si>
     <t>BRS2CHMN1</t>
   </si>
   <si>
     <t>ES0347854004</t>
   </si>
   <si>
     <t>B16Q8C6</t>
   </si>
   <si>
     <t>IMSVA_21-A GA 144A</t>
@@ -4596,104 +4653,95 @@
   <si>
     <t>46641CAA9</t>
   </si>
   <si>
     <t>US46641CAA99</t>
   </si>
   <si>
     <t>JPMMT_14-1 1A1A 144A</t>
   </si>
   <si>
     <t>46641CBK6</t>
   </si>
   <si>
     <t>US46641CBK62</t>
   </si>
   <si>
     <t>JPMMT_14-2 1A1 144A</t>
   </si>
   <si>
     <t>46641YAA1</t>
   </si>
   <si>
     <t>US46641YAA10</t>
   </si>
   <si>
-    <t>JPMMT_14-5 A2 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>JPMMT_16-1 B3 144A</t>
   </si>
   <si>
     <t>46646BBA5</t>
   </si>
   <si>
     <t>US46646BBA52</t>
   </si>
   <si>
     <t>JYSKE REALKREDIT A/S</t>
   </si>
   <si>
     <t>BMIDYW113</t>
   </si>
   <si>
     <t>DK0009416117</t>
   </si>
   <si>
+    <t>BMIE9PV29</t>
+  </si>
+  <si>
+    <t>DK0009416547</t>
+  </si>
+  <si>
+    <t>BMCVFQ5</t>
+  </si>
+  <si>
+    <t>BMIC4VYW6</t>
+  </si>
+  <si>
+    <t>DK0009413528</t>
+  </si>
+  <si>
+    <t>BMCSW21</t>
+  </si>
+  <si>
     <t>BMIC4Y6W1</t>
   </si>
   <si>
     <t>DK0009413601</t>
   </si>
   <si>
     <t>BMCSW54</t>
   </si>
   <si>
-    <t>BMIC4VYW6</t>
-[...16 lines deleted...]
-  <si>
     <t>LANSD_1 A2 RegS</t>
   </si>
   <si>
     <t>BRS2KMDE1</t>
   </si>
   <si>
     <t>XS0250832614</t>
   </si>
   <si>
     <t>B12GGM6</t>
   </si>
   <si>
     <t>LANSD_2 A2 RegS</t>
   </si>
   <si>
     <t>BRS3U15H6</t>
   </si>
   <si>
     <t>XS0277482286</t>
   </si>
   <si>
     <t>B1L1F58</t>
   </si>
   <si>
     <t>LBMLT_01-1 A1</t>
@@ -5301,150 +5349,159 @@
   <si>
     <t>XS0329656366</t>
   </si>
   <si>
     <t>B2NDQH8</t>
   </si>
   <si>
     <t>NHEL_04-1 B1</t>
   </si>
   <si>
     <t>66987XEG6</t>
   </si>
   <si>
     <t>US66987XEG60</t>
   </si>
   <si>
     <t>NORDEA KREDIT REALKREDITAKTIESELSK</t>
   </si>
   <si>
     <t>BMICUQB03</t>
   </si>
   <si>
     <t>DK0002060086</t>
   </si>
   <si>
+    <t>BMICUQAZ7</t>
+  </si>
+  <si>
+    <t>DK0002059906</t>
+  </si>
+  <si>
+    <t>BQ74R38</t>
+  </si>
+  <si>
     <t>BMIDZ32G2</t>
   </si>
   <si>
     <t>DK0002061217</t>
   </si>
   <si>
     <t>BRT3ZK3</t>
   </si>
   <si>
-    <t>BMICUQAZ7</t>
-[...7 lines deleted...]
-  <si>
     <t>BMIE8ZXZ3</t>
   </si>
   <si>
     <t>DK0002061563</t>
   </si>
   <si>
     <t>BMCVFM1</t>
   </si>
   <si>
     <t>NYKREDIT REALKREDIT A/S RegS</t>
   </si>
   <si>
     <t>BMIBRUFX4</t>
   </si>
   <si>
     <t>DK0009541955</t>
   </si>
   <si>
     <t>BMCSWG5</t>
   </si>
   <si>
     <t>BMICC1AJ8</t>
   </si>
   <si>
     <t>DK0009544702</t>
   </si>
   <si>
     <t>BTXSL77</t>
   </si>
   <si>
+    <t>BMIDZLEJ3</t>
+  </si>
+  <si>
+    <t>DK0009548372</t>
+  </si>
+  <si>
+    <t>BS6TGG4</t>
+  </si>
+  <si>
     <t>BMID1AZW2</t>
   </si>
   <si>
     <t>DK0009545949</t>
   </si>
   <si>
     <t>BRC71K4</t>
   </si>
   <si>
     <t>BMIBRUFY2</t>
   </si>
   <si>
     <t>DK0009541872</t>
   </si>
   <si>
     <t>BMCSW76</t>
   </si>
   <si>
-    <t>BMIDZLEJ3</t>
-[...7 lines deleted...]
-  <si>
     <t>NYKREDIT REALKREDIT AS RegS</t>
   </si>
   <si>
     <t>BMI9K90U5</t>
   </si>
   <si>
     <t>DK0009532020</t>
   </si>
   <si>
+    <t>BMI8JFBM1</t>
+  </si>
+  <si>
+    <t>DK0009527616</t>
+  </si>
+  <si>
+    <t>BMDV100</t>
+  </si>
+  <si>
     <t>BMI8JFBP4</t>
   </si>
   <si>
     <t>DK0009528424</t>
   </si>
   <si>
     <t>BMHKL36</t>
   </si>
   <si>
-    <t>BMI8JFBM1</t>
-[...5 lines deleted...]
-    <t>BMDV100</t>
+    <t>NYT_19-NYT A 144A</t>
+  </si>
+  <si>
+    <t>62954PAA8</t>
+  </si>
+  <si>
+    <t>US62954PAA84</t>
   </si>
   <si>
     <t>NYT_19-NYT C 144A</t>
   </si>
   <si>
     <t>62954PAJ9</t>
   </si>
   <si>
     <t>US62954PAJ93</t>
   </si>
   <si>
     <t>NZES_21-FHT1 A 144A</t>
   </si>
   <si>
     <t>62955MAB2</t>
   </si>
   <si>
     <t>US62955MAB28</t>
   </si>
   <si>
     <t>NZES_24-FNT1 A 144A</t>
   </si>
   <si>
     <t>62956YAA7</t>
   </si>
@@ -5733,95 +5790,95 @@
   <si>
     <t>US75383HAA95</t>
   </si>
   <si>
     <t>RAST_05-A1 A1</t>
   </si>
   <si>
     <t>45660LEU9</t>
   </si>
   <si>
     <t>US45660LEU98</t>
   </si>
   <si>
     <t>RBSSP_09-8 7A1 144A</t>
   </si>
   <si>
     <t>74927BAK6</t>
   </si>
   <si>
     <t>US74927BAK61</t>
   </si>
   <si>
     <t>REALKREDIT DANMARK A/S RegS</t>
   </si>
   <si>
+    <t>BMI9U8N72</t>
+  </si>
+  <si>
+    <t>DK0004619624</t>
+  </si>
+  <si>
+    <t>BNNH150</t>
+  </si>
+  <si>
+    <t>BMICB28W1</t>
+  </si>
+  <si>
+    <t>DK0004627130</t>
+  </si>
+  <si>
+    <t>BMXX6Q7</t>
+  </si>
+  <si>
+    <t>BMIDNHVF4</t>
+  </si>
+  <si>
+    <t>DK0004629854</t>
+  </si>
+  <si>
+    <t>BTWXNJ9</t>
+  </si>
+  <si>
+    <t>BMICWFD78</t>
+  </si>
+  <si>
+    <t>DK0004629342</t>
+  </si>
+  <si>
+    <t>BQ69CF1</t>
+  </si>
+  <si>
     <t>BMIDZLDX3</t>
   </si>
   <si>
     <t>DK0004630274</t>
   </si>
   <si>
     <t>BMCVFW1</t>
   </si>
   <si>
-    <t>BMICWFD78</t>
-[...34 lines deleted...]
-  <si>
     <t>RFMSI_07-S8 2A1</t>
   </si>
   <si>
     <t>76200QAC4</t>
   </si>
   <si>
     <t>US76200QAC42</t>
   </si>
   <si>
     <t>RGRNF_20-1 A RegS</t>
   </si>
   <si>
     <t>Z94GMYZM0</t>
   </si>
   <si>
     <t>XS2099058922</t>
   </si>
   <si>
     <t>RGRNF_20-1 C RegS</t>
   </si>
   <si>
     <t>Z94GMYZP3</t>
   </si>
   <si>
     <t>XS2099060662</t>
@@ -6402,98 +6459,128 @@
   <si>
     <t>BMIEWJR63</t>
   </si>
   <si>
     <t>XS3032971031</t>
   </si>
   <si>
     <t>SHNTN_15-1A A 144A</t>
   </si>
   <si>
     <t>82321UAA1</t>
   </si>
   <si>
     <t>US82321UAA16</t>
   </si>
   <si>
     <t>SHNTN_15-1A B 144A</t>
   </si>
   <si>
     <t>82321UAB9</t>
   </si>
   <si>
     <t>US82321UAB98</t>
   </si>
   <si>
+    <t>SIRLOG_26-1A C 144A</t>
+  </si>
+  <si>
+    <t>Z97ESMTN7</t>
+  </si>
+  <si>
+    <t>XS3269462571</t>
+  </si>
+  <si>
+    <t>SIRLOG_26-1A D 144A</t>
+  </si>
+  <si>
+    <t>Z97ESMTP2</t>
+  </si>
+  <si>
+    <t>XS3269462811</t>
+  </si>
+  <si>
     <t>SLMA_03-7 A5B 144A</t>
   </si>
   <si>
     <t>BRS01NKT3</t>
   </si>
   <si>
     <t>XS0172693052</t>
   </si>
   <si>
     <t>2919007</t>
   </si>
   <si>
     <t>SLMA_03-7X A5B RegS</t>
   </si>
   <si>
     <t>B0A0BF978</t>
   </si>
   <si>
     <t>XS0172692914</t>
   </si>
   <si>
     <t>7633692</t>
   </si>
   <si>
     <t>SLMA_04-10X A8 RegS</t>
   </si>
   <si>
     <t>BRS11TKK7</t>
   </si>
   <si>
     <t>XS0203069710</t>
   </si>
   <si>
     <t>B0367K3</t>
   </si>
   <si>
     <t>SLMA_04-5X A6 RegS</t>
   </si>
   <si>
     <t>BRS0GL4V4</t>
   </si>
   <si>
     <t>XS0194143532</t>
   </si>
   <si>
     <t>B02JZG5</t>
   </si>
   <si>
+    <t>SLMA_06-B A5</t>
+  </si>
+  <si>
+    <t>78443CCU6</t>
+  </si>
+  <si>
+    <t>US78443CCU62</t>
+  </si>
+  <si>
+    <t>BF6DYP0</t>
+  </si>
+  <si>
     <t>SLVRR_19-1 A 144A</t>
   </si>
   <si>
     <t>827304AA4</t>
   </si>
   <si>
     <t>US827304AA49</t>
   </si>
   <si>
     <t>SPRTE_21-1 C 144A</t>
   </si>
   <si>
     <t>85208UAE4</t>
   </si>
   <si>
     <t>US85208UAE47</t>
   </si>
   <si>
     <t>SPS_06-1X C1C RegS</t>
   </si>
   <si>
     <t>BRS7JTV64</t>
   </si>
   <si>
     <t>XS0240952076</t>
@@ -6528,59 +6615,50 @@
   <si>
     <t>Z96DYRD17</t>
   </si>
   <si>
     <t>XS2728574232</t>
   </si>
   <si>
     <t>STRES_23-1 A RegS</t>
   </si>
   <si>
     <t>BMICTCEV5</t>
   </si>
   <si>
     <t>IT0005566739</t>
   </si>
   <si>
     <t>STRES_23-1 B RegS</t>
   </si>
   <si>
     <t>BMICTCJG3</t>
   </si>
   <si>
     <t>IT0005566747</t>
   </si>
   <si>
-    <t>SUNBD_20-1A A 144A</t>
-[...7 lines deleted...]
-  <si>
     <t>SVHE_05-2 M7</t>
   </si>
   <si>
     <t>83611MEW4</t>
   </si>
   <si>
     <t>US83611MEW47</t>
   </si>
   <si>
     <t>TAURS_20-NL1X A RegS</t>
   </si>
   <si>
     <t>BMI8JW8D8</t>
   </si>
   <si>
     <t>XS2128006603</t>
   </si>
   <si>
     <t>BL96PV1</t>
   </si>
   <si>
     <t>TAURS_21-SP2 A RegS</t>
   </si>
   <si>
     <t>BMI9J2EZ6</t>
@@ -6648,257 +6726,272 @@
   <si>
     <t>US885220HC07</t>
   </si>
   <si>
     <t>TMTS_04-5HE M2</t>
   </si>
   <si>
     <t>881561FQ2</t>
   </si>
   <si>
     <t>US881561FQ25</t>
   </si>
   <si>
     <t>TPMF_23-V3 B RegS</t>
   </si>
   <si>
     <t>BMICQJ0Q9</t>
   </si>
   <si>
     <t>XS2711545777</t>
   </si>
   <si>
     <t>TREASURY BILL</t>
   </si>
   <si>
-    <t>912797RJ8</t>
-[...2 lines deleted...]
-    <t>US912797RJ86</t>
+    <t>912797SN8</t>
+  </si>
+  <si>
+    <t>US912797SN89</t>
+  </si>
+  <si>
+    <t>BV3PBH2</t>
   </si>
   <si>
     <t>912797RU3</t>
   </si>
   <si>
     <t>US912797RU32</t>
   </si>
   <si>
     <t>BVDCXR7</t>
   </si>
   <si>
+    <t>912797TJ6</t>
+  </si>
+  <si>
+    <t>US912797TJ68</t>
+  </si>
+  <si>
+    <t>BW7ZWK5</t>
+  </si>
+  <si>
+    <t>912797TQ0</t>
+  </si>
+  <si>
+    <t>US912797TQ02</t>
+  </si>
+  <si>
+    <t>BWQLSB7</t>
+  </si>
+  <si>
+    <t>912797TP2</t>
+  </si>
+  <si>
+    <t>US912797TP29</t>
+  </si>
+  <si>
+    <t>BV2FL84</t>
+  </si>
+  <si>
     <t>912797TD9</t>
   </si>
   <si>
     <t>US912797TD98</t>
   </si>
   <si>
     <t>BNBVJG1</t>
   </si>
   <si>
     <t>912797SX6</t>
   </si>
   <si>
     <t>US912797SX61</t>
   </si>
   <si>
     <t>BVCJP39</t>
   </si>
   <si>
     <t>912797TE7</t>
   </si>
   <si>
     <t>US912797TE71</t>
   </si>
   <si>
     <t>BSSBJ03</t>
   </si>
   <si>
-    <t>912797RK5</t>
-[...23 lines deleted...]
-    <t>BW7ZWK5</t>
+    <t>912797TN7</t>
+  </si>
+  <si>
+    <t>US912797TN70</t>
+  </si>
+  <si>
+    <t>BN4G5W1</t>
   </si>
   <si>
     <t>912797PM3</t>
   </si>
   <si>
     <t>US912797PM34</t>
   </si>
   <si>
     <t>BNZD2Q4</t>
   </si>
   <si>
     <t>TRK_24-2 A1 144A</t>
   </si>
   <si>
     <t>89055KAA0</t>
   </si>
   <si>
     <t>US89055KAA07</t>
   </si>
   <si>
     <t>TRUMN_02-1 M2 144A</t>
   </si>
   <si>
     <t>897896AE6</t>
   </si>
   <si>
     <t>US897896AE67</t>
   </si>
   <si>
     <t>UBS CASH COLLATERAL: OTC UMR VM CO</t>
   </si>
   <si>
     <t>BMI5D6JX1</t>
   </si>
   <si>
     <t>UKLOG_24-1X C RegS</t>
   </si>
   <si>
     <t>BMIDFKVC3</t>
   </si>
   <si>
     <t>XS2809141182</t>
   </si>
   <si>
     <t>UMBS 30YR TBA(REG A)</t>
   </si>
   <si>
-    <t>BMIFWM0U9</t>
-[...20 lines deleted...]
-    <t>US01F0206122</t>
+    <t>BMIFYDYE6</t>
+  </si>
+  <si>
+    <t>BMIFYDY48</t>
+  </si>
+  <si>
+    <t>BMIFYDXQ0</t>
+  </si>
+  <si>
+    <t>BMIFYDPB2</t>
+  </si>
+  <si>
+    <t>BMIFYDZZ8</t>
+  </si>
+  <si>
+    <t>BMIFYDPT3</t>
   </si>
   <si>
     <t>UROPA_07-1 A3B RegS</t>
   </si>
   <si>
     <t>Z913H5E51</t>
   </si>
   <si>
     <t>XS0311808561</t>
   </si>
   <si>
     <t>UROPA_07-1 M1B RegS</t>
   </si>
   <si>
     <t>BRS6MESL6</t>
   </si>
   <si>
     <t>XS0311811193</t>
   </si>
   <si>
     <t>UROPA_07-1 M2A RegS</t>
   </si>
   <si>
     <t>BRS5LMSB3</t>
   </si>
   <si>
     <t>XS0311813058</t>
   </si>
   <si>
     <t>B23FYK3</t>
   </si>
   <si>
     <t>USD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>USD_CCASH</t>
   </si>
   <si>
     <t>USD/EUR</t>
   </si>
   <si>
-    <t>BMIG07DLR</t>
-[...8 lines deleted...]
-    <t>BMIG07E0P</t>
+    <t>BMIG5340R</t>
+  </si>
+  <si>
+    <t>BMIG5BRZR</t>
+  </si>
+  <si>
+    <t>BMIG5BRZP</t>
+  </si>
+  <si>
+    <t>BMIG5340P</t>
   </si>
   <si>
     <t>VCAT_25-NPL1 A1 144A</t>
   </si>
   <si>
     <t>921962AA4</t>
   </si>
   <si>
     <t>US921962AA43</t>
   </si>
   <si>
     <t>VCAT_25-NPL3 A1 144A</t>
   </si>
   <si>
     <t>92243QAA4</t>
   </si>
   <si>
     <t>US92243QAA40</t>
   </si>
   <si>
+    <t>VCAT_26-NPL1 A1 144A</t>
+  </si>
+  <si>
+    <t>91825GAA4</t>
+  </si>
+  <si>
+    <t>US91825GAA40</t>
+  </si>
+  <si>
     <t>VCC_18-1 M1 144A</t>
   </si>
   <si>
     <t>92257AAC8</t>
   </si>
   <si>
     <t>US92257AAC80</t>
   </si>
   <si>
     <t>VCC_18-1 M4 144A</t>
   </si>
   <si>
     <t>92257AAF1</t>
   </si>
   <si>
     <t>US92257AAF12</t>
   </si>
   <si>
     <t>VCC_18-2 A 144A</t>
   </si>
   <si>
     <t>92259BAA8</t>
   </si>
   <si>
     <t>US92259BAA89</t>
@@ -6939,95 +7032,113 @@
   <si>
     <t>XS3045501718</t>
   </si>
   <si>
     <t>VISCI_22-1A A 144A</t>
   </si>
   <si>
     <t>Z95NPH293</t>
   </si>
   <si>
     <t>XS2453861689</t>
   </si>
   <si>
     <t>BMXW6V9</t>
   </si>
   <si>
     <t>VISCI_22-1X C RegS</t>
   </si>
   <si>
     <t>Z95VEXXN7</t>
   </si>
   <si>
     <t>XS2453861929</t>
   </si>
   <si>
+    <t>VISCI_22-1X D RegS</t>
+  </si>
+  <si>
+    <t>BMIARH3L4</t>
+  </si>
+  <si>
+    <t>XS2453862141</t>
+  </si>
+  <si>
     <t>VOLT_21-NP12 A1 144A</t>
   </si>
   <si>
     <t>92873KAA4</t>
   </si>
   <si>
     <t>US92873KAA43</t>
   </si>
   <si>
     <t>VOLT_21-NPL4 A1 144A</t>
   </si>
   <si>
     <t>92873BAA4</t>
   </si>
   <si>
     <t>US92873BAA44</t>
   </si>
   <si>
     <t>WAMU_01-AR3 1A</t>
   </si>
   <si>
     <t>929227EL6</t>
   </si>
   <si>
     <t>US929227EL65</t>
   </si>
   <si>
     <t>WARES_22-1 B RegS</t>
   </si>
   <si>
     <t>Z95LWZ4S5</t>
   </si>
   <si>
     <t>XS2439881447</t>
   </si>
   <si>
     <t>WARES_22-1 C RegS</t>
   </si>
   <si>
     <t>Z95LWZ4T3</t>
   </si>
   <si>
     <t>XS2439881520</t>
   </si>
   <si>
+    <t>WARES_22-1 A1 RegS</t>
+  </si>
+  <si>
+    <t>Z95LWZ4Q9</t>
+  </si>
+  <si>
+    <t>XS2439881108</t>
+  </si>
+  <si>
     <t>WARES_22-1 A2 RegS</t>
   </si>
   <si>
     <t>Z95LWZ4R7</t>
   </si>
   <si>
     <t>XS2439881280</t>
   </si>
   <si>
     <t>WARW_3 C 144A</t>
   </si>
   <si>
     <t>Z92FN8CH6</t>
   </si>
   <si>
     <t>XS1697698188</t>
   </si>
   <si>
     <t>WARW_3A D 144A</t>
   </si>
   <si>
     <t>Z92FN8CJ2</t>
   </si>
   <si>
     <t>XS1697701826</t>
@@ -7036,59 +7147,50 @@
     <t>WCMT_15-SBC5 A 144A</t>
   </si>
   <si>
     <t>94132LAA5</t>
   </si>
   <si>
     <t>US94132LAA52</t>
   </si>
   <si>
     <t>WESTF_17-A B 144A</t>
   </si>
   <si>
     <t>97063QAB8</t>
   </si>
   <si>
     <t>US97063QAB86</t>
   </si>
   <si>
     <t>WFCM_25-1918 A 144A</t>
   </si>
   <si>
     <t>95004QAA6</t>
   </si>
   <si>
     <t>US95004QAA67</t>
-  </si>
-[...7 lines deleted...]
-    <t>US96221TAQ04</t>
   </si>
   <si>
     <t>WMALT_05-1 5A1</t>
   </si>
   <si>
     <t>9393362N2</t>
   </si>
   <si>
     <t>US9393362N29</t>
   </si>
   <si>
     <t>WOLFR_23-3 A RegS</t>
   </si>
   <si>
     <t>BMICVC377</t>
   </si>
   <si>
     <t>XS2712625669</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="0"/>
@@ -7462,51 +7564,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E853"/>
+  <dimension ref="A1:E881"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
@@ -7662,102 +7764,102 @@
       </c>
       <c r="C16" t="s" s="0">
         <v>36</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E16" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>42</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>45</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>48</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E21" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>53</v>
@@ -7917,85 +8019,85 @@
       </c>
       <c r="C31" t="s" s="0">
         <v>84</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E31" t="n" s="0">
         <v>0.16</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>87</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>90</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E33" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>95</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E35" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>97</v>
@@ -8019,102 +8121,102 @@
       </c>
       <c r="C37" t="s" s="0">
         <v>101</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E37" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>104</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.54</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D39" t="s" s="0">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="E39" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="E40" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>114</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>117</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E42" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>119</v>
@@ -8138,51 +8240,51 @@
       </c>
       <c r="C44" t="s" s="0">
         <v>123</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E44" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>125</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>126</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E46" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>131</v>
@@ -8237,326 +8339,326 @@
       </c>
       <c r="B50" s="6" t="s">
         <v>140</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>141</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E50" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>144</v>
       </c>
       <c r="D51" t="s" s="0">
-        <v>18</v>
+        <v>145</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C52" t="s" s="0">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D52" t="s" s="0">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C53" t="s" s="0">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D53" t="s" s="0">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>155</v>
       </c>
       <c r="D54" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>156</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>157</v>
       </c>
       <c r="C55" t="s" s="0">
         <v>158</v>
       </c>
       <c r="D55" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E55" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C56" t="s" s="0">
         <v>161</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>165</v>
+        <v>18</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>167</v>
       </c>
       <c r="C58" t="s" s="0">
         <v>168</v>
       </c>
       <c r="D58" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C59" t="s" s="0">
         <v>171</v>
       </c>
       <c r="D59" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>173</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>174</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>176</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>177</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>179</v>
       </c>
       <c r="C62" t="s" s="0">
         <v>180</v>
       </c>
       <c r="D62" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>182</v>
       </c>
       <c r="C63" t="s" s="0">
         <v>183</v>
       </c>
       <c r="D63" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>184</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>185</v>
       </c>
       <c r="C64" t="s" s="0">
         <v>186</v>
       </c>
       <c r="D64" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E64" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>188</v>
       </c>
       <c r="C65" t="s" s="0">
         <v>189</v>
       </c>
       <c r="D65" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C66" t="s" s="0">
         <v>192</v>
       </c>
       <c r="D66" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>193</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>194</v>
       </c>
       <c r="C67" t="s" s="0">
         <v>195</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>196</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>197</v>
       </c>
       <c r="C68" t="s" s="0">
         <v>198</v>
       </c>
       <c r="D68" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E68" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>199</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>200</v>
@@ -8580,136 +8682,136 @@
       </c>
       <c r="C70" t="s" s="0">
         <v>204</v>
       </c>
       <c r="D70" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E70" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>205</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>206</v>
       </c>
       <c r="C71" t="s" s="0">
         <v>207</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>208</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>209</v>
       </c>
       <c r="C72" t="s" s="0">
         <v>210</v>
       </c>
       <c r="D72" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>211</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C73" t="s" s="0">
         <v>213</v>
       </c>
       <c r="D73" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>214</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>215</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>216</v>
+        <v>18</v>
       </c>
       <c r="D74" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.06</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="B75" s="6" t="s">
         <v>217</v>
       </c>
-      <c r="B75" s="6" t="s">
+      <c r="C75" t="s" s="0">
         <v>218</v>
       </c>
-      <c r="C75" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D75" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>220</v>
       </c>
       <c r="C76" t="s" s="0">
         <v>221</v>
       </c>
       <c r="D76" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>222</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>223</v>
       </c>
       <c r="C77" t="s" s="0">
         <v>224</v>
       </c>
       <c r="D77" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E77" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
         <v>225</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>226</v>
@@ -8747,850 +8849,850 @@
       </c>
       <c r="B80" s="6" t="s">
         <v>232</v>
       </c>
       <c r="C80" t="s" s="0">
         <v>233</v>
       </c>
       <c r="D80" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E80" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>234</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>235</v>
       </c>
       <c r="C81" t="s" s="0">
         <v>236</v>
       </c>
       <c r="D81" t="s" s="0">
-        <v>18</v>
+        <v>237</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C82" t="s" s="0">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>240</v>
+        <v>18</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>241</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>242</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>243</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="B84" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="B84" s="6" t="s">
+      <c r="C84" t="s" s="0">
         <v>245</v>
       </c>
-      <c r="C84" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D84" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
         <v>246</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>247</v>
       </c>
       <c r="C85" t="s" s="0">
         <v>248</v>
       </c>
       <c r="D85" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
         <v>249</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>250</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>251</v>
+        <v>18</v>
       </c>
       <c r="D86" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.23</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="B87" s="6" t="s">
         <v>252</v>
       </c>
-      <c r="B87" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D87" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="B88" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="B88" s="6" t="s">
+      <c r="C88" t="s" s="0">
         <v>255</v>
       </c>
-      <c r="C88" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D88" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
         <v>256</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>257</v>
       </c>
       <c r="C89" t="s" s="0">
         <v>258</v>
       </c>
       <c r="D89" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.09</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
         <v>259</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>260</v>
       </c>
       <c r="C90" t="s" s="0">
         <v>261</v>
       </c>
       <c r="D90" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.27</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>263</v>
       </c>
       <c r="C91" t="s" s="0">
         <v>264</v>
       </c>
       <c r="D91" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.06</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
         <v>265</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>266</v>
       </c>
       <c r="C92" t="s" s="0">
         <v>267</v>
       </c>
       <c r="D92" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E92" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
         <v>268</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>269</v>
       </c>
       <c r="C93" t="s" s="0">
         <v>270</v>
       </c>
       <c r="D93" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E93" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>271</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>272</v>
       </c>
       <c r="C94" t="s" s="0">
         <v>273</v>
       </c>
       <c r="D94" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
         <v>274</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>275</v>
       </c>
       <c r="C95" t="s" s="0">
         <v>276</v>
       </c>
       <c r="D95" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
         <v>277</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>278</v>
       </c>
       <c r="C96" t="s" s="0">
         <v>279</v>
       </c>
       <c r="D96" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E96" t="n" s="0">
         <v>0.12</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>280</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>281</v>
       </c>
       <c r="C97" t="s" s="0">
         <v>282</v>
       </c>
       <c r="D97" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E97" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
         <v>283</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>284</v>
       </c>
       <c r="C98" t="s" s="0">
         <v>285</v>
       </c>
       <c r="D98" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.59</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
         <v>286</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>287</v>
       </c>
       <c r="C99" t="s" s="0">
         <v>288</v>
       </c>
       <c r="D99" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>289</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>290</v>
       </c>
       <c r="C100" t="s" s="0">
         <v>291</v>
       </c>
       <c r="D100" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E100" t="n" s="0">
         <v>0.11</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>292</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>293</v>
       </c>
       <c r="C101" t="s" s="0">
         <v>294</v>
       </c>
       <c r="D101" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E101" t="n" s="0">
         <v>0.16</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>295</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>296</v>
       </c>
       <c r="C102" t="s" s="0">
         <v>297</v>
       </c>
       <c r="D102" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
         <v>298</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>299</v>
       </c>
       <c r="C103" t="s" s="0">
         <v>300</v>
       </c>
       <c r="D103" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E103" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
         <v>301</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>302</v>
       </c>
       <c r="C104" t="s" s="0">
         <v>303</v>
       </c>
       <c r="D104" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
         <v>304</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>305</v>
       </c>
       <c r="C105" t="s" s="0">
         <v>306</v>
       </c>
       <c r="D105" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.29</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
         <v>307</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>308</v>
       </c>
       <c r="C106" t="s" s="0">
         <v>309</v>
       </c>
       <c r="D106" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E106" t="n" s="0">
         <v>0.09</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
         <v>310</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>311</v>
       </c>
       <c r="C107" t="s" s="0">
         <v>312</v>
       </c>
       <c r="D107" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
         <v>313</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>314</v>
       </c>
       <c r="C108" t="s" s="0">
         <v>315</v>
       </c>
       <c r="D108" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E108" t="n" s="0">
         <v>0.11</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
         <v>316</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>317</v>
       </c>
       <c r="C109" t="s" s="0">
         <v>318</v>
       </c>
       <c r="D109" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
         <v>319</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>320</v>
       </c>
       <c r="C110" t="s" s="0">
         <v>321</v>
       </c>
       <c r="D110" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
         <v>322</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>323</v>
       </c>
       <c r="C111" t="s" s="0">
         <v>324</v>
       </c>
       <c r="D111" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.2</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
         <v>325</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>326</v>
       </c>
       <c r="C112" t="s" s="0">
         <v>327</v>
       </c>
       <c r="D112" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
         <v>328</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>329</v>
       </c>
       <c r="C113" t="s" s="0">
         <v>330</v>
       </c>
       <c r="D113" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
         <v>331</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>332</v>
       </c>
       <c r="C114" t="s" s="0">
         <v>333</v>
       </c>
       <c r="D114" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
         <v>334</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>335</v>
       </c>
       <c r="C115" t="s" s="0">
         <v>336</v>
       </c>
       <c r="D115" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
         <v>337</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>338</v>
       </c>
       <c r="C116" t="s" s="0">
         <v>339</v>
       </c>
       <c r="D116" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.28</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
         <v>340</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>341</v>
       </c>
       <c r="C117" t="s" s="0">
         <v>342</v>
       </c>
       <c r="D117" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.33</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
         <v>343</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>344</v>
       </c>
       <c r="C118" t="s" s="0">
         <v>345</v>
       </c>
       <c r="D118" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
         <v>346</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>347</v>
       </c>
       <c r="C119" t="s" s="0">
         <v>348</v>
       </c>
       <c r="D119" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
         <v>349</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>350</v>
       </c>
       <c r="C120" t="s" s="0">
         <v>351</v>
       </c>
       <c r="D120" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.25</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
         <v>352</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>353</v>
       </c>
       <c r="C121" t="s" s="0">
         <v>354</v>
       </c>
       <c r="D121" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
         <v>355</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>356</v>
       </c>
       <c r="C122" t="s" s="0">
         <v>357</v>
       </c>
       <c r="D122" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.4</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
         <v>358</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>359</v>
       </c>
       <c r="C123" t="s" s="0">
         <v>360</v>
       </c>
       <c r="D123" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.02</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
         <v>361</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>362</v>
       </c>
       <c r="C124" t="s" s="0">
         <v>363</v>
       </c>
       <c r="D124" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
         <v>364</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>365</v>
       </c>
       <c r="C125" t="s" s="0">
         <v>366</v>
       </c>
       <c r="D125" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.03</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>368</v>
       </c>
       <c r="C126" t="s" s="0">
         <v>369</v>
       </c>
       <c r="D126" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
         <v>370</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>371</v>
       </c>
       <c r="C127" t="s" s="0">
         <v>372</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>373</v>
+        <v>18</v>
       </c>
       <c r="E127" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="B128" s="6" t="s">
         <v>374</v>
       </c>
-      <c r="B128" s="6" t="s">
+      <c r="C128" t="s" s="0">
         <v>375</v>
       </c>
-      <c r="C128" t="s" s="0">
+      <c r="D128" t="s" s="0">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E128" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
         <v>377</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>378</v>
       </c>
       <c r="C129" t="s" s="0">
         <v>379</v>
       </c>
       <c r="D129" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E129" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
         <v>380</v>
@@ -9600,201 +9702,201 @@
       </c>
       <c r="C130" t="s" s="0">
         <v>382</v>
       </c>
       <c r="D130" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E130" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
         <v>383</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>384</v>
       </c>
       <c r="C131" t="s" s="0">
         <v>385</v>
       </c>
       <c r="D131" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
         <v>386</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>387</v>
       </c>
       <c r="C132" t="s" s="0">
         <v>388</v>
       </c>
       <c r="D132" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E132" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
         <v>389</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>390</v>
       </c>
       <c r="C133" t="s" s="0">
         <v>391</v>
       </c>
       <c r="D133" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
         <v>392</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>393</v>
       </c>
       <c r="C134" t="s" s="0">
         <v>394</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>18</v>
+        <v>395</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>398</v>
+        <v>18</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.01</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
         <v>399</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>400</v>
       </c>
       <c r="C136" t="s" s="0">
         <v>401</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>18</v>
+        <v>402</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.55</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D137" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.2</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E138" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D139" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>415</v>
+        <v>18</v>
       </c>
       <c r="E140" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
         <v>416</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>417</v>
       </c>
       <c r="C141" t="s" s="0">
         <v>418</v>
       </c>
       <c r="D141" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E141" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
         <v>419</v>
@@ -9821,11941 +9923,12417 @@
       </c>
       <c r="C143" t="s" s="0">
         <v>424</v>
       </c>
       <c r="D143" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E143" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
         <v>425</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>426</v>
       </c>
       <c r="C144" t="s" s="0">
         <v>427</v>
       </c>
       <c r="D144" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
         <v>428</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>429</v>
       </c>
       <c r="C145" t="s" s="0">
         <v>430</v>
       </c>
       <c r="D145" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E145" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
         <v>431</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>432</v>
       </c>
       <c r="C146" t="s" s="0">
         <v>433</v>
       </c>
       <c r="D146" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
         <v>434</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>435</v>
       </c>
       <c r="C147" t="s" s="0">
         <v>436</v>
       </c>
       <c r="D147" t="s" s="0">
-        <v>18</v>
+        <v>437</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D148" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D149" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>445</v>
+        <v>18</v>
       </c>
       <c r="D150" t="s" s="0">
-        <v>446</v>
+        <v>18</v>
       </c>
       <c r="E150" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="B151" s="6" t="s">
         <v>447</v>
       </c>
-      <c r="B151" s="6" t="s">
+      <c r="C151" t="s" s="0">
         <v>448</v>
       </c>
-      <c r="C151" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D151" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>0.08</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="C152" t="s" s="0">
         <v>450</v>
       </c>
-      <c r="B152" s="6" t="s">
+      <c r="D152" t="s" s="0">
         <v>451</v>
       </c>
-      <c r="C152" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E152" t="n" s="0">
-        <v>0.54</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="B153" s="6" t="s">
         <v>453</v>
       </c>
-      <c r="B153" s="6" t="s">
+      <c r="C153" t="s" s="0">
         <v>454</v>
       </c>
-      <c r="C153" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D153" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B154" s="6" t="s">
         <v>456</v>
       </c>
-      <c r="B154" s="6" t="s">
+      <c r="C154" t="s" s="0">
         <v>457</v>
       </c>
-      <c r="C154" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D154" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
         <v>458</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>459</v>
       </c>
       <c r="C155" t="s" s="0">
         <v>460</v>
       </c>
       <c r="D155" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>0.42</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C156" t="s" s="0">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D156" t="s" s="0">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C157" t="s" s="0">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>18</v>
+        <v>468</v>
       </c>
       <c r="E157" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C158" t="s" s="0">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D158" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.09</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>18</v>
+        <v>475</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>18</v>
+        <v>487</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.07</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>491</v>
+        <v>18</v>
       </c>
       <c r="E164" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>495</v>
+        <v>18</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E166" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>503</v>
+        <v>18</v>
       </c>
       <c r="E167" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>18</v>
+        <v>508</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D169" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.1</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>18</v>
+        <v>519</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="E172" t="n" s="0">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D173" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.21</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E174" t="n" s="0">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.06</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.18</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>18</v>
+        <v>542</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.02</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="E179" t="n" s="0">
-        <v>0.17</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.2</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="E182" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>570</v>
+        <v>18</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>18</v>
+        <v>589</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>589</v>
+        <v>18</v>
       </c>
       <c r="E190" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="D191" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>596</v>
+        <v>18</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D193" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.08</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>603</v>
+        <v>18</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>0.01</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>607</v>
+        <v>18</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
         <v>608</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>609</v>
       </c>
       <c r="C196" t="s" s="0">
         <v>610</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>18</v>
+        <v>611</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D197" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E197" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D198" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>18</v>
+        <v>621</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>18</v>
+        <v>625</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.2</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>18</v>
+        <v>629</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.13</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="E202" t="n" s="0">
-        <v>0.21</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>18</v>
+        <v>637</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>635</v>
+        <v>18</v>
       </c>
       <c r="D204" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.02</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>639</v>
+        <v>18</v>
       </c>
       <c r="E205" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>642</v>
+        <v>18</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>643</v>
+        <v>18</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.09</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>646</v>
+        <v>18</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>647</v>
+        <v>18</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>650</v>
+        <v>18</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>651</v>
+        <v>18</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>654</v>
+        <v>18</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>655</v>
+        <v>18</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>656</v>
+        <v>645</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="C210" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D210" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="D211" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>18</v>
+        <v>655</v>
       </c>
       <c r="D212" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.09</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="D213" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="D214" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.26</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="D215" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E215" t="n" s="0">
-        <v>0.06</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="D216" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E216" t="n" s="0">
-        <v>0.52</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="D217" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.32</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>18</v>
+        <v>674</v>
       </c>
       <c r="E218" t="n" s="0">
-        <v>0.21</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="D219" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.25</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>687</v>
+        <v>18</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="D221" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="D222" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.01</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>695</v>
+        <v>687</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="D223" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.01</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>699</v>
+        <v>690</v>
       </c>
       <c r="D224" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>700</v>
+        <v>691</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>701</v>
+        <v>692</v>
       </c>
       <c r="D225" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.27</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>702</v>
+        <v>693</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>703</v>
+        <v>694</v>
       </c>
       <c r="D226" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.27</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>704</v>
+        <v>695</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>705</v>
+        <v>696</v>
       </c>
       <c r="D227" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.66</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
+        <v>684</v>
+      </c>
+      <c r="B228" s="6" t="s">
         <v>697</v>
       </c>
-      <c r="B228" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" t="s" s="0">
-        <v>707</v>
+        <v>698</v>
       </c>
       <c r="D228" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E228" t="n" s="0">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>709</v>
+        <v>700</v>
       </c>
       <c r="D229" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.32</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>710</v>
+        <v>701</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>711</v>
+        <v>702</v>
       </c>
       <c r="D230" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.05</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>713</v>
+        <v>704</v>
       </c>
       <c r="D231" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.1</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="D232" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.21</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="D233" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.17</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>719</v>
+        <v>710</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>720</v>
+        <v>711</v>
       </c>
       <c r="D234" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.06</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>721</v>
+        <v>712</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>722</v>
+        <v>713</v>
       </c>
       <c r="D235" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.25</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>723</v>
+        <v>714</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>724</v>
+        <v>715</v>
       </c>
       <c r="D236" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>725</v>
+        <v>716</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>726</v>
+        <v>717</v>
       </c>
       <c r="D237" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.12</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
+        <v>705</v>
+      </c>
+      <c r="B238" s="6" t="s">
         <v>718</v>
       </c>
-      <c r="B238" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" t="s" s="0">
-        <v>728</v>
+        <v>719</v>
       </c>
       <c r="D238" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.4</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>730</v>
+        <v>721</v>
       </c>
       <c r="D239" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.32</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>731</v>
+        <v>722</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>732</v>
+        <v>723</v>
       </c>
       <c r="D240" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.28</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="D241" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="D242" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.38</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>739</v>
+        <v>730</v>
       </c>
       <c r="D243" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E243" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="D244" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E244" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="D245" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E245" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="D246" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>747</v>
+        <v>737</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="D247" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="D248" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E248" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="D249" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>756</v>
+        <v>748</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="D250" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>759</v>
+        <v>750</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>760</v>
+        <v>751</v>
       </c>
       <c r="D251" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.07</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>761</v>
+        <v>752</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="D252" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.13</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>763</v>
+        <v>754</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>764</v>
+        <v>755</v>
       </c>
       <c r="D253" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>765</v>
+        <v>756</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>766</v>
+        <v>757</v>
       </c>
       <c r="D254" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E254" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
+        <v>745</v>
+      </c>
+      <c r="B255" s="6" t="s">
         <v>758</v>
       </c>
-      <c r="B255" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" t="s" s="0">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="D255" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="D256" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>772</v>
+        <v>763</v>
       </c>
       <c r="D257" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.03</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>773</v>
+        <v>764</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>774</v>
+        <v>765</v>
       </c>
       <c r="D258" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.27</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="D259" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.04</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>778</v>
+        <v>769</v>
       </c>
       <c r="D260" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.18</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="D261" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E261" t="n" s="0">
-        <v>0.44</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="D262" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>0.03</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="D263" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E263" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="D264" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="D265" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E265" t="n" s="0">
-        <v>0.06</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="D266" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.46</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>758</v>
+        <v>745</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="D267" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>758</v>
+        <v>784</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="D268" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>758</v>
+        <v>787</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="D269" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E269" t="n" s="0">
-        <v>0.08</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>758</v>
+        <v>790</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>798</v>
+        <v>792</v>
       </c>
       <c r="D270" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="D271" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="D272" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.2</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>805</v>
+        <v>799</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>806</v>
+        <v>800</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>807</v>
+        <v>801</v>
       </c>
       <c r="D273" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>808</v>
+        <v>802</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>809</v>
+        <v>803</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>810</v>
+        <v>804</v>
       </c>
       <c r="D274" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.17</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>812</v>
+        <v>806</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>813</v>
+        <v>807</v>
       </c>
       <c r="D275" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.06</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>814</v>
+        <v>808</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>815</v>
+        <v>809</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="D276" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.13</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>817</v>
+        <v>811</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="D277" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.06</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>821</v>
+        <v>815</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>822</v>
+        <v>816</v>
       </c>
       <c r="D278" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.23</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>823</v>
+        <v>817</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>824</v>
+        <v>818</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="D279" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.22</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>826</v>
+        <v>820</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>827</v>
+        <v>821</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="D280" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>829</v>
+        <v>823</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>830</v>
+        <v>824</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>831</v>
+        <v>825</v>
       </c>
       <c r="D281" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.11</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>832</v>
+        <v>826</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>833</v>
+        <v>827</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>834</v>
+        <v>828</v>
       </c>
       <c r="D282" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.12</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>835</v>
+        <v>829</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>836</v>
+        <v>830</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>837</v>
+        <v>831</v>
       </c>
       <c r="D283" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E283" t="n" s="0">
-        <v>0.07</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>838</v>
+        <v>832</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>840</v>
+        <v>834</v>
       </c>
       <c r="D284" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.22</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>841</v>
+        <v>835</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>843</v>
+        <v>837</v>
       </c>
       <c r="D285" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.43</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="D286" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.11</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>848</v>
+        <v>842</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>849</v>
+        <v>843</v>
       </c>
       <c r="D287" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.26</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="D288" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.47</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>853</v>
+        <v>844</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>854</v>
+        <v>847</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="D289" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.37</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="D290" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>860</v>
+        <v>852</v>
       </c>
       <c r="D291" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E291" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>861</v>
+        <v>853</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>862</v>
+        <v>854</v>
       </c>
       <c r="D292" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E292" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="B293" s="6" t="s">
+        <v>855</v>
+      </c>
+      <c r="C293" t="s" s="0">
         <v>856</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
       <c r="D293" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E293" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="D294" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>867</v>
+        <v>859</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="D295" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="D296" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="D297" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="D298" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E298" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>875</v>
+        <v>867</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="D299" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E299" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>877</v>
+        <v>870</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>878</v>
+        <v>871</v>
       </c>
       <c r="D300" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E300" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>879</v>
+        <v>872</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>880</v>
+        <v>873</v>
       </c>
       <c r="D301" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="D302" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.01</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="D303" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E303" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="D304" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.04</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>889</v>
+        <v>881</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="D305" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.13</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>891</v>
+        <v>883</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>892</v>
+        <v>884</v>
       </c>
       <c r="D306" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.72</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
+        <v>874</v>
+      </c>
+      <c r="B307" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="C307" t="s" s="0">
         <v>886</v>
       </c>
-      <c r="B307" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D307" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>0.24</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="C308" t="s" s="0">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="D308" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>0.33</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="C309" t="s" s="0">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="D309" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E309" t="n" s="0">
-        <v>0.44</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>899</v>
+        <v>891</v>
       </c>
       <c r="C310" t="s" s="0">
-        <v>900</v>
+        <v>892</v>
       </c>
       <c r="D310" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>0.35</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>901</v>
+        <v>894</v>
       </c>
       <c r="C311" t="s" s="0">
-        <v>902</v>
+        <v>895</v>
       </c>
       <c r="D311" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>0.64</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="C312" t="s" s="0">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="D312" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>0.42</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="C313" t="s" s="0">
-        <v>907</v>
+        <v>899</v>
       </c>
       <c r="D313" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E313" t="n" s="0">
         <v>0.27</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="C314" t="s" s="0">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="D314" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.34</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
+        <v>893</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="C315" t="s" s="0">
         <v>903</v>
       </c>
-      <c r="B315" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D315" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>0.54</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>912</v>
+        <v>904</v>
       </c>
       <c r="C316" t="s" s="0">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="D316" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>0.28</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="C317" t="s" s="0">
-        <v>915</v>
+        <v>907</v>
       </c>
       <c r="D317" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>0.42</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>916</v>
+        <v>909</v>
       </c>
       <c r="C318" t="s" s="0">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="D318" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E318" t="n" s="0">
-        <v>0.6</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>919</v>
+        <v>911</v>
       </c>
       <c r="C319" t="s" s="0">
-        <v>920</v>
+        <v>912</v>
       </c>
       <c r="D319" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E319" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="C320" t="s" s="0">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="D320" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E320" t="n" s="0">
-        <v>0.14</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="C321" t="s" s="0">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="D321" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E321" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
+        <v>908</v>
+      </c>
+      <c r="B322" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="C322" t="s" s="0">
         <v>918</v>
       </c>
-      <c r="B322" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D322" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E322" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>927</v>
+        <v>919</v>
       </c>
       <c r="C323" t="s" s="0">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="D323" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E323" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B324" s="6" t="s">
-        <v>929</v>
+        <v>921</v>
       </c>
       <c r="C324" t="s" s="0">
-        <v>930</v>
+        <v>922</v>
       </c>
       <c r="D324" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E324" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>931</v>
+        <v>923</v>
       </c>
       <c r="C325" t="s" s="0">
-        <v>932</v>
+        <v>924</v>
       </c>
       <c r="D325" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E325" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>933</v>
+        <v>925</v>
       </c>
       <c r="C326" t="s" s="0">
-        <v>934</v>
+        <v>926</v>
       </c>
       <c r="D326" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E326" t="n" s="0">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="C327" t="s" s="0">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="D327" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E327" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="C328" t="s" s="0">
-        <v>938</v>
+        <v>930</v>
       </c>
       <c r="D328" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E328" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
       <c r="C329" t="s" s="0">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="D329" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E329" t="n" s="0">
-        <v>0.39</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="C330" t="s" s="0">
-        <v>942</v>
+        <v>934</v>
       </c>
       <c r="D330" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E330" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>943</v>
+        <v>935</v>
       </c>
       <c r="C331" t="s" s="0">
-        <v>944</v>
+        <v>936</v>
       </c>
       <c r="D331" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E331" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>945</v>
+        <v>937</v>
       </c>
       <c r="C332" t="s" s="0">
-        <v>946</v>
+        <v>938</v>
       </c>
       <c r="D332" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E332" t="n" s="0">
-        <v>0.07</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="C333" t="s" s="0">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="D333" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E333" t="n" s="0">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="C334" t="s" s="0">
-        <v>950</v>
+        <v>942</v>
       </c>
       <c r="D334" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E334" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="C335" t="s" s="0">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="D335" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E335" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="C336" t="s" s="0">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="D336" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E336" t="n" s="0">
-        <v>0.27</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="C337" t="s" s="0">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="D337" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E337" t="n" s="0">
-        <v>0.1</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="C338" t="s" s="0">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="D338" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E338" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="C339" t="s" s="0">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="D339" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E339" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="C340" t="s" s="0">
-        <v>962</v>
+        <v>954</v>
       </c>
       <c r="D340" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E340" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
       <c r="C341" t="s" s="0">
-        <v>964</v>
+        <v>956</v>
       </c>
       <c r="D341" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E341" t="n" s="0">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="C342" t="s" s="0">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="D342" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E342" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="C343" t="s" s="0">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="D343" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E343" t="n" s="0">
-        <v>0.01</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="C344" t="s" s="0">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="D344" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E344" t="n" s="0">
-        <v>0.03</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>971</v>
+        <v>963</v>
       </c>
       <c r="C345" t="s" s="0">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="D345" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E345" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="C346" t="s" s="0">
-        <v>974</v>
+        <v>966</v>
       </c>
       <c r="D346" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E346" t="n" s="0">
-        <v>0.03</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>975</v>
+        <v>967</v>
       </c>
       <c r="C347" t="s" s="0">
-        <v>976</v>
+        <v>968</v>
       </c>
       <c r="D347" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E347" t="n" s="0">
-        <v>0.02</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>977</v>
+        <v>969</v>
       </c>
       <c r="C348" t="s" s="0">
-        <v>978</v>
+        <v>970</v>
       </c>
       <c r="D348" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E348" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
       <c r="C349" t="s" s="0">
-        <v>980</v>
+        <v>972</v>
       </c>
       <c r="D349" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E349" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>981</v>
+        <v>973</v>
       </c>
       <c r="C350" t="s" s="0">
-        <v>982</v>
+        <v>974</v>
       </c>
       <c r="D350" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E350" t="n" s="0">
-        <v>0.14</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>983</v>
+        <v>975</v>
       </c>
       <c r="C351" t="s" s="0">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="D351" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E351" t="n" s="0">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="C352" t="s" s="0">
-        <v>986</v>
+        <v>978</v>
       </c>
       <c r="D352" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E352" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="C353" t="s" s="0">
-        <v>988</v>
+        <v>980</v>
       </c>
       <c r="D353" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E353" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
-        <v>918</v>
+        <v>908</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>989</v>
+        <v>981</v>
       </c>
       <c r="C354" t="s" s="0">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="D354" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E354" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
-        <v>918</v>
+        <v>983</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>991</v>
+        <v>984</v>
       </c>
       <c r="C355" t="s" s="0">
-        <v>992</v>
+        <v>985</v>
       </c>
       <c r="D355" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E355" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="4" t="s">
-        <v>993</v>
+        <v>986</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="C356" t="s" s="0">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="D356" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E356" t="n" s="0">
-        <v>0.02</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>997</v>
+        <v>990</v>
       </c>
       <c r="C357" t="s" s="0">
-        <v>998</v>
+        <v>991</v>
       </c>
       <c r="D357" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E357" t="n" s="0">
-        <v>0.34</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="C358" t="s" s="0">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="D358" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E358" t="n" s="0">
-        <v>0.12</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="C359" t="s" s="0">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="D359" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E359" t="n" s="0">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
       <c r="C360" t="s" s="0">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="D360" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E360" t="n" s="0">
-        <v>0.23</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="C361" t="s" s="0">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c r="D361" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E361" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>1011</v>
+        <v>1004</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>1012</v>
+        <v>1005</v>
       </c>
       <c r="C362" t="s" s="0">
-        <v>1013</v>
+        <v>1006</v>
       </c>
       <c r="D362" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E362" t="n" s="0">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>1014</v>
+        <v>1007</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
       <c r="C363" t="s" s="0">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="D363" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E363" t="n" s="0">
-        <v>0.23</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="C364" t="s" s="0">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="D364" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E364" t="n" s="0">
-        <v>0.13</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
       <c r="C365" t="s" s="0">
-        <v>1022</v>
+        <v>1015</v>
       </c>
       <c r="D365" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E365" t="n" s="0">
-        <v>0.44</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="C366" t="s" s="0">
-        <v>1025</v>
+        <v>1018</v>
       </c>
       <c r="D366" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E366" t="n" s="0">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="C367" t="s" s="0">
-        <v>1028</v>
+        <v>1021</v>
       </c>
       <c r="D367" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E367" t="n" s="0">
-        <v>0.29</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="C368" t="s" s="0">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="D368" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E368" t="n" s="0">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="C369" t="s" s="0">
-        <v>1034</v>
+        <v>1027</v>
       </c>
       <c r="D369" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E369" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="C370" t="s" s="0">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="D370" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E370" t="n" s="0">
         <v>0.12</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>1039</v>
+        <v>1032</v>
       </c>
       <c r="C371" t="s" s="0">
-        <v>1040</v>
+        <v>1033</v>
       </c>
       <c r="D371" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E371" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>1041</v>
+        <v>1034</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>1042</v>
+        <v>1035</v>
       </c>
       <c r="C372" t="s" s="0">
-        <v>1043</v>
+        <v>1036</v>
       </c>
       <c r="D372" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E372" t="n" s="0">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>1044</v>
+        <v>1037</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>1045</v>
+        <v>1038</v>
       </c>
       <c r="C373" t="s" s="0">
-        <v>1046</v>
+        <v>1039</v>
       </c>
       <c r="D373" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E373" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>1047</v>
+        <v>1040</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>1048</v>
+        <v>1041</v>
       </c>
       <c r="C374" t="s" s="0">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="D374" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E374" t="n" s="0">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
       <c r="C375" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D375" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E375" t="n" s="0">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="C376" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D376" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E376" t="n" s="0">
         <v>-0.31</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="C377" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D377" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E377" t="n" s="0">
         <v>-0.23</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="4" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="C378" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D378" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E378" t="n" s="0">
-        <v>0.23</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
       <c r="C379" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D379" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E379" t="n" s="0">
-        <v>-9.3</v>
+        <v>8.87</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="C380" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D380" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E380" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="C381" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D381" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E381" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="C382" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D382" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E382" t="n" s="0">
-        <v>9.23</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>1061</v>
+        <v>1049</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="C383" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D383" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E383" t="n" s="0">
-        <v>-0.04</v>
+        <v>-0.29</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>1061</v>
+        <v>1049</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="C384" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D384" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E384" t="n" s="0">
-        <v>-0.26</v>
+        <v>-9.04</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>1061</v>
+        <v>1049</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="C385" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D385" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E385" t="n" s="0">
-        <v>0.26</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>1061</v>
+        <v>1049</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="C386" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D386" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E386" t="n" s="0">
-        <v>10.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="C387" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D387" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E387" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="C388" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D388" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E388" t="n" s="0">
-        <v>0.03</v>
+        <v>-0.01</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B389" s="6" t="s">
         <v>1061</v>
       </c>
-      <c r="B389" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D389" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E389" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="C390" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D390" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E390" t="n" s="0">
-        <v>-10.15</v>
+        <v>-0.25</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>1070</v>
+        <v>1058</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="C391" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D391" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E391" t="n" s="0">
-        <v>3.91</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>1070</v>
+        <v>1058</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
       <c r="C392" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D392" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E392" t="n" s="0">
-        <v>-3.96</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>1073</v>
+        <v>1058</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>1074</v>
+        <v>1065</v>
       </c>
       <c r="C393" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D393" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E393" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>1073</v>
+        <v>1058</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>1075</v>
+        <v>1066</v>
       </c>
       <c r="C394" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D394" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E394" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
-        <v>1076</v>
+        <v>1058</v>
       </c>
       <c r="B395" s="6" t="s">
-        <v>1077</v>
+        <v>1067</v>
       </c>
       <c r="C395" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D395" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E395" t="n" s="0">
-        <v>-0.03</v>
+        <v>9.69</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>1076</v>
+        <v>1058</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>1078</v>
+        <v>1068</v>
       </c>
       <c r="C396" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D396" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E396" t="n" s="0">
-        <v>0.03</v>
+        <v>-9.87</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>1079</v>
+        <v>1058</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="C397" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D397" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E397" t="n" s="0">
-        <v>0.13</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>1081</v>
+        <v>1058</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>1082</v>
+        <v>1070</v>
       </c>
       <c r="C398" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D398" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E398" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>1081</v>
+        <v>1058</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>1083</v>
+        <v>1071</v>
       </c>
       <c r="C399" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D399" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E399" t="n" s="0">
-        <v>-0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>1084</v>
+        <v>1058</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>1085</v>
+        <v>1072</v>
       </c>
       <c r="C400" t="s" s="0">
-        <v>1086</v>
+        <v>18</v>
       </c>
       <c r="D400" t="s" s="0">
-        <v>1087</v>
+        <v>18</v>
       </c>
       <c r="E400" t="n" s="0">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
-        <v>1088</v>
+        <v>1073</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>1089</v>
+        <v>1074</v>
       </c>
       <c r="C401" t="s" s="0">
-        <v>1090</v>
+        <v>18</v>
       </c>
       <c r="D401" t="s" s="0">
-        <v>1091</v>
+        <v>18</v>
       </c>
       <c r="E401" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>1092</v>
+        <v>1073</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>1093</v>
+        <v>1075</v>
       </c>
       <c r="C402" t="s" s="0">
-        <v>1094</v>
+        <v>18</v>
       </c>
       <c r="D402" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E402" t="n" s="0">
-        <v>0.06</v>
+        <v>-3.88</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>1095</v>
+        <v>1073</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>1096</v>
+        <v>1076</v>
       </c>
       <c r="C403" t="s" s="0">
-        <v>1097</v>
+        <v>18</v>
       </c>
       <c r="D403" t="s" s="0">
-        <v>1098</v>
+        <v>18</v>
       </c>
       <c r="E403" t="n" s="0">
-        <v>0.08</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>1100</v>
+        <v>1077</v>
       </c>
       <c r="C404" t="s" s="0">
-        <v>1101</v>
+        <v>18</v>
       </c>
       <c r="D404" t="s" s="0">
-        <v>1102</v>
+        <v>18</v>
       </c>
       <c r="E404" t="n" s="0">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>1103</v>
+        <v>1073</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>1104</v>
+        <v>1078</v>
       </c>
       <c r="C405" t="s" s="0">
-        <v>1105</v>
+        <v>18</v>
       </c>
       <c r="D405" t="s" s="0">
-        <v>1106</v>
+        <v>18</v>
       </c>
       <c r="E405" t="n" s="0">
-        <v>0.09</v>
+        <v>-0.09</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="4" t="s">
-        <v>1107</v>
+        <v>1073</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>1108</v>
+        <v>1079</v>
       </c>
       <c r="C406" t="s" s="0">
-        <v>1109</v>
+        <v>18</v>
       </c>
       <c r="D406" t="s" s="0">
-        <v>1110</v>
+        <v>18</v>
       </c>
       <c r="E406" t="n" s="0">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>1111</v>
+        <v>1073</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>1112</v>
+        <v>1080</v>
       </c>
       <c r="C407" t="s" s="0">
-        <v>1113</v>
+        <v>18</v>
       </c>
       <c r="D407" t="s" s="0">
-        <v>1114</v>
+        <v>18</v>
       </c>
       <c r="E407" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>1115</v>
+        <v>1073</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>1116</v>
+        <v>1081</v>
       </c>
       <c r="C408" t="s" s="0">
-        <v>1117</v>
+        <v>18</v>
       </c>
       <c r="D408" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E408" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.08</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="4" t="s">
-        <v>1118</v>
+        <v>1073</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>1119</v>
+        <v>1082</v>
       </c>
       <c r="C409" t="s" s="0">
-        <v>1120</v>
+        <v>18</v>
       </c>
       <c r="D409" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E409" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>1121</v>
+        <v>1073</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>1122</v>
+        <v>1083</v>
       </c>
       <c r="C410" t="s" s="0">
-        <v>1123</v>
+        <v>18</v>
       </c>
       <c r="D410" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E410" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="4" t="s">
-        <v>1121</v>
+        <v>1084</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>1124</v>
+        <v>1085</v>
       </c>
       <c r="C411" t="s" s="0">
-        <v>1125</v>
+        <v>18</v>
       </c>
       <c r="D411" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E411" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>1121</v>
+        <v>1084</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>1126</v>
+        <v>1086</v>
       </c>
       <c r="C412" t="s" s="0">
-        <v>1127</v>
+        <v>18</v>
       </c>
       <c r="D412" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E412" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>1121</v>
+        <v>1087</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>1128</v>
+        <v>1088</v>
       </c>
       <c r="C413" t="s" s="0">
-        <v>1129</v>
+        <v>18</v>
       </c>
       <c r="D413" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E413" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>1121</v>
+        <v>1087</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>1130</v>
+        <v>1089</v>
       </c>
       <c r="C414" t="s" s="0">
-        <v>1131</v>
+        <v>18</v>
       </c>
       <c r="D414" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E414" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>1121</v>
+        <v>1090</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>1132</v>
+        <v>1091</v>
       </c>
       <c r="C415" t="s" s="0">
-        <v>1133</v>
+        <v>18</v>
       </c>
       <c r="D415" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E415" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>1134</v>
+        <v>1093</v>
       </c>
       <c r="C416" t="s" s="0">
-        <v>1135</v>
+        <v>18</v>
       </c>
       <c r="D416" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E416" t="n" s="0">
-        <v>0.04</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>1136</v>
+        <v>1094</v>
       </c>
       <c r="C417" t="s" s="0">
-        <v>1137</v>
+        <v>18</v>
       </c>
       <c r="D417" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E417" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.4</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>1138</v>
+        <v>1095</v>
       </c>
       <c r="C418" t="s" s="0">
-        <v>1139</v>
+        <v>18</v>
       </c>
       <c r="D418" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E418" t="n" s="0">
-        <v>0.01</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>1140</v>
+        <v>1096</v>
       </c>
       <c r="C419" t="s" s="0">
-        <v>1141</v>
+        <v>18</v>
       </c>
       <c r="D419" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E419" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="4" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>1142</v>
+        <v>1097</v>
       </c>
       <c r="C420" t="s" s="0">
-        <v>1143</v>
+        <v>18</v>
       </c>
       <c r="D420" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E420" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="4" t="s">
-        <v>1121</v>
+        <v>1092</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>1144</v>
+        <v>1098</v>
       </c>
       <c r="C421" t="s" s="0">
-        <v>1145</v>
+        <v>18</v>
       </c>
       <c r="D421" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E421" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>1121</v>
+        <v>1099</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>1146</v>
+        <v>1100</v>
       </c>
       <c r="C422" t="s" s="0">
-        <v>1147</v>
+        <v>1101</v>
       </c>
       <c r="D422" t="s" s="0">
-        <v>18</v>
+        <v>1102</v>
       </c>
       <c r="E422" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>1121</v>
+        <v>1103</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>1148</v>
+        <v>1104</v>
       </c>
       <c r="C423" t="s" s="0">
-        <v>1149</v>
+        <v>1105</v>
       </c>
       <c r="D423" t="s" s="0">
-        <v>18</v>
+        <v>1106</v>
       </c>
       <c r="E423" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>1121</v>
+        <v>1107</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>1150</v>
+        <v>1108</v>
       </c>
       <c r="C424" t="s" s="0">
-        <v>1151</v>
+        <v>1109</v>
       </c>
       <c r="D424" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E424" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>1152</v>
+        <v>1111</v>
       </c>
       <c r="C425" t="s" s="0">
-        <v>1153</v>
+        <v>1112</v>
       </c>
       <c r="D425" t="s" s="0">
-        <v>18</v>
+        <v>1113</v>
       </c>
       <c r="E425" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>1154</v>
+        <v>1115</v>
       </c>
       <c r="C426" t="s" s="0">
-        <v>1155</v>
+        <v>1116</v>
       </c>
       <c r="D426" t="s" s="0">
-        <v>18</v>
+        <v>1117</v>
       </c>
       <c r="E426" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B427" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C427" t="s" s="0">
+        <v>1120</v>
+      </c>
+      <c r="D427" t="s" s="0">
         <v>1121</v>
       </c>
-      <c r="B427" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E427" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>1158</v>
+        <v>1123</v>
       </c>
       <c r="C428" t="s" s="0">
-        <v>1159</v>
+        <v>1124</v>
       </c>
       <c r="D428" t="s" s="0">
-        <v>18</v>
+        <v>1125</v>
       </c>
       <c r="E428" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>1160</v>
+        <v>1127</v>
       </c>
       <c r="C429" t="s" s="0">
-        <v>1161</v>
+        <v>1128</v>
       </c>
       <c r="D429" t="s" s="0">
-        <v>18</v>
+        <v>1129</v>
       </c>
       <c r="E429" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>1162</v>
+        <v>1131</v>
       </c>
       <c r="C430" t="s" s="0">
-        <v>1163</v>
+        <v>1132</v>
       </c>
       <c r="D430" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E430" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>1164</v>
+        <v>1134</v>
       </c>
       <c r="C431" t="s" s="0">
-        <v>1165</v>
+        <v>1135</v>
       </c>
       <c r="D431" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E431" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>1121</v>
+        <v>1136</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>1166</v>
+        <v>1137</v>
       </c>
       <c r="C432" t="s" s="0">
-        <v>1167</v>
+        <v>1138</v>
       </c>
       <c r="D432" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E432" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>1121</v>
+        <v>1136</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>1168</v>
+        <v>1139</v>
       </c>
       <c r="C433" t="s" s="0">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="D433" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E433" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
-        <v>1121</v>
+        <v>1136</v>
       </c>
       <c r="B434" s="6" t="s">
-        <v>1170</v>
+        <v>1141</v>
       </c>
       <c r="C434" t="s" s="0">
-        <v>1171</v>
+        <v>1142</v>
       </c>
       <c r="D434" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E434" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
-        <v>1121</v>
+        <v>1136</v>
       </c>
       <c r="B435" s="6" t="s">
-        <v>1172</v>
+        <v>1143</v>
       </c>
       <c r="C435" t="s" s="0">
-        <v>1173</v>
+        <v>1144</v>
       </c>
       <c r="D435" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E435" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A436" s="4" t="s">
-        <v>1121</v>
+        <v>1136</v>
       </c>
       <c r="B436" s="6" t="s">
-        <v>1174</v>
+        <v>1145</v>
       </c>
       <c r="C436" t="s" s="0">
-        <v>1175</v>
+        <v>1146</v>
       </c>
       <c r="D436" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E436" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A437" s="4" t="s">
-        <v>1176</v>
+        <v>1136</v>
       </c>
       <c r="B437" s="6" t="s">
-        <v>1177</v>
+        <v>1147</v>
       </c>
       <c r="C437" t="s" s="0">
-        <v>1178</v>
+        <v>1148</v>
       </c>
       <c r="D437" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E437" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A438" s="4" t="s">
-        <v>1179</v>
+        <v>1136</v>
       </c>
       <c r="B438" s="6" t="s">
-        <v>1180</v>
+        <v>1149</v>
       </c>
       <c r="C438" t="s" s="0">
-        <v>1181</v>
+        <v>1150</v>
       </c>
       <c r="D438" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E438" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A439" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B439" s="6" t="s">
-        <v>1183</v>
+        <v>1151</v>
       </c>
       <c r="C439" t="s" s="0">
-        <v>1184</v>
+        <v>1152</v>
       </c>
       <c r="D439" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E439" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A440" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B440" s="6" t="s">
-        <v>1185</v>
+        <v>1153</v>
       </c>
       <c r="C440" t="s" s="0">
-        <v>1186</v>
+        <v>1154</v>
       </c>
       <c r="D440" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E440" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A441" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B441" s="6" t="s">
-        <v>1187</v>
+        <v>1155</v>
       </c>
       <c r="C441" t="s" s="0">
-        <v>1188</v>
+        <v>1156</v>
       </c>
       <c r="D441" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E441" t="n" s="0">
-        <v>0.56</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A442" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B442" s="6" t="s">
-        <v>1189</v>
+        <v>1157</v>
       </c>
       <c r="C442" t="s" s="0">
-        <v>1190</v>
+        <v>1158</v>
       </c>
       <c r="D442" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E442" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A443" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B443" s="6" t="s">
-        <v>1191</v>
+        <v>1159</v>
       </c>
       <c r="C443" t="s" s="0">
-        <v>1192</v>
+        <v>1160</v>
       </c>
       <c r="D443" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E443" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A444" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B444" s="6" t="s">
-        <v>1193</v>
+        <v>1161</v>
       </c>
       <c r="C444" t="s" s="0">
-        <v>1194</v>
+        <v>1162</v>
       </c>
       <c r="D444" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E444" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A445" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B445" s="6" t="s">
-        <v>1195</v>
+        <v>1163</v>
       </c>
       <c r="C445" t="s" s="0">
-        <v>1196</v>
+        <v>1164</v>
       </c>
       <c r="D445" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E445" t="n" s="0">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A446" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B446" s="6" t="s">
-        <v>1197</v>
+        <v>1165</v>
       </c>
       <c r="C446" t="s" s="0">
-        <v>1198</v>
+        <v>1166</v>
       </c>
       <c r="D446" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E446" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A447" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B447" s="6" t="s">
-        <v>1199</v>
+        <v>1167</v>
       </c>
       <c r="C447" t="s" s="0">
-        <v>1200</v>
+        <v>1168</v>
       </c>
       <c r="D447" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E447" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A448" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B448" s="6" t="s">
-        <v>1201</v>
+        <v>1169</v>
       </c>
       <c r="C448" t="s" s="0">
-        <v>1202</v>
+        <v>1170</v>
       </c>
       <c r="D448" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E448" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A449" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B449" s="6" t="s">
-        <v>1203</v>
+        <v>1171</v>
       </c>
       <c r="C449" t="s" s="0">
-        <v>1204</v>
+        <v>1172</v>
       </c>
       <c r="D449" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E449" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A450" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B450" s="6" t="s">
-        <v>1205</v>
+        <v>1173</v>
       </c>
       <c r="C450" t="s" s="0">
-        <v>1206</v>
+        <v>1174</v>
       </c>
       <c r="D450" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E450" t="n" s="0">
-        <v>0.23</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A451" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B451" s="6" t="s">
-        <v>1207</v>
+        <v>1175</v>
       </c>
       <c r="C451" t="s" s="0">
-        <v>1208</v>
+        <v>1176</v>
       </c>
       <c r="D451" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E451" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A452" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B452" s="6" t="s">
-        <v>1209</v>
+        <v>1177</v>
       </c>
       <c r="C452" t="s" s="0">
-        <v>1210</v>
+        <v>1178</v>
       </c>
       <c r="D452" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E452" t="n" s="0">
-        <v>0.02</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A453" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B453" s="6" t="s">
-        <v>1211</v>
+        <v>1179</v>
       </c>
       <c r="C453" t="s" s="0">
-        <v>1212</v>
+        <v>1180</v>
       </c>
       <c r="D453" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E453" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A454" s="4" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B454" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C454" t="s" s="0">
         <v>1182</v>
       </c>
-      <c r="B454" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D454" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E454" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A455" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B455" s="6" t="s">
-        <v>1215</v>
+        <v>1183</v>
       </c>
       <c r="C455" t="s" s="0">
-        <v>1216</v>
+        <v>1184</v>
       </c>
       <c r="D455" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E455" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A456" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B456" s="6" t="s">
-        <v>1217</v>
+        <v>1185</v>
       </c>
       <c r="C456" t="s" s="0">
-        <v>1218</v>
+        <v>1186</v>
       </c>
       <c r="D456" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E456" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A457" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B457" s="6" t="s">
-        <v>1219</v>
+        <v>1187</v>
       </c>
       <c r="C457" t="s" s="0">
-        <v>1220</v>
+        <v>1188</v>
       </c>
       <c r="D457" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E457" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A458" s="4" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="B458" s="6" t="s">
-        <v>1221</v>
+        <v>1189</v>
       </c>
       <c r="C458" t="s" s="0">
-        <v>1222</v>
+        <v>1190</v>
       </c>
       <c r="D458" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E458" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A459" s="4" t="s">
-        <v>1182</v>
+        <v>1191</v>
       </c>
       <c r="B459" s="6" t="s">
-        <v>1223</v>
+        <v>1192</v>
       </c>
       <c r="C459" t="s" s="0">
-        <v>1224</v>
+        <v>1193</v>
       </c>
       <c r="D459" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E459" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A460" s="4" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
       <c r="B460" s="6" t="s">
-        <v>1225</v>
+        <v>1195</v>
       </c>
       <c r="C460" t="s" s="0">
-        <v>1226</v>
+        <v>1196</v>
       </c>
       <c r="D460" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E460" t="n" s="0">
-        <v>0.85</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A461" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B461" s="6" t="s">
-        <v>1227</v>
+        <v>1198</v>
       </c>
       <c r="C461" t="s" s="0">
-        <v>1228</v>
+        <v>1199</v>
       </c>
       <c r="D461" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E461" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A462" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B462" s="6" t="s">
-        <v>1229</v>
+        <v>1200</v>
       </c>
       <c r="C462" t="s" s="0">
-        <v>1230</v>
+        <v>1201</v>
       </c>
       <c r="D462" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E462" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A463" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B463" s="6" t="s">
-        <v>1231</v>
+        <v>1202</v>
       </c>
       <c r="C463" t="s" s="0">
-        <v>1232</v>
+        <v>1203</v>
       </c>
       <c r="D463" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E463" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A464" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B464" s="6" t="s">
-        <v>1233</v>
+        <v>1204</v>
       </c>
       <c r="C464" t="s" s="0">
-        <v>1234</v>
+        <v>1205</v>
       </c>
       <c r="D464" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E464" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A465" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B465" s="6" t="s">
-        <v>1235</v>
+        <v>1206</v>
       </c>
       <c r="C465" t="s" s="0">
-        <v>1236</v>
+        <v>1207</v>
       </c>
       <c r="D465" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E465" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A466" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B466" s="6" t="s">
-        <v>1237</v>
+        <v>1208</v>
       </c>
       <c r="C466" t="s" s="0">
-        <v>1238</v>
+        <v>1209</v>
       </c>
       <c r="D466" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E466" t="n" s="0">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A467" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B467" s="6" t="s">
-        <v>1239</v>
+        <v>1210</v>
       </c>
       <c r="C467" t="s" s="0">
-        <v>1240</v>
+        <v>1211</v>
       </c>
       <c r="D467" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E467" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A468" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B468" s="6" t="s">
-        <v>1241</v>
+        <v>1212</v>
       </c>
       <c r="C468" t="s" s="0">
-        <v>1242</v>
+        <v>1213</v>
       </c>
       <c r="D468" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E468" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A469" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B469" s="6" t="s">
-        <v>1243</v>
+        <v>1214</v>
       </c>
       <c r="C469" t="s" s="0">
-        <v>1244</v>
+        <v>1215</v>
       </c>
       <c r="D469" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E469" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A470" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B470" s="6" t="s">
-        <v>1245</v>
+        <v>1216</v>
       </c>
       <c r="C470" t="s" s="0">
-        <v>1246</v>
+        <v>1217</v>
       </c>
       <c r="D470" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E470" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A471" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B471" s="6" t="s">
-        <v>1247</v>
+        <v>1218</v>
       </c>
       <c r="C471" t="s" s="0">
-        <v>1248</v>
+        <v>1219</v>
       </c>
       <c r="D471" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E471" t="n" s="0">
-        <v>0.05</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A472" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B472" s="6" t="s">
-        <v>1249</v>
+        <v>1220</v>
       </c>
       <c r="C472" t="s" s="0">
-        <v>1250</v>
+        <v>1221</v>
       </c>
       <c r="D472" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E472" t="n" s="0">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A473" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B473" s="6" t="s">
-        <v>1251</v>
+        <v>1222</v>
       </c>
       <c r="C473" t="s" s="0">
-        <v>1252</v>
+        <v>1223</v>
       </c>
       <c r="D473" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E473" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A474" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B474" s="6" t="s">
-        <v>1253</v>
+        <v>1224</v>
       </c>
       <c r="C474" t="s" s="0">
-        <v>1254</v>
+        <v>1225</v>
       </c>
       <c r="D474" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E474" t="n" s="0">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A475" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B475" s="6" t="s">
-        <v>1255</v>
+        <v>1226</v>
       </c>
       <c r="C475" t="s" s="0">
-        <v>1256</v>
+        <v>1227</v>
       </c>
       <c r="D475" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E475" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A476" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B476" s="6" t="s">
-        <v>1257</v>
+        <v>1228</v>
       </c>
       <c r="C476" t="s" s="0">
-        <v>1258</v>
+        <v>1229</v>
       </c>
       <c r="D476" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E476" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A477" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B477" s="6" t="s">
-        <v>1259</v>
+        <v>1230</v>
       </c>
       <c r="C477" t="s" s="0">
-        <v>1260</v>
+        <v>1231</v>
       </c>
       <c r="D477" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E477" t="n" s="0">
-        <v>0.32</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A478" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B478" s="6" t="s">
-        <v>1261</v>
+        <v>1232</v>
       </c>
       <c r="C478" t="s" s="0">
-        <v>1262</v>
+        <v>1233</v>
       </c>
       <c r="D478" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E478" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A479" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B479" s="6" t="s">
-        <v>1263</v>
+        <v>1234</v>
       </c>
       <c r="C479" t="s" s="0">
-        <v>1264</v>
+        <v>1235</v>
       </c>
       <c r="D479" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E479" t="n" s="0">
-        <v>0.08</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A480" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B480" s="6" t="s">
-        <v>1265</v>
+        <v>1236</v>
       </c>
       <c r="C480" t="s" s="0">
-        <v>1266</v>
+        <v>1237</v>
       </c>
       <c r="D480" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E480" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A481" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B481" s="6" t="s">
-        <v>1267</v>
+        <v>1238</v>
       </c>
       <c r="C481" t="s" s="0">
-        <v>1268</v>
+        <v>1239</v>
       </c>
       <c r="D481" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E481" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A482" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B482" s="6" t="s">
-        <v>1269</v>
+        <v>1240</v>
       </c>
       <c r="C482" t="s" s="0">
-        <v>1270</v>
+        <v>1241</v>
       </c>
       <c r="D482" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E482" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A483" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B483" s="6" t="s">
-        <v>1271</v>
+        <v>1242</v>
       </c>
       <c r="C483" t="s" s="0">
-        <v>1272</v>
+        <v>1243</v>
       </c>
       <c r="D483" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E483" t="n" s="0">
-        <v>0.04</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A484" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B484" s="6" t="s">
-        <v>1273</v>
+        <v>1244</v>
       </c>
       <c r="C484" t="s" s="0">
-        <v>1274</v>
+        <v>1245</v>
       </c>
       <c r="D484" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E484" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A485" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B485" s="6" t="s">
-        <v>1275</v>
+        <v>1246</v>
       </c>
       <c r="C485" t="s" s="0">
-        <v>1276</v>
+        <v>1247</v>
       </c>
       <c r="D485" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E485" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A486" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B486" s="6" t="s">
-        <v>1277</v>
+        <v>1248</v>
       </c>
       <c r="C486" t="s" s="0">
-        <v>1278</v>
+        <v>1249</v>
       </c>
       <c r="D486" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E486" t="n" s="0">
-        <v>0.15</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A487" s="4" t="s">
-        <v>1182</v>
+        <v>1197</v>
       </c>
       <c r="B487" s="6" t="s">
-        <v>1279</v>
+        <v>1250</v>
       </c>
       <c r="C487" t="s" s="0">
-        <v>1280</v>
+        <v>1251</v>
       </c>
       <c r="D487" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E487" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A488" s="4" t="s">
-        <v>1281</v>
+        <v>1197</v>
       </c>
       <c r="B488" s="6" t="s">
-        <v>1282</v>
+        <v>1252</v>
       </c>
       <c r="C488" t="s" s="0">
-        <v>1283</v>
+        <v>1253</v>
       </c>
       <c r="D488" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E488" t="n" s="0">
-        <v>0.25</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A489" s="4" t="s">
-        <v>1281</v>
+        <v>1197</v>
       </c>
       <c r="B489" s="6" t="s">
-        <v>1284</v>
+        <v>1254</v>
       </c>
       <c r="C489" t="s" s="0">
-        <v>1285</v>
+        <v>1255</v>
       </c>
       <c r="D489" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E489" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A490" s="4" t="s">
-        <v>1281</v>
+        <v>1197</v>
       </c>
       <c r="B490" s="6" t="s">
-        <v>1286</v>
+        <v>1256</v>
       </c>
       <c r="C490" t="s" s="0">
-        <v>1287</v>
+        <v>1257</v>
       </c>
       <c r="D490" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E490" t="n" s="0">
-        <v>0.81</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A491" s="4" t="s">
-        <v>1281</v>
+        <v>1197</v>
       </c>
       <c r="B491" s="6" t="s">
-        <v>1288</v>
+        <v>1258</v>
       </c>
       <c r="C491" t="s" s="0">
-        <v>1289</v>
+        <v>1259</v>
       </c>
       <c r="D491" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E491" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A492" s="4" t="s">
-        <v>1290</v>
+        <v>1197</v>
       </c>
       <c r="B492" s="6" t="s">
-        <v>1291</v>
+        <v>1260</v>
       </c>
       <c r="C492" t="s" s="0">
-        <v>18</v>
+        <v>1261</v>
       </c>
       <c r="D492" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E492" t="n" s="0">
-        <v>1.35</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A493" s="4" t="s">
-        <v>1290</v>
+        <v>1197</v>
       </c>
       <c r="B493" s="6" t="s">
-        <v>1292</v>
+        <v>1262</v>
       </c>
       <c r="C493" t="s" s="0">
-        <v>18</v>
+        <v>1263</v>
       </c>
       <c r="D493" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E493" t="n" s="0">
-        <v>0.69</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A494" s="4" t="s">
-        <v>1293</v>
+        <v>1197</v>
       </c>
       <c r="B494" s="6" t="s">
-        <v>1294</v>
+        <v>1264</v>
       </c>
       <c r="C494" t="s" s="0">
-        <v>1295</v>
+        <v>1265</v>
       </c>
       <c r="D494" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E494" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A495" s="4" t="s">
-        <v>1296</v>
+        <v>1197</v>
       </c>
       <c r="B495" s="6" t="s">
-        <v>1297</v>
+        <v>1266</v>
       </c>
       <c r="C495" t="s" s="0">
-        <v>1298</v>
+        <v>1267</v>
       </c>
       <c r="D495" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E495" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A496" s="4" t="s">
-        <v>1299</v>
+        <v>1197</v>
       </c>
       <c r="B496" s="6" t="s">
-        <v>1300</v>
+        <v>1268</v>
       </c>
       <c r="C496" t="s" s="0">
-        <v>1301</v>
+        <v>1269</v>
       </c>
       <c r="D496" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E496" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A497" s="4" t="s">
-        <v>1302</v>
+        <v>1197</v>
       </c>
       <c r="B497" s="6" t="s">
-        <v>1303</v>
+        <v>1270</v>
       </c>
       <c r="C497" t="s" s="0">
-        <v>1304</v>
+        <v>1271</v>
       </c>
       <c r="D497" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E497" t="n" s="0">
-        <v>0.01</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A498" s="4" t="s">
-        <v>1305</v>
+        <v>1197</v>
       </c>
       <c r="B498" s="6" t="s">
-        <v>1306</v>
+        <v>1272</v>
       </c>
       <c r="C498" t="s" s="0">
-        <v>1307</v>
+        <v>1273</v>
       </c>
       <c r="D498" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E498" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A499" s="4" t="s">
-        <v>1308</v>
+        <v>1197</v>
       </c>
       <c r="B499" s="6" t="s">
-        <v>1309</v>
+        <v>1274</v>
       </c>
       <c r="C499" t="s" s="0">
-        <v>1310</v>
+        <v>1275</v>
       </c>
       <c r="D499" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E499" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A500" s="4" t="s">
-        <v>1311</v>
+        <v>1197</v>
       </c>
       <c r="B500" s="6" t="s">
-        <v>1312</v>
+        <v>1276</v>
       </c>
       <c r="C500" t="s" s="0">
-        <v>1313</v>
+        <v>1277</v>
       </c>
       <c r="D500" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E500" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A501" s="4" t="s">
-        <v>1314</v>
+        <v>1197</v>
       </c>
       <c r="B501" s="6" t="s">
-        <v>1315</v>
+        <v>1278</v>
       </c>
       <c r="C501" t="s" s="0">
-        <v>1316</v>
+        <v>1279</v>
       </c>
       <c r="D501" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E501" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A502" s="4" t="s">
-        <v>1317</v>
+        <v>1197</v>
       </c>
       <c r="B502" s="6" t="s">
-        <v>1318</v>
+        <v>1280</v>
       </c>
       <c r="C502" t="s" s="0">
-        <v>1319</v>
+        <v>1281</v>
       </c>
       <c r="D502" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E502" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A503" s="4" t="s">
-        <v>1320</v>
+        <v>1197</v>
       </c>
       <c r="B503" s="6" t="s">
-        <v>1321</v>
+        <v>1282</v>
       </c>
       <c r="C503" t="s" s="0">
-        <v>1322</v>
+        <v>1283</v>
       </c>
       <c r="D503" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E503" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A504" s="4" t="s">
-        <v>1323</v>
+        <v>1197</v>
       </c>
       <c r="B504" s="6" t="s">
-        <v>1324</v>
+        <v>1284</v>
       </c>
       <c r="C504" t="s" s="0">
-        <v>1325</v>
+        <v>1285</v>
       </c>
       <c r="D504" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E504" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A505" s="4" t="s">
-        <v>1326</v>
+        <v>1197</v>
       </c>
       <c r="B505" s="6" t="s">
-        <v>1327</v>
+        <v>1286</v>
       </c>
       <c r="C505" t="s" s="0">
-        <v>1328</v>
+        <v>1287</v>
       </c>
       <c r="D505" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E505" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A506" s="4" t="s">
-        <v>1329</v>
+        <v>1197</v>
       </c>
       <c r="B506" s="6" t="s">
-        <v>1330</v>
+        <v>1288</v>
       </c>
       <c r="C506" t="s" s="0">
-        <v>1331</v>
+        <v>1289</v>
       </c>
       <c r="D506" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E506" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A507" s="4" t="s">
-        <v>1332</v>
+        <v>1197</v>
       </c>
       <c r="B507" s="6" t="s">
-        <v>1333</v>
+        <v>1290</v>
       </c>
       <c r="C507" t="s" s="0">
-        <v>1334</v>
+        <v>1291</v>
       </c>
       <c r="D507" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E507" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A508" s="4" t="s">
-        <v>1335</v>
+        <v>1292</v>
       </c>
       <c r="B508" s="6" t="s">
-        <v>1336</v>
+        <v>1293</v>
       </c>
       <c r="C508" t="s" s="0">
-        <v>1337</v>
+        <v>1294</v>
       </c>
       <c r="D508" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E508" t="n" s="0">
-        <v>0.02</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A509" s="4" t="s">
-        <v>1338</v>
+        <v>1292</v>
       </c>
       <c r="B509" s="6" t="s">
-        <v>1339</v>
+        <v>1295</v>
       </c>
       <c r="C509" t="s" s="0">
-        <v>1340</v>
+        <v>1296</v>
       </c>
       <c r="D509" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E509" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A510" s="4" t="s">
-        <v>1341</v>
+        <v>1292</v>
       </c>
       <c r="B510" s="6" t="s">
-        <v>1342</v>
+        <v>1297</v>
       </c>
       <c r="C510" t="s" s="0">
-        <v>1343</v>
+        <v>1298</v>
       </c>
       <c r="D510" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E510" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A511" s="4" t="s">
-        <v>1344</v>
+        <v>1292</v>
       </c>
       <c r="B511" s="6" t="s">
-        <v>1345</v>
+        <v>1299</v>
       </c>
       <c r="C511" t="s" s="0">
-        <v>1346</v>
+        <v>1300</v>
       </c>
       <c r="D511" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E511" t="n" s="0">
-        <v>0.02</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A512" s="4" t="s">
-        <v>1347</v>
+        <v>1301</v>
       </c>
       <c r="B512" s="6" t="s">
-        <v>1348</v>
+        <v>1302</v>
       </c>
       <c r="C512" t="s" s="0">
-        <v>1349</v>
+        <v>18</v>
       </c>
       <c r="D512" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E512" t="n" s="0">
-        <v>0.03</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A513" s="4" t="s">
-        <v>1350</v>
+        <v>1301</v>
       </c>
       <c r="B513" s="6" t="s">
-        <v>1351</v>
+        <v>1303</v>
       </c>
       <c r="C513" t="s" s="0">
-        <v>1352</v>
+        <v>18</v>
       </c>
       <c r="D513" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E513" t="n" s="0">
-        <v>0.01</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A514" s="4" t="s">
-        <v>1353</v>
+        <v>1304</v>
       </c>
       <c r="B514" s="6" t="s">
-        <v>1354</v>
+        <v>1305</v>
       </c>
       <c r="C514" t="s" s="0">
-        <v>1355</v>
+        <v>1306</v>
       </c>
       <c r="D514" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E514" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A515" s="4" t="s">
-        <v>1356</v>
+        <v>1307</v>
       </c>
       <c r="B515" s="6" t="s">
-        <v>1357</v>
+        <v>1308</v>
       </c>
       <c r="C515" t="s" s="0">
-        <v>1358</v>
+        <v>1309</v>
       </c>
       <c r="D515" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E515" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A516" s="4" t="s">
-        <v>1359</v>
+        <v>1310</v>
       </c>
       <c r="B516" s="6" t="s">
-        <v>1360</v>
+        <v>1311</v>
       </c>
       <c r="C516" t="s" s="0">
-        <v>1361</v>
+        <v>1312</v>
       </c>
       <c r="D516" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E516" t="n" s="0">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A517" s="4" t="s">
-        <v>1362</v>
+        <v>1313</v>
       </c>
       <c r="B517" s="6" t="s">
-        <v>1363</v>
+        <v>1314</v>
       </c>
       <c r="C517" t="s" s="0">
-        <v>1364</v>
+        <v>1315</v>
       </c>
       <c r="D517" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E517" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A518" s="4" t="s">
-        <v>1365</v>
+        <v>1316</v>
       </c>
       <c r="B518" s="6" t="s">
-        <v>1366</v>
+        <v>1317</v>
       </c>
       <c r="C518" t="s" s="0">
-        <v>1367</v>
+        <v>1318</v>
       </c>
       <c r="D518" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E518" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A519" s="4" t="s">
-        <v>1368</v>
+        <v>1319</v>
       </c>
       <c r="B519" s="6" t="s">
-        <v>1369</v>
+        <v>1320</v>
       </c>
       <c r="C519" t="s" s="0">
-        <v>1370</v>
+        <v>1321</v>
       </c>
       <c r="D519" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E519" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A520" s="4" t="s">
-        <v>1371</v>
+        <v>1322</v>
       </c>
       <c r="B520" s="6" t="s">
-        <v>1372</v>
+        <v>1323</v>
       </c>
       <c r="C520" t="s" s="0">
-        <v>1373</v>
+        <v>1324</v>
       </c>
       <c r="D520" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E520" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A521" s="4" t="s">
-        <v>1374</v>
+        <v>1325</v>
       </c>
       <c r="B521" s="6" t="s">
-        <v>1375</v>
+        <v>1326</v>
       </c>
       <c r="C521" t="s" s="0">
-        <v>1376</v>
+        <v>1327</v>
       </c>
       <c r="D521" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E521" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A522" s="4" t="s">
-        <v>1377</v>
+        <v>1328</v>
       </c>
       <c r="B522" s="6" t="s">
-        <v>1378</v>
+        <v>1329</v>
       </c>
       <c r="C522" t="s" s="0">
-        <v>1379</v>
+        <v>1330</v>
       </c>
       <c r="D522" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E522" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A523" s="4" t="s">
-        <v>1380</v>
+        <v>1331</v>
       </c>
       <c r="B523" s="6" t="s">
-        <v>1381</v>
+        <v>1332</v>
       </c>
       <c r="C523" t="s" s="0">
-        <v>1382</v>
+        <v>1333</v>
       </c>
       <c r="D523" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E523" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A524" s="4" t="s">
-        <v>1383</v>
+        <v>1334</v>
       </c>
       <c r="B524" s="6" t="s">
-        <v>1384</v>
+        <v>1335</v>
       </c>
       <c r="C524" t="s" s="0">
-        <v>1385</v>
+        <v>1336</v>
       </c>
       <c r="D524" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E524" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A525" s="4" t="s">
-        <v>1386</v>
+        <v>1337</v>
       </c>
       <c r="B525" s="6" t="s">
-        <v>1387</v>
+        <v>1338</v>
       </c>
       <c r="C525" t="s" s="0">
-        <v>1388</v>
+        <v>1339</v>
       </c>
       <c r="D525" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E525" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A526" s="4" t="s">
-        <v>1389</v>
+        <v>1340</v>
       </c>
       <c r="B526" s="6" t="s">
-        <v>1390</v>
+        <v>1341</v>
       </c>
       <c r="C526" t="s" s="0">
-        <v>1391</v>
+        <v>1342</v>
       </c>
       <c r="D526" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E526" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A527" s="4" t="s">
-        <v>1392</v>
+        <v>1343</v>
       </c>
       <c r="B527" s="6" t="s">
-        <v>1393</v>
+        <v>1344</v>
       </c>
       <c r="C527" t="s" s="0">
-        <v>1394</v>
+        <v>1345</v>
       </c>
       <c r="D527" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E527" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A528" s="4" t="s">
-        <v>1395</v>
+        <v>1346</v>
       </c>
       <c r="B528" s="6" t="s">
-        <v>1396</v>
+        <v>1347</v>
       </c>
       <c r="C528" t="s" s="0">
-        <v>1397</v>
+        <v>1348</v>
       </c>
       <c r="D528" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E528" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A529" s="4" t="s">
-        <v>1398</v>
+        <v>1349</v>
       </c>
       <c r="B529" s="6" t="s">
-        <v>1399</v>
+        <v>1350</v>
       </c>
       <c r="C529" t="s" s="0">
-        <v>1400</v>
+        <v>1351</v>
       </c>
       <c r="D529" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E529" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A530" s="4" t="s">
-        <v>1401</v>
+        <v>1352</v>
       </c>
       <c r="B530" s="6" t="s">
-        <v>1402</v>
+        <v>1353</v>
       </c>
       <c r="C530" t="s" s="0">
-        <v>1403</v>
+        <v>1354</v>
       </c>
       <c r="D530" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E530" t="n" s="0">
-        <v>0.22</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A531" s="4" t="s">
-        <v>1404</v>
+        <v>1355</v>
       </c>
       <c r="B531" s="6" t="s">
-        <v>1405</v>
+        <v>1356</v>
       </c>
       <c r="C531" t="s" s="0">
-        <v>1406</v>
+        <v>1357</v>
       </c>
       <c r="D531" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E531" t="n" s="0">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A532" s="4" t="s">
-        <v>1407</v>
+        <v>1358</v>
       </c>
       <c r="B532" s="6" t="s">
-        <v>1408</v>
+        <v>1359</v>
       </c>
       <c r="C532" t="s" s="0">
-        <v>1409</v>
+        <v>1360</v>
       </c>
       <c r="D532" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E532" t="n" s="0">
-        <v>0.33</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A533" s="4" t="s">
-        <v>1410</v>
+        <v>1361</v>
       </c>
       <c r="B533" s="6" t="s">
-        <v>1411</v>
+        <v>1362</v>
       </c>
       <c r="C533" t="s" s="0">
-        <v>1412</v>
+        <v>1363</v>
       </c>
       <c r="D533" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E533" t="n" s="0">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A534" s="4" t="s">
-        <v>1413</v>
+        <v>1364</v>
       </c>
       <c r="B534" s="6" t="s">
-        <v>1414</v>
+        <v>1365</v>
       </c>
       <c r="C534" t="s" s="0">
-        <v>1415</v>
+        <v>1366</v>
       </c>
       <c r="D534" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E534" t="n" s="0">
-        <v>0.18</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A535" s="4" t="s">
-        <v>1416</v>
+        <v>1367</v>
       </c>
       <c r="B535" s="6" t="s">
-        <v>1417</v>
+        <v>1368</v>
       </c>
       <c r="C535" t="s" s="0">
-        <v>1418</v>
+        <v>1369</v>
       </c>
       <c r="D535" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E535" t="n" s="0">
-        <v>0.48</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A536" s="4" t="s">
-        <v>1419</v>
+        <v>1370</v>
       </c>
       <c r="B536" s="6" t="s">
-        <v>1420</v>
+        <v>1371</v>
       </c>
       <c r="C536" t="s" s="0">
-        <v>1421</v>
+        <v>1372</v>
       </c>
       <c r="D536" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E536" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A537" s="4" t="s">
-        <v>1422</v>
+        <v>1373</v>
       </c>
       <c r="B537" s="6" t="s">
-        <v>1423</v>
+        <v>1374</v>
       </c>
       <c r="C537" t="s" s="0">
-        <v>1424</v>
+        <v>1375</v>
       </c>
       <c r="D537" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E537" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A538" s="4" t="s">
-        <v>1425</v>
+        <v>1376</v>
       </c>
       <c r="B538" s="6" t="s">
-        <v>1426</v>
+        <v>1377</v>
       </c>
       <c r="C538" t="s" s="0">
-        <v>1427</v>
+        <v>1378</v>
       </c>
       <c r="D538" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E538" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A539" s="4" t="s">
-        <v>1428</v>
+        <v>1379</v>
       </c>
       <c r="B539" s="6" t="s">
-        <v>1429</v>
+        <v>1380</v>
       </c>
       <c r="C539" t="s" s="0">
-        <v>1430</v>
+        <v>1381</v>
       </c>
       <c r="D539" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E539" t="n" s="0">
-        <v>0.33</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A540" s="4" t="s">
-        <v>1431</v>
+        <v>1382</v>
       </c>
       <c r="B540" s="6" t="s">
-        <v>1432</v>
+        <v>1383</v>
       </c>
       <c r="C540" t="s" s="0">
-        <v>1433</v>
+        <v>1384</v>
       </c>
       <c r="D540" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E540" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A541" s="4" t="s">
-        <v>1434</v>
+        <v>1385</v>
       </c>
       <c r="B541" s="6" t="s">
-        <v>1435</v>
+        <v>1386</v>
       </c>
       <c r="C541" t="s" s="0">
-        <v>1436</v>
+        <v>1387</v>
       </c>
       <c r="D541" t="s" s="0">
-        <v>1437</v>
+        <v>18</v>
       </c>
       <c r="E541" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A542" s="4" t="s">
-        <v>1438</v>
+        <v>1388</v>
       </c>
       <c r="B542" s="6" t="s">
-        <v>1439</v>
+        <v>1389</v>
       </c>
       <c r="C542" t="s" s="0">
-        <v>1440</v>
+        <v>1390</v>
       </c>
       <c r="D542" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E542" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A543" s="4" t="s">
-        <v>1441</v>
+        <v>1391</v>
       </c>
       <c r="B543" s="6" t="s">
-        <v>1442</v>
+        <v>1392</v>
       </c>
       <c r="C543" t="s" s="0">
-        <v>1443</v>
+        <v>1393</v>
       </c>
       <c r="D543" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E543" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A544" s="4" t="s">
-        <v>1444</v>
+        <v>1394</v>
       </c>
       <c r="B544" s="6" t="s">
-        <v>1445</v>
+        <v>1395</v>
       </c>
       <c r="C544" t="s" s="0">
-        <v>1446</v>
+        <v>1396</v>
       </c>
       <c r="D544" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E544" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A545" s="4" t="s">
-        <v>1447</v>
+        <v>1397</v>
       </c>
       <c r="B545" s="6" t="s">
-        <v>1448</v>
+        <v>1398</v>
       </c>
       <c r="C545" t="s" s="0">
-        <v>1449</v>
+        <v>1399</v>
       </c>
       <c r="D545" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E545" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A546" s="4" t="s">
-        <v>1450</v>
+        <v>1400</v>
       </c>
       <c r="B546" s="6" t="s">
-        <v>1451</v>
+        <v>1401</v>
       </c>
       <c r="C546" t="s" s="0">
-        <v>1452</v>
+        <v>1402</v>
       </c>
       <c r="D546" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E546" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A547" s="4" t="s">
-        <v>1453</v>
+        <v>1403</v>
       </c>
       <c r="B547" s="6" t="s">
-        <v>1454</v>
+        <v>1404</v>
       </c>
       <c r="C547" t="s" s="0">
-        <v>1455</v>
+        <v>1405</v>
       </c>
       <c r="D547" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E547" t="n" s="0">
-        <v>0.07</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A548" s="4" t="s">
-        <v>1456</v>
+        <v>1406</v>
       </c>
       <c r="B548" s="6" t="s">
-        <v>1457</v>
+        <v>1407</v>
       </c>
       <c r="C548" t="s" s="0">
-        <v>1458</v>
+        <v>1408</v>
       </c>
       <c r="D548" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E548" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A549" s="4" t="s">
-        <v>1459</v>
+        <v>1409</v>
       </c>
       <c r="B549" s="6" t="s">
-        <v>1460</v>
+        <v>1410</v>
       </c>
       <c r="C549" t="s" s="0">
-        <v>1461</v>
+        <v>1411</v>
       </c>
       <c r="D549" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E549" t="n" s="0">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A550" s="4" t="s">
-        <v>1462</v>
+        <v>1412</v>
       </c>
       <c r="B550" s="6" t="s">
-        <v>1463</v>
+        <v>1413</v>
       </c>
       <c r="C550" t="s" s="0">
-        <v>1464</v>
+        <v>1414</v>
       </c>
       <c r="D550" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E550" t="n" s="0">
-        <v>0.01</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A551" s="4" t="s">
-        <v>1465</v>
+        <v>1415</v>
       </c>
       <c r="B551" s="6" t="s">
-        <v>1466</v>
+        <v>1416</v>
       </c>
       <c r="C551" t="s" s="0">
-        <v>1467</v>
+        <v>1417</v>
       </c>
       <c r="D551" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E551" t="n" s="0">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A552" s="4" t="s">
-        <v>1468</v>
+        <v>1418</v>
       </c>
       <c r="B552" s="6" t="s">
-        <v>1469</v>
+        <v>1419</v>
       </c>
       <c r="C552" t="s" s="0">
-        <v>1470</v>
+        <v>1420</v>
       </c>
       <c r="D552" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E552" t="n" s="0">
-        <v>0.08</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A553" s="4" t="s">
-        <v>1471</v>
+        <v>1421</v>
       </c>
       <c r="B553" s="6" t="s">
-        <v>1472</v>
+        <v>1422</v>
       </c>
       <c r="C553" t="s" s="0">
-        <v>1473</v>
+        <v>1423</v>
       </c>
       <c r="D553" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E553" t="n" s="0">
-        <v>0.14</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A554" s="4" t="s">
-        <v>1474</v>
+        <v>1424</v>
       </c>
       <c r="B554" s="6" t="s">
-        <v>1475</v>
+        <v>1425</v>
       </c>
       <c r="C554" t="s" s="0">
-        <v>1476</v>
+        <v>1426</v>
       </c>
       <c r="D554" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E554" t="n" s="0">
-        <v>0.11</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A555" s="4" t="s">
-        <v>1477</v>
+        <v>1427</v>
       </c>
       <c r="B555" s="6" t="s">
-        <v>1478</v>
+        <v>1428</v>
       </c>
       <c r="C555" t="s" s="0">
-        <v>1479</v>
+        <v>1429</v>
       </c>
       <c r="D555" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E555" t="n" s="0">
-        <v>0.31</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A556" s="4" t="s">
-        <v>1480</v>
+        <v>1430</v>
       </c>
       <c r="B556" s="6" t="s">
-        <v>1481</v>
+        <v>1431</v>
       </c>
       <c r="C556" t="s" s="0">
-        <v>1482</v>
+        <v>1432</v>
       </c>
       <c r="D556" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E556" t="n" s="0">
-        <v>0.51</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A557" s="4" t="s">
-        <v>1483</v>
+        <v>1433</v>
       </c>
       <c r="B557" s="6" t="s">
-        <v>1484</v>
+        <v>1434</v>
       </c>
       <c r="C557" t="s" s="0">
-        <v>1485</v>
+        <v>18</v>
       </c>
       <c r="D557" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E557" t="n" s="0">
-        <v>0.05</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A558" s="4" t="s">
-        <v>1486</v>
+        <v>1435</v>
       </c>
       <c r="B558" s="6" t="s">
-        <v>1487</v>
+        <v>1436</v>
       </c>
       <c r="C558" t="s" s="0">
-        <v>1488</v>
+        <v>1437</v>
       </c>
       <c r="D558" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E558" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A559" s="4" t="s">
-        <v>1489</v>
+        <v>1438</v>
       </c>
       <c r="B559" s="6" t="s">
-        <v>1490</v>
+        <v>1439</v>
       </c>
       <c r="C559" t="s" s="0">
-        <v>1491</v>
+        <v>1440</v>
       </c>
       <c r="D559" t="s" s="0">
-        <v>1492</v>
+        <v>18</v>
       </c>
       <c r="E559" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A560" s="4" t="s">
-        <v>1493</v>
+        <v>1441</v>
       </c>
       <c r="B560" s="6" t="s">
-        <v>1494</v>
+        <v>1442</v>
       </c>
       <c r="C560" t="s" s="0">
-        <v>1495</v>
+        <v>1443</v>
       </c>
       <c r="D560" t="s" s="0">
-        <v>1496</v>
+        <v>18</v>
       </c>
       <c r="E560" t="n" s="0">
-        <v>0.09</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A561" s="4" t="s">
-        <v>1497</v>
+        <v>1444</v>
       </c>
       <c r="B561" s="6" t="s">
-        <v>1498</v>
+        <v>1445</v>
       </c>
       <c r="C561" t="s" s="0">
-        <v>1499</v>
+        <v>1446</v>
       </c>
       <c r="D561" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E561" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A562" s="4" t="s">
-        <v>1500</v>
+        <v>1447</v>
       </c>
       <c r="B562" s="6" t="s">
-        <v>1501</v>
+        <v>1448</v>
       </c>
       <c r="C562" t="s" s="0">
-        <v>1502</v>
+        <v>1449</v>
       </c>
       <c r="D562" t="s" s="0">
-        <v>18</v>
+        <v>1450</v>
       </c>
       <c r="E562" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A563" s="4" t="s">
-        <v>1503</v>
+        <v>1451</v>
       </c>
       <c r="B563" s="6" t="s">
-        <v>1504</v>
+        <v>1452</v>
       </c>
       <c r="C563" t="s" s="0">
-        <v>1505</v>
+        <v>1453</v>
       </c>
       <c r="D563" t="s" s="0">
-        <v>1506</v>
+        <v>18</v>
       </c>
       <c r="E563" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="564" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A564" s="4" t="s">
-        <v>1507</v>
+        <v>1454</v>
       </c>
       <c r="B564" s="6" t="s">
-        <v>1508</v>
+        <v>1455</v>
       </c>
       <c r="C564" t="s" s="0">
-        <v>1509</v>
+        <v>1456</v>
       </c>
       <c r="D564" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E564" t="n" s="0">
-        <v>0.24</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="565" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A565" s="4" t="s">
-        <v>1510</v>
+        <v>1457</v>
       </c>
       <c r="B565" s="6" t="s">
-        <v>1511</v>
+        <v>1458</v>
       </c>
       <c r="C565" t="s" s="0">
-        <v>1512</v>
+        <v>1459</v>
       </c>
       <c r="D565" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E565" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="566" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A566" s="4" t="s">
-        <v>1513</v>
+        <v>1460</v>
       </c>
       <c r="B566" s="6" t="s">
-        <v>1514</v>
+        <v>1461</v>
       </c>
       <c r="C566" t="s" s="0">
-        <v>1515</v>
+        <v>1462</v>
       </c>
       <c r="D566" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E566" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="567" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A567" s="4" t="s">
-        <v>1516</v>
+        <v>1463</v>
       </c>
       <c r="B567" s="6" t="s">
-        <v>1517</v>
+        <v>1464</v>
       </c>
       <c r="C567" t="s" s="0">
-        <v>1518</v>
+        <v>1465</v>
       </c>
       <c r="D567" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E567" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="568" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A568" s="4" t="s">
-        <v>1519</v>
+        <v>1466</v>
       </c>
       <c r="B568" s="6" t="s">
-        <v>1520</v>
+        <v>1467</v>
       </c>
       <c r="C568" t="s" s="0">
-        <v>1521</v>
+        <v>1468</v>
       </c>
       <c r="D568" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E568" t="n" s="0">
-        <v>0.02</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="569" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A569" s="4" t="s">
-        <v>1522</v>
+        <v>1469</v>
       </c>
       <c r="B569" s="6" t="s">
-        <v>1523</v>
+        <v>1470</v>
       </c>
       <c r="C569" t="s" s="0">
-        <v>1524</v>
+        <v>1471</v>
       </c>
       <c r="D569" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E569" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="570" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A570" s="4" t="s">
-        <v>1525</v>
+        <v>1472</v>
       </c>
       <c r="B570" s="6" t="s">
-        <v>1526</v>
+        <v>1473</v>
       </c>
       <c r="C570" t="s" s="0">
-        <v>1527</v>
+        <v>1474</v>
       </c>
       <c r="D570" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E570" t="n" s="0">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="571" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A571" s="4" t="s">
-        <v>1528</v>
+        <v>1475</v>
       </c>
       <c r="B571" s="6" t="s">
-        <v>1529</v>
+        <v>1476</v>
       </c>
       <c r="C571" t="s" s="0">
-        <v>1530</v>
+        <v>1477</v>
       </c>
       <c r="D571" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E571" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="572" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A572" s="4" t="s">
-        <v>1531</v>
+        <v>1478</v>
       </c>
       <c r="B572" s="6" t="s">
-        <v>1532</v>
+        <v>1479</v>
       </c>
       <c r="C572" t="s" s="0">
-        <v>1533</v>
+        <v>1480</v>
       </c>
       <c r="D572" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E572" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="573" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A573" s="4" t="s">
-        <v>1534</v>
+        <v>1481</v>
       </c>
       <c r="B573" s="6" t="s">
-        <v>1535</v>
+        <v>1482</v>
       </c>
       <c r="C573" t="s" s="0">
-        <v>1536</v>
+        <v>1483</v>
       </c>
       <c r="D573" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E573" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="574" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A574" s="4" t="s">
-        <v>1534</v>
+        <v>1484</v>
       </c>
       <c r="B574" s="6" t="s">
-        <v>1537</v>
+        <v>1485</v>
       </c>
       <c r="C574" t="s" s="0">
-        <v>1538</v>
+        <v>1486</v>
       </c>
       <c r="D574" t="s" s="0">
-        <v>1539</v>
+        <v>18</v>
       </c>
       <c r="E574" t="n" s="0">
-        <v>0.3</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="575" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A575" s="4" t="s">
-        <v>1534</v>
+        <v>1487</v>
       </c>
       <c r="B575" s="6" t="s">
-        <v>1540</v>
+        <v>1488</v>
       </c>
       <c r="C575" t="s" s="0">
-        <v>1541</v>
+        <v>1489</v>
       </c>
       <c r="D575" t="s" s="0">
-        <v>1542</v>
+        <v>18</v>
       </c>
       <c r="E575" t="n" s="0">
-        <v>0.88</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="576" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A576" s="4" t="s">
-        <v>1534</v>
+        <v>1490</v>
       </c>
       <c r="B576" s="6" t="s">
-        <v>1543</v>
+        <v>1491</v>
       </c>
       <c r="C576" t="s" s="0">
-        <v>1544</v>
+        <v>1492</v>
       </c>
       <c r="D576" t="s" s="0">
-        <v>1545</v>
+        <v>18</v>
       </c>
       <c r="E576" t="n" s="0">
-        <v>0.11</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="577" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A577" s="4" t="s">
-        <v>1546</v>
+        <v>1493</v>
       </c>
       <c r="B577" s="6" t="s">
-        <v>1547</v>
+        <v>1494</v>
       </c>
       <c r="C577" t="s" s="0">
-        <v>1548</v>
+        <v>1495</v>
       </c>
       <c r="D577" t="s" s="0">
-        <v>1549</v>
+        <v>18</v>
       </c>
       <c r="E577" t="n" s="0">
-        <v>0.06</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="578" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A578" s="4" t="s">
-        <v>1550</v>
+        <v>1496</v>
       </c>
       <c r="B578" s="6" t="s">
-        <v>1551</v>
+        <v>1497</v>
       </c>
       <c r="C578" t="s" s="0">
-        <v>1552</v>
+        <v>1498</v>
       </c>
       <c r="D578" t="s" s="0">
-        <v>1553</v>
+        <v>18</v>
       </c>
       <c r="E578" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="579" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A579" s="4" t="s">
-        <v>1554</v>
+        <v>1499</v>
       </c>
       <c r="B579" s="6" t="s">
-        <v>1555</v>
+        <v>1500</v>
       </c>
       <c r="C579" t="s" s="0">
-        <v>1556</v>
+        <v>1501</v>
       </c>
       <c r="D579" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E579" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="580" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A580" s="4" t="s">
-        <v>1557</v>
+        <v>1502</v>
       </c>
       <c r="B580" s="6" t="s">
-        <v>1558</v>
+        <v>1503</v>
       </c>
       <c r="C580" t="s" s="0">
-        <v>1559</v>
+        <v>1504</v>
       </c>
       <c r="D580" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E580" t="n" s="0">
-        <v>0.02</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="581" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A581" s="4" t="s">
-        <v>1560</v>
+        <v>1505</v>
       </c>
       <c r="B581" s="6" t="s">
-        <v>1561</v>
+        <v>1506</v>
       </c>
       <c r="C581" t="s" s="0">
-        <v>1562</v>
+        <v>1507</v>
       </c>
       <c r="D581" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E581" t="n" s="0">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="582" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A582" s="4" t="s">
-        <v>1563</v>
+        <v>1508</v>
       </c>
       <c r="B582" s="6" t="s">
-        <v>1564</v>
+        <v>1509</v>
       </c>
       <c r="C582" t="s" s="0">
-        <v>1565</v>
+        <v>1510</v>
       </c>
       <c r="D582" t="s" s="0">
-        <v>18</v>
+        <v>1511</v>
       </c>
       <c r="E582" t="n" s="0">
-        <v>0.06</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="583" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A583" s="4" t="s">
-        <v>1566</v>
+        <v>1512</v>
       </c>
       <c r="B583" s="6" t="s">
-        <v>1567</v>
+        <v>1513</v>
       </c>
       <c r="C583" t="s" s="0">
-        <v>1568</v>
+        <v>1514</v>
       </c>
       <c r="D583" t="s" s="0">
-        <v>18</v>
+        <v>1515</v>
       </c>
       <c r="E583" t="n" s="0">
-        <v>0.49</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="584" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A584" s="4" t="s">
-        <v>1569</v>
+        <v>1516</v>
       </c>
       <c r="B584" s="6" t="s">
-        <v>1570</v>
+        <v>1517</v>
       </c>
       <c r="C584" t="s" s="0">
-        <v>1571</v>
+        <v>1518</v>
       </c>
       <c r="D584" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E584" t="n" s="0">
-        <v>0.25</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="585" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A585" s="4" t="s">
-        <v>1572</v>
+        <v>1519</v>
       </c>
       <c r="B585" s="6" t="s">
-        <v>1573</v>
+        <v>1520</v>
       </c>
       <c r="C585" t="s" s="0">
-        <v>1574</v>
+        <v>1521</v>
       </c>
       <c r="D585" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E585" t="n" s="0">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="586" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A586" s="4" t="s">
-        <v>1575</v>
+        <v>1522</v>
       </c>
       <c r="B586" s="6" t="s">
-        <v>1576</v>
+        <v>1523</v>
       </c>
       <c r="C586" t="s" s="0">
-        <v>1577</v>
+        <v>1524</v>
       </c>
       <c r="D586" t="s" s="0">
-        <v>18</v>
+        <v>1525</v>
       </c>
       <c r="E586" t="n" s="0">
-        <v>0.32</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="587" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A587" s="4" t="s">
-        <v>1578</v>
+        <v>1526</v>
       </c>
       <c r="B587" s="6" t="s">
-        <v>1579</v>
+        <v>1527</v>
       </c>
       <c r="C587" t="s" s="0">
-        <v>1580</v>
+        <v>1528</v>
       </c>
       <c r="D587" t="s" s="0">
-        <v>1581</v>
+        <v>18</v>
       </c>
       <c r="E587" t="n" s="0">
-        <v>0.02</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="588" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A588" s="4" t="s">
-        <v>1582</v>
+        <v>1529</v>
       </c>
       <c r="B588" s="6" t="s">
-        <v>1583</v>
+        <v>1530</v>
       </c>
       <c r="C588" t="s" s="0">
-        <v>1584</v>
+        <v>1531</v>
       </c>
       <c r="D588" t="s" s="0">
-        <v>1585</v>
+        <v>18</v>
       </c>
       <c r="E588" t="n" s="0">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="589" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A589" s="4" t="s">
-        <v>1586</v>
+        <v>1532</v>
       </c>
       <c r="B589" s="6" t="s">
-        <v>1587</v>
+        <v>1533</v>
       </c>
       <c r="C589" t="s" s="0">
-        <v>1588</v>
+        <v>1534</v>
       </c>
       <c r="D589" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E589" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="590" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A590" s="4" t="s">
-        <v>1589</v>
+        <v>1535</v>
       </c>
       <c r="B590" s="6" t="s">
-        <v>1590</v>
+        <v>1536</v>
       </c>
       <c r="C590" t="s" s="0">
-        <v>1591</v>
+        <v>1537</v>
       </c>
       <c r="D590" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E590" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="591" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A591" s="4" t="s">
-        <v>1592</v>
+        <v>1538</v>
       </c>
       <c r="B591" s="6" t="s">
-        <v>1593</v>
+        <v>1539</v>
       </c>
       <c r="C591" t="s" s="0">
-        <v>1594</v>
+        <v>1540</v>
       </c>
       <c r="D591" t="s" s="0">
-        <v>1595</v>
+        <v>18</v>
       </c>
       <c r="E591" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="592" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A592" s="4" t="s">
-        <v>1596</v>
+        <v>1541</v>
       </c>
       <c r="B592" s="6" t="s">
-        <v>1597</v>
+        <v>1542</v>
       </c>
       <c r="C592" t="s" s="0">
-        <v>1598</v>
+        <v>1543</v>
       </c>
       <c r="D592" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E592" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="593" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A593" s="4" t="s">
-        <v>1599</v>
+        <v>1544</v>
       </c>
       <c r="B593" s="6" t="s">
-        <v>1600</v>
+        <v>1545</v>
       </c>
       <c r="C593" t="s" s="0">
-        <v>1601</v>
+        <v>1546</v>
       </c>
       <c r="D593" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E593" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="594" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A594" s="4" t="s">
-        <v>1602</v>
+        <v>1547</v>
       </c>
       <c r="B594" s="6" t="s">
-        <v>1603</v>
+        <v>1548</v>
       </c>
       <c r="C594" t="s" s="0">
-        <v>1604</v>
+        <v>1549</v>
       </c>
       <c r="D594" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E594" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="595" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A595" s="4" t="s">
-        <v>1605</v>
+        <v>1550</v>
       </c>
       <c r="B595" s="6" t="s">
-        <v>1606</v>
+        <v>1551</v>
       </c>
       <c r="C595" t="s" s="0">
-        <v>1607</v>
+        <v>1552</v>
       </c>
       <c r="D595" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E595" t="n" s="0">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="596" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A596" s="4" t="s">
-        <v>1608</v>
+        <v>1550</v>
       </c>
       <c r="B596" s="6" t="s">
-        <v>1609</v>
+        <v>1553</v>
       </c>
       <c r="C596" t="s" s="0">
-        <v>1610</v>
+        <v>1554</v>
       </c>
       <c r="D596" t="s" s="0">
-        <v>18</v>
+        <v>1555</v>
       </c>
       <c r="E596" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="597" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A597" s="4" t="s">
-        <v>1611</v>
+        <v>1550</v>
       </c>
       <c r="B597" s="6" t="s">
-        <v>1612</v>
+        <v>1556</v>
       </c>
       <c r="C597" t="s" s="0">
-        <v>1613</v>
+        <v>1557</v>
       </c>
       <c r="D597" t="s" s="0">
-        <v>18</v>
+        <v>1558</v>
       </c>
       <c r="E597" t="n" s="0">
-        <v>0.02</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="598" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A598" s="4" t="s">
-        <v>1614</v>
+        <v>1550</v>
       </c>
       <c r="B598" s="6" t="s">
-        <v>1615</v>
+        <v>1559</v>
       </c>
       <c r="C598" t="s" s="0">
-        <v>1616</v>
+        <v>1560</v>
       </c>
       <c r="D598" t="s" s="0">
-        <v>18</v>
+        <v>1561</v>
       </c>
       <c r="E598" t="n" s="0">
-        <v>0.01</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="599" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A599" s="4" t="s">
-        <v>1617</v>
+        <v>1562</v>
       </c>
       <c r="B599" s="6" t="s">
-        <v>1618</v>
+        <v>1563</v>
       </c>
       <c r="C599" t="s" s="0">
-        <v>1619</v>
+        <v>1564</v>
       </c>
       <c r="D599" t="s" s="0">
-        <v>1620</v>
+        <v>1565</v>
       </c>
       <c r="E599" t="n" s="0">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="600" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A600" s="4" t="s">
-        <v>1621</v>
+        <v>1566</v>
       </c>
       <c r="B600" s="6" t="s">
-        <v>1622</v>
+        <v>1567</v>
       </c>
       <c r="C600" t="s" s="0">
-        <v>1623</v>
+        <v>1568</v>
       </c>
       <c r="D600" t="s" s="0">
-        <v>1624</v>
+        <v>1569</v>
       </c>
       <c r="E600" t="n" s="0">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="601" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A601" s="4" t="s">
-        <v>1625</v>
+        <v>1570</v>
       </c>
       <c r="B601" s="6" t="s">
-        <v>1626</v>
+        <v>1571</v>
       </c>
       <c r="C601" t="s" s="0">
-        <v>1627</v>
+        <v>1572</v>
       </c>
       <c r="D601" t="s" s="0">
-        <v>1628</v>
+        <v>18</v>
       </c>
       <c r="E601" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="602" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A602" s="4" t="s">
-        <v>1629</v>
+        <v>1573</v>
       </c>
       <c r="B602" s="6" t="s">
-        <v>1630</v>
+        <v>1574</v>
       </c>
       <c r="C602" t="s" s="0">
-        <v>1631</v>
+        <v>1575</v>
       </c>
       <c r="D602" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E602" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="603" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A603" s="4" t="s">
-        <v>1632</v>
+        <v>1576</v>
       </c>
       <c r="B603" s="6" t="s">
-        <v>1633</v>
+        <v>1577</v>
       </c>
       <c r="C603" t="s" s="0">
-        <v>1634</v>
+        <v>1578</v>
       </c>
       <c r="D603" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E603" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="604" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A604" s="4" t="s">
-        <v>1635</v>
+        <v>1579</v>
       </c>
       <c r="B604" s="6" t="s">
-        <v>1636</v>
+        <v>1580</v>
       </c>
       <c r="C604" t="s" s="0">
-        <v>1637</v>
+        <v>1581</v>
       </c>
       <c r="D604" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E604" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="605" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A605" s="4" t="s">
-        <v>1638</v>
+        <v>1582</v>
       </c>
       <c r="B605" s="6" t="s">
-        <v>1639</v>
+        <v>1583</v>
       </c>
       <c r="C605" t="s" s="0">
-        <v>1640</v>
+        <v>1584</v>
       </c>
       <c r="D605" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E605" t="n" s="0">
-        <v>0.02</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="606" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A606" s="4" t="s">
-        <v>1641</v>
+        <v>1585</v>
       </c>
       <c r="B606" s="6" t="s">
-        <v>1642</v>
+        <v>1586</v>
       </c>
       <c r="C606" t="s" s="0">
-        <v>1643</v>
+        <v>1587</v>
       </c>
       <c r="D606" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E606" t="n" s="0">
-        <v>0.04</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="607" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A607" s="4" t="s">
-        <v>1644</v>
+        <v>1588</v>
       </c>
       <c r="B607" s="6" t="s">
-        <v>1645</v>
+        <v>1589</v>
       </c>
       <c r="C607" t="s" s="0">
-        <v>1646</v>
+        <v>1590</v>
       </c>
       <c r="D607" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E607" t="n" s="0">
-        <v>0.02</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="608" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A608" s="4" t="s">
-        <v>1647</v>
+        <v>1591</v>
       </c>
       <c r="B608" s="6" t="s">
-        <v>1648</v>
+        <v>1592</v>
       </c>
       <c r="C608" t="s" s="0">
-        <v>1649</v>
+        <v>1593</v>
       </c>
       <c r="D608" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E608" t="n" s="0">
-        <v>0.02</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="609" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A609" s="4" t="s">
-        <v>1650</v>
+        <v>1594</v>
       </c>
       <c r="B609" s="6" t="s">
-        <v>1651</v>
+        <v>1595</v>
       </c>
       <c r="C609" t="s" s="0">
-        <v>1652</v>
+        <v>1596</v>
       </c>
       <c r="D609" t="s" s="0">
-        <v>18</v>
+        <v>1597</v>
       </c>
       <c r="E609" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="610" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A610" s="4" t="s">
-        <v>1653</v>
+        <v>1598</v>
       </c>
       <c r="B610" s="6" t="s">
-        <v>1654</v>
+        <v>1599</v>
       </c>
       <c r="C610" t="s" s="0">
-        <v>1655</v>
+        <v>1600</v>
       </c>
       <c r="D610" t="s" s="0">
-        <v>18</v>
+        <v>1601</v>
       </c>
       <c r="E610" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="611" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A611" s="4" t="s">
-        <v>1656</v>
+        <v>1602</v>
       </c>
       <c r="B611" s="6" t="s">
-        <v>1657</v>
+        <v>1603</v>
       </c>
       <c r="C611" t="s" s="0">
-        <v>1658</v>
+        <v>1604</v>
       </c>
       <c r="D611" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E611" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="612" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A612" s="4" t="s">
-        <v>1659</v>
+        <v>1605</v>
       </c>
       <c r="B612" s="6" t="s">
-        <v>1660</v>
+        <v>1606</v>
       </c>
       <c r="C612" t="s" s="0">
-        <v>1661</v>
+        <v>1607</v>
       </c>
       <c r="D612" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E612" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="613" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A613" s="4" t="s">
-        <v>1662</v>
+        <v>1608</v>
       </c>
       <c r="B613" s="6" t="s">
-        <v>1663</v>
+        <v>1609</v>
       </c>
       <c r="C613" t="s" s="0">
-        <v>1664</v>
+        <v>1610</v>
       </c>
       <c r="D613" t="s" s="0">
-        <v>18</v>
+        <v>1611</v>
       </c>
       <c r="E613" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="614" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A614" s="4" t="s">
-        <v>1665</v>
+        <v>1612</v>
       </c>
       <c r="B614" s="6" t="s">
-        <v>1666</v>
+        <v>1613</v>
       </c>
       <c r="C614" t="s" s="0">
-        <v>1667</v>
+        <v>1614</v>
       </c>
       <c r="D614" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E614" t="n" s="0">
-        <v>0.28</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="615" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A615" s="4" t="s">
-        <v>1668</v>
+        <v>1615</v>
       </c>
       <c r="B615" s="6" t="s">
-        <v>1669</v>
+        <v>1616</v>
       </c>
       <c r="C615" t="s" s="0">
-        <v>1670</v>
+        <v>1617</v>
       </c>
       <c r="D615" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E615" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="616" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A616" s="4" t="s">
-        <v>1671</v>
+        <v>1618</v>
       </c>
       <c r="B616" s="6" t="s">
-        <v>1672</v>
+        <v>1619</v>
       </c>
       <c r="C616" t="s" s="0">
-        <v>1673</v>
+        <v>1620</v>
       </c>
       <c r="D616" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E616" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="617" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A617" s="4" t="s">
-        <v>1674</v>
+        <v>1621</v>
       </c>
       <c r="B617" s="6" t="s">
-        <v>1675</v>
+        <v>1622</v>
       </c>
       <c r="C617" t="s" s="0">
-        <v>1676</v>
+        <v>1623</v>
       </c>
       <c r="D617" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E617" t="n" s="0">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="618" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A618" s="4" t="s">
-        <v>1677</v>
+        <v>1624</v>
       </c>
       <c r="B618" s="6" t="s">
-        <v>1678</v>
+        <v>1625</v>
       </c>
       <c r="C618" t="s" s="0">
-        <v>1679</v>
+        <v>1626</v>
       </c>
       <c r="D618" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E618" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="619" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A619" s="4" t="s">
-        <v>1680</v>
+        <v>1627</v>
       </c>
       <c r="B619" s="6" t="s">
-        <v>1681</v>
+        <v>1628</v>
       </c>
       <c r="C619" t="s" s="0">
-        <v>1682</v>
+        <v>1629</v>
       </c>
       <c r="D619" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E619" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="620" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A620" s="4" t="s">
-        <v>1683</v>
+        <v>1630</v>
       </c>
       <c r="B620" s="6" t="s">
-        <v>1684</v>
+        <v>1631</v>
       </c>
       <c r="C620" t="s" s="0">
-        <v>1685</v>
+        <v>1632</v>
       </c>
       <c r="D620" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E620" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="621" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A621" s="4" t="s">
-        <v>1686</v>
+        <v>1633</v>
       </c>
       <c r="B621" s="6" t="s">
-        <v>1687</v>
+        <v>1634</v>
       </c>
       <c r="C621" t="s" s="0">
-        <v>1688</v>
+        <v>1635</v>
       </c>
       <c r="D621" t="s" s="0">
-        <v>1689</v>
+        <v>1636</v>
       </c>
       <c r="E621" t="n" s="0">
-        <v>3.26</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="622" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A622" s="4" t="s">
-        <v>1690</v>
+        <v>1637</v>
       </c>
       <c r="B622" s="6" t="s">
-        <v>1691</v>
+        <v>1638</v>
       </c>
       <c r="C622" t="s" s="0">
-        <v>1692</v>
+        <v>1639</v>
       </c>
       <c r="D622" t="s" s="0">
-        <v>18</v>
+        <v>1640</v>
       </c>
       <c r="E622" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="623" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A623" s="4" t="s">
-        <v>1693</v>
+        <v>1641</v>
       </c>
       <c r="B623" s="6" t="s">
-        <v>1694</v>
+        <v>1642</v>
       </c>
       <c r="C623" t="s" s="0">
-        <v>1695</v>
+        <v>1643</v>
       </c>
       <c r="D623" t="s" s="0">
-        <v>18</v>
+        <v>1644</v>
       </c>
       <c r="E623" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="624" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A624" s="4" t="s">
-        <v>1696</v>
+        <v>1645</v>
       </c>
       <c r="B624" s="6" t="s">
-        <v>1697</v>
+        <v>1646</v>
       </c>
       <c r="C624" t="s" s="0">
-        <v>1698</v>
+        <v>1647</v>
       </c>
       <c r="D624" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E624" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="625" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A625" s="4" t="s">
-        <v>1699</v>
+        <v>1648</v>
       </c>
       <c r="B625" s="6" t="s">
-        <v>1700</v>
+        <v>1649</v>
       </c>
       <c r="C625" t="s" s="0">
-        <v>1701</v>
+        <v>1650</v>
       </c>
       <c r="D625" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E625" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="626" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A626" s="4" t="s">
-        <v>1702</v>
+        <v>1651</v>
       </c>
       <c r="B626" s="6" t="s">
-        <v>1703</v>
+        <v>1652</v>
       </c>
       <c r="C626" t="s" s="0">
-        <v>1704</v>
+        <v>1653</v>
       </c>
       <c r="D626" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E626" t="n" s="0">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="627" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A627" s="4" t="s">
-        <v>1705</v>
+        <v>1654</v>
       </c>
       <c r="B627" s="6" t="s">
-        <v>1706</v>
+        <v>1655</v>
       </c>
       <c r="C627" t="s" s="0">
-        <v>1707</v>
+        <v>1656</v>
       </c>
       <c r="D627" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E627" t="n" s="0">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="628" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A628" s="4" t="s">
-        <v>1708</v>
+        <v>1657</v>
       </c>
       <c r="B628" s="6" t="s">
-        <v>1709</v>
+        <v>1658</v>
       </c>
       <c r="C628" t="s" s="0">
-        <v>1710</v>
+        <v>1659</v>
       </c>
       <c r="D628" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E628" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="629" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A629" s="4" t="s">
-        <v>1711</v>
+        <v>1660</v>
       </c>
       <c r="B629" s="6" t="s">
-        <v>1712</v>
+        <v>1661</v>
       </c>
       <c r="C629" t="s" s="0">
-        <v>1713</v>
+        <v>1662</v>
       </c>
       <c r="D629" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E629" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="630" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A630" s="4" t="s">
-        <v>1714</v>
+        <v>1663</v>
       </c>
       <c r="B630" s="6" t="s">
-        <v>1715</v>
+        <v>1664</v>
       </c>
       <c r="C630" t="s" s="0">
-        <v>1716</v>
+        <v>1665</v>
       </c>
       <c r="D630" t="s" s="0">
-        <v>1717</v>
+        <v>18</v>
       </c>
       <c r="E630" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="631" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A631" s="4" t="s">
-        <v>1718</v>
+        <v>1666</v>
       </c>
       <c r="B631" s="6" t="s">
-        <v>1719</v>
+        <v>1667</v>
       </c>
       <c r="C631" t="s" s="0">
-        <v>1720</v>
+        <v>1668</v>
       </c>
       <c r="D631" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E631" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="632" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A632" s="4" t="s">
-        <v>1721</v>
+        <v>1669</v>
       </c>
       <c r="B632" s="6" t="s">
-        <v>1722</v>
+        <v>1670</v>
       </c>
       <c r="C632" t="s" s="0">
-        <v>1723</v>
+        <v>1671</v>
       </c>
       <c r="D632" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E632" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="633" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A633" s="4" t="s">
-        <v>1724</v>
+        <v>1672</v>
       </c>
       <c r="B633" s="6" t="s">
-        <v>1725</v>
+        <v>1673</v>
       </c>
       <c r="C633" t="s" s="0">
-        <v>1726</v>
+        <v>1674</v>
       </c>
       <c r="D633" t="s" s="0">
-        <v>1727</v>
+        <v>18</v>
       </c>
       <c r="E633" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="634" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A634" s="4" t="s">
-        <v>1728</v>
+        <v>1675</v>
       </c>
       <c r="B634" s="6" t="s">
-        <v>1729</v>
+        <v>1676</v>
       </c>
       <c r="C634" t="s" s="0">
-        <v>1730</v>
+        <v>1677</v>
       </c>
       <c r="D634" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E634" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="635" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A635" s="4" t="s">
-        <v>1731</v>
+        <v>1678</v>
       </c>
       <c r="B635" s="6" t="s">
-        <v>1732</v>
+        <v>1679</v>
       </c>
       <c r="C635" t="s" s="0">
-        <v>1733</v>
+        <v>1680</v>
       </c>
       <c r="D635" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E635" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="636" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A636" s="4" t="s">
-        <v>1734</v>
+        <v>1681</v>
       </c>
       <c r="B636" s="6" t="s">
-        <v>1735</v>
+        <v>1682</v>
       </c>
       <c r="C636" t="s" s="0">
-        <v>1736</v>
+        <v>1683</v>
       </c>
       <c r="D636" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E636" t="n" s="0">
-        <v>0.12</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="637" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A637" s="4" t="s">
-        <v>1737</v>
+        <v>1684</v>
       </c>
       <c r="B637" s="6" t="s">
-        <v>1738</v>
+        <v>1685</v>
       </c>
       <c r="C637" t="s" s="0">
-        <v>1739</v>
+        <v>1686</v>
       </c>
       <c r="D637" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E637" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="638" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A638" s="4" t="s">
-        <v>1740</v>
+        <v>1687</v>
       </c>
       <c r="B638" s="6" t="s">
-        <v>1741</v>
+        <v>1688</v>
       </c>
       <c r="C638" t="s" s="0">
-        <v>1742</v>
+        <v>1689</v>
       </c>
       <c r="D638" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E638" t="n" s="0">
         <v>0.07</v>
       </c>
     </row>
     <row r="639" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A639" s="4" t="s">
-        <v>1743</v>
+        <v>1690</v>
       </c>
       <c r="B639" s="6" t="s">
-        <v>1744</v>
+        <v>1691</v>
       </c>
       <c r="C639" t="s" s="0">
-        <v>1745</v>
+        <v>1692</v>
       </c>
       <c r="D639" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E639" t="n" s="0">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="640" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A640" s="4" t="s">
-        <v>1746</v>
+        <v>1693</v>
       </c>
       <c r="B640" s="6" t="s">
-        <v>1747</v>
+        <v>1694</v>
       </c>
       <c r="C640" t="s" s="0">
-        <v>1748</v>
+        <v>1695</v>
       </c>
       <c r="D640" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E640" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="641" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A641" s="4" t="s">
-        <v>1749</v>
+        <v>1696</v>
       </c>
       <c r="B641" s="6" t="s">
-        <v>1750</v>
+        <v>1697</v>
       </c>
       <c r="C641" t="s" s="0">
-        <v>1751</v>
+        <v>1698</v>
       </c>
       <c r="D641" t="s" s="0">
-        <v>1752</v>
+        <v>18</v>
       </c>
       <c r="E641" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="642" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A642" s="4" t="s">
-        <v>1753</v>
+        <v>1699</v>
       </c>
       <c r="B642" s="6" t="s">
-        <v>1754</v>
+        <v>1700</v>
       </c>
       <c r="C642" t="s" s="0">
-        <v>1755</v>
+        <v>1701</v>
       </c>
       <c r="D642" t="s" s="0">
-        <v>1756</v>
+        <v>18</v>
       </c>
       <c r="E642" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="643" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A643" s="4" t="s">
-        <v>1757</v>
+        <v>1702</v>
       </c>
       <c r="B643" s="6" t="s">
-        <v>1758</v>
+        <v>1703</v>
       </c>
       <c r="C643" t="s" s="0">
-        <v>1759</v>
+        <v>1704</v>
       </c>
       <c r="D643" t="s" s="0">
-        <v>18</v>
+        <v>1705</v>
       </c>
       <c r="E643" t="n" s="0">
-        <v>0.03</v>
+        <v>5.27</v>
       </c>
     </row>
     <row r="644" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A644" s="4" t="s">
-        <v>1760</v>
+        <v>1706</v>
       </c>
       <c r="B644" s="6" t="s">
-        <v>1761</v>
+        <v>1707</v>
       </c>
       <c r="C644" t="s" s="0">
-        <v>1762</v>
+        <v>1708</v>
       </c>
       <c r="D644" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E644" t="n" s="0">
-        <v>0.3</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="645" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A645" s="4" t="s">
-        <v>1760</v>
+        <v>1709</v>
       </c>
       <c r="B645" s="6" t="s">
-        <v>1763</v>
+        <v>1710</v>
       </c>
       <c r="C645" t="s" s="0">
-        <v>1764</v>
+        <v>1711</v>
       </c>
       <c r="D645" t="s" s="0">
-        <v>1765</v>
+        <v>18</v>
       </c>
       <c r="E645" t="n" s="0">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="646" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A646" s="4" t="s">
-        <v>1760</v>
+        <v>1712</v>
       </c>
       <c r="B646" s="6" t="s">
-        <v>1766</v>
+        <v>1713</v>
       </c>
       <c r="C646" t="s" s="0">
-        <v>1767</v>
+        <v>1714</v>
       </c>
       <c r="D646" t="s" s="0">
-        <v>1768</v>
+        <v>18</v>
       </c>
       <c r="E646" t="n" s="0">
-        <v>0.84</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="647" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A647" s="4" t="s">
-        <v>1760</v>
+        <v>1715</v>
       </c>
       <c r="B647" s="6" t="s">
-        <v>1769</v>
+        <v>1716</v>
       </c>
       <c r="C647" t="s" s="0">
-        <v>1770</v>
+        <v>1717</v>
       </c>
       <c r="D647" t="s" s="0">
-        <v>1771</v>
+        <v>18</v>
       </c>
       <c r="E647" t="n" s="0">
-        <v>0.59</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="648" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A648" s="4" t="s">
-        <v>1772</v>
+        <v>1718</v>
       </c>
       <c r="B648" s="6" t="s">
-        <v>1773</v>
+        <v>1719</v>
       </c>
       <c r="C648" t="s" s="0">
-        <v>1774</v>
+        <v>1720</v>
       </c>
       <c r="D648" t="s" s="0">
-        <v>1775</v>
+        <v>18</v>
       </c>
       <c r="E648" t="n" s="0">
-        <v>0.8</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="649" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A649" s="4" t="s">
-        <v>1772</v>
+        <v>1721</v>
       </c>
       <c r="B649" s="6" t="s">
-        <v>1776</v>
+        <v>1722</v>
       </c>
       <c r="C649" t="s" s="0">
-        <v>1777</v>
+        <v>1723</v>
       </c>
       <c r="D649" t="s" s="0">
-        <v>1778</v>
+        <v>18</v>
       </c>
       <c r="E649" t="n" s="0">
-        <v>0.21</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="650" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A650" s="4" t="s">
-        <v>1772</v>
+        <v>1724</v>
       </c>
       <c r="B650" s="6" t="s">
-        <v>1779</v>
+        <v>1725</v>
       </c>
       <c r="C650" t="s" s="0">
-        <v>1780</v>
+        <v>1726</v>
       </c>
       <c r="D650" t="s" s="0">
-        <v>1781</v>
+        <v>18</v>
       </c>
       <c r="E650" t="n" s="0">
-        <v>0.4</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="651" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A651" s="4" t="s">
-        <v>1772</v>
+        <v>1727</v>
       </c>
       <c r="B651" s="6" t="s">
-        <v>1782</v>
+        <v>1728</v>
       </c>
       <c r="C651" t="s" s="0">
-        <v>1783</v>
+        <v>1729</v>
       </c>
       <c r="D651" t="s" s="0">
-        <v>1784</v>
+        <v>18</v>
       </c>
       <c r="E651" t="n" s="0">
-        <v>0.86</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="652" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A652" s="4" t="s">
-        <v>1772</v>
+        <v>1730</v>
       </c>
       <c r="B652" s="6" t="s">
-        <v>1785</v>
+        <v>1731</v>
       </c>
       <c r="C652" t="s" s="0">
-        <v>1786</v>
+        <v>1732</v>
       </c>
       <c r="D652" t="s" s="0">
-        <v>1787</v>
+        <v>1733</v>
       </c>
       <c r="E652" t="n" s="0">
-        <v>0.57</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="653" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A653" s="4" t="s">
-        <v>1788</v>
+        <v>1734</v>
       </c>
       <c r="B653" s="6" t="s">
-        <v>1789</v>
+        <v>1735</v>
       </c>
       <c r="C653" t="s" s="0">
-        <v>1790</v>
+        <v>1736</v>
       </c>
       <c r="D653" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E653" t="n" s="0">
-        <v>0.13</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="654" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A654" s="4" t="s">
-        <v>1788</v>
+        <v>1737</v>
       </c>
       <c r="B654" s="6" t="s">
-        <v>1791</v>
+        <v>1738</v>
       </c>
       <c r="C654" t="s" s="0">
-        <v>1792</v>
+        <v>1739</v>
       </c>
       <c r="D654" t="s" s="0">
-        <v>1793</v>
+        <v>18</v>
       </c>
       <c r="E654" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="655" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A655" s="4" t="s">
-        <v>1788</v>
+        <v>1740</v>
       </c>
       <c r="B655" s="6" t="s">
-        <v>1794</v>
+        <v>1741</v>
       </c>
       <c r="C655" t="s" s="0">
-        <v>1795</v>
+        <v>1742</v>
       </c>
       <c r="D655" t="s" s="0">
-        <v>1796</v>
+        <v>1743</v>
       </c>
       <c r="E655" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="656" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A656" s="4" t="s">
-        <v>1797</v>
+        <v>1744</v>
       </c>
       <c r="B656" s="6" t="s">
-        <v>1798</v>
+        <v>1745</v>
       </c>
       <c r="C656" t="s" s="0">
-        <v>1799</v>
+        <v>1746</v>
       </c>
       <c r="D656" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E656" t="n" s="0">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="657" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A657" s="4" t="s">
-        <v>1800</v>
+        <v>1747</v>
       </c>
       <c r="B657" s="6" t="s">
-        <v>1801</v>
+        <v>1748</v>
       </c>
       <c r="C657" t="s" s="0">
-        <v>1802</v>
+        <v>1749</v>
       </c>
       <c r="D657" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E657" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="658" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A658" s="4" t="s">
-        <v>1803</v>
+        <v>1750</v>
       </c>
       <c r="B658" s="6" t="s">
-        <v>1804</v>
+        <v>1751</v>
       </c>
       <c r="C658" t="s" s="0">
-        <v>1805</v>
+        <v>1752</v>
       </c>
       <c r="D658" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E658" t="n" s="0">
-        <v>0.35</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="659" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A659" s="4" t="s">
-        <v>1806</v>
+        <v>1753</v>
       </c>
       <c r="B659" s="6" t="s">
-        <v>1807</v>
+        <v>1754</v>
       </c>
       <c r="C659" t="s" s="0">
-        <v>1808</v>
+        <v>1755</v>
       </c>
       <c r="D659" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E659" t="n" s="0">
-        <v>0.65</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="660" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A660" s="4" t="s">
-        <v>1809</v>
+        <v>1756</v>
       </c>
       <c r="B660" s="6" t="s">
-        <v>1810</v>
+        <v>1757</v>
       </c>
       <c r="C660" t="s" s="0">
-        <v>1811</v>
+        <v>1758</v>
       </c>
       <c r="D660" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E660" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="661" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A661" s="4" t="s">
-        <v>1812</v>
+        <v>1759</v>
       </c>
       <c r="B661" s="6" t="s">
-        <v>1813</v>
+        <v>1760</v>
       </c>
       <c r="C661" t="s" s="0">
-        <v>1814</v>
+        <v>1761</v>
       </c>
       <c r="D661" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E661" t="n" s="0">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="662" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A662" s="4" t="s">
-        <v>1815</v>
+        <v>1762</v>
       </c>
       <c r="B662" s="6" t="s">
-        <v>1816</v>
+        <v>1763</v>
       </c>
       <c r="C662" t="s" s="0">
-        <v>1817</v>
+        <v>1764</v>
       </c>
       <c r="D662" t="s" s="0">
-        <v>1818</v>
+        <v>18</v>
       </c>
       <c r="E662" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="663" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A663" s="4" t="s">
-        <v>1819</v>
+        <v>1765</v>
       </c>
       <c r="B663" s="6" t="s">
-        <v>1820</v>
+        <v>1766</v>
       </c>
       <c r="C663" t="s" s="0">
-        <v>1821</v>
+        <v>1767</v>
       </c>
       <c r="D663" t="s" s="0">
-        <v>18</v>
+        <v>1768</v>
       </c>
       <c r="E663" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="664" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A664" s="4" t="s">
-        <v>1822</v>
+        <v>1769</v>
       </c>
       <c r="B664" s="6" t="s">
-        <v>1823</v>
+        <v>1770</v>
       </c>
       <c r="C664" t="s" s="0">
-        <v>1824</v>
+        <v>1771</v>
       </c>
       <c r="D664" t="s" s="0">
-        <v>18</v>
+        <v>1772</v>
       </c>
       <c r="E664" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="665" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A665" s="4" t="s">
-        <v>1825</v>
+        <v>1773</v>
       </c>
       <c r="B665" s="6" t="s">
-        <v>1826</v>
+        <v>1774</v>
       </c>
       <c r="C665" t="s" s="0">
-        <v>1827</v>
+        <v>1775</v>
       </c>
       <c r="D665" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E665" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="666" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A666" s="4" t="s">
-        <v>1828</v>
+        <v>1776</v>
       </c>
       <c r="B666" s="6" t="s">
-        <v>1829</v>
+        <v>1777</v>
       </c>
       <c r="C666" t="s" s="0">
-        <v>1830</v>
+        <v>1778</v>
       </c>
       <c r="D666" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E666" t="n" s="0">
-        <v>0.15</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="667" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A667" s="4" t="s">
-        <v>1831</v>
+        <v>1776</v>
       </c>
       <c r="B667" s="6" t="s">
-        <v>1832</v>
+        <v>1779</v>
       </c>
       <c r="C667" t="s" s="0">
-        <v>1833</v>
+        <v>1780</v>
       </c>
       <c r="D667" t="s" s="0">
-        <v>18</v>
+        <v>1781</v>
       </c>
       <c r="E667" t="n" s="0">
-        <v>0.02</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="668" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A668" s="4" t="s">
-        <v>1834</v>
+        <v>1776</v>
       </c>
       <c r="B668" s="6" t="s">
-        <v>1835</v>
+        <v>1782</v>
       </c>
       <c r="C668" t="s" s="0">
-        <v>1836</v>
+        <v>1783</v>
       </c>
       <c r="D668" t="s" s="0">
-        <v>18</v>
+        <v>1784</v>
       </c>
       <c r="E668" t="n" s="0">
-        <v>0.64</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="669" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A669" s="4" t="s">
-        <v>1837</v>
+        <v>1776</v>
       </c>
       <c r="B669" s="6" t="s">
-        <v>1838</v>
+        <v>1785</v>
       </c>
       <c r="C669" t="s" s="0">
-        <v>1839</v>
+        <v>1786</v>
       </c>
       <c r="D669" t="s" s="0">
-        <v>18</v>
+        <v>1787</v>
       </c>
       <c r="E669" t="n" s="0">
-        <v>0.34</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="670" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A670" s="4" t="s">
-        <v>1840</v>
+        <v>1788</v>
       </c>
       <c r="B670" s="6" t="s">
-        <v>1841</v>
+        <v>1789</v>
       </c>
       <c r="C670" t="s" s="0">
-        <v>1842</v>
+        <v>1790</v>
       </c>
       <c r="D670" t="s" s="0">
-        <v>18</v>
+        <v>1791</v>
       </c>
       <c r="E670" t="n" s="0">
-        <v>0.02</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="671" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A671" s="4" t="s">
-        <v>1843</v>
+        <v>1788</v>
       </c>
       <c r="B671" s="6" t="s">
-        <v>1844</v>
+        <v>1792</v>
       </c>
       <c r="C671" t="s" s="0">
-        <v>1845</v>
+        <v>1793</v>
       </c>
       <c r="D671" t="s" s="0">
-        <v>18</v>
+        <v>1794</v>
       </c>
       <c r="E671" t="n" s="0">
-        <v>0.46</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="672" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A672" s="4" t="s">
-        <v>1846</v>
+        <v>1788</v>
       </c>
       <c r="B672" s="6" t="s">
-        <v>1847</v>
+        <v>1795</v>
       </c>
       <c r="C672" t="s" s="0">
-        <v>1848</v>
+        <v>1796</v>
       </c>
       <c r="D672" t="s" s="0">
-        <v>18</v>
+        <v>1797</v>
       </c>
       <c r="E672" t="n" s="0">
-        <v>0.13</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="673" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A673" s="4" t="s">
-        <v>1849</v>
+        <v>1788</v>
       </c>
       <c r="B673" s="6" t="s">
-        <v>1850</v>
+        <v>1798</v>
       </c>
       <c r="C673" t="s" s="0">
-        <v>1851</v>
+        <v>1799</v>
       </c>
       <c r="D673" t="s" s="0">
-        <v>18</v>
+        <v>1800</v>
       </c>
       <c r="E673" t="n" s="0">
-        <v>0.34</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="674" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A674" s="4" t="s">
-        <v>1852</v>
+        <v>1788</v>
       </c>
       <c r="B674" s="6" t="s">
-        <v>1853</v>
+        <v>1801</v>
       </c>
       <c r="C674" t="s" s="0">
-        <v>1854</v>
+        <v>1802</v>
       </c>
       <c r="D674" t="s" s="0">
-        <v>18</v>
+        <v>1803</v>
       </c>
       <c r="E674" t="n" s="0">
-        <v>0.45</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="675" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A675" s="4" t="s">
-        <v>1855</v>
+        <v>1804</v>
       </c>
       <c r="B675" s="6" t="s">
-        <v>1856</v>
+        <v>1805</v>
       </c>
       <c r="C675" t="s" s="0">
-        <v>1857</v>
+        <v>1806</v>
       </c>
       <c r="D675" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E675" t="n" s="0">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="676" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A676" s="4" t="s">
-        <v>1858</v>
+        <v>1804</v>
       </c>
       <c r="B676" s="6" t="s">
-        <v>1859</v>
+        <v>1807</v>
       </c>
       <c r="C676" t="s" s="0">
-        <v>1860</v>
+        <v>1808</v>
       </c>
       <c r="D676" t="s" s="0">
-        <v>18</v>
+        <v>1809</v>
       </c>
       <c r="E676" t="n" s="0">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="677" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A677" s="4" t="s">
-        <v>1861</v>
+        <v>1804</v>
       </c>
       <c r="B677" s="6" t="s">
-        <v>1862</v>
+        <v>1810</v>
       </c>
       <c r="C677" t="s" s="0">
-        <v>1863</v>
+        <v>1811</v>
       </c>
       <c r="D677" t="s" s="0">
-        <v>18</v>
+        <v>1812</v>
       </c>
       <c r="E677" t="n" s="0">
-        <v>0.16</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="678" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A678" s="4" t="s">
-        <v>1864</v>
+        <v>1813</v>
       </c>
       <c r="B678" s="6" t="s">
-        <v>1865</v>
+        <v>1814</v>
       </c>
       <c r="C678" t="s" s="0">
-        <v>1866</v>
+        <v>1815</v>
       </c>
       <c r="D678" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E678" t="n" s="0">
-        <v>0.12</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="679" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A679" s="4" t="s">
-        <v>1867</v>
+        <v>1816</v>
       </c>
       <c r="B679" s="6" t="s">
-        <v>1868</v>
+        <v>1817</v>
       </c>
       <c r="C679" t="s" s="0">
-        <v>1869</v>
+        <v>1818</v>
       </c>
       <c r="D679" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E679" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="680" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A680" s="4" t="s">
-        <v>1870</v>
+        <v>1819</v>
       </c>
       <c r="B680" s="6" t="s">
-        <v>1871</v>
+        <v>1820</v>
       </c>
       <c r="C680" t="s" s="0">
-        <v>1872</v>
+        <v>1821</v>
       </c>
       <c r="D680" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E680" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="681" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A681" s="4" t="s">
-        <v>1873</v>
+        <v>1822</v>
       </c>
       <c r="B681" s="6" t="s">
-        <v>1874</v>
+        <v>1823</v>
       </c>
       <c r="C681" t="s" s="0">
-        <v>1875</v>
+        <v>1824</v>
       </c>
       <c r="D681" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E681" t="n" s="0">
-        <v>0.13</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="682" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A682" s="4" t="s">
-        <v>1876</v>
+        <v>1825</v>
       </c>
       <c r="B682" s="6" t="s">
-        <v>1877</v>
+        <v>1826</v>
       </c>
       <c r="C682" t="s" s="0">
-        <v>1878</v>
+        <v>1827</v>
       </c>
       <c r="D682" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E682" t="n" s="0">
-        <v>0.07</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="683" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A683" s="4" t="s">
-        <v>1879</v>
+        <v>1828</v>
       </c>
       <c r="B683" s="6" t="s">
-        <v>1880</v>
+        <v>1829</v>
       </c>
       <c r="C683" t="s" s="0">
-        <v>1881</v>
+        <v>1830</v>
       </c>
       <c r="D683" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E683" t="n" s="0">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="684" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A684" s="4" t="s">
-        <v>1882</v>
+        <v>1831</v>
       </c>
       <c r="B684" s="6" t="s">
-        <v>1883</v>
+        <v>1832</v>
       </c>
       <c r="C684" t="s" s="0">
-        <v>1884</v>
+        <v>1833</v>
       </c>
       <c r="D684" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E684" t="n" s="0">
-        <v>0.11</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="685" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A685" s="4" t="s">
-        <v>1885</v>
+        <v>1834</v>
       </c>
       <c r="B685" s="6" t="s">
-        <v>1886</v>
+        <v>1835</v>
       </c>
       <c r="C685" t="s" s="0">
-        <v>1887</v>
+        <v>1836</v>
       </c>
       <c r="D685" t="s" s="0">
-        <v>18</v>
+        <v>1837</v>
       </c>
       <c r="E685" t="n" s="0">
-        <v>0.19</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="686" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A686" s="4" t="s">
-        <v>1888</v>
+        <v>1838</v>
       </c>
       <c r="B686" s="6" t="s">
-        <v>1889</v>
+        <v>1839</v>
       </c>
       <c r="C686" t="s" s="0">
-        <v>1890</v>
+        <v>1840</v>
       </c>
       <c r="D686" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E686" t="n" s="0">
-        <v>0.09</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="687" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A687" s="4" t="s">
-        <v>1891</v>
+        <v>1841</v>
       </c>
       <c r="B687" s="6" t="s">
-        <v>1892</v>
+        <v>1842</v>
       </c>
       <c r="C687" t="s" s="0">
-        <v>1893</v>
+        <v>1843</v>
       </c>
       <c r="D687" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E687" t="n" s="0">
-        <v>0.27</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="688" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A688" s="4" t="s">
-        <v>1894</v>
+        <v>1844</v>
       </c>
       <c r="B688" s="6" t="s">
-        <v>1895</v>
+        <v>1845</v>
       </c>
       <c r="C688" t="s" s="0">
-        <v>1896</v>
+        <v>1846</v>
       </c>
       <c r="D688" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E688" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="689" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A689" s="4" t="s">
-        <v>1897</v>
+        <v>1847</v>
       </c>
       <c r="B689" s="6" t="s">
-        <v>1898</v>
+        <v>1848</v>
       </c>
       <c r="C689" t="s" s="0">
-        <v>1899</v>
+        <v>1849</v>
       </c>
       <c r="D689" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E689" t="n" s="0">
-        <v>0.11</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="690" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A690" s="4" t="s">
-        <v>1900</v>
+        <v>1850</v>
       </c>
       <c r="B690" s="6" t="s">
-        <v>1901</v>
+        <v>1851</v>
       </c>
       <c r="C690" t="s" s="0">
-        <v>1902</v>
+        <v>1852</v>
       </c>
       <c r="D690" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E690" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="691" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A691" s="4" t="s">
-        <v>1903</v>
+        <v>1853</v>
       </c>
       <c r="B691" s="6" t="s">
-        <v>1904</v>
+        <v>1854</v>
       </c>
       <c r="C691" t="s" s="0">
-        <v>1905</v>
+        <v>1855</v>
       </c>
       <c r="D691" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E691" t="n" s="0">
-        <v>0.02</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="692" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A692" s="4" t="s">
-        <v>1906</v>
+        <v>1856</v>
       </c>
       <c r="B692" s="6" t="s">
-        <v>1907</v>
+        <v>1857</v>
       </c>
       <c r="C692" t="s" s="0">
-        <v>1908</v>
+        <v>1858</v>
       </c>
       <c r="D692" t="s" s="0">
-        <v>1909</v>
+        <v>18</v>
       </c>
       <c r="E692" t="n" s="0">
-        <v>0.22</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="693" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A693" s="4" t="s">
-        <v>1906</v>
+        <v>1859</v>
       </c>
       <c r="B693" s="6" t="s">
-        <v>1910</v>
+        <v>1860</v>
       </c>
       <c r="C693" t="s" s="0">
-        <v>1911</v>
+        <v>1861</v>
       </c>
       <c r="D693" t="s" s="0">
-        <v>1912</v>
+        <v>18</v>
       </c>
       <c r="E693" t="n" s="0">
-        <v>0.74</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="694" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A694" s="4" t="s">
-        <v>1906</v>
+        <v>1862</v>
       </c>
       <c r="B694" s="6" t="s">
-        <v>1913</v>
+        <v>1863</v>
       </c>
       <c r="C694" t="s" s="0">
-        <v>1914</v>
+        <v>1864</v>
       </c>
       <c r="D694" t="s" s="0">
-        <v>1915</v>
+        <v>18</v>
       </c>
       <c r="E694" t="n" s="0">
-        <v>0.14</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="695" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A695" s="4" t="s">
-        <v>1906</v>
+        <v>1865</v>
       </c>
       <c r="B695" s="6" t="s">
-        <v>1916</v>
+        <v>1866</v>
       </c>
       <c r="C695" t="s" s="0">
-        <v>1917</v>
+        <v>1867</v>
       </c>
       <c r="D695" t="s" s="0">
-        <v>1918</v>
+        <v>18</v>
       </c>
       <c r="E695" t="n" s="0">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="696" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A696" s="4" t="s">
-        <v>1906</v>
+        <v>1868</v>
       </c>
       <c r="B696" s="6" t="s">
-        <v>1919</v>
+        <v>1869</v>
       </c>
       <c r="C696" t="s" s="0">
-        <v>1920</v>
+        <v>1870</v>
       </c>
       <c r="D696" t="s" s="0">
-        <v>1921</v>
+        <v>18</v>
       </c>
       <c r="E696" t="n" s="0">
-        <v>0.94</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="697" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A697" s="4" t="s">
-        <v>1922</v>
+        <v>1871</v>
       </c>
       <c r="B697" s="6" t="s">
-        <v>1923</v>
+        <v>1872</v>
       </c>
       <c r="C697" t="s" s="0">
-        <v>1924</v>
+        <v>1873</v>
       </c>
       <c r="D697" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E697" t="n" s="0">
-        <v>0.01</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="698" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A698" s="4" t="s">
-        <v>1925</v>
+        <v>1874</v>
       </c>
       <c r="B698" s="6" t="s">
-        <v>1926</v>
+        <v>1875</v>
       </c>
       <c r="C698" t="s" s="0">
-        <v>1927</v>
+        <v>1876</v>
       </c>
       <c r="D698" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E698" t="n" s="0">
-        <v>0.2</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="699" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A699" s="4" t="s">
-        <v>1928</v>
+        <v>1877</v>
       </c>
       <c r="B699" s="6" t="s">
-        <v>1929</v>
+        <v>1878</v>
       </c>
       <c r="C699" t="s" s="0">
-        <v>1930</v>
+        <v>1879</v>
       </c>
       <c r="D699" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E699" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="700" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A700" s="4" t="s">
-        <v>1931</v>
+        <v>1880</v>
       </c>
       <c r="B700" s="6" t="s">
-        <v>1932</v>
+        <v>1881</v>
       </c>
       <c r="C700" t="s" s="0">
-        <v>1933</v>
+        <v>1882</v>
       </c>
       <c r="D700" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E700" t="n" s="0">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="701" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A701" s="4" t="s">
-        <v>1934</v>
+        <v>1883</v>
       </c>
       <c r="B701" s="6" t="s">
-        <v>1935</v>
+        <v>1884</v>
       </c>
       <c r="C701" t="s" s="0">
-        <v>1936</v>
+        <v>1885</v>
       </c>
       <c r="D701" t="s" s="0">
-        <v>1937</v>
+        <v>18</v>
       </c>
       <c r="E701" t="n" s="0">
-        <v>0.03</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="702" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A702" s="4" t="s">
-        <v>1938</v>
+        <v>1886</v>
       </c>
       <c r="B702" s="6" t="s">
-        <v>1939</v>
+        <v>1887</v>
       </c>
       <c r="C702" t="s" s="0">
-        <v>1940</v>
+        <v>1888</v>
       </c>
       <c r="D702" t="s" s="0">
-        <v>1941</v>
+        <v>18</v>
       </c>
       <c r="E702" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="703" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A703" s="4" t="s">
-        <v>1942</v>
+        <v>1889</v>
       </c>
       <c r="B703" s="6" t="s">
-        <v>1943</v>
+        <v>1890</v>
       </c>
       <c r="C703" t="s" s="0">
-        <v>1944</v>
+        <v>1891</v>
       </c>
       <c r="D703" t="s" s="0">
-        <v>1945</v>
+        <v>18</v>
       </c>
       <c r="E703" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="704" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A704" s="4" t="s">
-        <v>1946</v>
+        <v>1892</v>
       </c>
       <c r="B704" s="6" t="s">
-        <v>1947</v>
+        <v>1893</v>
       </c>
       <c r="C704" t="s" s="0">
-        <v>1948</v>
+        <v>1894</v>
       </c>
       <c r="D704" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E704" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="705" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A705" s="4" t="s">
-        <v>1949</v>
+        <v>1895</v>
       </c>
       <c r="B705" s="6" t="s">
-        <v>1950</v>
+        <v>1896</v>
       </c>
       <c r="C705" t="s" s="0">
-        <v>1951</v>
+        <v>1897</v>
       </c>
       <c r="D705" t="s" s="0">
-        <v>1952</v>
+        <v>18</v>
       </c>
       <c r="E705" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="706" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A706" s="4" t="s">
-        <v>1953</v>
+        <v>1898</v>
       </c>
       <c r="B706" s="6" t="s">
-        <v>1954</v>
+        <v>1899</v>
       </c>
       <c r="C706" t="s" s="0">
-        <v>1955</v>
+        <v>1900</v>
       </c>
       <c r="D706" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E706" t="n" s="0">
-        <v>0.02</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="707" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A707" s="4" t="s">
-        <v>1956</v>
+        <v>1901</v>
       </c>
       <c r="B707" s="6" t="s">
-        <v>1957</v>
+        <v>1902</v>
       </c>
       <c r="C707" t="s" s="0">
-        <v>1958</v>
+        <v>1903</v>
       </c>
       <c r="D707" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E707" t="n" s="0">
         <v>0.1</v>
       </c>
     </row>
     <row r="708" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A708" s="4" t="s">
-        <v>1959</v>
+        <v>1904</v>
       </c>
       <c r="B708" s="6" t="s">
-        <v>1960</v>
+        <v>1905</v>
       </c>
       <c r="C708" t="s" s="0">
-        <v>1961</v>
+        <v>1906</v>
       </c>
       <c r="D708" t="s" s="0">
-        <v>1962</v>
+        <v>18</v>
       </c>
       <c r="E708" t="n" s="0">
-        <v>0.02</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="709" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A709" s="4" t="s">
-        <v>1963</v>
+        <v>1907</v>
       </c>
       <c r="B709" s="6" t="s">
-        <v>1964</v>
+        <v>1908</v>
       </c>
       <c r="C709" t="s" s="0">
-        <v>1965</v>
+        <v>1909</v>
       </c>
       <c r="D709" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E709" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="710" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A710" s="4" t="s">
-        <v>1966</v>
+        <v>1910</v>
       </c>
       <c r="B710" s="6" t="s">
-        <v>1967</v>
+        <v>1911</v>
       </c>
       <c r="C710" t="s" s="0">
-        <v>1968</v>
+        <v>1912</v>
       </c>
       <c r="D710" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E710" t="n" s="0">
-        <v>0.02</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="711" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A711" s="4" t="s">
-        <v>1969</v>
+        <v>1913</v>
       </c>
       <c r="B711" s="6" t="s">
-        <v>1970</v>
+        <v>1914</v>
       </c>
       <c r="C711" t="s" s="0">
-        <v>1971</v>
+        <v>1915</v>
       </c>
       <c r="D711" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E711" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="712" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A712" s="4" t="s">
-        <v>1972</v>
+        <v>1916</v>
       </c>
       <c r="B712" s="6" t="s">
-        <v>1973</v>
+        <v>1917</v>
       </c>
       <c r="C712" t="s" s="0">
-        <v>1974</v>
+        <v>1918</v>
       </c>
       <c r="D712" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E712" t="n" s="0">
-        <v>0.12</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="713" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A713" s="4" t="s">
-        <v>1975</v>
+        <v>1919</v>
       </c>
       <c r="B713" s="6" t="s">
-        <v>1976</v>
+        <v>1920</v>
       </c>
       <c r="C713" t="s" s="0">
-        <v>1977</v>
+        <v>1921</v>
       </c>
       <c r="D713" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E713" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="714" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A714" s="4" t="s">
-        <v>1978</v>
+        <v>1922</v>
       </c>
       <c r="B714" s="6" t="s">
-        <v>1979</v>
+        <v>1923</v>
       </c>
       <c r="C714" t="s" s="0">
-        <v>1980</v>
+        <v>1924</v>
       </c>
       <c r="D714" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E714" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="715" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A715" s="4" t="s">
-        <v>1981</v>
+        <v>1925</v>
       </c>
       <c r="B715" s="6" t="s">
-        <v>1982</v>
+        <v>1926</v>
       </c>
       <c r="C715" t="s" s="0">
-        <v>1983</v>
+        <v>1927</v>
       </c>
       <c r="D715" t="s" s="0">
-        <v>1984</v>
+        <v>1928</v>
       </c>
       <c r="E715" t="n" s="0">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="716" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A716" s="4" t="s">
-        <v>1985</v>
+        <v>1925</v>
       </c>
       <c r="B716" s="6" t="s">
-        <v>1986</v>
+        <v>1929</v>
       </c>
       <c r="C716" t="s" s="0">
-        <v>1987</v>
+        <v>1930</v>
       </c>
       <c r="D716" t="s" s="0">
-        <v>18</v>
+        <v>1931</v>
       </c>
       <c r="E716" t="n" s="0">
-        <v>0.04</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="717" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A717" s="4" t="s">
-        <v>1988</v>
+        <v>1925</v>
       </c>
       <c r="B717" s="6" t="s">
-        <v>1989</v>
+        <v>1932</v>
       </c>
       <c r="C717" t="s" s="0">
-        <v>1990</v>
+        <v>1933</v>
       </c>
       <c r="D717" t="s" s="0">
-        <v>18</v>
+        <v>1934</v>
       </c>
       <c r="E717" t="n" s="0">
-        <v>0.05</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="718" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A718" s="4" t="s">
-        <v>1991</v>
+        <v>1925</v>
       </c>
       <c r="B718" s="6" t="s">
-        <v>1992</v>
+        <v>1935</v>
       </c>
       <c r="C718" t="s" s="0">
-        <v>1993</v>
+        <v>1936</v>
       </c>
       <c r="D718" t="s" s="0">
-        <v>18</v>
+        <v>1937</v>
       </c>
       <c r="E718" t="n" s="0">
-        <v>0.15</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="719" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A719" s="4" t="s">
-        <v>1994</v>
+        <v>1925</v>
       </c>
       <c r="B719" s="6" t="s">
-        <v>1995</v>
+        <v>1938</v>
       </c>
       <c r="C719" t="s" s="0">
-        <v>1996</v>
+        <v>1939</v>
       </c>
       <c r="D719" t="s" s="0">
-        <v>18</v>
+        <v>1940</v>
       </c>
       <c r="E719" t="n" s="0">
-        <v>0.01</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="720" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A720" s="4" t="s">
-        <v>1997</v>
+        <v>1941</v>
       </c>
       <c r="B720" s="6" t="s">
-        <v>1998</v>
+        <v>1942</v>
       </c>
       <c r="C720" t="s" s="0">
-        <v>1999</v>
+        <v>1943</v>
       </c>
       <c r="D720" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E720" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="721" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A721" s="4" t="s">
-        <v>2000</v>
+        <v>1944</v>
       </c>
       <c r="B721" s="6" t="s">
-        <v>2001</v>
+        <v>1945</v>
       </c>
       <c r="C721" t="s" s="0">
-        <v>2002</v>
+        <v>1946</v>
       </c>
       <c r="D721" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E721" t="n" s="0">
-        <v>0.06</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="722" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A722" s="4" t="s">
-        <v>2003</v>
+        <v>1947</v>
       </c>
       <c r="B722" s="6" t="s">
-        <v>2004</v>
+        <v>1948</v>
       </c>
       <c r="C722" t="s" s="0">
-        <v>2005</v>
+        <v>1949</v>
       </c>
       <c r="D722" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E722" t="n" s="0">
-        <v>0.32</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="723" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A723" s="4" t="s">
-        <v>2006</v>
+        <v>1950</v>
       </c>
       <c r="B723" s="6" t="s">
-        <v>2007</v>
+        <v>1951</v>
       </c>
       <c r="C723" t="s" s="0">
-        <v>2008</v>
+        <v>1952</v>
       </c>
       <c r="D723" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E723" t="n" s="0">
-        <v>0.32</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="724" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A724" s="4" t="s">
-        <v>2009</v>
+        <v>1953</v>
       </c>
       <c r="B724" s="6" t="s">
-        <v>2010</v>
+        <v>1954</v>
       </c>
       <c r="C724" t="s" s="0">
-        <v>2011</v>
+        <v>1955</v>
       </c>
       <c r="D724" t="s" s="0">
-        <v>18</v>
+        <v>1956</v>
       </c>
       <c r="E724" t="n" s="0">
-        <v>0.6</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="725" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A725" s="4" t="s">
-        <v>2012</v>
+        <v>1957</v>
       </c>
       <c r="B725" s="6" t="s">
-        <v>2013</v>
+        <v>1958</v>
       </c>
       <c r="C725" t="s" s="0">
-        <v>2014</v>
+        <v>1959</v>
       </c>
       <c r="D725" t="s" s="0">
-        <v>18</v>
+        <v>1960</v>
       </c>
       <c r="E725" t="n" s="0">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="726" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A726" s="4" t="s">
-        <v>2015</v>
+        <v>1961</v>
       </c>
       <c r="B726" s="6" t="s">
-        <v>2016</v>
+        <v>1962</v>
       </c>
       <c r="C726" t="s" s="0">
-        <v>2017</v>
+        <v>1963</v>
       </c>
       <c r="D726" t="s" s="0">
-        <v>18</v>
+        <v>1964</v>
       </c>
       <c r="E726" t="n" s="0">
-        <v>0.19</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="727" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A727" s="4" t="s">
-        <v>2018</v>
+        <v>1965</v>
       </c>
       <c r="B727" s="6" t="s">
-        <v>2019</v>
+        <v>1966</v>
       </c>
       <c r="C727" t="s" s="0">
-        <v>2020</v>
+        <v>1967</v>
       </c>
       <c r="D727" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E727" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="728" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A728" s="4" t="s">
-        <v>2021</v>
+        <v>1968</v>
       </c>
       <c r="B728" s="6" t="s">
-        <v>2022</v>
+        <v>1969</v>
       </c>
       <c r="C728" t="s" s="0">
-        <v>2023</v>
+        <v>1970</v>
       </c>
       <c r="D728" t="s" s="0">
-        <v>18</v>
+        <v>1971</v>
       </c>
       <c r="E728" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="729" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A729" s="4" t="s">
-        <v>2024</v>
+        <v>1972</v>
       </c>
       <c r="B729" s="6" t="s">
-        <v>2025</v>
+        <v>1973</v>
       </c>
       <c r="C729" t="s" s="0">
-        <v>2026</v>
+        <v>1974</v>
       </c>
       <c r="D729" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E729" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="730" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A730" s="4" t="s">
-        <v>2027</v>
+        <v>1975</v>
       </c>
       <c r="B730" s="6" t="s">
-        <v>2028</v>
+        <v>1976</v>
       </c>
       <c r="C730" t="s" s="0">
-        <v>2029</v>
+        <v>1977</v>
       </c>
       <c r="D730" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E730" t="n" s="0">
-        <v>0.07</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="731" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A731" s="4" t="s">
-        <v>2030</v>
+        <v>1978</v>
       </c>
       <c r="B731" s="6" t="s">
-        <v>2031</v>
+        <v>1979</v>
       </c>
       <c r="C731" t="s" s="0">
-        <v>2032</v>
+        <v>1980</v>
       </c>
       <c r="D731" t="s" s="0">
-        <v>18</v>
+        <v>1981</v>
       </c>
       <c r="E731" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="732" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A732" s="4" t="s">
-        <v>2033</v>
+        <v>1982</v>
       </c>
       <c r="B732" s="6" t="s">
-        <v>2034</v>
+        <v>1983</v>
       </c>
       <c r="C732" t="s" s="0">
-        <v>2035</v>
+        <v>1984</v>
       </c>
       <c r="D732" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E732" t="n" s="0">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="733" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A733" s="4" t="s">
-        <v>2036</v>
+        <v>1985</v>
       </c>
       <c r="B733" s="6" t="s">
-        <v>2037</v>
+        <v>1986</v>
       </c>
       <c r="C733" t="s" s="0">
-        <v>2038</v>
+        <v>1987</v>
       </c>
       <c r="D733" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E733" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="734" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A734" s="4" t="s">
-        <v>2039</v>
+        <v>1988</v>
       </c>
       <c r="B734" s="6" t="s">
-        <v>2040</v>
+        <v>1989</v>
       </c>
       <c r="C734" t="s" s="0">
-        <v>2041</v>
+        <v>1990</v>
       </c>
       <c r="D734" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E734" t="n" s="0">
-        <v>0.07</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="735" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A735" s="4" t="s">
-        <v>2042</v>
+        <v>1991</v>
       </c>
       <c r="B735" s="6" t="s">
-        <v>2043</v>
+        <v>1992</v>
       </c>
       <c r="C735" t="s" s="0">
-        <v>2044</v>
+        <v>1993</v>
       </c>
       <c r="D735" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E735" t="n" s="0">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="736" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A736" s="4" t="s">
-        <v>2045</v>
+        <v>1994</v>
       </c>
       <c r="B736" s="6" t="s">
-        <v>2046</v>
+        <v>1995</v>
       </c>
       <c r="C736" t="s" s="0">
-        <v>2047</v>
+        <v>1996</v>
       </c>
       <c r="D736" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E736" t="n" s="0">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="737" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A737" s="4" t="s">
-        <v>2048</v>
+        <v>1997</v>
       </c>
       <c r="B737" s="6" t="s">
-        <v>2049</v>
+        <v>1998</v>
       </c>
       <c r="C737" t="s" s="0">
-        <v>2050</v>
+        <v>1999</v>
       </c>
       <c r="D737" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E737" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="738" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A738" s="4" t="s">
-        <v>2051</v>
+        <v>2000</v>
       </c>
       <c r="B738" s="6" t="s">
-        <v>2052</v>
+        <v>2001</v>
       </c>
       <c r="C738" t="s" s="0">
-        <v>2053</v>
+        <v>2002</v>
       </c>
       <c r="D738" t="s" s="0">
-        <v>18</v>
+        <v>2003</v>
       </c>
       <c r="E738" t="n" s="0">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="739" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A739" s="4" t="s">
-        <v>2054</v>
+        <v>2004</v>
       </c>
       <c r="B739" s="6" t="s">
-        <v>2055</v>
+        <v>2005</v>
       </c>
       <c r="C739" t="s" s="0">
-        <v>2056</v>
+        <v>2006</v>
       </c>
       <c r="D739" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E739" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="740" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A740" s="4" t="s">
-        <v>2057</v>
+        <v>2007</v>
       </c>
       <c r="B740" s="6" t="s">
-        <v>2058</v>
+        <v>2008</v>
       </c>
       <c r="C740" t="s" s="0">
-        <v>2059</v>
+        <v>2009</v>
       </c>
       <c r="D740" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E740" t="n" s="0">
-        <v>0.18</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="741" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A741" s="4" t="s">
-        <v>2060</v>
+        <v>2010</v>
       </c>
       <c r="B741" s="6" t="s">
-        <v>2061</v>
+        <v>2011</v>
       </c>
       <c r="C741" t="s" s="0">
-        <v>2062</v>
+        <v>2012</v>
       </c>
       <c r="D741" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E741" t="n" s="0">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="742" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A742" s="4" t="s">
-        <v>2063</v>
+        <v>2013</v>
       </c>
       <c r="B742" s="6" t="s">
-        <v>2064</v>
+        <v>2014</v>
       </c>
       <c r="C742" t="s" s="0">
-        <v>2065</v>
+        <v>2015</v>
       </c>
       <c r="D742" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E742" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="743" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A743" s="4" t="s">
-        <v>2066</v>
+        <v>2016</v>
       </c>
       <c r="B743" s="6" t="s">
-        <v>2067</v>
+        <v>2017</v>
       </c>
       <c r="C743" t="s" s="0">
-        <v>2068</v>
+        <v>2018</v>
       </c>
       <c r="D743" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E743" t="n" s="0">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="744" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A744" s="4" t="s">
-        <v>2069</v>
+        <v>2019</v>
       </c>
       <c r="B744" s="6" t="s">
-        <v>2070</v>
+        <v>2020</v>
       </c>
       <c r="C744" t="s" s="0">
-        <v>2071</v>
+        <v>2021</v>
       </c>
       <c r="D744" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E744" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="745" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A745" s="4" t="s">
-        <v>2072</v>
+        <v>2022</v>
       </c>
       <c r="B745" s="6" t="s">
-        <v>2073</v>
+        <v>2023</v>
       </c>
       <c r="C745" t="s" s="0">
-        <v>2074</v>
+        <v>2024</v>
       </c>
       <c r="D745" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E745" t="n" s="0">
-        <v>0.01</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="746" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A746" s="4" t="s">
-        <v>2075</v>
+        <v>2025</v>
       </c>
       <c r="B746" s="6" t="s">
-        <v>2076</v>
+        <v>2026</v>
       </c>
       <c r="C746" t="s" s="0">
-        <v>2077</v>
+        <v>2027</v>
       </c>
       <c r="D746" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E746" t="n" s="0">
-        <v>0.02</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="747" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A747" s="4" t="s">
-        <v>2078</v>
+        <v>2028</v>
       </c>
       <c r="B747" s="6" t="s">
-        <v>2079</v>
+        <v>2029</v>
       </c>
       <c r="C747" t="s" s="0">
-        <v>2080</v>
+        <v>2030</v>
       </c>
       <c r="D747" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E747" t="n" s="0">
-        <v>0.02</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="748" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A748" s="4" t="s">
-        <v>2081</v>
+        <v>2031</v>
       </c>
       <c r="B748" s="6" t="s">
-        <v>2082</v>
+        <v>2032</v>
       </c>
       <c r="C748" t="s" s="0">
-        <v>2083</v>
+        <v>2033</v>
       </c>
       <c r="D748" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E748" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="749" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A749" s="4" t="s">
-        <v>2084</v>
+        <v>2034</v>
       </c>
       <c r="B749" s="6" t="s">
-        <v>2085</v>
+        <v>2035</v>
       </c>
       <c r="C749" t="s" s="0">
-        <v>2086</v>
+        <v>2036</v>
       </c>
       <c r="D749" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E749" t="n" s="0">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="750" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A750" s="4" t="s">
-        <v>2087</v>
+        <v>2037</v>
       </c>
       <c r="B750" s="6" t="s">
-        <v>2088</v>
+        <v>2038</v>
       </c>
       <c r="C750" t="s" s="0">
-        <v>2089</v>
+        <v>2039</v>
       </c>
       <c r="D750" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E750" t="n" s="0">
-        <v>0.34</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="751" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A751" s="4" t="s">
-        <v>2090</v>
+        <v>2040</v>
       </c>
       <c r="B751" s="6" t="s">
-        <v>2091</v>
+        <v>2041</v>
       </c>
       <c r="C751" t="s" s="0">
-        <v>2092</v>
+        <v>2042</v>
       </c>
       <c r="D751" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E751" t="n" s="0">
-        <v>0.2</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="752" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A752" s="4" t="s">
-        <v>2093</v>
+        <v>2043</v>
       </c>
       <c r="B752" s="6" t="s">
-        <v>2094</v>
+        <v>2044</v>
       </c>
       <c r="C752" t="s" s="0">
-        <v>2095</v>
+        <v>2045</v>
       </c>
       <c r="D752" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E752" t="n" s="0">
-        <v>0.45</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="753" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A753" s="4" t="s">
-        <v>2096</v>
+        <v>2046</v>
       </c>
       <c r="B753" s="6" t="s">
-        <v>2097</v>
+        <v>2047</v>
       </c>
       <c r="C753" t="s" s="0">
-        <v>2098</v>
+        <v>2048</v>
       </c>
       <c r="D753" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E753" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="754" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A754" s="4" t="s">
-        <v>2099</v>
+        <v>2049</v>
       </c>
       <c r="B754" s="6" t="s">
-        <v>2100</v>
+        <v>2050</v>
       </c>
       <c r="C754" t="s" s="0">
-        <v>2101</v>
+        <v>2051</v>
       </c>
       <c r="D754" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E754" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="755" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A755" s="4" t="s">
-        <v>2102</v>
+        <v>2052</v>
       </c>
       <c r="B755" s="6" t="s">
-        <v>2103</v>
+        <v>2053</v>
       </c>
       <c r="C755" t="s" s="0">
-        <v>2104</v>
+        <v>2054</v>
       </c>
       <c r="D755" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E755" t="n" s="0">
-        <v>0.02</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="756" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A756" s="4" t="s">
-        <v>2105</v>
+        <v>2055</v>
       </c>
       <c r="B756" s="6" t="s">
-        <v>2106</v>
+        <v>2056</v>
       </c>
       <c r="C756" t="s" s="0">
-        <v>2107</v>
+        <v>2057</v>
       </c>
       <c r="D756" t="s" s="0">
-        <v>2108</v>
+        <v>18</v>
       </c>
       <c r="E756" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="757" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A757" s="4" t="s">
-        <v>2109</v>
+        <v>2058</v>
       </c>
       <c r="B757" s="6" t="s">
-        <v>2110</v>
+        <v>2059</v>
       </c>
       <c r="C757" t="s" s="0">
-        <v>2111</v>
+        <v>2060</v>
       </c>
       <c r="D757" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E757" t="n" s="0">
-        <v>0.11</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="758" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A758" s="4" t="s">
-        <v>2112</v>
+        <v>2061</v>
       </c>
       <c r="B758" s="6" t="s">
-        <v>2113</v>
+        <v>2062</v>
       </c>
       <c r="C758" t="s" s="0">
-        <v>2114</v>
+        <v>2063</v>
       </c>
       <c r="D758" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E758" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="759" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A759" s="4" t="s">
-        <v>2115</v>
+        <v>2064</v>
       </c>
       <c r="B759" s="6" t="s">
-        <v>2116</v>
+        <v>2065</v>
       </c>
       <c r="C759" t="s" s="0">
-        <v>2117</v>
+        <v>2066</v>
       </c>
       <c r="D759" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E759" t="n" s="0">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="760" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A760" s="4" t="s">
-        <v>2118</v>
+        <v>2067</v>
       </c>
       <c r="B760" s="6" t="s">
-        <v>2119</v>
+        <v>2068</v>
       </c>
       <c r="C760" t="s" s="0">
-        <v>2120</v>
+        <v>2069</v>
       </c>
       <c r="D760" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E760" t="n" s="0">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="761" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A761" s="4" t="s">
-        <v>2121</v>
+        <v>2070</v>
       </c>
       <c r="B761" s="6" t="s">
-        <v>2122</v>
+        <v>2071</v>
       </c>
       <c r="C761" t="s" s="0">
-        <v>2123</v>
+        <v>2072</v>
       </c>
       <c r="D761" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E761" t="n" s="0">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="762" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A762" s="4" t="s">
-        <v>2124</v>
+        <v>2073</v>
       </c>
       <c r="B762" s="6" t="s">
-        <v>2125</v>
+        <v>2074</v>
       </c>
       <c r="C762" t="s" s="0">
-        <v>2126</v>
+        <v>2075</v>
       </c>
       <c r="D762" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E762" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="763" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A763" s="4" t="s">
-        <v>2127</v>
+        <v>2076</v>
       </c>
       <c r="B763" s="6" t="s">
-        <v>2128</v>
+        <v>2077</v>
       </c>
       <c r="C763" t="s" s="0">
-        <v>2129</v>
+        <v>2078</v>
       </c>
       <c r="D763" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E763" t="n" s="0">
-        <v>0.02</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="764" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A764" s="4" t="s">
-        <v>2130</v>
+        <v>2079</v>
       </c>
       <c r="B764" s="6" t="s">
-        <v>2131</v>
+        <v>2080</v>
       </c>
       <c r="C764" t="s" s="0">
-        <v>2132</v>
+        <v>2081</v>
       </c>
       <c r="D764" t="s" s="0">
-        <v>2133</v>
+        <v>18</v>
       </c>
       <c r="E764" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="765" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A765" s="4" t="s">
-        <v>2134</v>
+        <v>2082</v>
       </c>
       <c r="B765" s="6" t="s">
-        <v>2135</v>
+        <v>2083</v>
       </c>
       <c r="C765" t="s" s="0">
-        <v>2136</v>
+        <v>2084</v>
       </c>
       <c r="D765" t="s" s="0">
-        <v>2137</v>
+        <v>18</v>
       </c>
       <c r="E765" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="766" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A766" s="4" t="s">
-        <v>2138</v>
+        <v>2085</v>
       </c>
       <c r="B766" s="6" t="s">
-        <v>2139</v>
+        <v>2086</v>
       </c>
       <c r="C766" t="s" s="0">
-        <v>2140</v>
+        <v>2087</v>
       </c>
       <c r="D766" t="s" s="0">
-        <v>2141</v>
+        <v>18</v>
       </c>
       <c r="E766" t="n" s="0">
-        <v>0.88</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="767" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A767" s="4" t="s">
-        <v>2142</v>
+        <v>2088</v>
       </c>
       <c r="B767" s="6" t="s">
-        <v>2143</v>
+        <v>2089</v>
       </c>
       <c r="C767" t="s" s="0">
-        <v>2144</v>
+        <v>2090</v>
       </c>
       <c r="D767" t="s" s="0">
-        <v>2145</v>
+        <v>18</v>
       </c>
       <c r="E767" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="768" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A768" s="4" t="s">
-        <v>2146</v>
+        <v>2091</v>
       </c>
       <c r="B768" s="6" t="s">
-        <v>2147</v>
+        <v>2092</v>
       </c>
       <c r="C768" t="s" s="0">
-        <v>2148</v>
+        <v>2093</v>
       </c>
       <c r="D768" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E768" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="769" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A769" s="4" t="s">
-        <v>2149</v>
+        <v>2094</v>
       </c>
       <c r="B769" s="6" t="s">
-        <v>2150</v>
+        <v>2095</v>
       </c>
       <c r="C769" t="s" s="0">
-        <v>2151</v>
+        <v>2096</v>
       </c>
       <c r="D769" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E769" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="770" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A770" s="4" t="s">
-        <v>2152</v>
+        <v>2097</v>
       </c>
       <c r="B770" s="6" t="s">
-        <v>2153</v>
+        <v>2098</v>
       </c>
       <c r="C770" t="s" s="0">
-        <v>2154</v>
+        <v>2099</v>
       </c>
       <c r="D770" t="s" s="0">
-        <v>2155</v>
+        <v>18</v>
       </c>
       <c r="E770" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="771" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A771" s="4" t="s">
-        <v>2156</v>
+        <v>2100</v>
       </c>
       <c r="B771" s="6" t="s">
-        <v>2157</v>
+        <v>2101</v>
       </c>
       <c r="C771" t="s" s="0">
-        <v>2158</v>
+        <v>2102</v>
       </c>
       <c r="D771" t="s" s="0">
-        <v>2159</v>
+        <v>18</v>
       </c>
       <c r="E771" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="772" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A772" s="4" t="s">
-        <v>2160</v>
+        <v>2103</v>
       </c>
       <c r="B772" s="6" t="s">
-        <v>2161</v>
+        <v>2104</v>
       </c>
       <c r="C772" t="s" s="0">
-        <v>2162</v>
+        <v>2105</v>
       </c>
       <c r="D772" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E772" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="773" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A773" s="4" t="s">
-        <v>2163</v>
+        <v>2106</v>
       </c>
       <c r="B773" s="6" t="s">
-        <v>2164</v>
+        <v>2107</v>
       </c>
       <c r="C773" t="s" s="0">
-        <v>2165</v>
+        <v>2108</v>
       </c>
       <c r="D773" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E773" t="n" s="0">
-        <v>0.07</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="774" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A774" s="4" t="s">
-        <v>2166</v>
+        <v>2109</v>
       </c>
       <c r="B774" s="6" t="s">
-        <v>2167</v>
+        <v>2110</v>
       </c>
       <c r="C774" t="s" s="0">
-        <v>2168</v>
+        <v>2111</v>
       </c>
       <c r="D774" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E774" t="n" s="0">
-        <v>0.21</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="775" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A775" s="4" t="s">
-        <v>2169</v>
+        <v>2112</v>
       </c>
       <c r="B775" s="6" t="s">
-        <v>2170</v>
+        <v>2113</v>
       </c>
       <c r="C775" t="s" s="0">
-        <v>2171</v>
+        <v>2114</v>
       </c>
       <c r="D775" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E775" t="n" s="0">
-        <v>0.08</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="776" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A776" s="4" t="s">
-        <v>2172</v>
+        <v>2115</v>
       </c>
       <c r="B776" s="6" t="s">
-        <v>2173</v>
+        <v>2116</v>
       </c>
       <c r="C776" t="s" s="0">
-        <v>2174</v>
+        <v>2117</v>
       </c>
       <c r="D776" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E776" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="777" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A777" s="4" t="s">
-        <v>2175</v>
+        <v>2118</v>
       </c>
       <c r="B777" s="6" t="s">
-        <v>2176</v>
+        <v>2119</v>
       </c>
       <c r="C777" t="s" s="0">
-        <v>2177</v>
+        <v>2120</v>
       </c>
       <c r="D777" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E777" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="778" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A778" s="4" t="s">
-        <v>2178</v>
+        <v>2121</v>
       </c>
       <c r="B778" s="6" t="s">
-        <v>2179</v>
+        <v>2122</v>
       </c>
       <c r="C778" t="s" s="0">
-        <v>2180</v>
+        <v>2123</v>
       </c>
       <c r="D778" t="s" s="0">
-        <v>2181</v>
+        <v>18</v>
       </c>
       <c r="E778" t="n" s="0">
-        <v>0.32</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="779" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A779" s="4" t="s">
-        <v>2182</v>
+        <v>2124</v>
       </c>
       <c r="B779" s="6" t="s">
-        <v>2183</v>
+        <v>2125</v>
       </c>
       <c r="C779" t="s" s="0">
-        <v>2184</v>
+        <v>2126</v>
       </c>
       <c r="D779" t="s" s="0">
-        <v>18</v>
+        <v>2127</v>
       </c>
       <c r="E779" t="n" s="0">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="780" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A780" s="4" t="s">
-        <v>2185</v>
+        <v>2128</v>
       </c>
       <c r="B780" s="6" t="s">
-        <v>2186</v>
+        <v>2129</v>
       </c>
       <c r="C780" t="s" s="0">
-        <v>2187</v>
+        <v>2130</v>
       </c>
       <c r="D780" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E780" t="n" s="0">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="781" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A781" s="4" t="s">
-        <v>2188</v>
+        <v>2131</v>
       </c>
       <c r="B781" s="6" t="s">
-        <v>2189</v>
+        <v>2132</v>
       </c>
       <c r="C781" t="s" s="0">
-        <v>2190</v>
+        <v>2133</v>
       </c>
       <c r="D781" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E781" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="782" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A782" s="4" t="s">
-        <v>2191</v>
+        <v>2134</v>
       </c>
       <c r="B782" s="6" t="s">
-        <v>2192</v>
+        <v>2135</v>
       </c>
       <c r="C782" t="s" s="0">
-        <v>2193</v>
+        <v>2136</v>
       </c>
       <c r="D782" t="s" s="0">
-        <v>2194</v>
+        <v>18</v>
       </c>
       <c r="E782" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="783" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A783" s="4" t="s">
-        <v>2195</v>
+        <v>2137</v>
       </c>
       <c r="B783" s="6" t="s">
-        <v>2196</v>
+        <v>2138</v>
       </c>
       <c r="C783" t="s" s="0">
-        <v>2197</v>
+        <v>2139</v>
       </c>
       <c r="D783" t="s" s="0">
-        <v>2198</v>
+        <v>18</v>
       </c>
       <c r="E783" t="n" s="0">
-        <v>0.16</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="784" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A784" s="4" t="s">
-        <v>2199</v>
+        <v>2140</v>
       </c>
       <c r="B784" s="6" t="s">
-        <v>2200</v>
+        <v>2141</v>
       </c>
       <c r="C784" t="s" s="0">
-        <v>2201</v>
+        <v>2142</v>
       </c>
       <c r="D784" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E784" t="n" s="0">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="785" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A785" s="4" t="s">
-        <v>2202</v>
+        <v>2143</v>
       </c>
       <c r="B785" s="6" t="s">
-        <v>2203</v>
+        <v>2144</v>
       </c>
       <c r="C785" t="s" s="0">
-        <v>2204</v>
+        <v>2145</v>
       </c>
       <c r="D785" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E785" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="786" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A786" s="4" t="s">
-        <v>2205</v>
+        <v>2146</v>
       </c>
       <c r="B786" s="6" t="s">
-        <v>2206</v>
+        <v>2147</v>
       </c>
       <c r="C786" t="s" s="0">
-        <v>2207</v>
+        <v>2148</v>
       </c>
       <c r="D786" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E786" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="787" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A787" s="4" t="s">
-        <v>2208</v>
+        <v>2149</v>
       </c>
       <c r="B787" s="6" t="s">
-        <v>2209</v>
+        <v>2150</v>
       </c>
       <c r="C787" t="s" s="0">
-        <v>2210</v>
+        <v>2151</v>
       </c>
       <c r="D787" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E787" t="n" s="0">
-        <v>0.17</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="788" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A788" s="4" t="s">
-        <v>2211</v>
+        <v>2152</v>
       </c>
       <c r="B788" s="6" t="s">
-        <v>2212</v>
+        <v>2153</v>
       </c>
       <c r="C788" t="s" s="0">
-        <v>2213</v>
+        <v>2154</v>
       </c>
       <c r="D788" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E788" t="n" s="0">
-        <v>0.61</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="789" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A789" s="4" t="s">
-        <v>2211</v>
+        <v>2155</v>
       </c>
       <c r="B789" s="6" t="s">
-        <v>2214</v>
+        <v>2156</v>
       </c>
       <c r="C789" t="s" s="0">
-        <v>2215</v>
+        <v>2157</v>
       </c>
       <c r="D789" t="s" s="0">
-        <v>2216</v>
+        <v>2158</v>
       </c>
       <c r="E789" t="n" s="0">
-        <v>1.83</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="790" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A790" s="4" t="s">
-        <v>2211</v>
+        <v>2159</v>
       </c>
       <c r="B790" s="6" t="s">
-        <v>2217</v>
+        <v>2160</v>
       </c>
       <c r="C790" t="s" s="0">
-        <v>2218</v>
+        <v>2161</v>
       </c>
       <c r="D790" t="s" s="0">
-        <v>2219</v>
+        <v>2162</v>
       </c>
       <c r="E790" t="n" s="0">
-        <v>1.2</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="791" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A791" s="4" t="s">
-        <v>2211</v>
+        <v>2163</v>
       </c>
       <c r="B791" s="6" t="s">
-        <v>2220</v>
+        <v>2164</v>
       </c>
       <c r="C791" t="s" s="0">
-        <v>2221</v>
+        <v>2165</v>
       </c>
       <c r="D791" t="s" s="0">
-        <v>2222</v>
+        <v>2166</v>
       </c>
       <c r="E791" t="n" s="0">
-        <v>1.21</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="792" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A792" s="4" t="s">
-        <v>2211</v>
+        <v>2167</v>
       </c>
       <c r="B792" s="6" t="s">
-        <v>2223</v>
+        <v>2168</v>
       </c>
       <c r="C792" t="s" s="0">
-        <v>2224</v>
+        <v>2169</v>
       </c>
       <c r="D792" t="s" s="0">
-        <v>2225</v>
+        <v>2170</v>
       </c>
       <c r="E792" t="n" s="0">
-        <v>2.41</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="793" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A793" s="4" t="s">
-        <v>2211</v>
+        <v>2171</v>
       </c>
       <c r="B793" s="6" t="s">
-        <v>2226</v>
+        <v>2172</v>
       </c>
       <c r="C793" t="s" s="0">
-        <v>2227</v>
+        <v>2173</v>
       </c>
       <c r="D793" t="s" s="0">
-        <v>2228</v>
+        <v>2174</v>
       </c>
       <c r="E793" t="n" s="0">
-        <v>1.83</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="794" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A794" s="4" t="s">
-        <v>2211</v>
+        <v>2175</v>
       </c>
       <c r="B794" s="6" t="s">
-        <v>2229</v>
+        <v>2176</v>
       </c>
       <c r="C794" t="s" s="0">
-        <v>2230</v>
+        <v>2177</v>
       </c>
       <c r="D794" t="s" s="0">
-        <v>2231</v>
+        <v>18</v>
       </c>
       <c r="E794" t="n" s="0">
-        <v>1.21</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="795" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A795" s="4" t="s">
-        <v>2211</v>
+        <v>2178</v>
       </c>
       <c r="B795" s="6" t="s">
-        <v>2232</v>
+        <v>2179</v>
       </c>
       <c r="C795" t="s" s="0">
-        <v>2233</v>
+        <v>2180</v>
       </c>
       <c r="D795" t="s" s="0">
-        <v>2234</v>
+        <v>18</v>
       </c>
       <c r="E795" t="n" s="0">
-        <v>2.42</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="796" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A796" s="4" t="s">
-        <v>2211</v>
+        <v>2181</v>
       </c>
       <c r="B796" s="6" t="s">
-        <v>2235</v>
+        <v>2182</v>
       </c>
       <c r="C796" t="s" s="0">
-        <v>2236</v>
+        <v>2183</v>
       </c>
       <c r="D796" t="s" s="0">
-        <v>2237</v>
+        <v>2184</v>
       </c>
       <c r="E796" t="n" s="0">
-        <v>1.7</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="797" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A797" s="4" t="s">
-        <v>2238</v>
+        <v>2185</v>
       </c>
       <c r="B797" s="6" t="s">
-        <v>2239</v>
+        <v>2186</v>
       </c>
       <c r="C797" t="s" s="0">
-        <v>2240</v>
+        <v>2187</v>
       </c>
       <c r="D797" t="s" s="0">
-        <v>18</v>
+        <v>2188</v>
       </c>
       <c r="E797" t="n" s="0">
-        <v>0.17</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="798" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A798" s="4" t="s">
-        <v>2241</v>
+        <v>2189</v>
       </c>
       <c r="B798" s="6" t="s">
-        <v>2242</v>
+        <v>2190</v>
       </c>
       <c r="C798" t="s" s="0">
-        <v>2243</v>
+        <v>2191</v>
       </c>
       <c r="D798" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E798" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="799" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A799" s="4" t="s">
-        <v>2244</v>
+        <v>2192</v>
       </c>
       <c r="B799" s="6" t="s">
-        <v>2245</v>
+        <v>2193</v>
       </c>
       <c r="C799" t="s" s="0">
-        <v>18</v>
+        <v>2194</v>
       </c>
       <c r="D799" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E799" t="n" s="0">
-        <v>0.09</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="800" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A800" s="4" t="s">
-        <v>2246</v>
+        <v>2195</v>
       </c>
       <c r="B800" s="6" t="s">
-        <v>2247</v>
+        <v>2196</v>
       </c>
       <c r="C800" t="s" s="0">
-        <v>2248</v>
+        <v>2197</v>
       </c>
       <c r="D800" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E800" t="n" s="0">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="801" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A801" s="4" t="s">
-        <v>2249</v>
+        <v>2198</v>
       </c>
       <c r="B801" s="6" t="s">
-        <v>2250</v>
+        <v>2199</v>
       </c>
       <c r="C801" t="s" s="0">
-        <v>18</v>
+        <v>2200</v>
       </c>
       <c r="D801" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E801" t="n" s="0">
-        <v>6.59</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="802" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A802" s="4" t="s">
-        <v>2249</v>
+        <v>2201</v>
       </c>
       <c r="B802" s="6" t="s">
-        <v>2251</v>
+        <v>2202</v>
       </c>
       <c r="C802" t="s" s="0">
-        <v>18</v>
+        <v>2203</v>
       </c>
       <c r="D802" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E802" t="n" s="0">
-        <v>0.23</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="803" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A803" s="4" t="s">
-        <v>2249</v>
+        <v>2204</v>
       </c>
       <c r="B803" s="6" t="s">
-        <v>2252</v>
+        <v>2205</v>
       </c>
       <c r="C803" t="s" s="0">
-        <v>18</v>
+        <v>2206</v>
       </c>
       <c r="D803" t="s" s="0">
-        <v>18</v>
+        <v>2207</v>
       </c>
       <c r="E803" t="n" s="0">
-        <v>5.38</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="804" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A804" s="4" t="s">
-        <v>2249</v>
+        <v>2208</v>
       </c>
       <c r="B804" s="6" t="s">
-        <v>2253</v>
+        <v>2209</v>
       </c>
       <c r="C804" t="s" s="0">
-        <v>18</v>
+        <v>2210</v>
       </c>
       <c r="D804" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E804" t="n" s="0">
-        <v>2.45</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="805" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A805" s="4" t="s">
-        <v>2249</v>
+        <v>2211</v>
       </c>
       <c r="B805" s="6" t="s">
-        <v>2254</v>
+        <v>2212</v>
       </c>
       <c r="C805" t="s" s="0">
-        <v>2255</v>
+        <v>2213</v>
       </c>
       <c r="D805" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E805" t="n" s="0">
-        <v>0.72</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="806" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A806" s="4" t="s">
-        <v>2249</v>
+        <v>2214</v>
       </c>
       <c r="B806" s="6" t="s">
-        <v>2256</v>
+        <v>2215</v>
       </c>
       <c r="C806" t="s" s="0">
-        <v>2257</v>
+        <v>2216</v>
       </c>
       <c r="D806" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E806" t="n" s="0">
-        <v>0.4</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="807" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A807" s="4" t="s">
-        <v>2258</v>
+        <v>2217</v>
       </c>
       <c r="B807" s="6" t="s">
-        <v>2259</v>
+        <v>2218</v>
       </c>
       <c r="C807" t="s" s="0">
-        <v>2260</v>
+        <v>2219</v>
       </c>
       <c r="D807" t="s" s="0">
-        <v>18</v>
+        <v>2220</v>
       </c>
       <c r="E807" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="808" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A808" s="4" t="s">
-        <v>2261</v>
+        <v>2221</v>
       </c>
       <c r="B808" s="6" t="s">
-        <v>2262</v>
+        <v>2222</v>
       </c>
       <c r="C808" t="s" s="0">
-        <v>2263</v>
+        <v>2223</v>
       </c>
       <c r="D808" t="s" s="0">
-        <v>18</v>
+        <v>2224</v>
       </c>
       <c r="E808" t="n" s="0">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="809" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A809" s="4" t="s">
-        <v>2264</v>
+        <v>2225</v>
       </c>
       <c r="B809" s="6" t="s">
-        <v>2265</v>
+        <v>2226</v>
       </c>
       <c r="C809" t="s" s="0">
-        <v>2266</v>
+        <v>2227</v>
       </c>
       <c r="D809" t="s" s="0">
-        <v>2267</v>
+        <v>18</v>
       </c>
       <c r="E809" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="810" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A810" s="4" t="s">
-        <v>2268</v>
+        <v>2228</v>
       </c>
       <c r="B810" s="6" t="s">
-        <v>2269</v>
+        <v>2229</v>
       </c>
       <c r="C810" t="s" s="0">
-        <v>18</v>
+        <v>2230</v>
       </c>
       <c r="D810" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E810" t="n" s="0">
-        <v>-17.47</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="811" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A811" s="4" t="s">
-        <v>2270</v>
+        <v>2231</v>
       </c>
       <c r="B811" s="6" t="s">
-        <v>2271</v>
+        <v>2232</v>
       </c>
       <c r="C811" t="s" s="0">
-        <v>18</v>
+        <v>2233</v>
       </c>
       <c r="D811" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E811" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="812" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A812" s="4" t="s">
-        <v>2270</v>
+        <v>2234</v>
       </c>
       <c r="B812" s="6" t="s">
-        <v>2272</v>
+        <v>2235</v>
       </c>
       <c r="C812" t="s" s="0">
-        <v>18</v>
+        <v>2236</v>
       </c>
       <c r="D812" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E812" t="n" s="0">
-        <v>0.03</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="813" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A813" s="4" t="s">
-        <v>2270</v>
+        <v>2237</v>
       </c>
       <c r="B813" s="6" t="s">
-        <v>2273</v>
+        <v>2238</v>
       </c>
       <c r="C813" t="s" s="0">
-        <v>18</v>
+        <v>2239</v>
       </c>
       <c r="D813" t="s" s="0">
-        <v>18</v>
+        <v>2240</v>
       </c>
       <c r="E813" t="n" s="0">
-        <v>-0.01</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="814" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A814" s="4" t="s">
-        <v>2270</v>
+        <v>2237</v>
       </c>
       <c r="B814" s="6" t="s">
-        <v>2274</v>
+        <v>2241</v>
       </c>
       <c r="C814" t="s" s="0">
-        <v>18</v>
+        <v>2242</v>
       </c>
       <c r="D814" t="s" s="0">
-        <v>18</v>
+        <v>2243</v>
       </c>
       <c r="E814" t="n" s="0">
-        <v>-0.03</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="815" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A815" s="4" t="s">
-        <v>2275</v>
+        <v>2237</v>
       </c>
       <c r="B815" s="6" t="s">
-        <v>2276</v>
+        <v>2244</v>
       </c>
       <c r="C815" t="s" s="0">
-        <v>2277</v>
+        <v>2245</v>
       </c>
       <c r="D815" t="s" s="0">
-        <v>18</v>
+        <v>2246</v>
       </c>
       <c r="E815" t="n" s="0">
-        <v>0.04</v>
+        <v>2.33</v>
       </c>
     </row>
     <row r="816" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A816" s="4" t="s">
-        <v>2278</v>
+        <v>2237</v>
       </c>
       <c r="B816" s="6" t="s">
-        <v>2279</v>
+        <v>2247</v>
       </c>
       <c r="C816" t="s" s="0">
-        <v>2280</v>
+        <v>2248</v>
       </c>
       <c r="D816" t="s" s="0">
-        <v>18</v>
+        <v>2249</v>
       </c>
       <c r="E816" t="n" s="0">
-        <v>0.06</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="817" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A817" s="4" t="s">
-        <v>2281</v>
+        <v>2237</v>
       </c>
       <c r="B817" s="6" t="s">
-        <v>2282</v>
+        <v>2250</v>
       </c>
       <c r="C817" t="s" s="0">
-        <v>2283</v>
+        <v>2251</v>
       </c>
       <c r="D817" t="s" s="0">
-        <v>18</v>
+        <v>2252</v>
       </c>
       <c r="E817" t="n" s="0">
-        <v>0.01</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="818" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A818" s="4" t="s">
-        <v>2284</v>
+        <v>2237</v>
       </c>
       <c r="B818" s="6" t="s">
-        <v>2285</v>
+        <v>2253</v>
       </c>
       <c r="C818" t="s" s="0">
-        <v>2286</v>
+        <v>2254</v>
       </c>
       <c r="D818" t="s" s="0">
-        <v>18</v>
+        <v>2255</v>
       </c>
       <c r="E818" t="n" s="0">
-        <v>0.03</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="819" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A819" s="4" t="s">
-        <v>2287</v>
+        <v>2237</v>
       </c>
       <c r="B819" s="6" t="s">
-        <v>2288</v>
+        <v>2256</v>
       </c>
       <c r="C819" t="s" s="0">
-        <v>2289</v>
+        <v>2257</v>
       </c>
       <c r="D819" t="s" s="0">
-        <v>18</v>
+        <v>2258</v>
       </c>
       <c r="E819" t="n" s="0">
-        <v>0.04</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="820" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A820" s="4" t="s">
-        <v>2290</v>
+        <v>2237</v>
       </c>
       <c r="B820" s="6" t="s">
-        <v>2291</v>
+        <v>2259</v>
       </c>
       <c r="C820" t="s" s="0">
-        <v>2292</v>
+        <v>2260</v>
       </c>
       <c r="D820" t="s" s="0">
-        <v>18</v>
+        <v>2261</v>
       </c>
       <c r="E820" t="n" s="0">
-        <v>0.02</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="821" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A821" s="4" t="s">
-        <v>2293</v>
+        <v>2237</v>
       </c>
       <c r="B821" s="6" t="s">
-        <v>2294</v>
+        <v>2262</v>
       </c>
       <c r="C821" t="s" s="0">
-        <v>2295</v>
+        <v>2263</v>
       </c>
       <c r="D821" t="s" s="0">
-        <v>18</v>
+        <v>2264</v>
       </c>
       <c r="E821" t="n" s="0">
-        <v>0.04</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="822" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A822" s="4" t="s">
-        <v>2296</v>
+        <v>2237</v>
       </c>
       <c r="B822" s="6" t="s">
-        <v>2297</v>
+        <v>2265</v>
       </c>
       <c r="C822" t="s" s="0">
-        <v>2298</v>
+        <v>2266</v>
       </c>
       <c r="D822" t="s" s="0">
-        <v>18</v>
+        <v>2267</v>
       </c>
       <c r="E822" t="n" s="0">
-        <v>0.07</v>
+        <v>1.64</v>
       </c>
     </row>
     <row r="823" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A823" s="4" t="s">
-        <v>2299</v>
+        <v>2268</v>
       </c>
       <c r="B823" s="6" t="s">
-        <v>2300</v>
+        <v>2269</v>
       </c>
       <c r="C823" t="s" s="0">
-        <v>2301</v>
+        <v>2270</v>
       </c>
       <c r="D823" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E823" t="n" s="0">
-        <v>0.15</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="824" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A824" s="4" t="s">
-        <v>2302</v>
+        <v>2271</v>
       </c>
       <c r="B824" s="6" t="s">
-        <v>2303</v>
+        <v>2272</v>
       </c>
       <c r="C824" t="s" s="0">
-        <v>2304</v>
+        <v>2273</v>
       </c>
       <c r="D824" t="s" s="0">
-        <v>2305</v>
+        <v>18</v>
       </c>
       <c r="E824" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="825" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A825" s="4" t="s">
-        <v>2306</v>
+        <v>2274</v>
       </c>
       <c r="B825" s="6" t="s">
-        <v>2307</v>
+        <v>2275</v>
       </c>
       <c r="C825" t="s" s="0">
-        <v>2308</v>
+        <v>18</v>
       </c>
       <c r="D825" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E825" t="n" s="0">
-        <v>0.04</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="826" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A826" s="4" t="s">
-        <v>2309</v>
+        <v>2276</v>
       </c>
       <c r="B826" s="6" t="s">
-        <v>2310</v>
+        <v>2277</v>
       </c>
       <c r="C826" t="s" s="0">
-        <v>2311</v>
+        <v>2278</v>
       </c>
       <c r="D826" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E826" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="827" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A827" s="4" t="s">
-        <v>2312</v>
+        <v>2279</v>
       </c>
       <c r="B827" s="6" t="s">
-        <v>2313</v>
+        <v>2280</v>
       </c>
       <c r="C827" t="s" s="0">
-        <v>2314</v>
+        <v>18</v>
       </c>
       <c r="D827" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E827" t="n" s="0">
-        <v>0.03</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="828" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A828" s="4" t="s">
-        <v>2315</v>
+        <v>2279</v>
       </c>
       <c r="B828" s="6" t="s">
-        <v>2316</v>
+        <v>2281</v>
       </c>
       <c r="C828" t="s" s="0">
-        <v>2317</v>
+        <v>18</v>
       </c>
       <c r="D828" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E828" t="n" s="0">
-        <v>0.01</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="829" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A829" s="4" t="s">
-        <v>2318</v>
+        <v>2279</v>
       </c>
       <c r="B829" s="6" t="s">
-        <v>2319</v>
+        <v>2282</v>
       </c>
       <c r="C829" t="s" s="0">
-        <v>2320</v>
+        <v>18</v>
       </c>
       <c r="D829" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E829" t="n" s="0">
-        <v>0.14</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="830" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A830" s="4" t="s">
-        <v>2321</v>
+        <v>2279</v>
       </c>
       <c r="B830" s="6" t="s">
-        <v>2322</v>
+        <v>2283</v>
       </c>
       <c r="C830" t="s" s="0">
-        <v>2323</v>
+        <v>18</v>
       </c>
       <c r="D830" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E830" t="n" s="0">
-        <v>0.04</v>
+        <v>10.48</v>
       </c>
     </row>
     <row r="831" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A831" s="4" t="s">
-        <v>2324</v>
+        <v>2279</v>
       </c>
       <c r="B831" s="6" t="s">
-        <v>2325</v>
+        <v>2284</v>
       </c>
       <c r="C831" t="s" s="0">
-        <v>2326</v>
+        <v>18</v>
       </c>
       <c r="D831" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E831" t="n" s="0">
-        <v>0.03</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="832" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A832" s="4" t="s">
-        <v>2327</v>
+        <v>2279</v>
       </c>
       <c r="B832" s="6" t="s">
-        <v>2328</v>
+        <v>2285</v>
       </c>
       <c r="C832" t="s" s="0">
-        <v>2329</v>
+        <v>18</v>
       </c>
       <c r="D832" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E832" t="n" s="0">
-        <v>0.05</v>
+        <v>1.17</v>
       </c>
     </row>
     <row r="833" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A833" s="4" t="s">
-        <v>2330</v>
+        <v>2286</v>
       </c>
       <c r="B833" s="6" t="s">
-        <v>2331</v>
+        <v>2287</v>
       </c>
       <c r="C833" t="s" s="0">
-        <v>2332</v>
+        <v>2288</v>
       </c>
       <c r="D833" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E833" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="834" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A834" s="4" t="s">
-        <v>2333</v>
+        <v>2289</v>
       </c>
       <c r="B834" s="6" t="s">
-        <v>2334</v>
+        <v>2290</v>
       </c>
       <c r="C834" t="s" s="0">
-        <v>2335</v>
+        <v>2291</v>
       </c>
       <c r="D834" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E834" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="835" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A835" s="4" t="s">
-        <v>2336</v>
+        <v>2292</v>
       </c>
       <c r="B835" s="6" t="s">
-        <v>2337</v>
+        <v>2293</v>
       </c>
       <c r="C835" t="s" s="0">
-        <v>2338</v>
+        <v>2294</v>
       </c>
       <c r="D835" t="s" s="0">
-        <v>18</v>
+        <v>2295</v>
       </c>
       <c r="E835" t="n" s="0">
-        <v>0.09</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="836" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A836" s="4" t="s">
-        <v>2339</v>
+        <v>2296</v>
       </c>
       <c r="B836" s="6" t="s">
-        <v>2340</v>
+        <v>2297</v>
       </c>
       <c r="C836" t="s" s="0">
-        <v>2341</v>
+        <v>18</v>
       </c>
       <c r="D836" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E836" t="n" s="0">
-        <v>0.15</v>
+        <v>-20.06</v>
       </c>
     </row>
     <row r="837" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A837" s="4" t="s">
-        <v>2342</v>
+        <v>2298</v>
       </c>
       <c r="B837" s="6" t="s">
-        <v>2343</v>
+        <v>2299</v>
       </c>
       <c r="C837" t="s" s="0">
-        <v>2344</v>
+        <v>18</v>
       </c>
       <c r="D837" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E837" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="838" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A838" s="4" t="s">
-        <v>2345</v>
+        <v>2298</v>
       </c>
       <c r="B838" s="6" t="s">
-        <v>2346</v>
+        <v>2300</v>
       </c>
       <c r="C838" t="s" s="0">
-        <v>2347</v>
+        <v>18</v>
       </c>
       <c r="D838" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E838" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="839" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A839" s="4" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B839" s="6" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C839" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="D839" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E839" t="n" s="0">
+        <v>-0.01</v>
+      </c>
+    </row>
+    <row r="840" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A840" s="4" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B840" s="6" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C840" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="D840" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E840" t="n" s="0">
+        <v>-0.02</v>
+      </c>
+    </row>
+    <row r="841" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A841" s="4" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B841" s="6" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C841" t="s" s="0">
+        <v>2305</v>
+      </c>
+      <c r="D841" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E841" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="842" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A842" s="4" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B842" s="6" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C842" t="s" s="0">
+        <v>2308</v>
+      </c>
+      <c r="D842" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E842" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="843" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A843" s="4" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B843" s="6" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C843" t="s" s="0">
+        <v>2311</v>
+      </c>
+      <c r="D843" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E843" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="844" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A844" s="4" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B844" s="6" t="s">
+        <v>2313</v>
+      </c>
+      <c r="C844" t="s" s="0">
+        <v>2314</v>
+      </c>
+      <c r="D844" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E844" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="845" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A845" s="4" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B845" s="6" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C845" t="s" s="0">
+        <v>2317</v>
+      </c>
+      <c r="D845" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E845" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="846" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A846" s="4" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B846" s="6" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C846" t="s" s="0">
+        <v>2320</v>
+      </c>
+      <c r="D846" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E846" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="847" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A847" s="4" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B847" s="6" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C847" t="s" s="0">
+        <v>2323</v>
+      </c>
+      <c r="D847" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E847" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="848" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A848" s="4" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B848" s="6" t="s">
+        <v>2325</v>
+      </c>
+      <c r="C848" t="s" s="0">
+        <v>2326</v>
+      </c>
+      <c r="D848" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E848" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="849" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A849" s="4" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B849" s="6" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C849" t="s" s="0">
+        <v>2329</v>
+      </c>
+      <c r="D849" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E849" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="850" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A850" s="4" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B850" s="6" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C850" t="s" s="0">
+        <v>2332</v>
+      </c>
+      <c r="D850" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E850" t="n" s="0">
+        <v>0.14</v>
+      </c>
+    </row>
+    <row r="851" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A851" s="4" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B851" s="6" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C851" t="s" s="0">
+        <v>2335</v>
+      </c>
+      <c r="D851" t="s" s="0">
+        <v>2336</v>
+      </c>
+      <c r="E851" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="852" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A852" s="4" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B852" s="6" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C852" t="s" s="0">
+        <v>2339</v>
+      </c>
+      <c r="D852" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E852" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="853" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A853" s="4" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B853" s="6" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C853" t="s" s="0">
+        <v>2342</v>
+      </c>
+      <c r="D853" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E853" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="854" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A854" s="4" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B854" s="6" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C854" t="s" s="0">
+        <v>2345</v>
+      </c>
+      <c r="D854" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E854" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="855" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A855" s="4" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B855" s="6" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C855" t="s" s="0">
         <v>2348</v>
       </c>
-      <c r="B839" s="6" t="s">
+      <c r="D855" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E855" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="856" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A856" s="4" t="s">
         <v>2349</v>
       </c>
-      <c r="C839" t="s" s="0">
+      <c r="B856" s="6" t="s">
         <v>2350</v>
       </c>
-      <c r="D839" t="s" s="0">
-[...25 lines deleted...]
-      <c r="A847" s="11" t="s">
+      <c r="C856" t="s" s="0">
+        <v>2351</v>
+      </c>
+      <c r="D856" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E856" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="857" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A857" s="4" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B857" s="6" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C857" t="s" s="0">
+        <v>2354</v>
+      </c>
+      <c r="D857" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E857" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="858" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A858" s="4" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B858" s="6" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C858" t="s" s="0">
+        <v>2357</v>
+      </c>
+      <c r="D858" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E858" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="859" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A859" s="4" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B859" s="6" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C859" t="s" s="0">
+        <v>2360</v>
+      </c>
+      <c r="D859" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E859" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="860" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A860" s="4" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B860" s="6" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C860" t="s" s="0">
+        <v>2363</v>
+      </c>
+      <c r="D860" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E860" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="861" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A861" s="4" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B861" s="6" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C861" t="s" s="0">
+        <v>2366</v>
+      </c>
+      <c r="D861" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E861" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="862" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A862" s="4" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B862" s="6" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C862" t="s" s="0">
+        <v>2369</v>
+      </c>
+      <c r="D862" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E862" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="863" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A863" s="4" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B863" s="6" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C863" t="s" s="0">
+        <v>2372</v>
+      </c>
+      <c r="D863" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E863" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="864" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A864" s="4" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B864" s="6" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C864" t="s" s="0">
+        <v>2375</v>
+      </c>
+      <c r="D864" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E864" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="865" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A865" s="4" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B865" s="6" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C865" t="s" s="0">
+        <v>2378</v>
+      </c>
+      <c r="D865" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E865" t="n" s="0">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="866" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A866" s="4" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B866" s="6" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C866" t="s" s="0">
+        <v>2381</v>
+      </c>
+      <c r="D866" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E866" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="867" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A867" s="4" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B867" s="6" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C867" t="s" s="0">
+        <v>2384</v>
+      </c>
+      <c r="D867" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E867" t="n" s="0">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A872" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B872" s="2"/>
+    </row>
+    <row r="873" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A873" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B873" s="2"/>
+    </row>
+    <row r="874" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A874" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B874" s="2"/>
+    </row>
+    <row r="875" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A875" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B847" s="11"/>
-[...4 lines deleted...]
-      <c r="A848" s="10" t="s">
+      <c r="B875" s="11"/>
+      <c r="C875" s="12"/>
+      <c r="D875" s="12"/>
+    </row>
+    <row r="876" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A876" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B848" s="9"/>
-[...18 lines deleted...]
-      <c r="A851" s="7" t="str">
+      <c r="B876" s="9"/>
+      <c r="C876" s="9"/>
+      <c r="D876" s="9"/>
+    </row>
+    <row r="877" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A877" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B877" s="9"/>
+      <c r="C877" s="9"/>
+      <c r="D877" s="9"/>
+    </row>
+    <row r="878" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A878" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B878" s="2"/>
+    </row>
+    <row r="879" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A879" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B851" s="2"/>
-[...11 lines deleted...]
-      <c r="B853" s="2"/>
+      <c r="B879" s="2"/>
+    </row>
+    <row r="880" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A880" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B880" s="2"/>
+    </row>
+    <row r="881" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A881" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B881" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A847:D847"/>
-    <mergeCell ref="A848:D849"/>
+    <mergeCell ref="A875:D875"/>
+    <mergeCell ref="A876:D877"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>