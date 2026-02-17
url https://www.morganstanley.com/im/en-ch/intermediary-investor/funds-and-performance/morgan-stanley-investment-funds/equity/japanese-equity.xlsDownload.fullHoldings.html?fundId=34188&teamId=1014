--- v1 (2025-12-22)
+++ v2 (2026-02-17)
@@ -10,151 +10,151 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="184">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Japanese Equity Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 30-Nov-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 31-Jan-2026</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>AMADA CO LTD</t>
   </si>
   <si>
     <t>022631105</t>
   </si>
   <si>
     <t>JP3122800000</t>
   </si>
   <si>
     <t>6022105</t>
   </si>
   <si>
     <t>CAPCOM CO LTD (9697)</t>
   </si>
   <si>
     <t>9T9697119</t>
   </si>
   <si>
     <t>JP3218900003</t>
   </si>
   <si>
     <t>6173694</t>
   </si>
   <si>
+    <t>CHIYODA CORP (6366)</t>
+  </si>
+  <si>
+    <t>9T6366114</t>
+  </si>
+  <si>
+    <t>JP3528600004</t>
+  </si>
+  <si>
+    <t>6191704</t>
+  </si>
+  <si>
     <t>COSMO ENERGY HOLDINGS CO LTD</t>
   </si>
   <si>
     <t>99A425Q77</t>
   </si>
   <si>
     <t>JP3298000005</t>
   </si>
   <si>
     <t>BYSJJ43</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
-    <t>DAIICHI SANKYO (4568)</t>
-[...10 lines deleted...]
-  <si>
     <t>EBARA CORP</t>
   </si>
   <si>
     <t>278614102</t>
   </si>
   <si>
     <t>JP3166000004</t>
   </si>
   <si>
     <t>6302700</t>
   </si>
   <si>
     <t>FUJI FILM HOLDINGS CORP</t>
   </si>
   <si>
     <t>J15036122</t>
   </si>
   <si>
     <t>JP3814000000</t>
   </si>
   <si>
     <t>6356525</t>
   </si>
   <si>
     <t>FUJIKURA LTD (5803)</t>
@@ -219,122 +219,134 @@
   <si>
     <t>KAJIMA CORPORATION (1812)</t>
   </si>
   <si>
     <t>483111100</t>
   </si>
   <si>
     <t>JP3210200006</t>
   </si>
   <si>
     <t>6481320</t>
   </si>
   <si>
     <t>KAWASAKI HEAVY INDUSTRIES</t>
   </si>
   <si>
     <t>485991103</t>
   </si>
   <si>
     <t>JP3224200000</t>
   </si>
   <si>
     <t>6484620</t>
   </si>
   <si>
+    <t>KURITA WATER INDS (6370)</t>
+  </si>
+  <si>
+    <t>9T6370116</t>
+  </si>
+  <si>
+    <t>JP3270000007</t>
+  </si>
+  <si>
+    <t>6497963</t>
+  </si>
+  <si>
     <t>LIFEDRINK CO INC</t>
   </si>
   <si>
     <t>99C3YX3M3</t>
   </si>
   <si>
     <t>JP3966680005</t>
   </si>
   <si>
     <t>BN33L58</t>
   </si>
   <si>
     <t>MEIDENSHA CORP (6508)</t>
   </si>
   <si>
     <t>584997100</t>
   </si>
   <si>
     <t>JP3919800007</t>
   </si>
   <si>
     <t>6575900</t>
   </si>
   <si>
     <t>MITSUBISHI CHEMICAL GROUP CORP</t>
   </si>
   <si>
     <t>99ABHGN41</t>
   </si>
   <si>
     <t>JP3897700005</t>
   </si>
   <si>
     <t>B0JQTJ0</t>
   </si>
   <si>
-    <t>MITSUBISHI CORP (8058)</t>
-[...10 lines deleted...]
-  <si>
     <t>MITSUBISHI ESTATE (8802)</t>
   </si>
   <si>
     <t>606783108</t>
   </si>
   <si>
     <t>JP3899600005</t>
   </si>
   <si>
     <t>6596729</t>
   </si>
   <si>
     <t>MITSUBISHI UFJ FINANCIAL GROUP :(8306)</t>
   </si>
   <si>
     <t>99002XTK3</t>
   </si>
   <si>
     <t>JP3902900004</t>
   </si>
   <si>
     <t>6335171</t>
   </si>
   <si>
+    <t>MIZUHO FINANCIAL GROUP INC(8411)</t>
+  </si>
+  <si>
+    <t>99A94WZX8</t>
+  </si>
+  <si>
+    <t>JP3885780001</t>
+  </si>
+  <si>
+    <t>6591014</t>
+  </si>
+  <si>
     <t>MODEC INC (6269)</t>
   </si>
   <si>
     <t>99A993D94</t>
   </si>
   <si>
     <t>JP3888250002</t>
   </si>
   <si>
     <t>6622806</t>
   </si>
   <si>
     <t>MORINAGA MILK INDUSTRY CO LTD:(2264)</t>
   </si>
   <si>
     <t>617990106</t>
   </si>
   <si>
     <t>JP3926800008</t>
   </si>
   <si>
     <t>6602648</t>
   </si>
   <si>
     <t>MURATA MANUFACTURING (6981)</t>
@@ -367,50 +379,62 @@
     <t>653997106</t>
   </si>
   <si>
     <t>JP3381000003</t>
   </si>
   <si>
     <t>6642569</t>
   </si>
   <si>
     <t>NORITSU KOKI CO LTD (7744)</t>
   </si>
   <si>
     <t>J59117101</t>
   </si>
   <si>
     <t>JP3759500006</t>
   </si>
   <si>
     <t>6648783</t>
   </si>
   <si>
     <t>Net Other Assets</t>
   </si>
   <si>
     <t>XXXX2</t>
+  </si>
+  <si>
+    <t>OKI ELECTRIC INDS (6703)</t>
+  </si>
+  <si>
+    <t>677997108</t>
+  </si>
+  <si>
+    <t>JP3194000000</t>
+  </si>
+  <si>
+    <t>6657682</t>
   </si>
   <si>
     <t>PANASONIC HOLDINGS CORP</t>
   </si>
   <si>
     <t>576879100</t>
   </si>
   <si>
     <t>JP3866800000</t>
   </si>
   <si>
     <t>6572707</t>
   </si>
   <si>
     <t>RAKUTEN GROUP INC</t>
   </si>
   <si>
     <t>7T47550A3</t>
   </si>
   <si>
     <t>JP3967200001</t>
   </si>
   <si>
     <t>6229597</t>
   </si>
@@ -937,51 +961,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E64"/>
+  <dimension ref="A1:E66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
@@ -1018,806 +1042,840 @@
       </c>
       <c r="C9" t="s" s="0">
         <v>13</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>17</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>1.05</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>21</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>22</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>1.49</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>25</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>26</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>1.06</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s" s="0">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s" s="0">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>3.78</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C14" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.01</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>3.28</v>
+        <v>2.41</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>1.94</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>1.73</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>5.18</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>7.18</v>
+        <v>7.67</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.85</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>1.13</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>5.06</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>67</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>68</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.78</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>71</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>72</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>1.96</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>75</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>76</v>
       </c>
       <c r="E25" t="n" s="0">
         <v>2.04</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>79</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>80</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>1.59</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>83</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>84</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>2.03</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>87</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>88</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>4.77</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>91</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>92</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>6.0</v>
+        <v>5.96</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>94</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>95</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>96</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>2.54</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>99</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>100</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>1.66</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>103</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>104</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>2.13</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>108</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>1.12</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>111</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>112</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>1.58</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>115</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>116</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>1.04</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>118</v>
       </c>
       <c r="C36" t="s" s="0">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D36" t="s" s="0">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>-3.14</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C37" t="s" s="0">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>122</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>2.29</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>125</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>126</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.91</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>130</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>1.0</v>
+        <v>3.46</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C40" t="s" s="0">
         <v>133</v>
       </c>
       <c r="D40" t="s" s="0">
         <v>134</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>3.38</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>137</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>138</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>2.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>140</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>141</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>142</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>2.48</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>145</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>146</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>8.69</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>147</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>149</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>150</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>2.78</v>
+        <v>2.37</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>151</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>152</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>153</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>154</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>2.96</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>156</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>157</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>158</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>2.97</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C47" t="s" s="0">
         <v>161</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>162</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>2.27</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>165</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>166</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>4.28</v>
+        <v>3.05</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>168</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>169</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>170</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>1.12</v>
+        <v>2.24</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>173</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>174</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>2.01</v>
-[...3 lines deleted...]
-      <c r="A55" s="2" t="s">
+        <v>4.43</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="B55" s="2"/>
-[...7 lines deleted...]
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="C51" t="s" s="0">
+        <v>177</v>
+      </c>
+      <c r="D51" t="s" s="0">
+        <v>178</v>
+      </c>
+      <c r="E51" t="n" s="0">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C52" t="s" s="0">
+        <v>181</v>
+      </c>
+      <c r="D52" t="s" s="0">
+        <v>182</v>
+      </c>
+      <c r="E52" t="n" s="0">
+        <v>1.93</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B57" s="2"/>
     </row>
-    <row r="58" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="11" t="s">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B58" s="2"/>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B59" s="2"/>
+    </row>
+    <row r="60" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B58" s="11"/>
-[...4 lines deleted...]
-      <c r="A59" s="10" t="s">
+      <c r="B60" s="11"/>
+      <c r="C60" s="12"/>
+      <c r="D60" s="12"/>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B59" s="9"/>
-[...15 lines deleted...]
-      <c r="B61" s="2"/>
+      <c r="B61" s="9"/>
+      <c r="C61" s="9"/>
+      <c r="D61" s="9"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A62" s="7" t="str">
+      <c r="A62" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="B62" s="9"/>
+      <c r="C62" s="9"/>
+      <c r="D62" s="9"/>
+    </row>
+    <row r="63" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B63" s="2"/>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A64" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B62" s="2"/>
-[...10 lines deleted...]
-      </c>
       <c r="B64" s="2"/>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B65" s="2"/>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B66" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A58:D58"/>
-    <mergeCell ref="A59:D60"/>
+    <mergeCell ref="A60:D60"/>
+    <mergeCell ref="A61:D62"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>