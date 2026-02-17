--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -45,128 +45,200 @@
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">QuantActive Global Property Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 30-Nov-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 31-Jan-2026</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
+    <t>ADVANCE RESIDENCE INVESTMENT (3269)</t>
+  </si>
+  <si>
+    <t>99JPRADR3</t>
+  </si>
+  <si>
+    <t>JP3047160001</t>
+  </si>
+  <si>
+    <t>B62WZW2</t>
+  </si>
+  <si>
+    <t>AGREE REALTY CORP COM</t>
+  </si>
+  <si>
+    <t>008492100</t>
+  </si>
+  <si>
+    <t>US0084921008</t>
+  </si>
+  <si>
+    <t>2062161</t>
+  </si>
+  <si>
     <t>ALEXANDRIA REAL ESTATE EQUITIES:INC COM</t>
   </si>
   <si>
     <t>015271109</t>
   </si>
   <si>
     <t>US0152711091</t>
   </si>
   <si>
     <t>2009210</t>
   </si>
   <si>
+    <t>ALLREAL HOLDING AG</t>
+  </si>
+  <si>
+    <t>99000UG25</t>
+  </si>
+  <si>
+    <t>CH0008837566</t>
+  </si>
+  <si>
+    <t>5914270</t>
+  </si>
+  <si>
+    <t>AMERICAN HEALTHCARE REIT INC</t>
+  </si>
+  <si>
+    <t>398182303</t>
+  </si>
+  <si>
+    <t>US3981823038</t>
+  </si>
+  <si>
+    <t>BQWNKQ4</t>
+  </si>
+  <si>
     <t>AMERICAN HOMES 4 RENT</t>
   </si>
   <si>
     <t>02665T306</t>
   </si>
   <si>
     <t>US02665T3068</t>
   </si>
   <si>
     <t>BCF5RR9</t>
   </si>
   <si>
     <t>AVALONBAY COMMUNITIES INC REIT:USD COM</t>
   </si>
   <si>
     <t>053484101</t>
   </si>
   <si>
     <t>US0534841012</t>
   </si>
   <si>
     <t>2131179</t>
   </si>
   <si>
     <t>CAPITALAND INTEGRATED COMMERCIAL TRUST</t>
   </si>
   <si>
     <t>573933CL0</t>
   </si>
   <si>
     <t>SG1M51904654</t>
   </si>
   <si>
     <t>6420129</t>
   </si>
   <si>
     <t>CAPITALAND INVESTMENT LTD/SI</t>
   </si>
   <si>
     <t>99C2DCMG6</t>
   </si>
   <si>
     <t>SGXE62145532</t>
   </si>
   <si>
     <t>BNHXFJ6</t>
   </si>
   <si>
+    <t>CARETRUST REIT INC</t>
+  </si>
+  <si>
+    <t>14174T107</t>
+  </si>
+  <si>
+    <t>US14174T1079</t>
+  </si>
+  <si>
+    <t>BMP8TL6</t>
+  </si>
+  <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
+    <t>DAIWAHOUSE REIT INVESTMENT CO (8984)</t>
+  </si>
+  <si>
+    <t>99ABWF082</t>
+  </si>
+  <si>
+    <t>JP3046390005</t>
+  </si>
+  <si>
+    <t>B0Z6WY0</t>
+  </si>
+  <si>
     <t>DEUTSCHE WOHNEN SE</t>
   </si>
   <si>
     <t>993316RI1</t>
   </si>
   <si>
     <t>DE000A0HN5C6</t>
   </si>
   <si>
     <t>B0YZ0Z5</t>
   </si>
   <si>
     <t>DIGITAL REALTY TRUST INC</t>
   </si>
   <si>
     <t>253868103</t>
   </si>
   <si>
     <t>US2538681030</t>
   </si>
   <si>
     <t>B03GQS4</t>
   </si>
   <si>
     <t>EQUINIX INC</t>
@@ -375,134 +447,98 @@
   <si>
     <t>KIMCO REALTY CORP USD COM</t>
   </si>
   <si>
     <t>49446R109</t>
   </si>
   <si>
     <t>US49446R1095</t>
   </si>
   <si>
     <t>2491594</t>
   </si>
   <si>
     <t>KLEPIERRE EUR4.00</t>
   </si>
   <si>
     <t>9900018V4</t>
   </si>
   <si>
     <t>FR0000121964</t>
   </si>
   <si>
     <t>7582556</t>
   </si>
   <si>
-    <t>LINK REIT</t>
-[...22 lines deleted...]
-  <si>
     <t>MID-AMERICA APARTMENT COMMUNITIE:INC USD COM</t>
   </si>
   <si>
     <t>59522J103</t>
   </si>
   <si>
     <t>US59522J1034</t>
   </si>
   <si>
     <t>2589132</t>
   </si>
   <si>
     <t>MITSUBISHI ESTATE (8802)</t>
   </si>
   <si>
     <t>606783108</t>
   </si>
   <si>
     <t>JP3899600005</t>
   </si>
   <si>
     <t>6596729</t>
   </si>
   <si>
     <t>MITSUI FUDOSAN CO (8801)</t>
   </si>
   <si>
     <t>605999101</t>
   </si>
   <si>
     <t>JP3893200000</t>
   </si>
   <si>
     <t>6597603</t>
   </si>
   <si>
     <t>MOBIMO HOLDING AG-REG</t>
   </si>
   <si>
     <t>99ABB4TZ9</t>
   </si>
   <si>
     <t>CH0011108872</t>
   </si>
   <si>
     <t>B0BV896</t>
   </si>
   <si>
-    <t>NEWRIVER REIT PLC</t>
-[...10 lines deleted...]
-  <si>
     <t>NIPPON BUILDING FUND INC (8951)</t>
   </si>
   <si>
     <t>9999AQDT9</t>
   </si>
   <si>
     <t>JP3027670003</t>
   </si>
   <si>
     <t>6396800</t>
   </si>
   <si>
     <t>NOMURA REAL ESTATE MASTER FUNDREIT:(3462)</t>
   </si>
   <si>
     <t>99A41YHC4</t>
   </si>
   <si>
     <t>JP3048110005</t>
   </si>
   <si>
     <t>BYSJJF4</t>
   </si>
   <si>
     <t>Net Other Assets</t>
@@ -609,62 +645,50 @@
   <si>
     <t>SIMON PROPERTY GROUP INC USD COM</t>
   </si>
   <si>
     <t>828806109</t>
   </si>
   <si>
     <t>US8288061091</t>
   </si>
   <si>
     <t>2812452</t>
   </si>
   <si>
     <t>SINO LAND CO</t>
   </si>
   <si>
     <t>827999103</t>
   </si>
   <si>
     <t>HK0083000502</t>
   </si>
   <si>
     <t>6810429</t>
   </si>
   <si>
-    <t>STOCKLAND UNITS</t>
-[...10 lines deleted...]
-  <si>
     <t>SUMITOMO REALTY &amp; DEV (8830)</t>
   </si>
   <si>
     <t>864992102</t>
   </si>
   <si>
     <t>JP3409000001</t>
   </si>
   <si>
     <t>6858902</t>
   </si>
   <si>
     <t>SUN COMMUNITIES INC USD COM</t>
   </si>
   <si>
     <t>866674104</t>
   </si>
   <si>
     <t>US8666741041</t>
   </si>
   <si>
     <t>2860257</t>
   </si>
   <si>
     <t>SUN HUNG KAI PROPERTIES</t>
@@ -681,84 +705,60 @@
   <si>
     <t>SWIRE PROPERTIES LTD</t>
   </si>
   <si>
     <t>999A0E0K7</t>
   </si>
   <si>
     <t>HK0000063609</t>
   </si>
   <si>
     <t>B67C2G0</t>
   </si>
   <si>
     <t>SWISS PRIME SITE</t>
   </si>
   <si>
     <t>99000VEI0</t>
   </si>
   <si>
     <t>CH0008038389</t>
   </si>
   <si>
     <t>B083BH4</t>
   </si>
   <si>
-    <t>UDR INC</t>
-[...10 lines deleted...]
-  <si>
     <t>UNITED URBAN INVESTMENT CORP (8960)</t>
   </si>
   <si>
     <t>7T8960A14</t>
   </si>
   <si>
     <t>JP3045540006</t>
   </si>
   <si>
     <t>6723839</t>
-  </si>
-[...10 lines deleted...]
-    <t>6916844</t>
   </si>
   <si>
     <t>VENTAS INC USD COM</t>
   </si>
   <si>
     <t>92276F100</t>
   </si>
   <si>
     <t>US92276F1003</t>
   </si>
   <si>
     <t>2927925</t>
   </si>
   <si>
     <t>VICI PROPERTIES INC</t>
   </si>
   <si>
     <t>925652109</t>
   </si>
   <si>
     <t>US9256521090</t>
   </si>
   <si>
     <t>BYWH073</t>
   </si>
@@ -1270,1088 +1270,1088 @@
       </c>
       <c r="C9" t="s" s="0">
         <v>13</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>17</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.86</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>21</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>22</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.54</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>25</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>26</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>1.17</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>29</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>30</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>1.19</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>33</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>34</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.74</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>1.8</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C16" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s" s="0">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.9</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s" s="0">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s" s="0">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>2.34</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C18" t="s" s="0">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s" s="0">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>3.84</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C19" t="s" s="0">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s" s="0">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.99</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s" s="0">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.1</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>59</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>60</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>1.13</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>63</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>64</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>0.99</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>67</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>68</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.95</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>71</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>72</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.83</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>75</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>76</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>2.57</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>79</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>80</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>1.66</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>83</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>84</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>1.77</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>87</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>88</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.77</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>91</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>92</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>1.0</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>94</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>95</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>96</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>1.88</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>99</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>100</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.75</v>
+        <v>3.14</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>103</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>104</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>1.17</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>108</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>1.23</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>111</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>112</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>1.2</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>115</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>116</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.59</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>118</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>119</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>120</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>2.08</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>123</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>124</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>1.14</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>127</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>128</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>1.16</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>129</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C39" t="s" s="0">
         <v>131</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>132</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.85</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>134</v>
       </c>
       <c r="C40" t="s" s="0">
         <v>135</v>
       </c>
       <c r="D40" t="s" s="0">
         <v>136</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>2.03</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>139</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>140</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>2.07</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>142</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>143</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>144</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>1.88</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>147</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>148</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>1.43</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>150</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>151</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>152</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>1.61</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>155</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>156</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>1.22</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C46" t="s" s="0">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D46" t="s" s="0">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.41</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>1.19</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C48" t="s" s="0">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D48" t="s" s="0">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>1.38</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C49" t="s" s="0">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>170</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>5.29</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>173</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>174</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>1.9</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>175</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>176</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>177</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>178</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>2.46</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>179</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>180</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>181</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>182</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>1.03</v>
+        <v>5.23</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>183</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>184</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>185</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>186</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>1.26</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>187</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>188</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>189</v>
       </c>
       <c r="D54" t="s" s="0">
         <v>190</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.91</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>191</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>192</v>
       </c>
       <c r="C55" t="s" s="0">
         <v>193</v>
       </c>
       <c r="D55" t="s" s="0">
         <v>194</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>2.57</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
         <v>195</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>196</v>
       </c>
       <c r="C56" t="s" s="0">
         <v>197</v>
       </c>
       <c r="D56" t="s" s="0">
         <v>198</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>2.0</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
         <v>199</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>200</v>
       </c>
       <c r="C57" t="s" s="0">
         <v>201</v>
       </c>
       <c r="D57" t="s" s="0">
         <v>202</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.88</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
         <v>203</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>204</v>
       </c>
       <c r="C58" t="s" s="0">
         <v>205</v>
       </c>
       <c r="D58" t="s" s="0">
         <v>206</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>1.72</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
         <v>207</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>208</v>
       </c>
       <c r="C59" t="s" s="0">
         <v>209</v>
       </c>
       <c r="D59" t="s" s="0">
         <v>210</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.84</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>211</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>213</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>214</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>2.72</v>
+        <v>1.76</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>215</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>216</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>217</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>218</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>2.18</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>219</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>220</v>
       </c>
       <c r="C62" t="s" s="0">
         <v>221</v>
       </c>
       <c r="D62" t="s" s="0">
         <v>222</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>1.58</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>223</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>224</v>
       </c>
       <c r="C63" t="s" s="0">
         <v>225</v>
       </c>
       <c r="D63" t="s" s="0">
         <v>226</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.59</v>
+        <v>2.35</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>227</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>228</v>
       </c>
       <c r="C64" t="s" s="0">
         <v>229</v>
       </c>
       <c r="D64" t="s" s="0">
         <v>230</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>1.46</v>
+        <v>1.51</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>231</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>232</v>
       </c>
       <c r="C65" t="s" s="0">
         <v>233</v>
       </c>
       <c r="D65" t="s" s="0">
         <v>234</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>1.41</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>235</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>236</v>
       </c>
       <c r="C66" t="s" s="0">
         <v>237</v>
       </c>
       <c r="D66" t="s" s="0">
         <v>238</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>2.87</v>
+        <v>2.82</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>239</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>240</v>
       </c>
       <c r="C67" t="s" s="0">
         <v>241</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>242</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>1.51</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>243</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>244</v>
       </c>
       <c r="C68" t="s" s="0">
         <v>245</v>
       </c>
       <c r="D68" t="s" s="0">
         <v>246</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>1.93</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>247</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>248</v>
       </c>
       <c r="C69" t="s" s="0">
         <v>249</v>
       </c>
       <c r="D69" t="s" s="0">
         <v>250</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>8.04</v>
+        <v>6.96</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>251</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>252</v>
       </c>
       <c r="C70" t="s" s="0">
         <v>253</v>
       </c>
       <c r="D70" t="s" s="0">
         <v>254</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>1.56</v>
+        <v>1.72</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>255</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>256</v>
       </c>
       <c r="C71" t="s" s="0">
         <v>257</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>258</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.89</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B76" s="2"/>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B77" s="2"/>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B78" s="2"/>
     </row>
     <row r="79" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B79" s="11"/>