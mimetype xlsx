--- v0 (2025-12-09)
+++ v1 (2025-12-19)
@@ -10,109 +10,121 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="487" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="344">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Floating Rate ABS Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> All Fund Holdings | as of 31-Oct-2025</t>
+    <t xml:space="preserve"> All Fund Holdings | as of 30-Nov-2025</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>AABST_04-3 M1</t>
   </si>
   <si>
     <t>00764MCF2</t>
   </si>
   <si>
     <t>US00764MCF23</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
+    <t>ALBA_07-1 A3 RegS</t>
+  </si>
+  <si>
+    <t>BRS56RKJ0</t>
+  </si>
+  <si>
+    <t>XS0301721832</t>
+  </si>
+  <si>
+    <t>B1Z53T6</t>
+  </si>
+  <si>
     <t>ARANF_25-1X B RegS</t>
   </si>
   <si>
     <t>BMIFNHMN2</t>
   </si>
   <si>
     <t>XS3172423108</t>
   </si>
   <si>
     <t>ARSI_03-W6 AV1</t>
   </si>
   <si>
     <t>040104CM1</t>
   </si>
   <si>
     <t>US040104CM11</t>
   </si>
   <si>
     <t>AUD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>AUD_CCASH</t>
   </si>
   <si>
     <t>BAYC_05-2A A2 144A</t>
@@ -120,50 +132,59 @@
   <si>
     <t>07324SBP6</t>
   </si>
   <si>
     <t>US07324SBP65</t>
   </si>
   <si>
     <t>CAIF_25-1A B 144A</t>
   </si>
   <si>
     <t>BMIF9LD25</t>
   </si>
   <si>
     <t>XS3124333975</t>
   </si>
   <si>
     <t>CASIA_22-1X A RegS</t>
   </si>
   <si>
     <t>BMIAPB180</t>
   </si>
   <si>
     <t>XS2459127226</t>
   </si>
   <si>
+    <t>CASTE_21-1 E RegS</t>
+  </si>
+  <si>
+    <t>Z95J1BXC0</t>
+  </si>
+  <si>
+    <t>XS2402396472</t>
+  </si>
+  <si>
     <t>DOMI_23-1 C RegS</t>
   </si>
   <si>
     <t>Z96035Y55</t>
   </si>
   <si>
     <t>XS2587124046</t>
   </si>
   <si>
     <t>DWSON_24-1 D RegS</t>
   </si>
   <si>
     <t>Z96T2KJF5</t>
   </si>
   <si>
     <t>XS2919892096</t>
   </si>
   <si>
     <t>E-MAC DE07-1 B RegS</t>
   </si>
   <si>
     <t>Z913H5AU0</t>
   </si>
   <si>
     <t>XS0322556985</t>
@@ -438,159 +459,174 @@
   <si>
     <t>Z9719L0S8</t>
   </si>
   <si>
     <t>XS3033039440</t>
   </si>
   <si>
     <t>FUNDD_25-2A C 144A</t>
   </si>
   <si>
     <t>Z979XAMN5</t>
   </si>
   <si>
     <t>XS3171559647</t>
   </si>
   <si>
     <t>FXFWRD AUD/EUR 17-DEC-2025</t>
   </si>
   <si>
     <t>BMIFHTFZP</t>
   </si>
   <si>
     <t>BMIFP7Q8R</t>
   </si>
   <si>
+    <t>BMIFP7Q8P</t>
+  </si>
+  <si>
     <t>BMIFHTFZR</t>
   </si>
   <si>
-    <t>BMIFP7Q8P</t>
-[...1 lines deleted...]
-  <si>
     <t>FXFWRD GBP/EUR 17-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFHU5RR</t>
+  </si>
+  <si>
+    <t>BMIFR9FFR</t>
+  </si>
+  <si>
+    <t>BMIFVDUFR</t>
+  </si>
+  <si>
+    <t>BMIFTB6PR</t>
+  </si>
+  <si>
+    <t>BMIFNJWKP</t>
+  </si>
+  <si>
+    <t>BMIFTB6PP</t>
+  </si>
+  <si>
+    <t>BMIFUBNDR</t>
+  </si>
+  <si>
+    <t>BMIFRHJLP</t>
+  </si>
+  <si>
+    <t>BMIFJ406P</t>
+  </si>
+  <si>
+    <t>BMIFPVD4P</t>
+  </si>
+  <si>
+    <t>BMIFHY54P</t>
+  </si>
+  <si>
+    <t>BMIFNJWKR</t>
+  </si>
+  <si>
+    <t>BMIFVDUFP</t>
+  </si>
+  <si>
+    <t>BMIFUBNDP</t>
+  </si>
+  <si>
+    <t>BMIFR9FFP</t>
+  </si>
+  <si>
     <t>BMIFPVD4R</t>
   </si>
   <si>
-    <t>BMIFR9FFR</t>
-[...2 lines deleted...]
-    <t>BMIFNJWKP</t>
+    <t>BMIFHY54R</t>
   </si>
   <si>
     <t>BMIFRHJLR</t>
   </si>
   <si>
-    <t>BMIFR9FFP</t>
-[...11 lines deleted...]
-    <t>BMIFPVD4P</t>
+    <t>BMIFJ406R</t>
   </si>
   <si>
     <t>BMIFHU5RP</t>
   </si>
   <si>
-    <t>BMIFJ406R</t>
-[...10 lines deleted...]
-  <si>
     <t>FXFWRD USD/EUR 17-DEC-2025</t>
   </si>
   <si>
+    <t>BMIFPVD0R</t>
+  </si>
+  <si>
+    <t>BMIFHU5MP</t>
+  </si>
+  <si>
+    <t>BMIFPVD0P</t>
+  </si>
+  <si>
+    <t>BMIFMAJ4P</t>
+  </si>
+  <si>
+    <t>BMIFP7Q0P</t>
+  </si>
+  <si>
+    <t>BMIFNC9YP</t>
+  </si>
+  <si>
+    <t>BMIFHU5MR</t>
+  </si>
+  <si>
+    <t>BMIFNC9YR</t>
+  </si>
+  <si>
+    <t>BMIFHY53R</t>
+  </si>
+  <si>
+    <t>BMIFHY53P</t>
+  </si>
+  <si>
+    <t>BMIFP7Q0R</t>
+  </si>
+  <si>
     <t>BMIFMAJ4R</t>
   </si>
   <si>
-    <t>BMIFP7Q0P</t>
-[...31 lines deleted...]
-  <si>
     <t>GBP CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>GBP_CCASH</t>
   </si>
   <si>
-    <t>GBP/EUR</t>
-[...11 lines deleted...]
-    <t>BMIFR9FER</t>
+    <t>GHM_06-1 BB RegS</t>
+  </si>
+  <si>
+    <t>Z900R8A89</t>
+  </si>
+  <si>
+    <t>XS0276093332</t>
+  </si>
+  <si>
+    <t>B1L65Y2</t>
   </si>
   <si>
     <t>GHM_06-1 DB RegS</t>
   </si>
   <si>
     <t>BRS7D7XD1</t>
   </si>
   <si>
     <t>XS0276095030</t>
   </si>
   <si>
     <t>B1L49Z5</t>
   </si>
   <si>
     <t>GHM_07-1 BB RegS</t>
   </si>
   <si>
     <t>BRS656J16</t>
   </si>
   <si>
     <t>XS0288628810</t>
   </si>
   <si>
     <t>B1VJRB2</t>
   </si>
@@ -642,92 +678,95 @@
   <si>
     <t>Z95K9B2Q2</t>
   </si>
   <si>
     <t>XS2415304935</t>
   </si>
   <si>
     <t>JERNF_25-1 A RegS</t>
   </si>
   <si>
     <t>BMIEAZJ37</t>
   </si>
   <si>
     <t>XS2956114727</t>
   </si>
   <si>
     <t>JPMF_22-3 C RegS</t>
   </si>
   <si>
     <t>Z95KW15H5</t>
   </si>
   <si>
     <t>XS2415466247</t>
   </si>
   <si>
-    <t>LDN_24-2 C RegS</t>
-[...7 lines deleted...]
-  <si>
     <t>LUGO_24-1X B RegS</t>
   </si>
   <si>
     <t>BMIE4DLB2</t>
   </si>
   <si>
     <t>XS2930536268</t>
   </si>
   <si>
     <t>MANSD_06-1X M2A RegS</t>
   </si>
   <si>
     <t>BRS81C1X2</t>
   </si>
   <si>
     <t>XS0272299057</t>
   </si>
   <si>
     <t>B1GJ7V7</t>
   </si>
   <si>
     <t>MANSD_07-2 M2 RegS</t>
   </si>
   <si>
     <t>BRS6RWSU1</t>
   </si>
   <si>
     <t>XS0333311693</t>
   </si>
   <si>
     <t>B29VVZ9</t>
   </si>
   <si>
+    <t>MANSD_07-2X A2 RegS</t>
+  </si>
+  <si>
+    <t>Z900M88J3</t>
+  </si>
+  <si>
+    <t>XS0333306933</t>
+  </si>
+  <si>
+    <t>B29VVX7</t>
+  </si>
+  <si>
     <t>MANSD_07-2X A1A RegS</t>
   </si>
   <si>
     <t>BRS75V8Y9</t>
   </si>
   <si>
     <t>XS0333305299</t>
   </si>
   <si>
     <t>B29VVW6</t>
   </si>
   <si>
     <t>MFD_13-1 A3 RegS</t>
   </si>
   <si>
     <t>BMI1LG7U8</t>
   </si>
   <si>
     <t>XS0995537155</t>
   </si>
   <si>
     <t>MIRA_23-1 B RegS</t>
   </si>
   <si>
     <t>BMIBQV9D4</t>
@@ -813,50 +852,59 @@
   <si>
     <t>XS0243665964</t>
   </si>
   <si>
     <t>B0ZBZF7</t>
   </si>
   <si>
     <t>RAMC_02-3 A</t>
   </si>
   <si>
     <t>75970NAA5</t>
   </si>
   <si>
     <t>US75970NAA54</t>
   </si>
   <si>
     <t>RAMC_02-4 A</t>
   </si>
   <si>
     <t>759950AL2</t>
   </si>
   <si>
     <t>US759950AL22</t>
   </si>
   <si>
+    <t>SANR_25-1 C RegS</t>
+  </si>
+  <si>
+    <t>Z97BKHG97</t>
+  </si>
+  <si>
+    <t>ES0305973028</t>
+  </si>
+  <si>
     <t>SESTA_03-1 C RegS</t>
   </si>
   <si>
     <t>Z913G7855</t>
   </si>
   <si>
     <t>IT0003604854</t>
   </si>
   <si>
     <t>7790661</t>
   </si>
   <si>
     <t>SGSHR_21-1X B RegS</t>
   </si>
   <si>
     <t>BMIA9VAW1</t>
   </si>
   <si>
     <t>XS2403443430</t>
   </si>
   <si>
     <t>SGSHR_25-1X C RegS</t>
   </si>
   <si>
     <t>BMIEWJR30</t>
@@ -921,69 +969,69 @@
   <si>
     <t>XS0221841561</t>
   </si>
   <si>
     <t>B0D0D07</t>
   </si>
   <si>
     <t>SPF_06-A C RegS</t>
   </si>
   <si>
     <t>BRS7ESJY4</t>
   </si>
   <si>
     <t>XS0241083764</t>
   </si>
   <si>
     <t>STRES_23-1 A RegS</t>
   </si>
   <si>
     <t>BMICTCEV5</t>
   </si>
   <si>
     <t>IT0005566739</t>
   </si>
   <si>
-    <t>TAURS_18-IT1 A</t>
-[...7 lines deleted...]
-  <si>
     <t>TAURS_20-NL1X A RegS</t>
   </si>
   <si>
     <t>BMI8JW8D8</t>
   </si>
   <si>
     <t>XS2128006603</t>
   </si>
   <si>
     <t>BL96PV1</t>
+  </si>
+  <si>
+    <t>UKLOG_24-1X C RegS</t>
+  </si>
+  <si>
+    <t>BMIDFKVC3</t>
+  </si>
+  <si>
+    <t>XS2809141182</t>
   </si>
   <si>
     <t>USD CASH(Alpha Committed)</t>
   </si>
   <si>
     <t>USD_CCASH</t>
   </si>
   <si>
     <t>VERMILION BOND TRUST VERMI_23-1 A2 RegS</t>
   </si>
   <si>
     <t>BMIC3TB23</t>
   </si>
   <si>
     <t>AU3FN0077749</t>
   </si>
   <si>
     <t>VISCI_22-1X C RegS</t>
   </si>
   <si>
     <t>Z95VEXXN7</t>
   </si>
   <si>
     <t>XS2453861929</t>
   </si>
@@ -1393,51 +1441,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E138"/>
+  <dimension ref="A1:E144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
@@ -1474,2064 +1522,2166 @@
       </c>
       <c r="C9" t="s" s="0">
         <v>13</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>17</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>21</v>
       </c>
       <c r="D11" t="s" s="0">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.87</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s" s="0">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.95</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C13" t="s" s="0">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.21</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C14" t="s" s="0">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.38</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>1.06</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C16" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>3.48</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>1.13</v>
+        <v>3.39</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>1.24</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" t="s" s="0">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s" s="0">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.26</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>48</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>0.29</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>1.28</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D22" t="s" s="0">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>1.64</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B23" s="6" t="s">
+      <c r="C23" t="s" s="0">
         <v>58</v>
       </c>
-      <c r="C23" t="s" s="0">
+      <c r="D23" t="s" s="0">
         <v>59</v>
       </c>
-      <c r="D23" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E23" t="n" s="0">
-        <v>0.66</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B24" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="B24" s="6" t="s">
+      <c r="C24" t="s" s="0">
         <v>62</v>
       </c>
-      <c r="C24" t="s" s="0">
+      <c r="D24" t="s" s="0">
         <v>63</v>
       </c>
-      <c r="D24" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="n" s="0">
-        <v>1.31</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="B25" s="6" t="s">
+      <c r="C25" t="s" s="0">
         <v>66</v>
       </c>
-      <c r="C25" t="s" s="0">
+      <c r="D25" t="s" s="0">
         <v>67</v>
       </c>
-      <c r="D25" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E25" t="n" s="0">
-        <v>1.11</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="B26" s="6" t="s">
+      <c r="C26" t="s" s="0">
         <v>70</v>
       </c>
-      <c r="C26" t="s" s="0">
+      <c r="D26" t="s" s="0">
         <v>71</v>
       </c>
-      <c r="D26" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E26" t="n" s="0">
-        <v>0.38</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B27" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="B27" s="6" t="s">
+      <c r="C27" t="s" s="0">
         <v>74</v>
       </c>
-      <c r="C27" t="s" s="0">
+      <c r="D27" t="s" s="0">
         <v>75</v>
       </c>
-      <c r="D27" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E27" t="n" s="0">
-        <v>0.82</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B28" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="B28" s="6" t="s">
+      <c r="C28" t="s" s="0">
         <v>78</v>
       </c>
-      <c r="C28" t="s" s="0">
+      <c r="D28" t="s" s="0">
         <v>79</v>
       </c>
-      <c r="D28" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="n" s="0">
-        <v>1.73</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="B29" s="6" t="s">
+      <c r="C29" t="s" s="0">
         <v>82</v>
       </c>
-      <c r="C29" t="s" s="0">
+      <c r="D29" t="s" s="0">
         <v>83</v>
       </c>
-      <c r="D29" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E29" t="n" s="0">
-        <v>2.04</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B30" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="B30" s="6" t="s">
+      <c r="C30" t="s" s="0">
         <v>86</v>
       </c>
-      <c r="C30" t="s" s="0">
+      <c r="D30" t="s" s="0">
         <v>87</v>
       </c>
-      <c r="D30" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E30" t="n" s="0">
-        <v>1.78</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B31" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="B31" s="6" t="s">
+      <c r="C31" t="s" s="0">
         <v>90</v>
       </c>
-      <c r="C31" t="s" s="0">
+      <c r="D31" t="s" s="0">
         <v>91</v>
       </c>
-      <c r="D31" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="n" s="0">
-        <v>0.52</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="C32" t="s" s="0">
         <v>94</v>
       </c>
-      <c r="C32" t="s" s="0">
+      <c r="D32" t="s" s="0">
         <v>95</v>
       </c>
-      <c r="D32" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="n" s="0">
-        <v>1.01</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B33" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="B33" s="6" t="s">
+      <c r="C33" t="s" s="0">
         <v>98</v>
       </c>
-      <c r="C33" t="s" s="0">
+      <c r="D33" t="s" s="0">
         <v>99</v>
       </c>
-      <c r="D33" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E33" t="n" s="0">
-        <v>1.24</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B34" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="B34" s="6" t="s">
+      <c r="C34" t="s" s="0">
         <v>102</v>
       </c>
-      <c r="C34" t="s" s="0">
+      <c r="D34" t="s" s="0">
         <v>103</v>
       </c>
-      <c r="D34" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E34" t="n" s="0">
-        <v>0.69</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B35" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="B35" s="6" t="s">
+      <c r="C35" t="s" s="0">
         <v>106</v>
       </c>
-      <c r="C35" t="s" s="0">
+      <c r="D35" t="s" s="0">
         <v>107</v>
       </c>
-      <c r="D35" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E35" t="n" s="0">
-        <v>0.52</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>109</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>110</v>
       </c>
       <c r="D36" t="s" s="0">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.24</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C37" t="s" s="0">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.83</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C38" t="s" s="0">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>1.47</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C39" t="s" s="0">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D39" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>1.4</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D40" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>1.05</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C41" t="s" s="0">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>1.42</v>
+        <v>1.17</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D42" t="s" s="0">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>2.13</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B43" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="B43" s="6" t="s">
+      <c r="C43" t="s" s="0">
         <v>132</v>
       </c>
-      <c r="C43" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s" s="0">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>6.34</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C44" t="s" s="0">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D44" t="s" s="0">
-        <v>18</v>
+        <v>137</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>1.59</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C45" t="s" s="0">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>1.07</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C46" t="s" s="0">
-        <v>18</v>
+        <v>142</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>-4.09</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>18</v>
+        <v>145</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.04</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>4.05</v>
+        <v>-4.02</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>-0.33</v>
+        <v>-0.04</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>2.48</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>-2.07</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>1.45</v>
+        <v>2.44</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D54" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>-2.48</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C55" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D55" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>-0.3</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D56" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>25.9</v>
+        <v>-2.04</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D57" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>-1.45</v>
+        <v>-0.92</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C58" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D58" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.33</v>
+        <v>1.72</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C59" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D59" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>-25.68</v>
+        <v>-1.43</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>-0.62</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.3</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C62" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D62" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>2.08</v>
+        <v>-0.29</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C63" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D63" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.62</v>
+        <v>2.05</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C64" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D64" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>1.88</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C65" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D65" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>-0.07</v>
+        <v>-1.74</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C66" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D66" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>1.57</v>
+        <v>-2.45</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C67" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D67" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>-1.32</v>
+        <v>-0.32</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C68" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D68" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>1.33</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C69" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D69" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.1</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C70" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D70" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>13.04</v>
+        <v>-0.61</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C71" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>-1.89</v>
+        <v>-25.39</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C72" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D72" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.07</v>
+        <v>-1.3</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C73" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D73" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>-13.33</v>
+        <v>-13.07</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C74" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D74" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>-0.1</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C75" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D75" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>-1.56</v>
+        <v>-1.85</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>172</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C76" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D76" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>-3.33</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C77" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D77" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>1.45</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C78" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D78" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>2.49</v>
+        <v>12.83</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C79" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D79" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>-1.45</v>
+        <v>-1.54</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C80" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D80" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>-2.49</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C81" t="s" s="0">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="D81" t="s" s="0">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.7</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B82" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="B82" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" t="s" s="0">
-        <v>185</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>186</v>
+        <v>18</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>1.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>1.34</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>193</v>
+        <v>18</v>
       </c>
       <c r="D84" t="s" s="0">
-        <v>194</v>
+        <v>18</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.36</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="C85" t="s" s="0">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="D85" t="s" s="0">
-        <v>18</v>
+        <v>190</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.59</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="D86" t="s" s="0">
-        <v>18</v>
+        <v>194</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>2.87</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="C87" t="s" s="0">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D87" t="s" s="0">
-        <v>18</v>
+        <v>198</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>6.32</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.93</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D89" t="s" s="0">
-        <v>18</v>
+        <v>206</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>1.47</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D90" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.83</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D91" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.91</v>
+        <v>2.82</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D92" t="s" s="0">
-        <v>219</v>
+        <v>18</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>1.41</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D93" t="s" s="0">
-        <v>223</v>
+        <v>18</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.89</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>227</v>
+        <v>18</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.71</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="D95" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>1.3</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>18</v>
+        <v>228</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>1.82</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>1.37</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>1.18</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C99" t="s" s="0">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="D99" t="s" s="0">
-        <v>18</v>
+        <v>240</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>3.15</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C100" t="s" s="0">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D100" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.92</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D101" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>1.28</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>18</v>
+        <v>250</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>1.59</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="C103" t="s" s="0">
+        <v>253</v>
+      </c>
+      <c r="D103" t="s" s="0">
         <v>254</v>
       </c>
-      <c r="B103" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E103" t="n" s="0">
-        <v>0.79</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="C104" t="s" s="0">
         <v>257</v>
       </c>
-      <c r="B104" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104" t="s" s="0">
-        <v>260</v>
+        <v>18</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.16</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D105" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.54</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D106" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.6</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>270</v>
+        <v>18</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>1.04</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D108" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>1.65</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>18</v>
+        <v>273</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>1.64</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>280</v>
+        <v>18</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>1.1</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>284</v>
+        <v>18</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.84</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>288</v>
+        <v>18</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>2.97</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>1.21</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>296</v>
+        <v>18</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>2.1</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D115" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>1.53</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>18</v>
+        <v>296</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.82</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.53</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>1.89</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>18</v>
+        <v>307</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>18</v>
+        <v>308</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>1.07</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="C120" t="s" s="0">
+        <v>311</v>
+      </c>
+      <c r="D120" t="s" s="0">
         <v>312</v>
       </c>
-      <c r="B120" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E120" t="n" s="0">
-        <v>0.5</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="C121" t="s" s="0">
         <v>315</v>
       </c>
-      <c r="B121" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D121" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>1.22</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="C122" t="s" s="0">
         <v>318</v>
       </c>
-      <c r="B122" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D122" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.95</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="C123" t="s" s="0">
         <v>321</v>
       </c>
-      <c r="B123" s="6" t="s">
+      <c r="D123" t="s" s="0">
         <v>322</v>
       </c>
-      <c r="C123" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E123" t="n" s="0">
-        <v>1.26</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="C124" t="s" s="0">
         <v>325</v>
       </c>
-      <c r="B124" s="6" t="s">
+      <c r="D124" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E124" t="n" s="0">
+        <v>1.13</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
         <v>326</v>
       </c>
-      <c r="C124" t="s" s="0">
+      <c r="B125" s="6" t="s">
         <v>327</v>
       </c>
-      <c r="D124" t="s" s="0">
-[...46 lines deleted...]
-      <c r="D134" s="9"/>
+      <c r="C125" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E125" t="n" s="0">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="C126" t="s" s="0">
+        <v>330</v>
+      </c>
+      <c r="D126" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E126" t="n" s="0">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="C127" t="s" s="0">
+        <v>333</v>
+      </c>
+      <c r="D127" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E127" t="n" s="0">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="C128" t="s" s="0">
+        <v>336</v>
+      </c>
+      <c r="D128" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E128" t="n" s="0">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="C129" t="s" s="0">
+        <v>339</v>
+      </c>
+      <c r="D129" t="s" s="0">
+        <v>340</v>
+      </c>
+      <c r="E129" t="n" s="0">
+        <v>1.24</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="C130" t="s" s="0">
+        <v>343</v>
+      </c>
+      <c r="D130" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="E130" t="n" s="0">
+        <v>1.58</v>
+      </c>
     </row>
     <row r="135" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B135" s="2"/>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A136" s="7" t="str">
+      <c r="A136" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B136" s="2"/>
+    </row>
+    <row r="137" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A137" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B137" s="2"/>
+    </row>
+    <row r="138" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B138" s="11"/>
+      <c r="C138" s="12"/>
+      <c r="D138" s="12"/>
+    </row>
+    <row r="139" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A139" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B139" s="9"/>
+      <c r="C139" s="9"/>
+      <c r="D139" s="9"/>
+    </row>
+    <row r="140" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A140" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B140" s="9"/>
+      <c r="C140" s="9"/>
+      <c r="D140" s="9"/>
+    </row>
+    <row r="141" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B141" s="2"/>
+    </row>
+    <row r="142" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A142" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B136" s="2"/>
-[...11 lines deleted...]
-      <c r="B138" s="2"/>
+      <c r="B142" s="2"/>
+    </row>
+    <row r="143" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A143" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B143" s="2"/>
+    </row>
+    <row r="144" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A144" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B144" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A132:D132"/>
-    <mergeCell ref="A133:D134"/>
+    <mergeCell ref="A138:D138"/>
+    <mergeCell ref="A139:D140"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>