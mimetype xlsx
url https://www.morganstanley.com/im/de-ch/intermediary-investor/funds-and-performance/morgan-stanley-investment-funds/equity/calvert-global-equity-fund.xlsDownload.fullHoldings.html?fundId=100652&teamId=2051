--- v1 (2026-02-04)
+++ v2 (2026-02-17)
@@ -45,51 +45,51 @@
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t>Calvert Global Equity Fund</t>
   </si>
   <si>
-    <t xml:space="preserve"> Alle Positionen | Per 31-Dez-2025</t>
+    <t xml:space="preserve"> Alle Positionen | Per 31-Jan-2026</t>
   </si>
   <si>
     <t>Name des Wertpapiers</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% Portfolio</t>
   </si>
   <si>
     <t>AIA GROUP LTD</t>
   </si>
   <si>
     <t>99AMH6LQ2</t>
   </si>
   <si>
     <t>HK0000069689</t>
   </si>
@@ -357,62 +357,50 @@
   <si>
     <t>LVMH MOET HENNESSY LOUIS VUITTON</t>
   </si>
   <si>
     <t>990001DC0</t>
   </si>
   <si>
     <t>FR0000121014</t>
   </si>
   <si>
     <t>4061412</t>
   </si>
   <si>
     <t>MARRIOTT INTERNATIONAL INC USD:COM CL-A</t>
   </si>
   <si>
     <t>571903202</t>
   </si>
   <si>
     <t>US5719032022</t>
   </si>
   <si>
     <t>2210614</t>
   </si>
   <si>
-    <t>MICRON TECHNOLOGY INC USD COM</t>
-[...10 lines deleted...]
-  <si>
     <t>MICROSOFT CORP USD COM</t>
   </si>
   <si>
     <t>594918104</t>
   </si>
   <si>
     <t>US5949181045</t>
   </si>
   <si>
     <t>2588173</t>
   </si>
   <si>
     <t>NESTLE SA REGD CHF1</t>
   </si>
   <si>
     <t>999937RZ0</t>
   </si>
   <si>
     <t>CH0038863350</t>
   </si>
   <si>
     <t>7123870</t>
   </si>
   <si>
     <t>NEXTERA ENERGY INC</t>
@@ -457,50 +445,62 @@
     <t>B24CGK7</t>
   </si>
   <si>
     <t>RELX PLC</t>
   </si>
   <si>
     <t>999946MW3</t>
   </si>
   <si>
     <t>GB00B2B0DG97</t>
   </si>
   <si>
     <t>B2B0DG9</t>
   </si>
   <si>
     <t>SAFRAN SA</t>
   </si>
   <si>
     <t>F03381138</t>
   </si>
   <si>
     <t>FR0000073272</t>
   </si>
   <si>
     <t>B058TZ6</t>
+  </si>
+  <si>
+    <t>SAP SE</t>
+  </si>
+  <si>
+    <t>990001L72</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>4846288</t>
   </si>
   <si>
     <t>SCHNEIDER ELECTRIC SE</t>
   </si>
   <si>
     <t>990002FX0</t>
   </si>
   <si>
     <t>FR0000121972</t>
   </si>
   <si>
     <t>4834108</t>
   </si>
   <si>
     <t>SCHWAB (CHARLES) CORP</t>
   </si>
   <si>
     <t>808513105</t>
   </si>
   <si>
     <t>US8085131055</t>
   </si>
   <si>
     <t>2779397</t>
   </si>
@@ -1069,782 +1069,782 @@
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>2.46</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>5.84</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>4.93</v>
+        <v>5.03</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>1.7</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>36</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>1.96</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>39</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>40</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>3.6</v>
+        <v>4.22</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>43</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>44</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>2.05</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>47</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>48</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>2.04</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>51</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>52</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>2.85</v>
+        <v>2.68</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>55</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>56</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>1.78</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>58</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>58</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.68</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>61</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>62</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>2.2</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>65</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>66</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>2.19</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>69</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>70</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>1.71</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>73</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>74</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>1.83</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>77</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>78</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>1.35</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>81</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>82</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>1.52</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>84</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>85</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>86</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>1.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>89</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>90</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>1.47</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>93</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>94</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>2.21</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>97</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>98</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>1.44</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>101</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>102</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>2.09</v>
+        <v>2.19</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C32" t="s" s="0">
         <v>105</v>
       </c>
       <c r="D32" t="s" s="0">
         <v>106</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>1.0</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>109</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>110</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>2.05</v>
+        <v>2.43</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>112</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>113</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>114</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>2.35</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>117</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>118</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>1.54</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>121</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>122</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>5.39</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C37" t="s" s="0">
         <v>125</v>
       </c>
       <c r="D37" t="s" s="0">
         <v>126</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>3.28</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C38" t="s" s="0">
         <v>129</v>
       </c>
       <c r="D38" t="s" s="0">
         <v>130</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>2.11</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C39" t="s" s="0">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D39" t="s" s="0">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>3.82</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" t="s" s="0">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D40" t="s" s="0">
         <v>136</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.01</v>
+        <v>2.61</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C41" t="s" s="0">
         <v>139</v>
       </c>
       <c r="D41" t="s" s="0">
         <v>140</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>2.56</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>142</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>143</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>144</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>2.28</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>145</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C43" t="s" s="0">
         <v>147</v>
       </c>
       <c r="D43" t="s" s="0">
         <v>148</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>1.88</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>149</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>150</v>
       </c>
       <c r="C44" t="s" s="0">
         <v>151</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>152</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>1.51</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>153</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C45" t="s" s="0">
         <v>155</v>
       </c>
       <c r="D45" t="s" s="0">
         <v>156</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>1.91</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>157</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>159</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>160</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>2.25</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>161</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C47" t="s" s="0">
         <v>163</v>
       </c>
       <c r="D47" t="s" s="0">
         <v>164</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>1.66</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>167</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>168</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>3.61</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>169</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>171</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>172</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>1.67</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>173</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>174</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>175</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>176</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>1.72</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>178</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>179</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>180</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>2.61</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>181</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>182</v>
       </c>
       <c r="C52" t="s" s="0">
         <v>183</v>
       </c>
       <c r="D52" t="s" s="0">
         <v>184</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>2.03</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>185</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>186</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>187</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>188</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>2.12</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B58" s="2"/>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B59" s="2"/>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B60" s="2"/>
     </row>
     <row r="61" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="11" t="s">
         <v>191</v>
       </c>
       <c r="B61" s="11"/>