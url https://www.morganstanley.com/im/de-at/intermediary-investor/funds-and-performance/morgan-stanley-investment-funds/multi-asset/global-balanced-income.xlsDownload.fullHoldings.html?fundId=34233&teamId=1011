--- v0 (2025-12-19)
+++ v1 (2026-02-17)
@@ -10,202 +10,208 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3763" uniqueCount="3649">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4423" uniqueCount="4321">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global Balanced Income Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> Alle Positionen | Per 30-Sep-2025</t>
+    <t xml:space="preserve"> Alle Positionen | Per 31-Jän-2026</t>
   </si>
   <si>
     <t>Name des Wertpapiers</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% Portfolio</t>
   </si>
   <si>
-    <t>1EV5P 6550 INDEX</t>
-[...2 lines deleted...]
-    <t>1EV5P6550</t>
+    <t>1EG6P 6900 INDEX</t>
+  </si>
+  <si>
+    <t>1EG6P6900</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
+    <t>1ST SOURCE CORP USD COM</t>
+  </si>
+  <si>
+    <t>336901103</t>
+  </si>
+  <si>
+    <t>US3369011032</t>
+  </si>
+  <si>
+    <t>2341848</t>
+  </si>
+  <si>
     <t>3I GROUP PLC</t>
   </si>
   <si>
     <t>997517IP4</t>
   </si>
   <si>
     <t>GB00B1YW4409</t>
   </si>
   <si>
     <t>B1YW440</t>
   </si>
   <si>
     <t>3M COMPANY USD COM</t>
   </si>
   <si>
     <t>88579Y101</t>
   </si>
   <si>
     <t>US88579Y1010</t>
   </si>
   <si>
     <t>2595708</t>
   </si>
   <si>
-    <t>4EV5P 6725 INDEX</t>
-[...2 lines deleted...]
-    <t>4EV5P6725</t>
+    <t>77 BANK LTD (8341)</t>
+  </si>
+  <si>
+    <t>9T8341107</t>
+  </si>
+  <si>
+    <t>JP3352000008</t>
+  </si>
+  <si>
+    <t>6804165</t>
   </si>
   <si>
     <t>ABB LTD CHF2.5 REGD SHS</t>
   </si>
   <si>
     <t>993930QS8</t>
   </si>
   <si>
     <t>CH0012221716</t>
   </si>
   <si>
     <t>7108899</t>
   </si>
   <si>
     <t>ABBVIE INC</t>
   </si>
   <si>
     <t>00287Y109</t>
   </si>
   <si>
     <t>US00287Y1091</t>
   </si>
   <si>
     <t>B92SR70</t>
   </si>
   <si>
     <t>ABBVIE INC:4.500 14MAY2035</t>
   </si>
   <si>
     <t>00287YAR0</t>
   </si>
   <si>
     <t>US00287YAR09</t>
   </si>
   <si>
     <t>BXDZFY1</t>
   </si>
   <si>
     <t>ABBVIE INC:5.600 15MAR2055</t>
   </si>
   <si>
     <t>00287YEB1</t>
   </si>
   <si>
     <t>US00287YEB11</t>
   </si>
   <si>
     <t>BQXV0P6</t>
   </si>
   <si>
-    <t>ABN AMRO BANK NV:4.988 03DEC2028</t>
-[...10 lines deleted...]
-  <si>
     <t>ABN AMRO GROUP NV-CVA</t>
   </si>
   <si>
     <t>99A4FQ8W2</t>
   </si>
   <si>
     <t>NL0011540547</t>
   </si>
   <si>
     <t>BYQP136</t>
   </si>
   <si>
     <t>ABU DHABI COMMERCIAL BANK</t>
   </si>
   <si>
     <t>99AMLL5D1</t>
   </si>
   <si>
     <t>AEA000201011</t>
   </si>
   <si>
     <t>6545464</t>
   </si>
   <si>
     <t>ACCENTURE CAPITAL INC:4.500 04OCT2034</t>
@@ -318,62 +324,50 @@
   <si>
     <t>ADVANTECH CO LTD</t>
   </si>
   <si>
     <t>HK4999CD6</t>
   </si>
   <si>
     <t>TW0002395001</t>
   </si>
   <si>
     <t>6202673</t>
   </si>
   <si>
     <t>ADVANTEST (6857)</t>
   </si>
   <si>
     <t>873995104</t>
   </si>
   <si>
     <t>JP3122400009</t>
   </si>
   <si>
     <t>6870490</t>
   </si>
   <si>
-    <t>ADVENTIST HEALTH SYSTEM WEST:5.430 01MAR2032</t>
-[...10 lines deleted...]
-  <si>
     <t>AEON CO LTD (8267)</t>
   </si>
   <si>
     <t>482131109</t>
   </si>
   <si>
     <t>JP3388200002</t>
   </si>
   <si>
     <t>6480048</t>
   </si>
   <si>
     <t>AERCAP HOLDINGS NV</t>
   </si>
   <si>
     <t>N00985106</t>
   </si>
   <si>
     <t>NL0000687663</t>
   </si>
   <si>
     <t>B1HHKD3</t>
   </si>
   <si>
     <t>AEROVIRONMENT INC</t>
@@ -414,62 +408,50 @@
   <si>
     <t>AIR PRODUCTS &amp; CHEMICALS INC USD:COM</t>
   </si>
   <si>
     <t>009158106</t>
   </si>
   <si>
     <t>US0091581068</t>
   </si>
   <si>
     <t>2011602</t>
   </si>
   <si>
     <t>AIRBUS SE</t>
   </si>
   <si>
     <t>993904VX6</t>
   </si>
   <si>
     <t>NL0000235190</t>
   </si>
   <si>
     <t>4012250</t>
   </si>
   <si>
-    <t>AIRCASTLE LTD:5.250 15MAR2030</t>
-[...10 lines deleted...]
-  <si>
     <t>AJINOMOTO CO (2802)</t>
   </si>
   <si>
     <t>009707209</t>
   </si>
   <si>
     <t>JP3119600009</t>
   </si>
   <si>
     <t>6010906</t>
   </si>
   <si>
     <t>AKER BP ASA</t>
   </si>
   <si>
     <t>997515DA6</t>
   </si>
   <si>
     <t>NO0010345853</t>
   </si>
   <si>
     <t>B1L95G3</t>
   </si>
   <si>
     <t>ALCON INC</t>
@@ -522,218 +504,266 @@
   <si>
     <t>ALLIANZ SE</t>
   </si>
   <si>
     <t>990001OQ7</t>
   </si>
   <si>
     <t>DE0008404005</t>
   </si>
   <si>
     <t>5231485</t>
   </si>
   <si>
     <t>ALLSTATE CORP USD COM</t>
   </si>
   <si>
     <t>020002101</t>
   </si>
   <si>
     <t>US0200021014</t>
   </si>
   <si>
     <t>2019952</t>
   </si>
   <si>
-    <t>ALLY FINANCIAL INC:6.184 26JUL2035</t>
-[...10 lines deleted...]
-  <si>
     <t>ALPHABET INC-CL A</t>
   </si>
   <si>
     <t>02079K305</t>
   </si>
   <si>
     <t>US02079K3059</t>
   </si>
   <si>
     <t>BYVY8G0</t>
   </si>
   <si>
     <t>ALSTOM</t>
   </si>
   <si>
     <t>993314KJ1</t>
   </si>
   <si>
     <t>FR0010220475</t>
   </si>
   <si>
     <t>B0DJ8Q5</t>
   </si>
   <si>
     <t>AMADEUS IT GROUP SA</t>
   </si>
   <si>
     <t>999301CS1</t>
   </si>
   <si>
     <t>ES0109067019</t>
   </si>
   <si>
     <t>B3MSM28</t>
   </si>
   <si>
+    <t>AMALGAMATED FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>022671101</t>
+  </si>
+  <si>
+    <t>US0226711010</t>
+  </si>
+  <si>
+    <t>BLR7B41</t>
+  </si>
+  <si>
     <t>AMAZON.COM INC USD COM</t>
   </si>
   <si>
     <t>023135106</t>
   </si>
   <si>
     <t>US0231351067</t>
   </si>
   <si>
     <t>2000019</t>
   </si>
   <si>
+    <t>AMAZON.COM INC:5.450 20NOV2055</t>
+  </si>
+  <si>
+    <t>023135CW4</t>
+  </si>
+  <si>
+    <t>US023135CW42</t>
+  </si>
+  <si>
+    <t>BSNY253</t>
+  </si>
+  <si>
     <t>AMBEV SA</t>
   </si>
   <si>
     <t>99AY60NL0</t>
   </si>
   <si>
     <t>BRABEVACNOR1</t>
   </si>
   <si>
     <t>BG7ZWY7</t>
   </si>
   <si>
+    <t>AMCOR GROUP FINANCE PLC:5.450 23MAY2029</t>
+  </si>
+  <si>
+    <t>02344BAA4</t>
+  </si>
+  <si>
+    <t>US02344BAA44</t>
+  </si>
+  <si>
+    <t>BRJNZJ2</t>
+  </si>
+  <si>
+    <t>AMERANT BANCORP INC CLASS A</t>
+  </si>
+  <si>
+    <t>023576101</t>
+  </si>
+  <si>
+    <t>US0235761014</t>
+  </si>
+  <si>
+    <t>BKDSMB5</t>
+  </si>
+  <si>
     <t>AMERICA MOVIL SAB DE CV</t>
   </si>
   <si>
     <t>99AMERIA8</t>
   </si>
   <si>
     <t>MX01AM050019</t>
   </si>
   <si>
     <t>BMVRB77</t>
   </si>
   <si>
     <t>AMERICAN EXPRESS CO USD COM</t>
   </si>
   <si>
     <t>025816109</t>
   </si>
   <si>
     <t>US0258161092</t>
   </si>
   <si>
     <t>2026082</t>
   </si>
   <si>
     <t>AMERICAN EXPRESS COMPANY:5.085 30JAN2031</t>
   </si>
   <si>
     <t>025816DY2</t>
   </si>
   <si>
     <t>US025816DY24</t>
   </si>
   <si>
     <t>BMCZSD5</t>
   </si>
   <si>
     <t>AMERICAN TOWER CORPORATION CL-A:USD COM</t>
   </si>
   <si>
     <t>03027X100</t>
   </si>
   <si>
     <t>US03027X1000</t>
   </si>
   <si>
     <t>B7FBFL2</t>
   </si>
   <si>
+    <t>AMERTIS BANCORP</t>
+  </si>
+  <si>
+    <t>03076K108</t>
+  </si>
+  <si>
+    <t>US03076K1088</t>
+  </si>
+  <si>
+    <t>2038849</t>
+  </si>
+  <si>
     <t>AMGEN INC USD COM</t>
   </si>
   <si>
     <t>031162100</t>
   </si>
   <si>
     <t>US0311621009</t>
   </si>
   <si>
     <t>2023607</t>
   </si>
   <si>
+    <t>AMPHENOL CORP:4.625 15FEB2036</t>
+  </si>
+  <si>
+    <t>032095BA8</t>
+  </si>
+  <si>
+    <t>US032095BA89</t>
+  </si>
+  <si>
+    <t>BQ3R6H8</t>
+  </si>
+  <si>
     <t>ANA HOLDINGS INC</t>
   </si>
   <si>
     <t>018995100</t>
   </si>
   <si>
     <t>JP3429800000</t>
   </si>
   <si>
     <t>6014908</t>
   </si>
   <si>
     <t>ANGLOGOLD ASHANTI PLC</t>
   </si>
   <si>
     <t>99CM0P2Y0</t>
   </si>
   <si>
     <t>GB00BRXH2664</t>
   </si>
   <si>
     <t>BRF6FX9</t>
   </si>
   <si>
-    <t>ANHEUSER-BUSCH COMPANIES LLC:4.700 01FEB2036</t>
-[...10 lines deleted...]
-  <si>
     <t>ANHEUSER-BUSCH INBEV SA/NV</t>
   </si>
   <si>
     <t>99FREJ159</t>
   </si>
   <si>
     <t>BE0974293251</t>
   </si>
   <si>
     <t>BYYHL23</t>
   </si>
   <si>
     <t>ANTA SPORTS PRODUCTS LTD</t>
   </si>
   <si>
     <t>99C30PDP9</t>
   </si>
   <si>
     <t>KYG040111059</t>
   </si>
   <si>
     <t>B1YVKN8</t>
   </si>
   <si>
     <t>ANTOFAGASTA PLC</t>
@@ -786,57 +816,60 @@
   <si>
     <t>APPLE INC:2.950 11SEP2049</t>
   </si>
   <si>
     <t>037833DQ0</t>
   </si>
   <si>
     <t>US037833DQ02</t>
   </si>
   <si>
     <t>BJDSXS2</t>
   </si>
   <si>
     <t>APPLIED MATERIALS INC USD COM</t>
   </si>
   <si>
     <t>038222105</t>
   </si>
   <si>
     <t>US0382221051</t>
   </si>
   <si>
     <t>2046552</t>
   </si>
   <si>
-    <t>APT PIPELINES:3.500 22MAR2030</t>
-[...5 lines deleted...]
-    <t>BWD24D7</t>
+    <t>APTIV SWISS HOLDINGS LTD:3.100 01DEC2051</t>
+  </si>
+  <si>
+    <t>03835VAJ5</t>
+  </si>
+  <si>
+    <t>US03835VAJ52</t>
+  </si>
+  <si>
+    <t>BLR5N72</t>
   </si>
   <si>
     <t>ARGENX SE</t>
   </si>
   <si>
     <t>99A03Q7Q7</t>
   </si>
   <si>
     <t>NL0010832176</t>
   </si>
   <si>
     <t>BNHKYX4</t>
   </si>
   <si>
     <t>ARROW ELECTRONICS INC:5.150 21AUG2029</t>
   </si>
   <si>
     <t>04273WAF8</t>
   </si>
   <si>
     <t>US04273WAF86</t>
   </si>
   <si>
     <t>BQXSG93</t>
   </si>
@@ -951,50 +984,62 @@
   <si>
     <t>ASML HOLDINGS NV</t>
   </si>
   <si>
     <t>99902JF61</t>
   </si>
   <si>
     <t>NL0010273215</t>
   </si>
   <si>
     <t>B929F46</t>
   </si>
   <si>
     <t>ASSA ABLOY SA SER 'B'</t>
   </si>
   <si>
     <t>999JIK5Y0</t>
   </si>
   <si>
     <t>SE0007100581</t>
   </si>
   <si>
     <t>BYPC1T4</t>
   </si>
   <si>
+    <t>ASSOCIATED BANC CORP USD COM</t>
+  </si>
+  <si>
+    <t>045487105</t>
+  </si>
+  <si>
+    <t>US0454871056</t>
+  </si>
+  <si>
+    <t>2055718</t>
+  </si>
+  <si>
     <t>ASTELLAS PHARMA INC (4503)</t>
   </si>
   <si>
     <t>984991109</t>
   </si>
   <si>
     <t>JP3942400007</t>
   </si>
   <si>
     <t>6985383</t>
   </si>
   <si>
     <t>ASTRAZENECA PLC 25P ORDS</t>
   </si>
   <si>
     <t>974997116</t>
   </si>
   <si>
     <t>GB0009895292</t>
   </si>
   <si>
     <t>0989529</t>
   </si>
   <si>
     <t>ASUSTEK COMPUTER INC TWD10 ORDS</t>
@@ -1011,167 +1056,158 @@
   <si>
     <t>AT&amp;T INC</t>
   </si>
   <si>
     <t>00206R102</t>
   </si>
   <si>
     <t>US00206R1023</t>
   </si>
   <si>
     <t>2831811</t>
   </si>
   <si>
     <t>AT&amp;T INC:3.500 15SEP2053</t>
   </si>
   <si>
     <t>00206RKJ0</t>
   </si>
   <si>
     <t>US00206RKJ04</t>
   </si>
   <si>
     <t>BNTFQF3</t>
   </si>
   <si>
-    <t>ATHENE GLOBAL FUNDING:5.620 08MAY2026</t>
-[...8 lines deleted...]
-    <t>BS561P0</t>
+    <t>ATHENE GLOBAL FUNDING:5.349 09JUL2027</t>
+  </si>
+  <si>
+    <t>04685A3X7</t>
+  </si>
+  <si>
+    <t>US04685A3X78</t>
+  </si>
+  <si>
+    <t>BS6WMT8</t>
+  </si>
+  <si>
+    <t>ATLANTIC UNION BANKSHARES CO</t>
+  </si>
+  <si>
+    <t>04911A107</t>
+  </si>
+  <si>
+    <t>US04911A1079</t>
+  </si>
+  <si>
+    <t>BFZ9DB8</t>
   </si>
   <si>
     <t>ATLAS COPCO SER A SHS</t>
   </si>
   <si>
     <t>99WKGR2K1</t>
   </si>
   <si>
     <t>SE0017486889</t>
   </si>
   <si>
     <t>BLDBN41</t>
   </si>
   <si>
     <t>ATS CORPORATION</t>
   </si>
   <si>
     <t>CA00217Y1043</t>
   </si>
   <si>
     <t>BP8JT73</t>
   </si>
   <si>
-    <t>AUSTRALIA GOVT:2.250 21MAY2028</t>
-[...26 lines deleted...]
-    <t>AUTO TRADER GROUP PLC (UKM LISTING)</t>
+    <t>AUSTRALIA (COMMONWEALTH OF):4.250 21OCT2036</t>
+  </si>
+  <si>
+    <t>AU0000407256</t>
+  </si>
+  <si>
+    <t>BRWD2K9</t>
+  </si>
+  <si>
+    <t>AUSTRIA (REPUBLIC OF):2.400 23MAY2034</t>
+  </si>
+  <si>
+    <t>AT0000A10683</t>
+  </si>
+  <si>
+    <t>B95ZBJ8</t>
+  </si>
+  <si>
+    <t>AUSTRIA (REPUBLIC OF):2.950 20FEB2035</t>
+  </si>
+  <si>
+    <t>AT0000A3HU25</t>
+  </si>
+  <si>
+    <t>BSSGGH4</t>
+  </si>
+  <si>
+    <t>AUTODESK INC USD COM</t>
+  </si>
+  <si>
+    <t>052769106</t>
+  </si>
+  <si>
+    <t>US0527691069</t>
+  </si>
+  <si>
+    <t>2065159</t>
+  </si>
+  <si>
+    <t>AUTOMATIC DATA PROCESSING INC:USD COM</t>
+  </si>
+  <si>
+    <t>053015103</t>
+  </si>
+  <si>
+    <t>US0530151036</t>
+  </si>
+  <si>
+    <t>2065308</t>
+  </si>
+  <si>
+    <t>AUTOTRADER GROUP PLC</t>
   </si>
   <si>
     <t>99A2DDF82</t>
   </si>
   <si>
     <t>GB00BVYVFW23</t>
   </si>
   <si>
     <t>BVYVFW2</t>
   </si>
   <si>
-    <t>AUTODESK INC USD COM</t>
-[...43 lines deleted...]
-  <si>
     <t>AVIVA PLC</t>
   </si>
   <si>
     <t>999XXXXS6</t>
   </si>
   <si>
     <t>GB00BPQY8M80</t>
   </si>
   <si>
     <t>BPQY8M8</t>
   </si>
   <si>
     <t>AVOLON HOLDINGS FUNDING LTD:4.950 15JAN2028</t>
   </si>
   <si>
     <t>05401AAW1</t>
   </si>
   <si>
     <t>US05401AAW18</t>
   </si>
   <si>
     <t>BQ2KRR5</t>
   </si>
   <si>
     <t>AVOLON HOLDINGS FUNDING LTD:5.375 30MAY2030</t>
@@ -1200,50 +1236,62 @@
   <si>
     <t>AXIS BANK LTD</t>
   </si>
   <si>
     <t>991245150</t>
   </si>
   <si>
     <t>INE238A01034</t>
   </si>
   <si>
     <t>BPFJHC7</t>
   </si>
   <si>
     <t>AXON ENTERPRISE INC</t>
   </si>
   <si>
     <t>05464C101</t>
   </si>
   <si>
     <t>US05464C1018</t>
   </si>
   <si>
     <t>BDT5S35</t>
   </si>
   <si>
+    <t>AXOS FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>05465C100</t>
+  </si>
+  <si>
+    <t>US05465C1009</t>
+  </si>
+  <si>
+    <t>BGK38H3</t>
+  </si>
+  <si>
     <t>AYALA CORPORATION</t>
   </si>
   <si>
     <t>573932RE2</t>
   </si>
   <si>
     <t>PHY0486V1154</t>
   </si>
   <si>
     <t>B09JBT3</t>
   </si>
   <si>
     <t>B3 SA-BRASIL BOLSA BALCAO</t>
   </si>
   <si>
     <t>999YTR157</t>
   </si>
   <si>
     <t>BRB3SAACNOR6</t>
   </si>
   <si>
     <t>BG36ZK1</t>
   </si>
   <si>
     <t>BAIDU INC-CLASS A</t>
@@ -1272,87 +1320,123 @@
   <si>
     <t>BALFOUR BEATTY PLC 50P ORDS</t>
   </si>
   <si>
     <t>055990105</t>
   </si>
   <si>
     <t>GB0000961622</t>
   </si>
   <si>
     <t>0096162</t>
   </si>
   <si>
     <t>BALL CORP USD COM</t>
   </si>
   <si>
     <t>058498106</t>
   </si>
   <si>
     <t>US0584981064</t>
   </si>
   <si>
     <t>2073022</t>
   </si>
   <si>
+    <t>BANC OF CALIFORNIA INC</t>
+  </si>
+  <si>
+    <t>05990K106</t>
+  </si>
+  <si>
+    <t>US05990K1060</t>
+  </si>
+  <si>
+    <t>BCD47X4</t>
+  </si>
+  <si>
+    <t>BANCA GENERALI SPA</t>
+  </si>
+  <si>
+    <t>999930OU9</t>
+  </si>
+  <si>
+    <t>IT0001031084</t>
+  </si>
+  <si>
+    <t>B1HKSV6</t>
+  </si>
+  <si>
     <t>BANCA MONTE DEI PASCHI SIENA:EUR0.64 (IPO)</t>
   </si>
   <si>
     <t>99BANC551</t>
   </si>
   <si>
     <t>IT0005508921</t>
   </si>
   <si>
     <t>BK93RS6</t>
   </si>
   <si>
+    <t>BANCFIRST CORP USD COM</t>
+  </si>
+  <si>
+    <t>05945F103</t>
+  </si>
+  <si>
+    <t>US05945F1030</t>
+  </si>
+  <si>
+    <t>2078782</t>
+  </si>
+  <si>
     <t>BANCO BILBAO VIZCAYA ARGENTARIA:SA EUR0.49 ORDS</t>
   </si>
   <si>
     <t>9900012J7</t>
   </si>
   <si>
     <t>ES0113211835</t>
   </si>
   <si>
     <t>5501906</t>
   </si>
   <si>
     <t>BANCO BPM SPA</t>
   </si>
   <si>
     <t>999DA4TR6</t>
   </si>
   <si>
     <t>IT0005218380</t>
   </si>
   <si>
     <t>BYMD5K9</t>
   </si>
   <si>
-    <t>BANCO BRADESCO SA BRL ON SHS</t>
+    <t>BANCO BRADESCO S.A.</t>
   </si>
   <si>
     <t>997999883</t>
   </si>
   <si>
     <t>BRBBDCACNOR1</t>
   </si>
   <si>
     <t>B00FM86</t>
   </si>
   <si>
     <t>BANCO COMERCIAL PORTUGUES-R</t>
   </si>
   <si>
     <t>99V1PLYM8</t>
   </si>
   <si>
     <t>PTBCP0AM0015</t>
   </si>
   <si>
     <t>BZCNN35</t>
   </si>
   <si>
     <t>BANCO DE SABADELL SA</t>
   </si>
@@ -1368,434 +1452,455 @@
   <si>
     <t>BANCO SANTANDER SA</t>
   </si>
   <si>
     <t>993992GD2</t>
   </si>
   <si>
     <t>ES0113900J37</t>
   </si>
   <si>
     <t>5705946</t>
   </si>
   <si>
     <t>BANCO SANTANDER SA:5.439 15JUL2031</t>
   </si>
   <si>
     <t>05964HBG9</t>
   </si>
   <si>
     <t>US05964HBG92</t>
   </si>
   <si>
     <t>BS6VKD5</t>
   </si>
   <si>
+    <t>BANCORP INC</t>
+  </si>
+  <si>
+    <t>05969A105</t>
+  </si>
+  <si>
+    <t>US05969A1051</t>
+  </si>
+  <si>
+    <t>B05BRL7</t>
+  </si>
+  <si>
     <t>BANDAI NAMCO HOLDINGS INC</t>
   </si>
   <si>
     <t>99ABHD9J1</t>
   </si>
   <si>
     <t>JP3778630008</t>
   </si>
   <si>
     <t>B0JDQD4</t>
   </si>
   <si>
     <t>BANGKOK DUSIT MED SERVICE-F</t>
   </si>
   <si>
     <t>999A0JRJ0</t>
   </si>
   <si>
     <t>TH0264A10Z12</t>
   </si>
   <si>
     <t>BLZGSM7</t>
   </si>
   <si>
     <t>BANK CENTRAL ASIA PT</t>
   </si>
   <si>
     <t>999A0B064</t>
   </si>
   <si>
     <t>ID1000109507</t>
   </si>
   <si>
     <t>B01C1P6</t>
   </si>
   <si>
+    <t>BANK FIRST CORP</t>
+  </si>
+  <si>
+    <t>06211J100</t>
+  </si>
+  <si>
+    <t>US06211J1007</t>
+  </si>
+  <si>
+    <t>BNZLBS3</t>
+  </si>
+  <si>
     <t>BANK MANDIRI PERSERO TBK PT</t>
   </si>
   <si>
     <t>573933WM6</t>
   </si>
   <si>
     <t>ID1000095003</t>
   </si>
   <si>
     <t>6651048</t>
   </si>
   <si>
     <t>BANK OF AMERICA CORP USD COM</t>
   </si>
   <si>
     <t>060505104</t>
   </si>
   <si>
     <t>US0605051046</t>
   </si>
   <si>
     <t>2295677</t>
   </si>
   <si>
-    <t>BANK OF AMERICA CORP:5.464 09MAY2036</t>
-[...10 lines deleted...]
-  <si>
     <t>BANK OF AMERICA CORP:5.872 15SEP2034</t>
   </si>
   <si>
     <t>06051GLU1</t>
   </si>
   <si>
     <t>US06051GLU12</t>
   </si>
   <si>
     <t>BNNJDR2</t>
   </si>
   <si>
     <t>BANK OF CHINA LTD H</t>
   </si>
   <si>
     <t>99AC5T437</t>
   </si>
   <si>
     <t>CNE1000001Z5</t>
   </si>
   <si>
     <t>B154564</t>
   </si>
   <si>
+    <t>BANK OF HAWAII CORP USD COM</t>
+  </si>
+  <si>
+    <t>062540109</t>
+  </si>
+  <si>
+    <t>US0625401098</t>
+  </si>
+  <si>
+    <t>2074070</t>
+  </si>
+  <si>
     <t>BANK OF IRELAND GROUP PLC (IRE LISTING)</t>
   </si>
   <si>
     <t>999KIE562</t>
   </si>
   <si>
     <t>IE00BD1RP616</t>
   </si>
   <si>
     <t>BD1RP61</t>
   </si>
   <si>
+    <t>BANK OF IRELAND GROUP PLC:3.625 10NOV2036</t>
+  </si>
+  <si>
+    <t>XS3225871121</t>
+  </si>
+  <si>
+    <t>BTTM786</t>
+  </si>
+  <si>
     <t>BANK OF NEW YORK MELLON CORP</t>
   </si>
   <si>
     <t>064058100</t>
   </si>
   <si>
     <t>US0640581007</t>
   </si>
   <si>
     <t>B1Z77F6</t>
   </si>
   <si>
     <t>BANK OF NEW YORK MELLON CORP/THE:5.188 14MAR2035</t>
   </si>
   <si>
     <t>06406RBW6</t>
   </si>
   <si>
     <t>US06406RBW60</t>
   </si>
   <si>
     <t>BQKN196</t>
   </si>
   <si>
-    <t>BANK PEKAO SA PLN1 ORDS</t>
-[...8 lines deleted...]
-    <t>5473113</t>
+    <t>BANK OF NOVA SCOTIA:4.813 02FEB2034</t>
+  </si>
+  <si>
+    <t>06418GAZ0</t>
+  </si>
+  <si>
+    <t>US06418GAZ00</t>
+  </si>
+  <si>
+    <t>BRBNW66</t>
+  </si>
+  <si>
+    <t>BANK OZK</t>
+  </si>
+  <si>
+    <t>06417N103</t>
+  </si>
+  <si>
+    <t>US06417N1037</t>
+  </si>
+  <si>
+    <t>BZ56Q65</t>
   </si>
   <si>
     <t>BANK RAKYAT INDONESIA</t>
   </si>
   <si>
     <t>999A0EWI7</t>
   </si>
   <si>
     <t>ID1000118201</t>
   </si>
   <si>
     <t>6709099</t>
   </si>
   <si>
     <t>BANKINTER SA ESP250 REGD ORDS</t>
   </si>
   <si>
     <t>997516Z85</t>
   </si>
   <si>
     <t>ES0113679I37</t>
   </si>
   <si>
     <t>5474008</t>
   </si>
   <si>
-    <t>BANQUE CANTONALE VAUDOIS-REG</t>
-[...8 lines deleted...]
-    <t>BMFY8R3</t>
+    <t>BANKUNITED INC</t>
+  </si>
+  <si>
+    <t>06652K103</t>
+  </si>
+  <si>
+    <t>US06652K1034</t>
+  </si>
+  <si>
+    <t>B3NNTZ4</t>
+  </si>
+  <si>
+    <t>BANNER CORP USD COM</t>
+  </si>
+  <si>
+    <t>06652V208</t>
+  </si>
+  <si>
+    <t>US06652V2088</t>
+  </si>
+  <si>
+    <t>2346003</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:LSA: (CDX.EM.40.V1 1.000 20DEC2028:Z9691XBQ6</t>
   </si>
   <si>
     <t>Z9691XE83</t>
   </si>
   <si>
     <t>EZXWTK5G6C61</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:LSA: (CDX.EM.41.V1 1.000 20JUN2029:Z96HYC4Y9</t>
   </si>
   <si>
     <t>Z96HYC676</t>
   </si>
   <si>
     <t>EZKFGV9S8KR7</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:LSA: (CDX.EM.42.V1 1.000 20DEC2029:Z96RZ8H39</t>
   </si>
   <si>
     <t>Z96RZ8H54</t>
   </si>
   <si>
     <t>EZ8N8SNTCSD6</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:LSA: (CDX.EM.43.V1 1.000 20JUN2030:Z96ZAV0N1</t>
   </si>
   <si>
     <t>Z96ZAV183</t>
   </si>
   <si>
     <t>EZTMVY7QP0Y7</t>
   </si>
   <si>
-    <t>BANQUE CETRLE DE:LSA: (ITRAXX.XO.39.V1 5.000 20JUN2028:Z961CUPR0</t>
-[...23 lines deleted...]
-    <t>EZQXR8FV2Z30</t>
+    <t>BANQUE CETRLE DE:LSA: (CDX.NA.HY.45.V1 5.000 20DEC2030:Z9796YTG1</t>
+  </si>
+  <si>
+    <t>Z9796YTM8</t>
+  </si>
+  <si>
+    <t>EZNK9VNBJ0X1</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:LSA: (ITRAXX.XO.44.V1 5.000 20DEC2030:Z978T5KF2</t>
   </si>
   <si>
     <t>Z978T5LD6</t>
   </si>
   <si>
     <t>EZFR7LR29L23</t>
   </si>
   <si>
-    <t>BANQUE CETRLE DE:SWP CDS CASH OFFSET:Z961CUPR0</t>
-[...22 lines deleted...]
-  <si>
     <t>BANQUE CETRLE DE:SWP CDS CASH OFFSET:Z978T5KF2</t>
   </si>
   <si>
     <t>Z978T5NR3</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:SWP CDX CASH OFFSET:Z9691XBQ6</t>
   </si>
   <si>
     <t>Z9691XCZ5</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:SWP CDX CASH OFFSET:Z96HYC4Y9</t>
   </si>
   <si>
     <t>Z96HYC7H3</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:SWP CDX CASH OFFSET:Z96RZ8H39</t>
   </si>
   <si>
     <t>Z96RZ8H70</t>
   </si>
   <si>
     <t>BANQUE CETRLE DE:SWP CDX CASH OFFSET:Z96ZAV0N1</t>
   </si>
   <si>
     <t>Z96ZAV1S9</t>
   </si>
   <si>
-    <t>BANQUE FEDERATIVE DU CREDIT MUTUEL/ FRAN:4.375 11JAN2034</t>
+    <t>BANQUE CETRLE DE:SWP CDX CASH OFFSET:Z9796YTG1</t>
+  </si>
+  <si>
+    <t>Z9796YTS5</t>
+  </si>
+  <si>
+    <t>BANQUE FEDERATIVE DU CREDIT MUTUEL SA:4.375 11JAN2034</t>
   </si>
   <si>
     <t>FR001400N3I5</t>
   </si>
   <si>
     <t>BRXKT08</t>
   </si>
   <si>
-    <t>BARCLAYS BANK PLC:SWP CDX - CDX.EM.38.V1 1.000 20DEC2027:BMIBLXP</t>
-[...5 lines deleted...]
-    <t>EZQT5TVWGG85</t>
+    <t>BARCLAYS BANK PLC:0.000 31DEC2049</t>
+  </si>
+  <si>
+    <t>BXCX0005B</t>
   </si>
   <si>
     <t>BARCLAYS BANK PLC:SWP CDX - CDX.EM.39.V1 1.000 20JUN2028:BMIBWW0</t>
   </si>
   <si>
     <t>BMIBWW0M4</t>
   </si>
   <si>
     <t>EZ6N5RTF6TW5</t>
   </si>
   <si>
-    <t>BARCLAYS BANK PLC:SWP CDX CASH OFFSET:BMIBLXPK1</t>
-[...7 lines deleted...]
-  <si>
     <t>BARCLAYS BANK PLC:SWP CDX CASH OFFSET:BMIBWW0L6</t>
   </si>
   <si>
     <t>BMIBWW0N2</t>
   </si>
   <si>
     <t>BARCLAYS PLC 0.25P ORDS</t>
   </si>
   <si>
     <t>970970AL3</t>
   </si>
   <si>
     <t>GB0031348658</t>
   </si>
   <si>
     <t>3134865</t>
   </si>
   <si>
     <t>BAWAG GROUP AG</t>
   </si>
   <si>
     <t>99V6Q9D04</t>
   </si>
   <si>
     <t>AT0000BAWAG2</t>
   </si>
   <si>
     <t>BZ1GZ06</t>
   </si>
   <si>
     <t>BAYERISCHE MOTOREN WERKE:ORDS</t>
   </si>
   <si>
     <t>990002529</t>
   </si>
   <si>
     <t>DE0005190003</t>
   </si>
   <si>
     <t>5756029</t>
   </si>
   <si>
+    <t>BEACON FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>084680107</t>
+  </si>
+  <si>
+    <t>US0846801076</t>
+  </si>
+  <si>
+    <t>2606570</t>
+  </si>
+  <si>
     <t>BEIERSDORF AG DEM NPV ORDS</t>
   </si>
   <si>
     <t>9900025L7</t>
   </si>
   <si>
     <t>DE0005200000</t>
   </si>
   <si>
     <t>5107401</t>
   </si>
   <si>
     <t>BELL TELEPHONE COMPANY OF CANADA OR BELL:5.200 15FEB2034</t>
   </si>
   <si>
     <t>0778FPAM1</t>
   </si>
   <si>
     <t>US0778FPAM16</t>
   </si>
   <si>
     <t>BPGLSK7</t>
   </si>
   <si>
     <t>BERKSHIRE HATHAWAY CLASS B COM</t>
@@ -1848,521 +1953,677 @@
   <si>
     <t>BILFINGER BERGER SE</t>
   </si>
   <si>
     <t>9900025X1</t>
   </si>
   <si>
     <t>DE0005909006</t>
   </si>
   <si>
     <t>5117381</t>
   </si>
   <si>
     <t>BIM BIRLESIK MAGAZALAR AS</t>
   </si>
   <si>
     <t>999924SJ3</t>
   </si>
   <si>
     <t>TREBIMM00018</t>
   </si>
   <si>
     <t>B0D0006</t>
   </si>
   <si>
+    <t>BKW AG</t>
+  </si>
+  <si>
+    <t>999907XS2</t>
+  </si>
+  <si>
+    <t>CH0130293662</t>
+  </si>
+  <si>
+    <t>B76D410</t>
+  </si>
+  <si>
     <t>BLACKSKY TECHNOLOGY INC</t>
   </si>
   <si>
     <t>09263B207</t>
   </si>
   <si>
     <t>US09263B2079</t>
   </si>
   <si>
     <t>BSQNQM2</t>
   </si>
   <si>
+    <t>BMS IRELAND CAPITAL FUNDING DAC:4.581 10NOV2055</t>
+  </si>
+  <si>
+    <t>XS3215466767</t>
+  </si>
+  <si>
+    <t>BP9QC63</t>
+  </si>
+  <si>
     <t>BNP PARIBAS EUR2.0</t>
   </si>
   <si>
     <t>990002453</t>
   </si>
   <si>
     <t>FR0000131104</t>
   </si>
   <si>
     <t>7309681</t>
   </si>
   <si>
+    <t>BOK FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>05561Q201</t>
+  </si>
+  <si>
+    <t>US05561Q2012</t>
+  </si>
+  <si>
+    <t>2109091</t>
+  </si>
+  <si>
     <t>BOLIDEN AB</t>
   </si>
   <si>
     <t>99BLDN562</t>
   </si>
   <si>
     <t>SE0020050417</t>
   </si>
   <si>
     <t>BPYTZ57</t>
   </si>
   <si>
     <t>BOOKING HOLDINGS INC</t>
   </si>
   <si>
     <t>09857L108</t>
   </si>
   <si>
     <t>US09857L1089</t>
   </si>
   <si>
     <t>BDRXDB4</t>
   </si>
   <si>
     <t>BPER BANCA</t>
   </si>
   <si>
     <t>990003OF7</t>
   </si>
   <si>
     <t>IT0000066123</t>
   </si>
   <si>
     <t>4116099</t>
   </si>
   <si>
+    <t>BRAZIL FEDERATIVE REPUBLIC OF (GOVERNMEN:0.000 01JAN2029</t>
+  </si>
+  <si>
+    <t>BRSTNCLTN806</t>
+  </si>
+  <si>
+    <t>BPBKBN3</t>
+  </si>
+  <si>
     <t>BRISTOL MYERS SQUIBB USD .10 COM</t>
   </si>
   <si>
     <t>110122108</t>
   </si>
   <si>
     <t>US1101221083</t>
   </si>
   <si>
     <t>2126335</t>
   </si>
   <si>
-    <t>BRISTOL-MYERS SQUIBB CO:5.650 22FEB2064</t>
-[...10 lines deleted...]
-  <si>
     <t>BROADCOM INC</t>
   </si>
   <si>
     <t>11135F101</t>
   </si>
   <si>
     <t>US11135F1012</t>
   </si>
   <si>
     <t>BDZ78H9</t>
   </si>
   <si>
     <t>BROADCOM INC:2.450 15FEB2031</t>
   </si>
   <si>
-    <t>11135FBH3</t>
-[...5 lines deleted...]
-    <t>BMCPJY3</t>
+    <t>11135FCQ2</t>
+  </si>
+  <si>
+    <t>US11135FCQ28</t>
+  </si>
+  <si>
+    <t>BW5T4Z8</t>
+  </si>
+  <si>
+    <t>BROADCOM INC:5.700 15JAN2056</t>
+  </si>
+  <si>
+    <t>11135FDD0</t>
+  </si>
+  <si>
+    <t>US11135FDD06</t>
+  </si>
+  <si>
+    <t>BVPC4Y9</t>
   </si>
   <si>
     <t>BROADRIDGE FINANCIAL SOLUTIONS</t>
   </si>
   <si>
     <t>11133T103</t>
   </si>
   <si>
     <t>US11133T1034</t>
   </si>
   <si>
     <t>B1VP7R6</t>
   </si>
   <si>
-    <t>BROOKFIELD ASSET MANAGEMENT LIMITED:5.795 24APR2035</t>
-[...8 lines deleted...]
-    <t>BSTS107</t>
+    <t>BROOKFIELD ASSET MANAGEMENT LTD:4.653 15NOV2030</t>
+  </si>
+  <si>
+    <t>113004AB1</t>
+  </si>
+  <si>
+    <t>US113004AB12</t>
+  </si>
+  <si>
+    <t>BVMPY41</t>
+  </si>
+  <si>
+    <t>BROOKFIELD ASSET MANAGEMENT LTD:5.298 15JAN2036</t>
+  </si>
+  <si>
+    <t>113004AC9</t>
+  </si>
+  <si>
+    <t>US113004AC94</t>
+  </si>
+  <si>
+    <t>BVMPY52</t>
   </si>
   <si>
     <t>BUNZL PLC</t>
   </si>
   <si>
     <t>999924GE7</t>
   </si>
   <si>
     <t>GB00B0744B38</t>
   </si>
   <si>
     <t>B0744B3</t>
   </si>
   <si>
+    <t>BURKE HERBERT FINANCIAL SERVICES T</t>
+  </si>
+  <si>
+    <t>12135Y108</t>
+  </si>
+  <si>
+    <t>US12135Y1082</t>
+  </si>
+  <si>
+    <t>BQ1PC32</t>
+  </si>
+  <si>
     <t>BUZZI SPA</t>
   </si>
   <si>
     <t>T2320M109</t>
   </si>
   <si>
     <t>IT0001347308</t>
   </si>
   <si>
     <t>5782206</t>
   </si>
   <si>
     <t>BYD CO. LTD</t>
   </si>
   <si>
     <t>573933CY2</t>
   </si>
   <si>
     <t>CNE100000296</t>
   </si>
   <si>
     <t>6536651</t>
   </si>
   <si>
+    <t>BYLINE BANCORP INC</t>
+  </si>
+  <si>
+    <t>124411109</t>
+  </si>
+  <si>
+    <t>US1244111092</t>
+  </si>
+  <si>
+    <t>BD5G2C9</t>
+  </si>
+  <si>
     <t>C3.AI INC-A</t>
   </si>
   <si>
     <t>12468P104</t>
   </si>
   <si>
     <t>US12468P1049</t>
   </si>
   <si>
     <t>BMGNBJ2</t>
   </si>
   <si>
     <t>CACI INTL INC CL A USD COM</t>
   </si>
   <si>
     <t>127190304</t>
   </si>
   <si>
     <t>US1271903049</t>
   </si>
   <si>
     <t>2159267</t>
   </si>
   <si>
+    <t>CADENCE BANK</t>
+  </si>
+  <si>
+    <t>12740C103</t>
+  </si>
+  <si>
+    <t>US12740C1036</t>
+  </si>
+  <si>
+    <t>BMCS168</t>
+  </si>
+  <si>
     <t>CAIXABANK</t>
   </si>
   <si>
     <t>997517LV7</t>
   </si>
   <si>
     <t>ES0140609019</t>
   </si>
   <si>
     <t>B283W97</t>
   </si>
   <si>
     <t>CAIXABANK SA:4.375 08AUG2036</t>
   </si>
   <si>
     <t>XS2875107307</t>
   </si>
   <si>
     <t>BRJQSS1</t>
   </si>
   <si>
-    <t>CANADIAN GOVERNMENT BOND:1.250 01JUN2030</t>
+    <t>CAMDEN NATIONAL CORP:USD COM</t>
+  </si>
+  <si>
+    <t>133034108</t>
+  </si>
+  <si>
+    <t>US1330341082</t>
+  </si>
+  <si>
+    <t>2116659</t>
+  </si>
+  <si>
+    <t>CANADA (GOVERNMENT OF):1.250 01JUN2030</t>
   </si>
   <si>
     <t>135087K37</t>
   </si>
   <si>
     <t>CA135087K379</t>
   </si>
   <si>
     <t>BK6YKK5</t>
   </si>
   <si>
-    <t>CANADIAN GOVERNMENT BOND:1.750 01DEC2053</t>
-[...8 lines deleted...]
-    <t>BM8B9F6</t>
+    <t>CANADA (GOVERNMENT OF):2.750 01SEP2030</t>
+  </si>
+  <si>
+    <t>135087T38</t>
+  </si>
+  <si>
+    <t>CA135087T388</t>
+  </si>
+  <si>
+    <t>BTK0QP9</t>
   </si>
   <si>
     <t>CAPCOM CO LTD (9697)</t>
   </si>
   <si>
     <t>9T9697119</t>
   </si>
   <si>
     <t>JP3218900003</t>
   </si>
   <si>
     <t>6173694</t>
   </si>
   <si>
-    <t>CAPITAL POWER (US HOLDINGS) INC:5.257 01JUN2028</t>
+    <t>CAPITAL POWER US HOLDING INC:5.257 01JUN2028</t>
   </si>
   <si>
     <t>14041TAA6</t>
   </si>
   <si>
     <t>US14041TAA60</t>
   </si>
   <si>
     <t>BV98BX1</t>
   </si>
   <si>
     <t>CAPITEC BANKHOLDING S LTD</t>
   </si>
   <si>
     <t>779799972</t>
   </si>
   <si>
     <t>ZAE000035861</t>
   </si>
   <si>
     <t>6440859</t>
   </si>
   <si>
+    <t>CAPITOL FEDERAL FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>14057J101</t>
+  </si>
+  <si>
+    <t>US14057J1016</t>
+  </si>
+  <si>
+    <t>B3KWJV0</t>
+  </si>
+  <si>
     <t>CARDINAL HEALTH INC USD COM</t>
   </si>
   <si>
     <t>14149Y108</t>
   </si>
   <si>
     <t>US14149Y1082</t>
   </si>
   <si>
     <t>2175672</t>
   </si>
   <si>
     <t>CARLSBERG DKK20:ORDS SER B</t>
   </si>
   <si>
     <t>344993100</t>
   </si>
   <si>
     <t>DK0010181759</t>
   </si>
   <si>
     <t>4169219</t>
   </si>
   <si>
     <t>CARRIER GLOBAL CORP WI</t>
   </si>
   <si>
     <t>14448C104</t>
   </si>
   <si>
     <t>US14448C1045</t>
   </si>
   <si>
     <t>BK4N0D7</t>
   </si>
   <si>
-    <t>CASH COLLATERAL EUR HSBC:0.000 31DEC2049</t>
-[...4 lines deleted...]
-  <si>
     <t>CATERPILLAR INC USD COM</t>
   </si>
   <si>
     <t>149123101</t>
   </si>
   <si>
     <t>US1491231015</t>
   </si>
   <si>
     <t>2180201</t>
   </si>
   <si>
     <t>CATHAY FINANCIAL HLDGS CO LTD:</t>
   </si>
   <si>
     <t>572994119</t>
   </si>
   <si>
     <t>TW0002882008</t>
   </si>
   <si>
     <t>6425663</t>
   </si>
   <si>
+    <t>CATHAY GENERAL BANCORP INC:USD COM</t>
+  </si>
+  <si>
+    <t>149150104</t>
+  </si>
+  <si>
+    <t>US1491501045</t>
+  </si>
+  <si>
+    <t>2264235</t>
+  </si>
+  <si>
+    <t>CBRE SERVICES INC:4.900 15JAN2033</t>
+  </si>
+  <si>
+    <t>12505BAL4</t>
+  </si>
+  <si>
+    <t>US12505BAL45</t>
+  </si>
+  <si>
+    <t>BP9M6F8</t>
+  </si>
+  <si>
     <t>CELANESE US HOLDINGS LLC:7.200 15NOV2033</t>
   </si>
   <si>
     <t>15089QAY0</t>
   </si>
   <si>
     <t>US15089QAY08</t>
   </si>
   <si>
     <t>BRBDWD3</t>
   </si>
   <si>
     <t>CELLTRION INC</t>
   </si>
   <si>
     <t>99S111841</t>
   </si>
   <si>
     <t>KR7068270008</t>
   </si>
   <si>
     <t>B0C5YV1</t>
   </si>
   <si>
-    <t>CEMBRA MONEY BAN (SWI LISTING)</t>
-[...10 lines deleted...]
-  <si>
     <t>CENCORA INC</t>
   </si>
   <si>
     <t>03073E105</t>
   </si>
   <si>
     <t>US03073E1055</t>
   </si>
   <si>
     <t>2795393</t>
   </si>
   <si>
     <t>CENTENE CORP:3.000 15OCT2030</t>
   </si>
   <si>
     <t>15135BAW1</t>
   </si>
   <si>
     <t>US15135BAW19</t>
   </si>
   <si>
     <t>BKVDKR4</t>
   </si>
   <si>
     <t>CENTRAL JAPAN RAILWAY (9022)</t>
   </si>
   <si>
     <t>J05523105</t>
   </si>
   <si>
     <t>JP3566800003</t>
   </si>
   <si>
     <t>6183552</t>
   </si>
   <si>
+    <t>CENTRAL PACIFIC FINANCIAL CO: USD COM</t>
+  </si>
+  <si>
+    <t>154760409</t>
+  </si>
+  <si>
+    <t>US1547604090</t>
+  </si>
+  <si>
+    <t>2230946</t>
+  </si>
+  <si>
+    <t>CENTRICA PLC</t>
+  </si>
+  <si>
+    <t>999922LT2</t>
+  </si>
+  <si>
+    <t>GB00B033F229</t>
+  </si>
+  <si>
+    <t>B033F22</t>
+  </si>
+  <si>
     <t>CHAILEASE HOLDING CO LTD</t>
   </si>
   <si>
     <t>99A0096H9</t>
   </si>
   <si>
     <t>KYG202881093</t>
   </si>
   <si>
     <t>B58J1S8</t>
   </si>
   <si>
-    <t>CHARLES SCHWAB CORP:6.136 24AUG2034</t>
-[...8 lines deleted...]
-    <t>BLGYRK1</t>
+    <t>CHARLES SCHWAB CORP:4.914 14NOV2036</t>
+  </si>
+  <si>
+    <t>808513CL7</t>
+  </si>
+  <si>
+    <t>US808513CL74</t>
+  </si>
+  <si>
+    <t>BS84CZ8</t>
   </si>
   <si>
     <t>CHARTER COMMUNICATIONS OPERATING:3.500 01MAR2042</t>
   </si>
   <si>
     <t>161175CE2</t>
   </si>
   <si>
     <t>US161175CE27</t>
   </si>
   <si>
     <t>BN7G7R7</t>
   </si>
   <si>
     <t>CHARTER COMMUNICATIONS OPERATING:6.484 23OCT2045</t>
   </si>
   <si>
     <t>161175BA1</t>
   </si>
   <si>
     <t>US161175BA14</t>
   </si>
   <si>
     <t>BYQ7R23</t>
   </si>
   <si>
     <t>CHEMRING GROUP PLC</t>
   </si>
   <si>
     <t>999909VA9</t>
   </si>
   <si>
     <t>GB00B45C9X44</t>
   </si>
   <si>
     <t>B45C9X4</t>
   </si>
   <si>
+    <t>CHIBA BANK LTD (8331)</t>
+  </si>
+  <si>
+    <t>9T8331116</t>
+  </si>
+  <si>
+    <t>JP3511800009</t>
+  </si>
+  <si>
+    <t>6190563</t>
+  </si>
+  <si>
     <t>CHINA COMMUNICATIONS SERVI-H</t>
   </si>
   <si>
     <t>999A0AIH3</t>
   </si>
   <si>
     <t>CNE1000002G3</t>
   </si>
   <si>
     <t>B1HVJ16</t>
   </si>
   <si>
     <t>CHINA CONSTRUCTION BANK - H</t>
   </si>
   <si>
     <t>573935939</t>
   </si>
   <si>
     <t>CNE1000002H1</t>
   </si>
   <si>
     <t>B0LMTQ3</t>
   </si>
   <si>
     <t>CHINA LIFE INSURANCE CO - H</t>
@@ -2487,98 +2748,86 @@
   <si>
     <t>CHUBU ELECTRIC POWER (9502)</t>
   </si>
   <si>
     <t>171263767</t>
   </si>
   <si>
     <t>JP3526600006</t>
   </si>
   <si>
     <t>6195609</t>
   </si>
   <si>
     <t>CHUGAI PHARMACEUTICAL (4519)</t>
   </si>
   <si>
     <t>171268105</t>
   </si>
   <si>
     <t>JP3519400000</t>
   </si>
   <si>
     <t>6196408</t>
   </si>
   <si>
+    <t>CHUGIN FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99CC8BK09</t>
+  </si>
+  <si>
+    <t>JP3520700000</t>
+  </si>
+  <si>
+    <t>BP29PY8</t>
+  </si>
+  <si>
     <t>CHUNGHWA TELECOM CO LTD</t>
   </si>
   <si>
     <t>572997IY2</t>
   </si>
   <si>
     <t>TW0002412004</t>
   </si>
   <si>
     <t>6287841</t>
   </si>
   <si>
     <t>CHURCH &amp; DWIGHT INC USD COM</t>
   </si>
   <si>
     <t>171340102</t>
   </si>
   <si>
     <t>US1713401024</t>
   </si>
   <si>
     <t>2195841</t>
   </si>
   <si>
-    <t>CIA ENERGETICA DE MINAS GERAIS:PFD 0.000</t>
-[...22 lines deleted...]
-  <si>
     <t>CIGNA GROUP/THE</t>
   </si>
   <si>
     <t>125523100</t>
   </si>
   <si>
     <t>US1255231003</t>
   </si>
   <si>
     <t>BHJ0775</t>
   </si>
   <si>
     <t>CIMB GROUP HOLDINGS BERHAD</t>
   </si>
   <si>
     <t>135997104</t>
   </si>
   <si>
     <t>MYL1023OO000</t>
   </si>
   <si>
     <t>6075745</t>
   </si>
   <si>
     <t>CIPLA LTD</t>
@@ -2607,75 +2856,123 @@
   <si>
     <t>CISCO SYSTEMS INC USD COM</t>
   </si>
   <si>
     <t>17275R102</t>
   </si>
   <si>
     <t>US17275R1023</t>
   </si>
   <si>
     <t>2198163</t>
   </si>
   <si>
     <t>CITIGROUP INC USD COM</t>
   </si>
   <si>
     <t>172967424</t>
   </si>
   <si>
     <t>US1729674242</t>
   </si>
   <si>
     <t>2297907</t>
   </si>
   <si>
+    <t>CITIGROUP INC:3.785 17MAR2033</t>
+  </si>
+  <si>
+    <t>172967NN7</t>
+  </si>
+  <si>
+    <t>US172967NN71</t>
+  </si>
+  <si>
+    <t>BPSK783</t>
+  </si>
+  <si>
+    <t>CITIZENS FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>174610105</t>
+  </si>
+  <si>
+    <t>US1746101054</t>
+  </si>
+  <si>
+    <t>BQRX1X3</t>
+  </si>
+  <si>
+    <t>CITY HOLDING CO USD COM</t>
+  </si>
+  <si>
+    <t>177835105</t>
+  </si>
+  <si>
+    <t>US1778351056</t>
+  </si>
+  <si>
+    <t>2161778</t>
+  </si>
+  <si>
     <t>CLICKS GROUP LTD</t>
   </si>
   <si>
     <t>999939QX2</t>
   </si>
   <si>
     <t>ZAE000134854</t>
   </si>
   <si>
     <t>6105578</t>
   </si>
   <si>
     <t>CLOROX CO USD COM</t>
   </si>
   <si>
     <t>189054109</t>
   </si>
   <si>
     <t>US1890541097</t>
   </si>
   <si>
     <t>2204026</t>
   </si>
   <si>
-    <t>COCA-COLA BOTTLING CO. CONSOL:5.250 01JUN2029</t>
+    <t>COASTAL FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>19046P209</t>
+  </si>
+  <si>
+    <t>US19046P2092</t>
+  </si>
+  <si>
+    <t>BF7J9X0</t>
+  </si>
+  <si>
+    <t>COCA-COLA CONSOLIDATED INC:5.250 01JUN2029</t>
   </si>
   <si>
     <t>191098AM4</t>
   </si>
   <si>
     <t>US191098AM46</t>
   </si>
   <si>
     <t>BRJNXN2</t>
   </si>
   <si>
     <t>COCA-COLA EUROPACIFIC PARTNERS PLC</t>
   </si>
   <si>
     <t>G25839104</t>
   </si>
   <si>
     <t>GB00BDCPN049</t>
   </si>
   <si>
     <t>BYQQ3P5</t>
   </si>
   <si>
     <t>COGNEX CORP USD COM</t>
   </si>
@@ -2691,206 +2988,290 @@
   <si>
     <t>COHORT PLC</t>
   </si>
   <si>
     <t>99ABYKM77</t>
   </si>
   <si>
     <t>GB00B0YD2B94</t>
   </si>
   <si>
     <t>B0YD2B9</t>
   </si>
   <si>
     <t>COINBASE GLOBAL INC</t>
   </si>
   <si>
     <t>19260Q107</t>
   </si>
   <si>
     <t>US19260Q1076</t>
   </si>
   <si>
     <t>BMC9P69</t>
   </si>
   <si>
+    <t>COLUMBIA BANKING SYSTEM INC USD:COM</t>
+  </si>
+  <si>
+    <t>197236102</t>
+  </si>
+  <si>
+    <t>US1972361026</t>
+  </si>
+  <si>
+    <t>2176608</t>
+  </si>
+  <si>
+    <t>COLUMBIA FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>197641103</t>
+  </si>
+  <si>
+    <t>US1976411033</t>
+  </si>
+  <si>
+    <t>BFMB9P3</t>
+  </si>
+  <si>
     <t>COMCAST CORP USD CL-A COM</t>
   </si>
   <si>
     <t>20030N101</t>
   </si>
   <si>
     <t>US20030N1019</t>
   </si>
   <si>
     <t>2044545</t>
   </si>
   <si>
-    <t>COMCAST CORP:2.887 01NOV2051</t>
+    <t>COMCAST CORPORATION:2.887 01NOV2051</t>
   </si>
   <si>
     <t>20030NDS7</t>
   </si>
   <si>
     <t>US20030NDS71</t>
   </si>
   <si>
     <t>BQ7XHB3</t>
   </si>
   <si>
+    <t>COMMERCE BANKSHARES INC USD COM</t>
+  </si>
+  <si>
+    <t>200525103</t>
+  </si>
+  <si>
+    <t>US2005251036</t>
+  </si>
+  <si>
+    <t>2213204</t>
+  </si>
+  <si>
     <t>COMMERCIAL BANK QSC</t>
   </si>
   <si>
     <t>99AC9CSR1</t>
   </si>
   <si>
     <t>QA0007227752</t>
   </si>
   <si>
     <t>6150448</t>
   </si>
   <si>
     <t>COMMERZBANK AG DEM NPV ORDS</t>
   </si>
   <si>
     <t>999AR1JR1</t>
   </si>
   <si>
     <t>DE000CBK1001</t>
   </si>
   <si>
     <t>B90LKT4</t>
   </si>
   <si>
     <t>COMMONWEALTH EDISON COMPANY:5.950 01JUN2055</t>
   </si>
   <si>
     <t>202795KB5</t>
   </si>
   <si>
     <t>US202795KB55</t>
   </si>
   <si>
     <t>BTZHRZ2</t>
   </si>
   <si>
+    <t>COMMUNITY BANCORPORATION INC USD:COM</t>
+  </si>
+  <si>
+    <t>204149108</t>
+  </si>
+  <si>
+    <t>US2041491083</t>
+  </si>
+  <si>
+    <t>2706470</t>
+  </si>
+  <si>
+    <t>COMMUNITY FINANCIAL SYSTEM I</t>
+  </si>
+  <si>
+    <t>203607106</t>
+  </si>
+  <si>
+    <t>US2036071064</t>
+  </si>
+  <si>
+    <t>2222062</t>
+  </si>
+  <si>
     <t>COMPAGNIE DE SAINT GOBAIN</t>
   </si>
   <si>
     <t>990002BJ5</t>
   </si>
   <si>
     <t>FR0000125007</t>
   </si>
   <si>
     <t>7380482</t>
   </si>
   <si>
+    <t>COMPANHIA PARANAENSE DE ENERGIA:COPEL BRL NPV ON SHS</t>
+  </si>
+  <si>
+    <t>99FC72108</t>
+  </si>
+  <si>
+    <t>BRCPLEACNOR8</t>
+  </si>
+  <si>
+    <t>2192831</t>
+  </si>
+  <si>
     <t>COMPASS GROUP PLC</t>
   </si>
   <si>
     <t>999FE4528</t>
   </si>
   <si>
     <t>GB00BD6K4575</t>
   </si>
   <si>
     <t>BD6K457</t>
   </si>
   <si>
     <t>CONCENTRIX CORP:6.650 02AUG2026</t>
   </si>
   <si>
     <t>20602DAA9</t>
   </si>
   <si>
     <t>US20602DAA90</t>
   </si>
   <si>
     <t>BNTDW60</t>
   </si>
   <si>
-    <t>CONSOLIDATED EDISON CO OF NEW YO:5.900 15NOV2053</t>
+    <t>CONNECTONE BANCORP INC NEW COM STK</t>
+  </si>
+  <si>
+    <t>20786W107</t>
+  </si>
+  <si>
+    <t>US20786W1071</t>
+  </si>
+  <si>
+    <t>BNQ4YF9</t>
+  </si>
+  <si>
+    <t>CONSOLIDATED EDISON COMPANY OF NEW YORK:5.900 15NOV2053</t>
   </si>
   <si>
     <t>209111GG2</t>
   </si>
   <si>
     <t>US209111GG25</t>
   </si>
   <si>
     <t>BQXRSK5</t>
   </si>
   <si>
+    <t>CONSTELLATION ENERGY GENERATION LLC:5.750 15MAR2054</t>
+  </si>
+  <si>
+    <t>210385AF7</t>
+  </si>
+  <si>
+    <t>US210385AF78</t>
+  </si>
+  <si>
+    <t>BP9QGH2</t>
+  </si>
+  <si>
     <t>CONTEMPORARY AMPEREX TECHNOLOGY LT</t>
   </si>
   <si>
     <t>99VFWXFW2</t>
   </si>
   <si>
     <t>CNE100003662</t>
   </si>
   <si>
     <t>BHQPSY7</t>
   </si>
   <si>
     <t>COSTCO WHOLESALE CORP USD COM</t>
   </si>
   <si>
     <t>22160K105</t>
   </si>
   <si>
     <t>US22160K1051</t>
   </si>
   <si>
     <t>2701271</t>
   </si>
   <si>
-    <t>COUNTRY GARDEN HOLDINGS</t>
+    <t>COUNTRY GARDEN HOLDINGS CO LTD</t>
   </si>
   <si>
     <t>999A0AY69</t>
   </si>
   <si>
     <t>KYG245241032</t>
   </si>
   <si>
     <t>B1VKYN6</t>
   </si>
   <si>
-    <t>COVESTRO AG-TEND</t>
-[...10 lines deleted...]
-  <si>
     <t>COVIVIO</t>
   </si>
   <si>
     <t>9999D3OY4</t>
   </si>
   <si>
     <t>FR0000064578</t>
   </si>
   <si>
     <t>7745638</t>
   </si>
   <si>
     <t>CP ALL PCL FOREIGN</t>
   </si>
   <si>
     <t>TH7999BJ5</t>
   </si>
   <si>
     <t>TH0737010Y16</t>
   </si>
   <si>
     <t>B08YDF9</t>
   </si>
   <si>
     <t>CREDICORP LTD USD5 COM</t>
@@ -2940,72 +3321,120 @@
   <si>
     <t>CRRC CORP LTD - H</t>
   </si>
   <si>
     <t>999A0C2R4</t>
   </si>
   <si>
     <t>CNE100000BG0</t>
   </si>
   <si>
     <t>B2R2ZC9</t>
   </si>
   <si>
     <t>CTBC FINANCIAL HOLDING CO LT</t>
   </si>
   <si>
     <t>572995AR9</t>
   </si>
   <si>
     <t>TW0002891009</t>
   </si>
   <si>
     <t>6527666</t>
   </si>
   <si>
+    <t>CULLEN FROST BANKERS INC USD COM</t>
+  </si>
+  <si>
+    <t>229899109</t>
+  </si>
+  <si>
+    <t>US2298991090</t>
+  </si>
+  <si>
+    <t>2239556</t>
+  </si>
+  <si>
     <t>CUMMINS INC USD COM</t>
   </si>
   <si>
     <t>231021106</t>
   </si>
   <si>
     <t>US2310211063</t>
   </si>
   <si>
     <t>2240202</t>
   </si>
   <si>
-    <t>CVS CAREMARK CORP:1.750 21AUG2030</t>
-[...8 lines deleted...]
-    <t>BMXRPN9</t>
+    <t>CUSTOMERS BANCORP INC</t>
+  </si>
+  <si>
+    <t>23204G100</t>
+  </si>
+  <si>
+    <t>US23204G1004</t>
+  </si>
+  <si>
+    <t>B6XHXY4</t>
+  </si>
+  <si>
+    <t>CVB FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>126600105</t>
+  </si>
+  <si>
+    <t>US1266001056</t>
+  </si>
+  <si>
+    <t>2160645</t>
+  </si>
+  <si>
+    <t>CVS HEALTH CORP:1.875 28FEB2031</t>
+  </si>
+  <si>
+    <t>126650DQ0</t>
+  </si>
+  <si>
+    <t>US126650DQ03</t>
+  </si>
+  <si>
+    <t>BMGPM28</t>
+  </si>
+  <si>
+    <t>CVS HEALTH CORP:7.000 10MAR2055</t>
+  </si>
+  <si>
+    <t>126650EH9</t>
+  </si>
+  <si>
+    <t>US126650EH94</t>
+  </si>
+  <si>
+    <t>BR84NS1</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>XXXX1</t>
   </si>
   <si>
     <t>DABUR INDIA LTD</t>
   </si>
   <si>
     <t>996998B09</t>
   </si>
   <si>
     <t>INE016A01026</t>
   </si>
   <si>
     <t>6297356</t>
   </si>
   <si>
     <t>DAI-ICHI LIFE INSURANCE(8750)</t>
   </si>
   <si>
     <t>99AKRPM58</t>
   </si>
@@ -3030,110 +3459,98 @@
   <si>
     <t>DAIICHI SANKYO (4568)</t>
   </si>
   <si>
     <t>99ABH2J88</t>
   </si>
   <si>
     <t>JP3475350009</t>
   </si>
   <si>
     <t>B0J7D91</t>
   </si>
   <si>
     <t>DAIKIN INDUSTRIES (6367)</t>
   </si>
   <si>
     <t>233992106</t>
   </si>
   <si>
     <t>JP3481800005</t>
   </si>
   <si>
     <t>6250724</t>
   </si>
   <si>
-    <t>DAIMLER TRUCKS FINANCE NORTH AMERICA LLC:2.000 14DEC2026</t>
+    <t>DAIMLER TRUCK FINANCE NORTH AMERICA LLC:2.000 14DEC2026</t>
   </si>
   <si>
     <t>233853AF7</t>
   </si>
   <si>
     <t>US233853AF73</t>
   </si>
   <si>
     <t>BM8JRJ0</t>
   </si>
   <si>
     <t>DAIWA HOUSE IND (1925)</t>
   </si>
   <si>
     <t>234062107</t>
   </si>
   <si>
     <t>JP3505000004</t>
   </si>
   <si>
     <t>6251363</t>
   </si>
   <si>
     <t>DAIWA SECURITIES GROUP INC(8601)</t>
   </si>
   <si>
     <t>234064103</t>
   </si>
   <si>
     <t>JP3502200003</t>
   </si>
   <si>
     <t>6251448</t>
   </si>
   <si>
     <t>DANAHER CORP USD COM</t>
   </si>
   <si>
     <t>235851102</t>
   </si>
   <si>
     <t>US2358511028</t>
   </si>
   <si>
     <t>2250870</t>
   </si>
   <si>
-    <t>DANSKE BANK AS</t>
-[...10 lines deleted...]
-  <si>
     <t>DASSAULT SYSTEMES SE</t>
   </si>
   <si>
     <t>999R3F594</t>
   </si>
   <si>
     <t>FR0014003TT8</t>
   </si>
   <si>
     <t>BM8H5Y5</t>
   </si>
   <si>
     <t>DECKERS OUTDOOR CORP USD COM</t>
   </si>
   <si>
     <t>243537107</t>
   </si>
   <si>
     <t>US2435371073</t>
   </si>
   <si>
     <t>2267278</t>
   </si>
   <si>
     <t>DEERE &amp; CO COM</t>
@@ -3174,380 +3591,419 @@
   <si>
     <t>DELTA AIR LINES INC:5.250 10JUL2030</t>
   </si>
   <si>
     <t>247361A32</t>
   </si>
   <si>
     <t>US247361A329</t>
   </si>
   <si>
     <t>BT22LZ8</t>
   </si>
   <si>
     <t>DELTA ELECTRONICSLTD TWD10 ORDS</t>
   </si>
   <si>
     <t>Y20263102</t>
   </si>
   <si>
     <t>TW0002308004</t>
   </si>
   <si>
     <t>6260734</t>
   </si>
   <si>
-    <t>DENMARK (KINGDOM OF):2.250 15NOV2026</t>
-[...8 lines deleted...]
-    <t>DETROIT EDISON COMPANY (THE):2.950 01MAR2050</t>
+    <t>DENMARK KINGDOM OF (GOVERNMENT):2.250 15NOV2033</t>
+  </si>
+  <si>
+    <t>DK0009924532</t>
+  </si>
+  <si>
+    <t>BMWWVP9</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG EUR NPV REGD:SHS</t>
+  </si>
+  <si>
+    <t>0D5140001</t>
+  </si>
+  <si>
+    <t>DE0005140008</t>
+  </si>
+  <si>
+    <t>5750355</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BOERSE AG</t>
+  </si>
+  <si>
+    <t>993930IN8</t>
+  </si>
+  <si>
+    <t>DE0005810055</t>
+  </si>
+  <si>
+    <t>7021963</t>
+  </si>
+  <si>
+    <t>DEUTSCHE LUFTHANSA AG DEM NPV:REGD ORDS</t>
+  </si>
+  <si>
+    <t>990001PT0</t>
+  </si>
+  <si>
+    <t>DE0008232125</t>
+  </si>
+  <si>
+    <t>5287488</t>
+  </si>
+  <si>
+    <t>DEUTSCHE TELEKOM REGDSD</t>
+  </si>
+  <si>
+    <t>0D5557501</t>
+  </si>
+  <si>
+    <t>DE0005557508</t>
+  </si>
+  <si>
+    <t>5842359</t>
+  </si>
+  <si>
+    <t>DIAGEO PLC 28 101/108P</t>
+  </si>
+  <si>
+    <t>993688183</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>DIAMONDBACK ENERGY INC</t>
+  </si>
+  <si>
+    <t>25278X109</t>
+  </si>
+  <si>
+    <t>US25278X1090</t>
+  </si>
+  <si>
+    <t>B7Y8YR3</t>
+  </si>
+  <si>
+    <t>DIAMONDBACK ENERGY INC:6.250 15MAR2033</t>
+  </si>
+  <si>
+    <t>25278XAV1</t>
+  </si>
+  <si>
+    <t>US25278XAV10</t>
+  </si>
+  <si>
+    <t>BQWR7X2</t>
+  </si>
+  <si>
+    <t>DIGITAL REALTY TRUST INC</t>
+  </si>
+  <si>
+    <t>253868103</t>
+  </si>
+  <si>
+    <t>US2538681030</t>
+  </si>
+  <si>
+    <t>B03GQS4</t>
+  </si>
+  <si>
+    <t>DIME COMMUNITY BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>25432X102</t>
+  </si>
+  <si>
+    <t>US25432X1028</t>
+  </si>
+  <si>
+    <t>BMFZ702</t>
+  </si>
+  <si>
+    <t>DISCO CORP (6146)</t>
+  </si>
+  <si>
+    <t>9T6146110</t>
+  </si>
+  <si>
+    <t>JP3548600000</t>
+  </si>
+  <si>
+    <t>6270948</t>
+  </si>
+  <si>
+    <t>DOMINION ENERGY INC:6.000 15FEB2056</t>
+  </si>
+  <si>
+    <t>25746UDZ9</t>
+  </si>
+  <si>
+    <t>US25746UDZ93</t>
+  </si>
+  <si>
+    <t>BV7G632</t>
+  </si>
+  <si>
+    <t>DONALDSON INC USD COM</t>
+  </si>
+  <si>
+    <t>257651109</t>
+  </si>
+  <si>
+    <t>US2576511099</t>
+  </si>
+  <si>
+    <t>2276467</t>
+  </si>
+  <si>
+    <t>DOVER CORP USD COM</t>
+  </si>
+  <si>
+    <t>260003108</t>
+  </si>
+  <si>
+    <t>US2600031080</t>
+  </si>
+  <si>
+    <t>2278407</t>
+  </si>
+  <si>
+    <t>DR REDDYS LABORATORIES LTD</t>
+  </si>
+  <si>
+    <t>99SWEDDF2</t>
+  </si>
+  <si>
+    <t>INE089A01031</t>
+  </si>
+  <si>
+    <t>BQ2KJW4</t>
+  </si>
+  <si>
+    <t>DRONESHIELD LTD</t>
+  </si>
+  <si>
+    <t>99A84BR64</t>
+  </si>
+  <si>
+    <t>AU000000DRO2</t>
+  </si>
+  <si>
+    <t>BYV1JW4</t>
+  </si>
+  <si>
+    <t>DSM-FIRMENICH AG</t>
+  </si>
+  <si>
+    <t>99CJ0B3N1</t>
+  </si>
+  <si>
+    <t>CH1216478797</t>
+  </si>
+  <si>
+    <t>BPCPSD6</t>
+  </si>
+  <si>
+    <t>DSV A/S</t>
+  </si>
+  <si>
+    <t>999940WC9</t>
+  </si>
+  <si>
+    <t>DK0060079531</t>
+  </si>
+  <si>
+    <t>B1WT5G2</t>
+  </si>
+  <si>
+    <t>DT MIDSTREAM INC:5.800 15DEC2034</t>
+  </si>
+  <si>
+    <t>23345MAD9</t>
+  </si>
+  <si>
+    <t>US23345MAD92</t>
+  </si>
+  <si>
+    <t>BR4XZT7</t>
+  </si>
+  <si>
+    <t>DTE ELECTRIC COMPANY:2.950 01MAR2050</t>
   </si>
   <si>
     <t>23338VAL0</t>
   </si>
   <si>
     <t>US23338VAL09</t>
   </si>
   <si>
     <t>BLP53Z2</t>
   </si>
   <si>
-    <t>DEUTSCHE BANK AG EUR NPV REGD:SHS</t>
-[...223 lines deleted...]
-  <si>
     <t>E.ON SE</t>
   </si>
   <si>
     <t>999948ED0</t>
   </si>
   <si>
     <t>DE000ENAG999</t>
   </si>
   <si>
     <t>4942904</t>
   </si>
   <si>
     <t>E.SUN FINANCIAL HOLDINGS CO</t>
   </si>
   <si>
     <t>572994465</t>
   </si>
   <si>
     <t>TW0002884004</t>
   </si>
   <si>
     <t>6433912</t>
   </si>
   <si>
+    <t>EAGLE BANCORP INC</t>
+  </si>
+  <si>
+    <t>268948106</t>
+  </si>
+  <si>
+    <t>US2689481065</t>
+  </si>
+  <si>
+    <t>2648055</t>
+  </si>
+  <si>
     <t>EAGLE MATERIALS INC USD COM</t>
   </si>
   <si>
     <t>26969P108</t>
   </si>
   <si>
     <t>US26969P1084</t>
   </si>
   <si>
     <t>2191399</t>
   </si>
   <si>
     <t>EAST JAPAN RAILWAY (9020)</t>
   </si>
   <si>
     <t>J1257M109</t>
   </si>
   <si>
     <t>JP3783600004</t>
   </si>
   <si>
     <t>6298542</t>
   </si>
   <si>
+    <t>EAST WEST BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>27579R104</t>
+  </si>
+  <si>
+    <t>US27579R1041</t>
+  </si>
+  <si>
+    <t>2487407</t>
+  </si>
+  <si>
+    <t>EASTERN BANKSHARES INC</t>
+  </si>
+  <si>
+    <t>27627N105</t>
+  </si>
+  <si>
+    <t>US27627N1054</t>
+  </si>
+  <si>
+    <t>BMXL9H3</t>
+  </si>
+  <si>
     <t>EATON CORP PLC</t>
   </si>
   <si>
     <t>G29183103</t>
   </si>
   <si>
     <t>IE00B8KQN827</t>
   </si>
   <si>
     <t>B8KQN82</t>
   </si>
   <si>
     <t>ECOLAB INC USD COM</t>
   </si>
   <si>
     <t>278865100</t>
   </si>
   <si>
     <t>US2788651006</t>
   </si>
   <si>
     <t>2304227</t>
   </si>
   <si>
     <t>EDISON INTERNATIONAL USD COM</t>
   </si>
   <si>
     <t>281020107</t>
   </si>
   <si>
     <t>US2810201077</t>
   </si>
   <si>
     <t>2829515</t>
   </si>
   <si>
+    <t>EDP RENOVAVEIS SA</t>
+  </si>
+  <si>
+    <t>997566B52</t>
+  </si>
+  <si>
+    <t>ES0127797019</t>
+  </si>
+  <si>
+    <t>B39GNW2</t>
+  </si>
+  <si>
     <t>EDP SA</t>
   </si>
   <si>
     <t>990003XL4</t>
   </si>
   <si>
     <t>PTEDP0AM0009</t>
   </si>
   <si>
     <t>4103596</t>
   </si>
   <si>
     <t>EDWARDS LIFESCIENCES CORP USD:COM</t>
   </si>
   <si>
     <t>28176E108</t>
   </si>
   <si>
     <t>US28176E1082</t>
   </si>
   <si>
     <t>2567116</t>
   </si>
   <si>
     <t>EISAI CO (4523)</t>
@@ -3576,140 +4032,176 @@
   <si>
     <t>ELECTRONIC ARTS USD COM</t>
   </si>
   <si>
     <t>285512109</t>
   </si>
   <si>
     <t>US2855121099</t>
   </si>
   <si>
     <t>2310194</t>
   </si>
   <si>
     <t>ELEVANCE HEALTH INC</t>
   </si>
   <si>
     <t>036752103</t>
   </si>
   <si>
     <t>US0367521038</t>
   </si>
   <si>
     <t>BSPHGL4</t>
   </si>
   <si>
+    <t>ELEVANCE HEALTH INC:2.550 15MAR2031</t>
+  </si>
+  <si>
+    <t>036752AP8</t>
+  </si>
+  <si>
+    <t>US036752AP88</t>
+  </si>
+  <si>
+    <t>BLF8T08</t>
+  </si>
+  <si>
     <t>ELI LILLY &amp; CO USD COM</t>
   </si>
   <si>
     <t>532457108</t>
   </si>
   <si>
     <t>US5324571083</t>
   </si>
   <si>
     <t>2516152</t>
   </si>
   <si>
     <t>ELI LILLY AND COMPANY:5.100 09FEB2064</t>
   </si>
   <si>
     <t>532457CN6</t>
   </si>
   <si>
     <t>US532457CN68</t>
   </si>
   <si>
     <t>BRK3BF9</t>
   </si>
   <si>
+    <t>ELIA GROUP SA/NV</t>
+  </si>
+  <si>
+    <t>99AB9LT01</t>
+  </si>
+  <si>
+    <t>BE0003822393</t>
+  </si>
+  <si>
+    <t>B09M9F4</t>
+  </si>
+  <si>
     <t>EMAAR PROPERTIES PJSC</t>
   </si>
   <si>
     <t>AEE000301011</t>
   </si>
   <si>
     <t>B01RM25</t>
   </si>
   <si>
     <t>EMCOR GROUP INC USD COM</t>
   </si>
   <si>
     <t>29084Q100</t>
   </si>
   <si>
     <t>US29084Q1004</t>
   </si>
   <si>
     <t>2474164</t>
   </si>
   <si>
     <t>EMERSON ELECTRIC CO USD COM</t>
   </si>
   <si>
     <t>291011104</t>
   </si>
   <si>
     <t>US2910111044</t>
   </si>
   <si>
     <t>2313405</t>
   </si>
   <si>
     <t>EMIRATES TELECOM CORPORATION</t>
   </si>
   <si>
     <t>999913BQ8</t>
   </si>
   <si>
     <t>AEE000401019</t>
   </si>
   <si>
     <t>6322173</t>
   </si>
   <si>
-    <t>ENBRIDGE INC:5.550 20JUN2035</t>
-[...11 lines deleted...]
-    <t>ENBW ENERGIE BADEN-WUERTTEMBERG AG:4.500 28JUL2055</t>
+    <t>ENBRIDGE INC:5.200 20NOV2035</t>
+  </si>
+  <si>
+    <t>29250NCP8</t>
+  </si>
+  <si>
+    <t>US29250NCP87</t>
+  </si>
+  <si>
+    <t>BSPVH57</t>
+  </si>
+  <si>
+    <t>ENBW ENERGIE BADEN WUERTTEMBERG:4.500 28JUL2055</t>
   </si>
   <si>
     <t>XS3134523011</t>
   </si>
   <si>
     <t>BRXZTC5</t>
   </si>
   <si>
+    <t>ENDESA SAEMPRESA NACIONAL DE:ELECTRICIDAD</t>
+  </si>
+  <si>
+    <t>9900013N7</t>
+  </si>
+  <si>
+    <t>ES0130670112</t>
+  </si>
+  <si>
+    <t>5271782</t>
+  </si>
+  <si>
     <t>ENEL AMERICAS SA</t>
   </si>
   <si>
     <t>971054895</t>
   </si>
   <si>
     <t>CLP371861061</t>
   </si>
   <si>
     <t>2299453</t>
   </si>
   <si>
     <t>ENEL CHILE SA</t>
   </si>
   <si>
     <t>999ENC473</t>
   </si>
   <si>
     <t>CL0002266774</t>
   </si>
   <si>
     <t>BYMLZD6</t>
   </si>
   <si>
     <t>ENEL FINANCE INTERNATIONAL NV:3.500 06APR2028</t>
@@ -3726,93 +4218,108 @@
   <si>
     <t>ENEL SPA EUR0.5</t>
   </si>
   <si>
     <t>993980BT7</t>
   </si>
   <si>
     <t>IT0003128367</t>
   </si>
   <si>
     <t>7144569</t>
   </si>
   <si>
     <t>ENEOS HOLDINGS INC</t>
   </si>
   <si>
     <t>99AKTB002</t>
   </si>
   <si>
     <t>JP3386450005</t>
   </si>
   <si>
     <t>B627LW9</t>
   </si>
   <si>
+    <t>ENGIE</t>
+  </si>
+  <si>
+    <t>99ABB6B67</t>
+  </si>
+  <si>
+    <t>FR0010208488</t>
+  </si>
+  <si>
+    <t>B0C2CQ3</t>
+  </si>
+  <si>
     <t>ENGIE BRASIL ENERGIA SA</t>
   </si>
   <si>
     <t>99XZWS565</t>
   </si>
   <si>
     <t>BREGIEACNOR9</t>
   </si>
   <si>
     <t>BD1WX84</t>
   </si>
   <si>
-    <t>ENGIE SA:5.125 31DEC2079</t>
-[...7 lines deleted...]
-  <si>
     <t>ENI SPA (ENI):EUR1 NEW SHS</t>
   </si>
   <si>
     <t>993930YM2</t>
   </si>
   <si>
     <t>IT0003132476</t>
   </si>
   <si>
     <t>7145056</t>
   </si>
   <si>
-    <t>ENTERPRISE PROD OPER LLC:5.350 31JAN2033</t>
-[...8 lines deleted...]
-    <t>BQD01K5</t>
+    <t>ENTERPRISE FINANCIAL SERVICE</t>
+  </si>
+  <si>
+    <t>293712105</t>
+  </si>
+  <si>
+    <t>US2937121059</t>
+  </si>
+  <si>
+    <t>2768889</t>
+  </si>
+  <si>
+    <t>ENTERPRISE PRODUCTS OPERATING LLC:5.200 15JAN2036</t>
+  </si>
+  <si>
+    <t>29379VCL5</t>
+  </si>
+  <si>
+    <t>US29379VCL53</t>
+  </si>
+  <si>
+    <t>BVDD8P3</t>
   </si>
   <si>
     <t>EQT CORP:4.750 15JAN2031</t>
   </si>
   <si>
     <t>26884LBD0</t>
   </si>
   <si>
     <t>US26884LBD01</t>
   </si>
   <si>
     <t>BMYPTC9</t>
   </si>
   <si>
     <t>EQT CORP:7.500 01JUN2030</t>
   </si>
   <si>
     <t>26884LBB4</t>
   </si>
   <si>
     <t>US26884LBB45</t>
   </si>
   <si>
     <t>BMYPT96</t>
   </si>
@@ -3831,95 +4338,122 @@
   <si>
     <t>EQUINIX INC</t>
   </si>
   <si>
     <t>29444U700</t>
   </si>
   <si>
     <t>US29444U7000</t>
   </si>
   <si>
     <t>BVLZX12</t>
   </si>
   <si>
     <t>EQUINOR ASA</t>
   </si>
   <si>
     <t>993930WU6</t>
   </si>
   <si>
     <t>NO0010096985</t>
   </si>
   <si>
     <t>7133608</t>
   </si>
   <si>
+    <t>EQUITABLE AMERICA GLOBAL FUNDING:4.300 15DEC2028</t>
+  </si>
+  <si>
+    <t>29446Q2F9</t>
+  </si>
+  <si>
+    <t>US29446Q2F91</t>
+  </si>
+  <si>
+    <t>BVV5XB2</t>
+  </si>
+  <si>
+    <t>EQUITY BANCSHARES INC - CL A</t>
+  </si>
+  <si>
+    <t>29460X109</t>
+  </si>
+  <si>
+    <t>US29460X1090</t>
+  </si>
+  <si>
+    <t>BYZG9Q9</t>
+  </si>
+  <si>
     <t>ERSTE GROUP BANK AG</t>
   </si>
   <si>
     <t>990003UC7</t>
   </si>
   <si>
     <t>AT0000652011</t>
   </si>
   <si>
     <t>5289837</t>
   </si>
   <si>
+    <t>ESQUIRE FINANCIAL HOLDINGS I</t>
+  </si>
+  <si>
+    <t>29667J101</t>
+  </si>
+  <si>
+    <t>US29667J1016</t>
+  </si>
+  <si>
+    <t>BD5G1Z5</t>
+  </si>
+  <si>
     <t>ESSILORLUXOTTICA</t>
   </si>
   <si>
     <t>990000K67</t>
   </si>
   <si>
     <t>FR0000121667</t>
   </si>
   <si>
     <t>7212477</t>
   </si>
   <si>
     <t>ESSITY AKTIEBOLAG-B</t>
   </si>
   <si>
     <t>999F74D27</t>
   </si>
   <si>
     <t>SE0009922164</t>
   </si>
   <si>
     <t>BF1K7P7</t>
   </si>
   <si>
-    <t>ESTONIA:0.125 10JUN2030</t>
-[...7 lines deleted...]
-  <si>
     <t>ETERNAL LTD</t>
   </si>
   <si>
     <t>999ZOM184</t>
   </si>
   <si>
     <t>INE758T01015</t>
   </si>
   <si>
     <t>BL6P210</t>
   </si>
   <si>
     <t>EVERGREEN MARINE CORP (TAIWAN):LTD TWD10 ORDS</t>
   </si>
   <si>
     <t>998769079</t>
   </si>
   <si>
     <t>TW0002603008</t>
   </si>
   <si>
     <t>6324500</t>
   </si>
   <si>
     <t>EVERSOURCE ENERGY</t>
@@ -3936,5697 +4470,6744 @@
   <si>
     <t>EXELON CORP USD COM</t>
   </si>
   <si>
     <t>30161N101</t>
   </si>
   <si>
     <t>US30161N1019</t>
   </si>
   <si>
     <t>2670519</t>
   </si>
   <si>
     <t>EXELON CORPORATION:5.875 15MAR2055</t>
   </si>
   <si>
     <t>30161NBS9</t>
   </si>
   <si>
     <t>US30161NBS99</t>
   </si>
   <si>
     <t>BQYJVG7</t>
   </si>
   <si>
-    <t>EXELON GENERATION CO LLC:5.750 15MAR2054</t>
-[...10 lines deleted...]
-  <si>
     <t>EXPAND ENERGY CORP:5.700 15JAN2035</t>
   </si>
   <si>
     <t>165167DH7</t>
   </si>
   <si>
     <t>US165167DH73</t>
   </si>
   <si>
     <t>BR4Y0K6</t>
   </si>
   <si>
     <t>EXPEDITORS INTERNATIONAL OF:WASHINGTON USD COM</t>
   </si>
   <si>
     <t>302130109</t>
   </si>
   <si>
     <t>US3021301094</t>
   </si>
   <si>
     <t>2325507</t>
   </si>
   <si>
+    <t>F N B CORP USD COM</t>
+  </si>
+  <si>
+    <t>302520101</t>
+  </si>
+  <si>
+    <t>US3025201019</t>
+  </si>
+  <si>
+    <t>2041308</t>
+  </si>
+  <si>
     <t>F5 INC</t>
   </si>
   <si>
     <t>315616102</t>
   </si>
   <si>
     <t>US3156161024</t>
   </si>
   <si>
     <t>2427599</t>
   </si>
   <si>
-    <t>FACEBOOK INC:5.550 15AUG2064</t>
+    <t>FANUC CORP (6954)</t>
+  </si>
+  <si>
+    <t>358997104</t>
+  </si>
+  <si>
+    <t>JP3802400006</t>
+  </si>
+  <si>
+    <t>6356934</t>
+  </si>
+  <si>
+    <t>FAST RETAILING CO LTD (9983)</t>
+  </si>
+  <si>
+    <t>J1346E100</t>
+  </si>
+  <si>
+    <t>JP3802300008</t>
+  </si>
+  <si>
+    <t>6332439</t>
+  </si>
+  <si>
+    <t>FASTENAL CO USD COM</t>
+  </si>
+  <si>
+    <t>311900104</t>
+  </si>
+  <si>
+    <t>US3119001044</t>
+  </si>
+  <si>
+    <t>2332262</t>
+  </si>
+  <si>
+    <t>FB FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>30257X104</t>
+  </si>
+  <si>
+    <t>US30257X1046</t>
+  </si>
+  <si>
+    <t>BYY5Z69</t>
+  </si>
+  <si>
+    <t>FERRARI NV</t>
+  </si>
+  <si>
+    <t>99A52Q100</t>
+  </si>
+  <si>
+    <t>NL0011585146</t>
+  </si>
+  <si>
+    <t>BD6G507</t>
+  </si>
+  <si>
+    <t>FERROVIAL SE (SPA LISTING)</t>
+  </si>
+  <si>
+    <t>99FERR347</t>
+  </si>
+  <si>
+    <t>NL0015001FS8</t>
+  </si>
+  <si>
+    <t>BRS7CF0</t>
+  </si>
+  <si>
+    <t>FINANCIAL INSTITUTIONS INC COM</t>
+  </si>
+  <si>
+    <t>317585404</t>
+  </si>
+  <si>
+    <t>US3175854047</t>
+  </si>
+  <si>
+    <t>2596949</t>
+  </si>
+  <si>
+    <t>FINECOBANK (ITA LISTING)</t>
+  </si>
+  <si>
+    <t>99A052NX5</t>
+  </si>
+  <si>
+    <t>IT0000072170</t>
+  </si>
+  <si>
+    <t>BNGN9Z1</t>
+  </si>
+  <si>
+    <t>FIRST ABU DHABI BANK PJSC</t>
+  </si>
+  <si>
+    <t>999913BU9</t>
+  </si>
+  <si>
+    <t>AEN000101016</t>
+  </si>
+  <si>
+    <t>6624471</t>
+  </si>
+  <si>
+    <t>FIRST BANCORP CORP USD COM</t>
+  </si>
+  <si>
+    <t>318672706</t>
+  </si>
+  <si>
+    <t>PR3186727065</t>
+  </si>
+  <si>
+    <t>2296926</t>
+  </si>
+  <si>
+    <t>FIRST BANCORP/NC</t>
+  </si>
+  <si>
+    <t>318910106</t>
+  </si>
+  <si>
+    <t>US3189101062</t>
+  </si>
+  <si>
+    <t>2351494</t>
+  </si>
+  <si>
+    <t>FIRST BUSEY CORP</t>
+  </si>
+  <si>
+    <t>319383204</t>
+  </si>
+  <si>
+    <t>US3193832041</t>
+  </si>
+  <si>
+    <t>BZ1LBM5</t>
+  </si>
+  <si>
+    <t>FIRST COMMONWEALTH FINANCIAL:CORP (PA) USD COM</t>
+  </si>
+  <si>
+    <t>319829107</t>
+  </si>
+  <si>
+    <t>US3198291078</t>
+  </si>
+  <si>
+    <t>2351546</t>
+  </si>
+  <si>
+    <t>FIRST FINANCIAL BANCORP USD COM</t>
+  </si>
+  <si>
+    <t>320209109</t>
+  </si>
+  <si>
+    <t>US3202091092</t>
+  </si>
+  <si>
+    <t>2352806</t>
+  </si>
+  <si>
+    <t>FIRST FINANCIAL BANCSHARES INC:USD COM</t>
+  </si>
+  <si>
+    <t>32020R109</t>
+  </si>
+  <si>
+    <t>US32020R1095</t>
+  </si>
+  <si>
+    <t>2266026</t>
+  </si>
+  <si>
+    <t>FIRST FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>320218100</t>
+  </si>
+  <si>
+    <t>US3202181000</t>
+  </si>
+  <si>
+    <t>2362515</t>
+  </si>
+  <si>
+    <t>FIRST FOUNDATION INC IRVINE COM STK</t>
+  </si>
+  <si>
+    <t>32026V104</t>
+  </si>
+  <si>
+    <t>US32026V1044</t>
+  </si>
+  <si>
+    <t>BMMVY68</t>
+  </si>
+  <si>
+    <t>FIRST HAWAIIAN INC-CL A</t>
+  </si>
+  <si>
+    <t>32051X108</t>
+  </si>
+  <si>
+    <t>US32051X1081</t>
+  </si>
+  <si>
+    <t>BDC6HG1</t>
+  </si>
+  <si>
+    <t>FIRST HORIZON CORP</t>
+  </si>
+  <si>
+    <t>320517105</t>
+  </si>
+  <si>
+    <t>US3205171057</t>
+  </si>
+  <si>
+    <t>2341484</t>
+  </si>
+  <si>
+    <t>FIRST INTERSTATE BANCSYS/MT</t>
+  </si>
+  <si>
+    <t>32055Y201</t>
+  </si>
+  <si>
+    <t>US32055Y2019</t>
+  </si>
+  <si>
+    <t>B4RGHN0</t>
+  </si>
+  <si>
+    <t>FIRST MERCHANTS CORP USD COM</t>
+  </si>
+  <si>
+    <t>320817109</t>
+  </si>
+  <si>
+    <t>US3208171096</t>
+  </si>
+  <si>
+    <t>2342410</t>
+  </si>
+  <si>
+    <t>FIRST SOLAR INC</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FIRSTRAND LTD</t>
+  </si>
+  <si>
+    <t>999923ZJ7</t>
+  </si>
+  <si>
+    <t>ZAE000066304</t>
+  </si>
+  <si>
+    <t>6606996</t>
+  </si>
+  <si>
+    <t>FIRSTSUN CAPITAL BANCORP</t>
+  </si>
+  <si>
+    <t>33767U107</t>
+  </si>
+  <si>
+    <t>US33767U1079</t>
+  </si>
+  <si>
+    <t>BPQYJV4</t>
+  </si>
+  <si>
+    <t>FISCHER (GEORG)-REG</t>
+  </si>
+  <si>
+    <t>999SHFHD5</t>
+  </si>
+  <si>
+    <t>CH1169151003</t>
+  </si>
+  <si>
+    <t>BM8J5G3</t>
+  </si>
+  <si>
+    <t>FLAGSTAR FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>649445400</t>
+  </si>
+  <si>
+    <t>US6494454001</t>
+  </si>
+  <si>
+    <t>BT6MM39</t>
+  </si>
+  <si>
+    <t>FLUSHING FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>343873105</t>
+  </si>
+  <si>
+    <t>US3438731057</t>
+  </si>
+  <si>
+    <t>2360111</t>
+  </si>
+  <si>
+    <t>FOMENTO ECONOMICO MEXICANO S.A.B. DE C.V.</t>
+  </si>
+  <si>
+    <t>996998X05</t>
+  </si>
+  <si>
+    <t>MXP320321310</t>
+  </si>
+  <si>
+    <t>2242059</t>
+  </si>
+  <si>
+    <t>FORTITUDE GLOBAL FUNDING:4.625 06OCT2028</t>
+  </si>
+  <si>
+    <t>34967GAA2</t>
+  </si>
+  <si>
+    <t>US34967GAA22</t>
+  </si>
+  <si>
+    <t>BR886K6</t>
+  </si>
+  <si>
+    <t>FORTITUDE GROUP HOLDINGS LLC:6.250 01APR2030</t>
+  </si>
+  <si>
+    <t>34966XAA6</t>
+  </si>
+  <si>
+    <t>US34966XAA63</t>
+  </si>
+  <si>
+    <t>BT3JVF8</t>
+  </si>
+  <si>
+    <t>FORTIVE CORP</t>
+  </si>
+  <si>
+    <t>34959J108</t>
+  </si>
+  <si>
+    <t>US34959J1088</t>
+  </si>
+  <si>
+    <t>BYT3MK1</t>
+  </si>
+  <si>
+    <t>FORTUM OYJ</t>
+  </si>
+  <si>
+    <t>990003W76</t>
+  </si>
+  <si>
+    <t>FI0009007132</t>
+  </si>
+  <si>
+    <t>5579550</t>
+  </si>
+  <si>
+    <t>FOX CORP- CLASS B</t>
+  </si>
+  <si>
+    <t>35137L204</t>
+  </si>
+  <si>
+    <t>US35137L2043</t>
+  </si>
+  <si>
+    <t>BJJMGY5</t>
+  </si>
+  <si>
+    <t>FRANCE (REPUBLIC OF):0.750 25NOV2028</t>
+  </si>
+  <si>
+    <t>FR0013341682</t>
+  </si>
+  <si>
+    <t>BF1DNG9</t>
+  </si>
+  <si>
+    <t>FRANCE (REPUBLIC OF):1.500 25MAY2031</t>
+  </si>
+  <si>
+    <t>FR0012993103</t>
+  </si>
+  <si>
+    <t>BYMFLX0</t>
+  </si>
+  <si>
+    <t>FRANCE (REPUBLIC OF):2.500 25MAY2030</t>
+  </si>
+  <si>
+    <t>FR0011883966</t>
+  </si>
+  <si>
+    <t>BM691B2</t>
+  </si>
+  <si>
+    <t>FRANCE (REPUBLIC OF):2.500 25MAY2043</t>
+  </si>
+  <si>
+    <t>BMIB6ZLE1</t>
+  </si>
+  <si>
+    <t>FR001400CMX2</t>
+  </si>
+  <si>
+    <t>BM9VFL3</t>
+  </si>
+  <si>
+    <t>FRANCE (REPUBLIC OF):3.250 25MAY2045</t>
+  </si>
+  <si>
+    <t>FR0011461037</t>
+  </si>
+  <si>
+    <t>B9MBCD0</t>
+  </si>
+  <si>
+    <t>FUBON FINANCIAL HOLDING CO</t>
+  </si>
+  <si>
+    <t>572994093</t>
+  </si>
+  <si>
+    <t>TW0002881000</t>
+  </si>
+  <si>
+    <t>6411673</t>
+  </si>
+  <si>
+    <t>FUJITSU LTD (6702)</t>
+  </si>
+  <si>
+    <t>359590106</t>
+  </si>
+  <si>
+    <t>JP3818000006</t>
+  </si>
+  <si>
+    <t>6356945</t>
+  </si>
+  <si>
+    <t>FUKUOKA FINANCIAL GROUP INC (8354)</t>
+  </si>
+  <si>
+    <t>99AD1KW29</t>
+  </si>
+  <si>
+    <t>JP3805010000</t>
+  </si>
+  <si>
+    <t>B1TK1Y8</t>
+  </si>
+  <si>
+    <t>FULTON FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>360271100</t>
+  </si>
+  <si>
+    <t>US3602711000</t>
+  </si>
+  <si>
+    <t>2356585</t>
+  </si>
+  <si>
+    <t>GALP ENERGIA SGPS SA B SHRS</t>
+  </si>
+  <si>
+    <t>997514FH2</t>
+  </si>
+  <si>
+    <t>PTGAL0AM0009</t>
+  </si>
+  <si>
+    <t>B1FW751</t>
+  </si>
+  <si>
+    <t>GAMUDA BHD</t>
+  </si>
+  <si>
+    <t>MY6999BD9</t>
+  </si>
+  <si>
+    <t>MYL5398OO002</t>
+  </si>
+  <si>
+    <t>6359881</t>
+  </si>
+  <si>
+    <t>GE VERNOVA LLC</t>
+  </si>
+  <si>
+    <t>36828A101</t>
+  </si>
+  <si>
+    <t>US36828A1016</t>
+  </si>
+  <si>
+    <t>BP6H4Y1</t>
+  </si>
+  <si>
+    <t>GEA GROUP AG</t>
+  </si>
+  <si>
+    <t>990003A21</t>
+  </si>
+  <si>
+    <t>DE0006602006</t>
+  </si>
+  <si>
+    <t>4557104</t>
+  </si>
+  <si>
+    <t>GEBERIT AG CHF .1 REG SHS</t>
+  </si>
+  <si>
+    <t>997517EP8</t>
+  </si>
+  <si>
+    <t>CH0030170408</t>
+  </si>
+  <si>
+    <t>B1WGG93</t>
+  </si>
+  <si>
+    <t>GEELY AUTOMOBILE HOLDINGS LT</t>
+  </si>
+  <si>
+    <t>HK4999BJ4</t>
+  </si>
+  <si>
+    <t>KYG3777B1032</t>
+  </si>
+  <si>
+    <t>6531827</t>
+  </si>
+  <si>
+    <t>GENERAL ELECTRIC CO USD COM</t>
+  </si>
+  <si>
+    <t>369604301</t>
+  </si>
+  <si>
+    <t>US3696043013</t>
+  </si>
+  <si>
+    <t>BL59CR9</t>
+  </si>
+  <si>
+    <t>GENERAL MILLS INC USD COM</t>
+  </si>
+  <si>
+    <t>370334104</t>
+  </si>
+  <si>
+    <t>US3703341046</t>
+  </si>
+  <si>
+    <t>2367026</t>
+  </si>
+  <si>
+    <t>GENERAL MOTORS FINANCIAL COMPANY INC:5.450 08JAN2036</t>
+  </si>
+  <si>
+    <t>37045XFN1</t>
+  </si>
+  <si>
+    <t>US37045XFN12</t>
+  </si>
+  <si>
+    <t>BTY6404</t>
+  </si>
+  <si>
+    <t>GENERALI</t>
+  </si>
+  <si>
+    <t>9900020I9</t>
+  </si>
+  <si>
+    <t>IT0000062072</t>
+  </si>
+  <si>
+    <t>4056719</t>
+  </si>
+  <si>
+    <t>GERDAU SA:PFD 0.000</t>
+  </si>
+  <si>
+    <t>BRGGBRACNPR8</t>
+  </si>
+  <si>
+    <t>2645517</t>
+  </si>
+  <si>
+    <t>GERMANY (FEDERAL REPUBLIC OF):0.250 15FEB2027</t>
+  </si>
+  <si>
+    <t>DE0001102416</t>
+  </si>
+  <si>
+    <t>BYW2H66</t>
+  </si>
+  <si>
+    <t>GERMANY (FEDERAL REPUBLIC OF):03 4.750 04JUL2034</t>
+  </si>
+  <si>
+    <t>XHT3981A0</t>
+  </si>
+  <si>
+    <t>DE0001135226</t>
+  </si>
+  <si>
+    <t>7540509</t>
+  </si>
+  <si>
+    <t>GERMANY (FEDERAL REPUBLIC OF):1.800 15AUG2053</t>
+  </si>
+  <si>
+    <t>DE0001102614</t>
+  </si>
+  <si>
+    <t>BN6NGB6</t>
+  </si>
+  <si>
+    <t>GERMANY (FEDERAL REPUBLIC OF):2.000 10DEC2026</t>
+  </si>
+  <si>
+    <t>DE000BU22072</t>
+  </si>
+  <si>
+    <t>BQ84H15</t>
+  </si>
+  <si>
+    <t>GERMANY (FEDERAL REPUBLIC OF):2.600 15MAY2041</t>
+  </si>
+  <si>
+    <t>DE000BU2F009</t>
+  </si>
+  <si>
+    <t>BP6RCC5</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES INC USD COM</t>
+  </si>
+  <si>
+    <t>375558103</t>
+  </si>
+  <si>
+    <t>US3755581036</t>
+  </si>
+  <si>
+    <t>2369174</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES INC:4.750 01MAR2046</t>
+  </si>
+  <si>
+    <t>375558BD4</t>
+  </si>
+  <si>
+    <t>US375558BD48</t>
+  </si>
+  <si>
+    <t>BYMYP35</t>
+  </si>
+  <si>
+    <t>GIVAUDAN (SWI LISTING)</t>
+  </si>
+  <si>
+    <t>99001IQC8</t>
+  </si>
+  <si>
+    <t>CH0010645932</t>
+  </si>
+  <si>
+    <t>5980613</t>
+  </si>
+  <si>
+    <t>GLACIER BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>37637Q105</t>
+  </si>
+  <si>
+    <t>US37637Q1058</t>
+  </si>
+  <si>
+    <t>2370585</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE PLC 25P ORDS</t>
+  </si>
+  <si>
+    <t>999ADGSH5</t>
+  </si>
+  <si>
+    <t>GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t>BN7SWP6</t>
+  </si>
+  <si>
+    <t>GLOBAL ATLANTIC (FIN) CO:3.125 15JUN2031</t>
+  </si>
+  <si>
+    <t>37959GAB3</t>
+  </si>
+  <si>
+    <t>US37959GAB32</t>
+  </si>
+  <si>
+    <t>BN8XDL3</t>
+  </si>
+  <si>
+    <t>GLOBAL ATLANTIC (FIN) CO:6.750 15MAR2054</t>
+  </si>
+  <si>
+    <t>37959GAF4</t>
+  </si>
+  <si>
+    <t>US37959GAF46</t>
+  </si>
+  <si>
+    <t>BP9R1N6</t>
+  </si>
+  <si>
+    <t>GLOBAL ATLANTIC (FIN) CO:7.250 01MAR2056</t>
+  </si>
+  <si>
+    <t>37959GAH0</t>
+  </si>
+  <si>
+    <t>US37959GAH02</t>
+  </si>
+  <si>
+    <t>BTVHR12</t>
+  </si>
+  <si>
+    <t>GOLD FIELDS LTD ZAR.50 ORDS</t>
+  </si>
+  <si>
+    <t>993992BQ8</t>
+  </si>
+  <si>
+    <t>ZAE000018123</t>
+  </si>
+  <si>
+    <t>6280215</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC USD COM</t>
+  </si>
+  <si>
+    <t>38141G104</t>
+  </si>
+  <si>
+    <t>US38141G1040</t>
+  </si>
+  <si>
+    <t>2407966</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:1.431 09MAR2027</t>
+  </si>
+  <si>
+    <t>38141GYA6</t>
+  </si>
+  <si>
+    <t>US38141GYA65</t>
+  </si>
+  <si>
+    <t>BNVTRK5</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:4.153 21OCT2029</t>
+  </si>
+  <si>
+    <t>38141GD27</t>
+  </si>
+  <si>
+    <t>US38141GD272</t>
+  </si>
+  <si>
+    <t>BS5ZMN2</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:5.330 23JUL2035</t>
+  </si>
+  <si>
+    <t>38141GB37</t>
+  </si>
+  <si>
+    <t>US38141GB375</t>
+  </si>
+  <si>
+    <t>BRC1656</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS GROUP INC/THE:5.536 28JAN2036</t>
+  </si>
+  <si>
+    <t>38141GC44</t>
+  </si>
+  <si>
+    <t>US38141GC449</t>
+  </si>
+  <si>
+    <t>BTPF132</t>
+  </si>
+  <si>
+    <t>GRAINGER WW INC USD COM</t>
+  </si>
+  <si>
+    <t>384802104</t>
+  </si>
+  <si>
+    <t>US3848021040</t>
+  </si>
+  <si>
+    <t>2380863</t>
+  </si>
+  <si>
+    <t>GREAT SOUTHERN BANCORP INC USD:COM</t>
+  </si>
+  <si>
+    <t>390905107</t>
+  </si>
+  <si>
+    <t>US3909051076</t>
+  </si>
+  <si>
+    <t>2387002</t>
+  </si>
+  <si>
+    <t>GRUPO AEROPORTUARIO DEL PACIFICO</t>
+  </si>
+  <si>
+    <t>99ABXWZD5</t>
+  </si>
+  <si>
+    <t>MX01GA000004</t>
+  </si>
+  <si>
+    <t>B0ZV104</t>
+  </si>
+  <si>
+    <t>GRUPO AEROPORTUARIO SER B NPV</t>
+  </si>
+  <si>
+    <t>996988879</t>
+  </si>
+  <si>
+    <t>MXP001661018</t>
+  </si>
+  <si>
+    <t>2639349</t>
+  </si>
+  <si>
+    <t>GRUPO FINANCIERO BANORTE SA DE CV</t>
+  </si>
+  <si>
+    <t>P49501201</t>
+  </si>
+  <si>
+    <t>MXP370711014</t>
+  </si>
+  <si>
+    <t>2421041</t>
+  </si>
+  <si>
+    <t>GRUPO MEXICO SA DE CV B SHS</t>
+  </si>
+  <si>
+    <t>993399XT6</t>
+  </si>
+  <si>
+    <t>MXP370841019</t>
+  </si>
+  <si>
+    <t>2643674</t>
+  </si>
+  <si>
+    <t>GUNMA BANK LTD (8334)</t>
+  </si>
+  <si>
+    <t>9T8334102</t>
+  </si>
+  <si>
+    <t>JP3276400003</t>
+  </si>
+  <si>
+    <t>6398088</t>
+  </si>
+  <si>
+    <t>H WORLD GROUP LTD</t>
+  </si>
+  <si>
+    <t>44332N106</t>
+  </si>
+  <si>
+    <t>US44332N1063</t>
+  </si>
+  <si>
+    <t>BFMFKK7</t>
+  </si>
+  <si>
+    <t>HA SUSTAINABLE INFRASTRUCTURE CAPITAL IN:6.150 15JAN2031</t>
+  </si>
+  <si>
+    <t>40408AAA9</t>
+  </si>
+  <si>
+    <t>US40408AAA97</t>
+  </si>
+  <si>
+    <t>BN4HDM0</t>
+  </si>
+  <si>
+    <t>HACHIJUNI NAGANO BANK LTD</t>
+  </si>
+  <si>
+    <t>9T8359117</t>
+  </si>
+  <si>
+    <t>JP3769000005</t>
+  </si>
+  <si>
+    <t>6400626</t>
+  </si>
+  <si>
+    <t>HAIER SMART HOME CO LTD-H</t>
+  </si>
+  <si>
+    <t>99VV1VVX5</t>
+  </si>
+  <si>
+    <t>CNE1000048K8</t>
+  </si>
+  <si>
+    <t>BLD4QD0</t>
+  </si>
+  <si>
+    <t>HALEON PLC</t>
+  </si>
+  <si>
+    <t>999DELLL5</t>
+  </si>
+  <si>
+    <t>GB00BMX86B70</t>
+  </si>
+  <si>
+    <t>BMX86B7</t>
+  </si>
+  <si>
+    <t>HANA FINANCIAL HOLDINGS</t>
+  </si>
+  <si>
+    <t>99ABPS017</t>
+  </si>
+  <si>
+    <t>KR7086790003</t>
+  </si>
+  <si>
+    <t>B0RNRF5</t>
+  </si>
+  <si>
+    <t>HANCOCK WHITNEY CORP</t>
+  </si>
+  <si>
+    <t>410120109</t>
+  </si>
+  <si>
+    <t>US4101201097</t>
+  </si>
+  <si>
+    <t>2415497</t>
+  </si>
+  <si>
+    <t>HANMI FINANCIAL CORPORATION:USD COM</t>
+  </si>
+  <si>
+    <t>410495204</t>
+  </si>
+  <si>
+    <t>US4104952043</t>
+  </si>
+  <si>
+    <t>B6TPXR5</t>
+  </si>
+  <si>
+    <t>HARMONY GOLD MINING CO LTD ZAR.5:ORDS</t>
+  </si>
+  <si>
+    <t>S34320101</t>
+  </si>
+  <si>
+    <t>ZAE000015228</t>
+  </si>
+  <si>
+    <t>6410562</t>
+  </si>
+  <si>
+    <t>HARTFORD INSURANCE GROUP INC</t>
+  </si>
+  <si>
+    <t>416515104</t>
+  </si>
+  <si>
+    <t>US4165151048</t>
+  </si>
+  <si>
+    <t>2476193</t>
+  </si>
+  <si>
+    <t>HAVELLS INDIA LTD</t>
+  </si>
+  <si>
+    <t>991245192</t>
+  </si>
+  <si>
+    <t>INE176B01034</t>
+  </si>
+  <si>
+    <t>BQGZWP9</t>
+  </si>
+  <si>
+    <t>HCA INC:5.250 15JUN2026</t>
+  </si>
+  <si>
+    <t>404119BT5</t>
+  </si>
+  <si>
+    <t>US404119BT57</t>
+  </si>
+  <si>
+    <t>BZ57YX1</t>
+  </si>
+  <si>
+    <t>HCA INC:5.450 01APR2031</t>
+  </si>
+  <si>
+    <t>404119CT4</t>
+  </si>
+  <si>
+    <t>US404119CT49</t>
+  </si>
+  <si>
+    <t>BLD74K2</t>
+  </si>
+  <si>
+    <t>HCL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>980101208</t>
+  </si>
+  <si>
+    <t>INE860A01027</t>
+  </si>
+  <si>
+    <t>6294896</t>
+  </si>
+  <si>
+    <t>HDFC BANK LTD</t>
+  </si>
+  <si>
+    <t>999RF43E7</t>
+  </si>
+  <si>
+    <t>INE040A01034</t>
+  </si>
+  <si>
+    <t>BK1N461</t>
+  </si>
+  <si>
+    <t>HDFC LIFE INSURANCE CO LTD</t>
+  </si>
+  <si>
+    <t>999UJS568</t>
+  </si>
+  <si>
+    <t>INE795G01014</t>
+  </si>
+  <si>
+    <t>BF0TRG6</t>
+  </si>
+  <si>
+    <t>HEIDELBERG MATERIALS AG</t>
+  </si>
+  <si>
+    <t>990000W64</t>
+  </si>
+  <si>
+    <t>DE0006047004</t>
+  </si>
+  <si>
+    <t>5120679</t>
+  </si>
+  <si>
+    <t>HEINEKEN NV</t>
+  </si>
+  <si>
+    <t>999110MK2</t>
+  </si>
+  <si>
+    <t>NL0000009165</t>
+  </si>
+  <si>
+    <t>7792559</t>
+  </si>
+  <si>
+    <t>HELLENIC TELECOMMUNICATIONS ORG:EUR2.39</t>
+  </si>
+  <si>
+    <t>99002KJE6</t>
+  </si>
+  <si>
+    <t>GRS260333000</t>
+  </si>
+  <si>
+    <t>5051605</t>
+  </si>
+  <si>
+    <t>HENKEL AG &amp; CO KGAA</t>
+  </si>
+  <si>
+    <t>990000W80</t>
+  </si>
+  <si>
+    <t>DE0006048408</t>
+  </si>
+  <si>
+    <t>5002465</t>
+  </si>
+  <si>
+    <t>HENSOLDT AG</t>
+  </si>
+  <si>
+    <t>99VSZSPN1</t>
+  </si>
+  <si>
+    <t>DE000HAG0005</t>
+  </si>
+  <si>
+    <t>BN0SDX8</t>
+  </si>
+  <si>
+    <t>HERITAGE COMMERCE CORP</t>
+  </si>
+  <si>
+    <t>426927109</t>
+  </si>
+  <si>
+    <t>US4269271098</t>
+  </si>
+  <si>
+    <t>2503916</t>
+  </si>
+  <si>
+    <t>HERITAGE FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>42722X106</t>
+  </si>
+  <si>
+    <t>US42722X1063</t>
+  </si>
+  <si>
+    <t>2619880</t>
+  </si>
+  <si>
+    <t>HERMES INTERNATIONAL SA FRF10:ORDS</t>
+  </si>
+  <si>
+    <t>990001GQ6</t>
+  </si>
+  <si>
+    <t>FR0000052292</t>
+  </si>
+  <si>
+    <t>5253973</t>
+  </si>
+  <si>
+    <t>HILLTOP HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>432748101</t>
+  </si>
+  <si>
+    <t>US4327481010</t>
+  </si>
+  <si>
+    <t>2365428</t>
+  </si>
+  <si>
+    <t>HINDALCO INDUSTRIES LTD</t>
+  </si>
+  <si>
+    <t>980200026</t>
+  </si>
+  <si>
+    <t>INE038A01020</t>
+  </si>
+  <si>
+    <t>B0GWF48</t>
+  </si>
+  <si>
+    <t>HINDUSTAN UNILEVER LTD</t>
+  </si>
+  <si>
+    <t>980101513</t>
+  </si>
+  <si>
+    <t>INE030A01027</t>
+  </si>
+  <si>
+    <t>6261674</t>
+  </si>
+  <si>
+    <t>HINGHAM INSTITUTION SAVINGS USD:COM</t>
+  </si>
+  <si>
+    <t>433323102</t>
+  </si>
+  <si>
+    <t>US4333231029</t>
+  </si>
+  <si>
+    <t>2428439</t>
+  </si>
+  <si>
+    <t>HIROGIN HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>99VT46VS3</t>
+  </si>
+  <si>
+    <t>JP3796150005</t>
+  </si>
+  <si>
+    <t>BJK6DZ6</t>
+  </si>
+  <si>
+    <t>HITACHI LTD</t>
+  </si>
+  <si>
+    <t>J20454112</t>
+  </si>
+  <si>
+    <t>JP3788600009</t>
+  </si>
+  <si>
+    <t>6429104</t>
+  </si>
+  <si>
+    <t>HOKUHOKU FINANCIAL GROUP INC:(8377)</t>
+  </si>
+  <si>
+    <t>99A9D1S55</t>
+  </si>
+  <si>
+    <t>JP3842400008</t>
+  </si>
+  <si>
+    <t>6683591</t>
+  </si>
+  <si>
+    <t>HOLCIM LTD</t>
+  </si>
+  <si>
+    <t>993930TE6</t>
+  </si>
+  <si>
+    <t>CH0012214059</t>
+  </si>
+  <si>
+    <t>7110753</t>
+  </si>
+  <si>
+    <t>HOME BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>436893200</t>
+  </si>
+  <si>
+    <t>US4368932004</t>
+  </si>
+  <si>
+    <t>B17MTL9</t>
+  </si>
+  <si>
+    <t>HOME DEPOT INC USD COM</t>
+  </si>
+  <si>
+    <t>437076102</t>
+  </si>
+  <si>
+    <t>US4370761029</t>
+  </si>
+  <si>
+    <t>2434209</t>
+  </si>
+  <si>
+    <t>HON HAI PRECISION INDUSTRY CO:LTD TWD10 ORDS</t>
+  </si>
+  <si>
+    <t>Y36861105</t>
+  </si>
+  <si>
+    <t>TW0002317005</t>
+  </si>
+  <si>
+    <t>6438564</t>
+  </si>
+  <si>
+    <t>HONDA MOTOR CO LTD (7267)</t>
+  </si>
+  <si>
+    <t>438128100</t>
+  </si>
+  <si>
+    <t>JP3854600008</t>
+  </si>
+  <si>
+    <t>6435145</t>
+  </si>
+  <si>
+    <t>HONEYWELL INTERNATIONAL INC USD:COM</t>
+  </si>
+  <si>
+    <t>438516106</t>
+  </si>
+  <si>
+    <t>US4385161066</t>
+  </si>
+  <si>
+    <t>2020459</t>
+  </si>
+  <si>
+    <t>HOPE BANCORP INC</t>
+  </si>
+  <si>
+    <t>43940T109</t>
+  </si>
+  <si>
+    <t>US43940T1097</t>
+  </si>
+  <si>
+    <t>BYN87K7</t>
+  </si>
+  <si>
+    <t>HORIZON BANCORP INC/IN</t>
+  </si>
+  <si>
+    <t>440407104</t>
+  </si>
+  <si>
+    <t>US4404071049</t>
+  </si>
+  <si>
+    <t>2949316</t>
+  </si>
+  <si>
+    <t>HOTAI MOTOR COMPANY LTD</t>
+  </si>
+  <si>
+    <t>HK3999BO4</t>
+  </si>
+  <si>
+    <t>TW0002207008</t>
+  </si>
+  <si>
+    <t>6417165</t>
+  </si>
+  <si>
+    <t>HOYA CORP (7741)</t>
+  </si>
+  <si>
+    <t>442993101</t>
+  </si>
+  <si>
+    <t>JP3837800006</t>
+  </si>
+  <si>
+    <t>6441506</t>
+  </si>
+  <si>
+    <t>HSBC HOLDINGS PLC</t>
+  </si>
+  <si>
+    <t>992991RW1</t>
+  </si>
+  <si>
+    <t>GB0005405286</t>
+  </si>
+  <si>
+    <t>0540528</t>
+  </si>
+  <si>
+    <t>HUBBELL INC CL B</t>
+  </si>
+  <si>
+    <t>443510607</t>
+  </si>
+  <si>
+    <t>US4435106079</t>
+  </si>
+  <si>
+    <t>BDFG6S3</t>
+  </si>
+  <si>
+    <t>HUNTINGTON BANCSHARES INC USD:COM</t>
+  </si>
+  <si>
+    <t>446150104</t>
+  </si>
+  <si>
+    <t>US4461501045</t>
+  </si>
+  <si>
+    <t>2445966</t>
+  </si>
+  <si>
+    <t>HUNTINGTON INGALLS INDUST-WI</t>
+  </si>
+  <si>
+    <t>446413106</t>
+  </si>
+  <si>
+    <t>US4464131063</t>
+  </si>
+  <si>
+    <t>B40SSC9</t>
+  </si>
+  <si>
+    <t>HYATT HOTELS CORP:5.750 30JAN2027</t>
+  </si>
+  <si>
+    <t>448579AQ5</t>
+  </si>
+  <si>
+    <t>US448579AQ51</t>
+  </si>
+  <si>
+    <t>BMDHN79</t>
+  </si>
+  <si>
+    <t>HYUNDAI MOTOR CO LTD KRW5000</t>
+  </si>
+  <si>
+    <t>991992835</t>
+  </si>
+  <si>
+    <t>KR7005380001</t>
+  </si>
+  <si>
+    <t>6451055</t>
+  </si>
+  <si>
+    <t>IBERDROLA SA</t>
+  </si>
+  <si>
+    <t>997519JX2</t>
+  </si>
+  <si>
+    <t>ES0144580Y14</t>
+  </si>
+  <si>
+    <t>B288C92</t>
+  </si>
+  <si>
+    <t>ICICI BANK LTD</t>
+  </si>
+  <si>
+    <t>991245283</t>
+  </si>
+  <si>
+    <t>INE090A01021</t>
+  </si>
+  <si>
+    <t>BSZ2BY7</t>
+  </si>
+  <si>
+    <t>ICICI LOMBARD GENERAL INSURA</t>
+  </si>
+  <si>
+    <t>999TOP538</t>
+  </si>
+  <si>
+    <t>INE765G01017</t>
+  </si>
+  <si>
+    <t>BYXH7P9</t>
+  </si>
+  <si>
+    <t>IDEXX LABORATORIES INC USD COM</t>
+  </si>
+  <si>
+    <t>45168D104</t>
+  </si>
+  <si>
+    <t>US45168D1046</t>
+  </si>
+  <si>
+    <t>2459202</t>
+  </si>
+  <si>
+    <t>INDEPENDENT BANK CORP (MASS):USD COM</t>
+  </si>
+  <si>
+    <t>453836108</t>
+  </si>
+  <si>
+    <t>US4538361084</t>
+  </si>
+  <si>
+    <t>2447821</t>
+  </si>
+  <si>
+    <t>INDEPENDENT BANK CORP USD COM</t>
+  </si>
+  <si>
+    <t>453838609</t>
+  </si>
+  <si>
+    <t>US4538386099</t>
+  </si>
+  <si>
+    <t>2492133</t>
+  </si>
+  <si>
+    <t>INDIAN HOTELS LTD</t>
+  </si>
+  <si>
+    <t>991235946</t>
+  </si>
+  <si>
+    <t>INE053A01029</t>
+  </si>
+  <si>
+    <t>B1FRT61</t>
+  </si>
+  <si>
+    <t>INDUST &amp; COMM BK OF CHINA-H SHS</t>
+  </si>
+  <si>
+    <t>999A0A1Z1</t>
+  </si>
+  <si>
+    <t>CNE1000003G1</t>
+  </si>
+  <si>
+    <t>B1G1QD8</t>
+  </si>
+  <si>
+    <t>INFINEON TECHNOLOGIES AG</t>
+  </si>
+  <si>
+    <t>D35415104</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>INFORMA PLC (NEW) ORD GBP4.35 (TO BECO</t>
+  </si>
+  <si>
+    <t>99123AAC5</t>
+  </si>
+  <si>
+    <t>GB00BMJ6DW54</t>
+  </si>
+  <si>
+    <t>BMJ6DW5</t>
+  </si>
+  <si>
+    <t>INFOSYS LTD</t>
+  </si>
+  <si>
+    <t>996997R61</t>
+  </si>
+  <si>
+    <t>INE009A01021</t>
+  </si>
+  <si>
+    <t>6205122</t>
+  </si>
+  <si>
+    <t>ING GROEP NV</t>
+  </si>
+  <si>
+    <t>999AB1A48</t>
+  </si>
+  <si>
+    <t>NL0011821202</t>
+  </si>
+  <si>
+    <t>BZ57390</t>
+  </si>
+  <si>
+    <t>INGERSOLL-RAND INC</t>
+  </si>
+  <si>
+    <t>45687V106</t>
+  </si>
+  <si>
+    <t>US45687V1061</t>
+  </si>
+  <si>
+    <t>BL5GZ82</t>
+  </si>
+  <si>
+    <t>INPEX CORPORATION (1605)</t>
+  </si>
+  <si>
+    <t>99ABYJH35</t>
+  </si>
+  <si>
+    <t>JP3294460005</t>
+  </si>
+  <si>
+    <t>B10RB15</t>
+  </si>
+  <si>
+    <t>INTEL CORP USD COM</t>
+  </si>
+  <si>
+    <t>458140100</t>
+  </si>
+  <si>
+    <t>US4581401001</t>
+  </si>
+  <si>
+    <t>2463247</t>
+  </si>
+  <si>
+    <t>INTERCONTINENTAL EXCHANGE INC</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>US45866F1049</t>
+  </si>
+  <si>
+    <t>BFSSDS9</t>
+  </si>
+  <si>
+    <t>INTERCONTINENTAL HOTELS GROUP</t>
+  </si>
+  <si>
+    <t>99T5CMMJ4</t>
+  </si>
+  <si>
+    <t>GB00BHJYC057</t>
+  </si>
+  <si>
+    <t>BHJYC05</t>
+  </si>
+  <si>
+    <t>INTERGLOBE AVIATION LTD</t>
+  </si>
+  <si>
+    <t>99A4DQG96</t>
+  </si>
+  <si>
+    <t>INE646L01027</t>
+  </si>
+  <si>
+    <t>BYYZ7D0</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL BANCSHARES CORP:USD COM</t>
+  </si>
+  <si>
+    <t>459044103</t>
+  </si>
+  <si>
+    <t>US4590441030</t>
+  </si>
+  <si>
+    <t>2243911</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL BUSINESS MACHINES:CORP USD COM</t>
+  </si>
+  <si>
+    <t>459200101</t>
+  </si>
+  <si>
+    <t>US4592001014</t>
+  </si>
+  <si>
+    <t>2005973</t>
+  </si>
+  <si>
+    <t>INTESA SANPAOLO SPA</t>
+  </si>
+  <si>
+    <t>990003BB0</t>
+  </si>
+  <si>
+    <t>IT0000072618</t>
+  </si>
+  <si>
+    <t>4076836</t>
+  </si>
+  <si>
+    <t>INTUIT INC USD COM</t>
+  </si>
+  <si>
+    <t>461202103</t>
+  </si>
+  <si>
+    <t>US4612021034</t>
+  </si>
+  <si>
+    <t>2459020</t>
+  </si>
+  <si>
+    <t>INTUITIVE SURGICAL INC USD COM</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>IPG PHOTONICS CORP</t>
+  </si>
+  <si>
+    <t>44980X109</t>
+  </si>
+  <si>
+    <t>US44980X1090</t>
+  </si>
+  <si>
+    <t>2698782</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):0.250 15MAR2028</t>
+  </si>
+  <si>
+    <t>IT0005433690</t>
+  </si>
+  <si>
+    <t>BMPRJ24</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):2.000 01FEB2028</t>
+  </si>
+  <si>
+    <t>IT0005323032</t>
+  </si>
+  <si>
+    <t>BF1GMY9</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):4.000 01FEB2037</t>
+  </si>
+  <si>
+    <t>08087S9J8</t>
+  </si>
+  <si>
+    <t>IT0003934657</t>
+  </si>
+  <si>
+    <t>B0MDVB4</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):5.000 01AUG2039</t>
+  </si>
+  <si>
+    <t>77118G9L7</t>
+  </si>
+  <si>
+    <t>IT0004286966</t>
+  </si>
+  <si>
+    <t>B28Q713</t>
+  </si>
+  <si>
+    <t>ITALY (REPUBLIC OF):NOTE 5.000 01AUG2034</t>
+  </si>
+  <si>
+    <t>77118G9D5</t>
+  </si>
+  <si>
+    <t>IT0003535157</t>
+  </si>
+  <si>
+    <t>7683619</t>
+  </si>
+  <si>
+    <t>ITAU UNIBANCO HOLDING SA:PFD 0.000</t>
+  </si>
+  <si>
+    <t>965458391</t>
+  </si>
+  <si>
+    <t>BRITUBACNPR1</t>
+  </si>
+  <si>
+    <t>B037HR3</t>
+  </si>
+  <si>
+    <t>ITOHCHU CORP (8001)</t>
+  </si>
+  <si>
+    <t>465730109</t>
+  </si>
+  <si>
+    <t>JP3143600009</t>
+  </si>
+  <si>
+    <t>6467803</t>
+  </si>
+  <si>
+    <t>IYOGIN HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>99CC8BJY7</t>
+  </si>
+  <si>
+    <t>JP3149700001</t>
+  </si>
+  <si>
+    <t>BP38QH4</t>
+  </si>
+  <si>
+    <t>J SAINSBURY PLC</t>
+  </si>
+  <si>
+    <t>999120AM0</t>
+  </si>
+  <si>
+    <t>GB00B019KW72</t>
+  </si>
+  <si>
+    <t>B019KW7</t>
+  </si>
+  <si>
+    <t>JAB HOLD:4.750 29JUN2032</t>
+  </si>
+  <si>
+    <t>BMIAZEGZ7</t>
+  </si>
+  <si>
+    <t>DE000A3K5HW7</t>
+  </si>
+  <si>
+    <t>BLDCBW8</t>
+  </si>
+  <si>
+    <t>JACOBS SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t>46982L108</t>
+  </si>
+  <si>
+    <t>US46982L1089</t>
+  </si>
+  <si>
+    <t>BNGC0D3</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):0.100 20SEP2027</t>
+  </si>
+  <si>
+    <t>JP1103481H98</t>
+  </si>
+  <si>
+    <t>BD3JV67</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):0.200 20DEC2027</t>
+  </si>
+  <si>
+    <t>JP1051561P27</t>
+  </si>
+  <si>
+    <t>BN2ZXD7</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):0.600 20DEC2033</t>
+  </si>
+  <si>
+    <t>JP1103731Q12</t>
+  </si>
+  <si>
+    <t>BR88M86</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):0.600 20JUN2050</t>
+  </si>
+  <si>
+    <t>JP1300671L78</t>
+  </si>
+  <si>
+    <t>BMVQTR0</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):0.600 20SEP2050</t>
+  </si>
+  <si>
+    <t>JP1300681LA7</t>
+  </si>
+  <si>
+    <t>BN4JC74</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):1.000 20DEC2035</t>
+  </si>
+  <si>
+    <t>JP1201551FC0</t>
+  </si>
+  <si>
+    <t>BYS7ZF0</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):1.100 20JUN2034</t>
+  </si>
+  <si>
+    <t>JP1103751Q74</t>
+  </si>
+  <si>
+    <t>BSMQLT7</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):1.200 20DEC2034</t>
+  </si>
+  <si>
+    <t>JP1201511EC7</t>
+  </si>
+  <si>
+    <t>BTL1DB6</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):1.200 20SEP2035</t>
+  </si>
+  <si>
+    <t>JP1201541F90</t>
+  </si>
+  <si>
+    <t>BYRJVT3</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):1.300 20JUN2035</t>
+  </si>
+  <si>
+    <t>JP1201531F68</t>
+  </si>
+  <si>
+    <t>BZ0YHL6</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):1.400 20SEP2034</t>
+  </si>
+  <si>
+    <t>JP1201501E99</t>
+  </si>
+  <si>
+    <t>BQWJS35</t>
+  </si>
+  <si>
+    <t>JAPAN (GOVERNMENT OF):2.200 20MAR2064</t>
+  </si>
+  <si>
+    <t>JP1400171Q50</t>
+  </si>
+  <si>
+    <t>BRJQFJ1</t>
+  </si>
+  <si>
+    <t>JAPAN POST BANK CO LTD</t>
+  </si>
+  <si>
+    <t>99A45Z548</t>
+  </si>
+  <si>
+    <t>JP3946750001</t>
+  </si>
+  <si>
+    <t>BYT8165</t>
+  </si>
+  <si>
+    <t>JD.COM INC - CL A</t>
+  </si>
+  <si>
+    <t>99VR92D85</t>
+  </si>
+  <si>
+    <t>KYG8208B1014</t>
+  </si>
+  <si>
+    <t>BKPQZT6</t>
+  </si>
+  <si>
+    <t>JEFFERIES FINANCIAL GROUP INC:2.750 15OCT2032</t>
+  </si>
+  <si>
+    <t>47233JDX3</t>
+  </si>
+  <si>
+    <t>US47233JDX37</t>
+  </si>
+  <si>
+    <t>BKVDKS5</t>
+  </si>
+  <si>
+    <t>JEFFERIES FINANCIAL GROUP INC:5.500 15FEB2036</t>
+  </si>
+  <si>
+    <t>47233WLL1</t>
+  </si>
+  <si>
+    <t>US47233WLL18</t>
+  </si>
+  <si>
+    <t>BVMZJL3</t>
+  </si>
+  <si>
+    <t>JEFFERIES FINANCIAL GROUP INC:6.200 14APR2034</t>
+  </si>
+  <si>
+    <t>47233WEJ4</t>
+  </si>
+  <si>
+    <t>US47233WEJ45</t>
+  </si>
+  <si>
+    <t>BPBSCJ0</t>
+  </si>
+  <si>
+    <t>JERSEY CTL PWR &amp; LT CO:5.100 15JAN2035</t>
+  </si>
+  <si>
+    <t>476556DF9</t>
+  </si>
+  <si>
+    <t>US476556DF91</t>
+  </si>
+  <si>
+    <t>BS5YNB4</t>
+  </si>
+  <si>
+    <t>JIO FINANCIAL SERVICES LTD</t>
+  </si>
+  <si>
+    <t>999HRJUK9</t>
+  </si>
+  <si>
+    <t>INE758E01017</t>
+  </si>
+  <si>
+    <t>BQPG2F3</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON USD COM</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JOHNSON CONTROLS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>G51502105</t>
+  </si>
+  <si>
+    <t>IE00BY7QL619</t>
+  </si>
+  <si>
+    <t>BY7QL61</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE &amp; CO USD COM</t>
+  </si>
+  <si>
+    <t>46625H100</t>
+  </si>
+  <si>
+    <t>US46625H1005</t>
+  </si>
+  <si>
+    <t>2190385</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE &amp; CO:5.766 22APR2035</t>
+  </si>
+  <si>
+    <t>46647PEH5</t>
+  </si>
+  <si>
+    <t>US46647PEH55</t>
+  </si>
+  <si>
+    <t>BQKVS00</t>
+  </si>
+  <si>
+    <t>KAO CORP (4452)</t>
+  </si>
+  <si>
+    <t>485539100</t>
+  </si>
+  <si>
+    <t>JP3205800000</t>
+  </si>
+  <si>
+    <t>6483809</t>
+  </si>
+  <si>
+    <t>KARMAN HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>485924104</t>
+  </si>
+  <si>
+    <t>US4859241048</t>
+  </si>
+  <si>
+    <t>BTRFVH4</t>
+  </si>
+  <si>
+    <t>KB FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99K999177</t>
+  </si>
+  <si>
+    <t>KR7105560007</t>
+  </si>
+  <si>
+    <t>B3DF0Y6</t>
+  </si>
+  <si>
+    <t>KBC ANCORA</t>
+  </si>
+  <si>
+    <t>999941JK4</t>
+  </si>
+  <si>
+    <t>BE0003867844</t>
+  </si>
+  <si>
+    <t>B1YWXY3</t>
+  </si>
+  <si>
+    <t>KBC GROUP NV</t>
+  </si>
+  <si>
+    <t>9900015Y1</t>
+  </si>
+  <si>
+    <t>BE0003565737</t>
+  </si>
+  <si>
+    <t>4497749</t>
+  </si>
+  <si>
+    <t>KDDI CORP</t>
+  </si>
+  <si>
+    <t>J11918117</t>
+  </si>
+  <si>
+    <t>JP3496400007</t>
+  </si>
+  <si>
+    <t>6248990</t>
+  </si>
+  <si>
+    <t>KE HOLDINGS INC-ADR</t>
+  </si>
+  <si>
+    <t>482497104</t>
+  </si>
+  <si>
+    <t>US4824971042</t>
+  </si>
+  <si>
+    <t>BMBX7M2</t>
+  </si>
+  <si>
+    <t>KEARNY FINANCIAL CORP/MD</t>
+  </si>
+  <si>
+    <t>48716P108</t>
+  </si>
+  <si>
+    <t>US48716P1084</t>
+  </si>
+  <si>
+    <t>BY3H7G0</t>
+  </si>
+  <si>
+    <t>KENNAMETAL INC USD COM</t>
+  </si>
+  <si>
+    <t>489170100</t>
+  </si>
+  <si>
+    <t>US4891701009</t>
+  </si>
+  <si>
+    <t>2488121</t>
+  </si>
+  <si>
+    <t>KENVUE INC ORD</t>
+  </si>
+  <si>
+    <t>49177J102</t>
+  </si>
+  <si>
+    <t>US49177J1025</t>
+  </si>
+  <si>
+    <t>BQ84ZQ6</t>
+  </si>
+  <si>
+    <t>KERING</t>
+  </si>
+  <si>
+    <t>990001VM8</t>
+  </si>
+  <si>
+    <t>FR0000121485</t>
+  </si>
+  <si>
+    <t>5505072</t>
+  </si>
+  <si>
+    <t>KERRY GROUP IEP10 'A'</t>
+  </si>
+  <si>
+    <t>9900015O3</t>
+  </si>
+  <si>
+    <t>IE0004906560</t>
+  </si>
+  <si>
+    <t>4519579</t>
+  </si>
+  <si>
+    <t>KESKO OYJ-B SHS</t>
+  </si>
+  <si>
+    <t>990003E27</t>
+  </si>
+  <si>
+    <t>FI0009000202</t>
+  </si>
+  <si>
+    <t>4490005</t>
+  </si>
+  <si>
+    <t>KEURIG DR PEPPER INC</t>
+  </si>
+  <si>
+    <t>49271V100</t>
+  </si>
+  <si>
+    <t>US49271V1008</t>
+  </si>
+  <si>
+    <t>BD3W133</t>
+  </si>
+  <si>
+    <t>KEYENCE CORP LTD (6861)</t>
+  </si>
+  <si>
+    <t>9T6861114</t>
+  </si>
+  <si>
+    <t>JP3236200006</t>
+  </si>
+  <si>
+    <t>6490995</t>
+  </si>
+  <si>
+    <t>KGHM POLSKA MEIDZ SA</t>
+  </si>
+  <si>
+    <t>991003617</t>
+  </si>
+  <si>
+    <t>PLKGHM000017</t>
+  </si>
+  <si>
+    <t>5263251</t>
+  </si>
+  <si>
+    <t>KIA CORP</t>
+  </si>
+  <si>
+    <t>992991554</t>
+  </si>
+  <si>
+    <t>KR7000270009</t>
+  </si>
+  <si>
+    <t>6490928</t>
+  </si>
+  <si>
+    <t>KIKKOMAN CORPORATION (2801)</t>
+  </si>
+  <si>
+    <t>9T2801114</t>
+  </si>
+  <si>
+    <t>JP3240400006</t>
+  </si>
+  <si>
+    <t>6490809</t>
+  </si>
+  <si>
+    <t>KIMBERLY-CLARK CORP USD COM</t>
+  </si>
+  <si>
+    <t>494368103</t>
+  </si>
+  <si>
+    <t>US4943681035</t>
+  </si>
+  <si>
+    <t>2491839</t>
+  </si>
+  <si>
+    <t>KINDER MORGAN INC</t>
+  </si>
+  <si>
+    <t>49456B101</t>
+  </si>
+  <si>
+    <t>US49456B1017</t>
+  </si>
+  <si>
+    <t>B3NQ4P8</t>
+  </si>
+  <si>
+    <t>KINGFISHER PLC</t>
+  </si>
+  <si>
+    <t>987960KT7</t>
+  </si>
+  <si>
+    <t>GB0033195214</t>
+  </si>
+  <si>
+    <t>3319521</t>
+  </si>
+  <si>
+    <t>KINGSPAN GROUP PLC</t>
+  </si>
+  <si>
+    <t>9900028V2</t>
+  </si>
+  <si>
+    <t>IE0004927939</t>
+  </si>
+  <si>
+    <t>4491235</t>
+  </si>
+  <si>
+    <t>KION GROUP AG (GFR LISTING)</t>
+  </si>
+  <si>
+    <t>999Q84V63</t>
+  </si>
+  <si>
+    <t>DE000KGX8881</t>
+  </si>
+  <si>
+    <t>BB22L96</t>
+  </si>
+  <si>
+    <t>KIRIN HOLDINGS CO LTD (2503)</t>
+  </si>
+  <si>
+    <t>497350108</t>
+  </si>
+  <si>
+    <t>JP3258000003</t>
+  </si>
+  <si>
+    <t>6493745</t>
+  </si>
+  <si>
+    <t>KNORR-BREMSE AG</t>
+  </si>
+  <si>
+    <t>99VDDSTR5</t>
+  </si>
+  <si>
+    <t>DE000KBX1006</t>
+  </si>
+  <si>
+    <t>BD2P9X9</t>
+  </si>
+  <si>
+    <t>KOMATSU (6301)</t>
+  </si>
+  <si>
+    <t>500458104</t>
+  </si>
+  <si>
+    <t>JP3304200003</t>
+  </si>
+  <si>
+    <t>6496584</t>
+  </si>
+  <si>
+    <t>KOMERCNI BANKA AS CZK500 ORDS</t>
+  </si>
+  <si>
+    <t>999955JJ7</t>
+  </si>
+  <si>
+    <t>CZ0008019106</t>
+  </si>
+  <si>
+    <t>4519449</t>
+  </si>
+  <si>
+    <t>KONINKLIJKE AHOLD DELHAIZE NV</t>
+  </si>
+  <si>
+    <t>999ADAF17</t>
+  </si>
+  <si>
+    <t>NL0011794037</t>
+  </si>
+  <si>
+    <t>BD0Q398</t>
+  </si>
+  <si>
+    <t>KONINKLIJKE KPN NV</t>
+  </si>
+  <si>
+    <t>993904QZ7</t>
+  </si>
+  <si>
+    <t>NL0000009082</t>
+  </si>
+  <si>
+    <t>5956078</t>
+  </si>
+  <si>
+    <t>KOTAK MAHINDRA BANK LTD</t>
+  </si>
+  <si>
+    <t>99T5CXCB8</t>
+  </si>
+  <si>
+    <t>INE237A01036</t>
+  </si>
+  <si>
+    <t>BNBX1W7</t>
+  </si>
+  <si>
+    <t>KRAFT HEINZ CO/THE</t>
+  </si>
+  <si>
+    <t>500754106</t>
+  </si>
+  <si>
+    <t>US5007541064</t>
+  </si>
+  <si>
+    <t>BYRY499</t>
+  </si>
+  <si>
+    <t>KRAFT HEINZ FOODS CO:4.375 01JUN2046</t>
+  </si>
+  <si>
+    <t>50077LAB2</t>
+  </si>
+  <si>
+    <t>US50077LAB27</t>
+  </si>
+  <si>
+    <t>BD7YG30</t>
+  </si>
+  <si>
+    <t>KRATOS DEFENSE &amp; SECURITY</t>
+  </si>
+  <si>
+    <t>50077B207</t>
+  </si>
+  <si>
+    <t>US50077B2079</t>
+  </si>
+  <si>
+    <t>2512149</t>
+  </si>
+  <si>
+    <t>KROGER CO:5.000 15SEP2034</t>
+  </si>
+  <si>
+    <t>501044DV0</t>
+  </si>
+  <si>
+    <t>US501044DV05</t>
+  </si>
+  <si>
+    <t>BSFVBB1</t>
+  </si>
+  <si>
+    <t>KUAISHOU TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>99VW69LL4</t>
+  </si>
+  <si>
+    <t>KYG532631028</t>
+  </si>
+  <si>
+    <t>BLC90T0</t>
+  </si>
+  <si>
+    <t>KUEHNE &amp; NAGEL INTL AG NEW</t>
+  </si>
+  <si>
+    <t>999927HU3</t>
+  </si>
+  <si>
+    <t>CH0025238863</t>
+  </si>
+  <si>
+    <t>B142S60</t>
+  </si>
+  <si>
+    <t>KWALITY WALLS INDIA LTD</t>
+  </si>
+  <si>
+    <t>99T56GML9</t>
+  </si>
+  <si>
+    <t>INE2KCE01013</t>
+  </si>
+  <si>
+    <t>BVMVC90</t>
+  </si>
+  <si>
+    <t>KYUSHU FINANCIAL HOLDINGS IN</t>
+  </si>
+  <si>
+    <t>99A41YHD2</t>
+  </si>
+  <si>
+    <t>JP3246500007</t>
+  </si>
+  <si>
+    <t>BYZ5XN1</t>
+  </si>
+  <si>
+    <t>L'OREAL EUR.20 ORDS</t>
+  </si>
+  <si>
+    <t>990001620</t>
+  </si>
+  <si>
+    <t>FR0000120321</t>
+  </si>
+  <si>
+    <t>4057808</t>
+  </si>
+  <si>
+    <t>L3HARRIS TECHNOLOGIES INC</t>
+  </si>
+  <si>
+    <t>502431109</t>
+  </si>
+  <si>
+    <t>US5024311095</t>
+  </si>
+  <si>
+    <t>BK9DTN5</t>
+  </si>
+  <si>
+    <t>LAKELAND FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>511656100</t>
+  </si>
+  <si>
+    <t>US5116561003</t>
+  </si>
+  <si>
+    <t>2537528</t>
+  </si>
+  <si>
+    <t>LEGAL &amp; GENERAL GROUP</t>
+  </si>
+  <si>
+    <t>992991SL4</t>
+  </si>
+  <si>
+    <t>GB0005603997</t>
+  </si>
+  <si>
+    <t>0560399</t>
+  </si>
+  <si>
+    <t>LEGRAND SA</t>
+  </si>
+  <si>
+    <t>999927AA4</t>
+  </si>
+  <si>
+    <t>FR0010307819</t>
+  </si>
+  <si>
+    <t>B11ZRK9</t>
+  </si>
+  <si>
+    <t>LEIDOS HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>525327102</t>
+  </si>
+  <si>
+    <t>US5253271028</t>
+  </si>
+  <si>
+    <t>BDV82B8</t>
+  </si>
+  <si>
+    <t>LENOVO GROUP LIMITED</t>
+  </si>
+  <si>
+    <t>571993YG3</t>
+  </si>
+  <si>
+    <t>HK0992009065</t>
+  </si>
+  <si>
+    <t>6218089</t>
+  </si>
+  <si>
+    <t>LEONARDO DRS INC</t>
+  </si>
+  <si>
+    <t>52661A108</t>
+  </si>
+  <si>
+    <t>US52661A1088</t>
+  </si>
+  <si>
+    <t>BNSNZQ2</t>
+  </si>
+  <si>
+    <t>LEONARDO SPA</t>
+  </si>
+  <si>
+    <t>999636IH8</t>
+  </si>
+  <si>
+    <t>IT0003856405</t>
+  </si>
+  <si>
+    <t>B0DJNG0</t>
+  </si>
+  <si>
+    <t>LG CHEM LTD</t>
+  </si>
+  <si>
+    <t>99K999607</t>
+  </si>
+  <si>
+    <t>KR7051910008</t>
+  </si>
+  <si>
+    <t>6346913</t>
+  </si>
+  <si>
+    <t>LG CORP</t>
+  </si>
+  <si>
+    <t>99K992438</t>
+  </si>
+  <si>
+    <t>KR7003550001</t>
+  </si>
+  <si>
+    <t>6537030</t>
+  </si>
+  <si>
+    <t>LG ENERGY SOLUTION</t>
+  </si>
+  <si>
+    <t>99C4N9JB3</t>
+  </si>
+  <si>
+    <t>KR7373220003</t>
+  </si>
+  <si>
+    <t>BNSP8W5</t>
+  </si>
+  <si>
+    <t>LI AUTO INC-CLASS A (CPS LISTING)</t>
+  </si>
+  <si>
+    <t>999FU0RG3</t>
+  </si>
+  <si>
+    <t>KYG5479M1050</t>
+  </si>
+  <si>
+    <t>BMW5M00</t>
+  </si>
+  <si>
+    <t>LINCOLN ELECTRIC HOLDINGS INC:USD COM</t>
+  </si>
+  <si>
+    <t>533900106</t>
+  </si>
+  <si>
+    <t>US5339001068</t>
+  </si>
+  <si>
+    <t>2516851</t>
+  </si>
+  <si>
+    <t>LINDE PLC</t>
+  </si>
+  <si>
+    <t>G54950103</t>
+  </si>
+  <si>
+    <t>IE000S9YS762</t>
+  </si>
+  <si>
+    <t>BNZHB81</t>
+  </si>
+  <si>
+    <t>LINK REIT</t>
+  </si>
+  <si>
+    <t>99ABN2DG9</t>
+  </si>
+  <si>
+    <t>HK0823032773</t>
+  </si>
+  <si>
+    <t>B0PB4M7</t>
+  </si>
+  <si>
+    <t>LITE-ON TECHNOLOGY CORP</t>
+  </si>
+  <si>
+    <t>5729954P0</t>
+  </si>
+  <si>
+    <t>TW0002301009</t>
+  </si>
+  <si>
+    <t>6519481</t>
+  </si>
+  <si>
+    <t>LIVE OAK BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>53803X105</t>
+  </si>
+  <si>
+    <t>US53803X1054</t>
+  </si>
+  <si>
+    <t>BYN5Z59</t>
+  </si>
+  <si>
+    <t>LKQ CORP</t>
+  </si>
+  <si>
+    <t>501889208</t>
+  </si>
+  <si>
+    <t>US5018892084</t>
+  </si>
+  <si>
+    <t>2971029</t>
+  </si>
+  <si>
+    <t>LLOYDS BANKING GROUP PLC</t>
+  </si>
+  <si>
+    <t>G5542W106</t>
+  </si>
+  <si>
+    <t>GB0008706128</t>
+  </si>
+  <si>
+    <t>0870612</t>
+  </si>
+  <si>
+    <t>LOGITECH INTERNATIONAL CHF</t>
+  </si>
+  <si>
+    <t>999928DS0</t>
+  </si>
+  <si>
+    <t>CH0025751329</t>
+  </si>
+  <si>
+    <t>B18ZRK2</t>
+  </si>
+  <si>
+    <t>LONDON STOCK EXCHANGE PLC</t>
+  </si>
+  <si>
+    <t>993317UI5</t>
+  </si>
+  <si>
+    <t>GB00B0SWJX34</t>
+  </si>
+  <si>
+    <t>B0SWJX3</t>
+  </si>
+  <si>
+    <t>LONZA GROUP AG CHF1 REG SHS</t>
+  </si>
+  <si>
+    <t>996940OQ0</t>
+  </si>
+  <si>
+    <t>CH0013841017</t>
+  </si>
+  <si>
+    <t>7333378</t>
+  </si>
+  <si>
+    <t>LOWE'S COMPANIES INC USD COM</t>
+  </si>
+  <si>
+    <t>548661107</t>
+  </si>
+  <si>
+    <t>US5486611073</t>
+  </si>
+  <si>
+    <t>2536763</t>
+  </si>
+  <si>
+    <t>LOWES COMPANIES INC:4.500 15OCT2032</t>
+  </si>
+  <si>
+    <t>548661EW3</t>
+  </si>
+  <si>
+    <t>US548661EW30</t>
+  </si>
+  <si>
+    <t>BRWFZC8</t>
+  </si>
+  <si>
+    <t>LVMH MOET HENNESSY LOUIS VUITTON</t>
+  </si>
+  <si>
+    <t>990001DC0</t>
+  </si>
+  <si>
+    <t>FR0000121014</t>
+  </si>
+  <si>
+    <t>4061412</t>
+  </si>
+  <si>
+    <t>LY CORP</t>
+  </si>
+  <si>
+    <t>J95402103</t>
+  </si>
+  <si>
+    <t>JP3933800009</t>
+  </si>
+  <si>
+    <t>6084848</t>
+  </si>
+  <si>
+    <t>M &amp; T BANK CORP USD COM</t>
+  </si>
+  <si>
+    <t>55261F104</t>
+  </si>
+  <si>
+    <t>US55261F1049</t>
+  </si>
+  <si>
+    <t>2340168</t>
+  </si>
+  <si>
+    <t>MACQUARIE AIRFINANCE HOLDINGS LTD:6.500 26MAR2031</t>
+  </si>
+  <si>
+    <t>55609NAD0</t>
+  </si>
+  <si>
+    <t>US55609NAD03</t>
+  </si>
+  <si>
+    <t>BQ9D647</t>
+  </si>
+  <si>
+    <t>MAHINDRA &amp; MAHINDRA LTD</t>
+  </si>
+  <si>
+    <t>991241936</t>
+  </si>
+  <si>
+    <t>INE101A01026</t>
+  </si>
+  <si>
+    <t>6100186</t>
+  </si>
+  <si>
+    <t>MAREX GROUP PLC:5.829 08MAY2028</t>
+  </si>
+  <si>
+    <t>566539AB8</t>
+  </si>
+  <si>
+    <t>US566539AB80</t>
+  </si>
+  <si>
+    <t>BV8CDK5</t>
+  </si>
+  <si>
+    <t>MAREX GROUP PLC:6.404 04NOV2029</t>
+  </si>
+  <si>
+    <t>566539AA0</t>
+  </si>
+  <si>
+    <t>US566539AA08</t>
+  </si>
+  <si>
+    <t>BT03MF0</t>
+  </si>
+  <si>
+    <t>MARS INC:5.700 01MAY2055</t>
+  </si>
+  <si>
+    <t>571676BC8</t>
+  </si>
+  <si>
+    <t>US571676BC81</t>
+  </si>
+  <si>
+    <t>BR4XVL1</t>
+  </si>
+  <si>
+    <t>MARSH &amp; MCLENNAN COS INC USD COM</t>
+  </si>
+  <si>
+    <t>571748102</t>
+  </si>
+  <si>
+    <t>US5717481023</t>
+  </si>
+  <si>
+    <t>2567741</t>
+  </si>
+  <si>
+    <t>MARSH &amp; MCLENNAN COMPANIES INC:5.400 15MAR2055</t>
+  </si>
+  <si>
+    <t>571748CD2</t>
+  </si>
+  <si>
+    <t>US571748CD26</t>
+  </si>
+  <si>
+    <t>BT03MT4</t>
+  </si>
+  <si>
+    <t>MARTIN MARIETTA MATERIALS INC:USD COM</t>
+  </si>
+  <si>
+    <t>573284106</t>
+  </si>
+  <si>
+    <t>US5732841060</t>
+  </si>
+  <si>
+    <t>2572079</t>
+  </si>
+  <si>
+    <t>MARUBENI CORP (8002)</t>
+  </si>
+  <si>
+    <t>573810108</t>
+  </si>
+  <si>
+    <t>JP3877600001</t>
+  </si>
+  <si>
+    <t>6569464</t>
+  </si>
+  <si>
+    <t>MARUTI SUZUKI</t>
+  </si>
+  <si>
+    <t>980109235</t>
+  </si>
+  <si>
+    <t>INE585B01010</t>
+  </si>
+  <si>
+    <t>6633712</t>
+  </si>
+  <si>
+    <t>MASTERCARD INC</t>
+  </si>
+  <si>
+    <t>57636Q104</t>
+  </si>
+  <si>
+    <t>US57636Q1040</t>
+  </si>
+  <si>
+    <t>B121557</t>
+  </si>
+  <si>
+    <t>MASTERCARD INC:4.550 15JAN2035</t>
+  </si>
+  <si>
+    <t>57636QBC7</t>
+  </si>
+  <si>
+    <t>US57636QBC78</t>
+  </si>
+  <si>
+    <t>BTFJ457</t>
+  </si>
+  <si>
+    <t>MASTERCARD INC:4.950 15MAR2032</t>
+  </si>
+  <si>
+    <t>57636QBG8</t>
+  </si>
+  <si>
+    <t>US57636QBG82</t>
+  </si>
+  <si>
+    <t>BSNPHZ1</t>
+  </si>
+  <si>
+    <t>MATSUKIYOCOCOKARA &amp; CO</t>
+  </si>
+  <si>
+    <t>99ADSQVM4</t>
+  </si>
+  <si>
+    <t>JP3869010003</t>
+  </si>
+  <si>
+    <t>B249GC0</t>
+  </si>
+  <si>
+    <t>MAX HEALTHCARE INSTITUTE LTD (IND LIST</t>
+  </si>
+  <si>
+    <t>999JT2RU2</t>
+  </si>
+  <si>
+    <t>INE027H01010</t>
+  </si>
+  <si>
+    <t>BMB2291</t>
+  </si>
+  <si>
+    <t>MCDONALDS CORP USD COM</t>
+  </si>
+  <si>
+    <t>580135101</t>
+  </si>
+  <si>
+    <t>US5801351017</t>
+  </si>
+  <si>
+    <t>2550707</t>
+  </si>
+  <si>
+    <t>MCKESSON CORPORATION USD COM</t>
+  </si>
+  <si>
+    <t>58155Q103</t>
+  </si>
+  <si>
+    <t>US58155Q1031</t>
+  </si>
+  <si>
+    <t>2378534</t>
+  </si>
+  <si>
+    <t>MEBUKI FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99AY9DHV4</t>
+  </si>
+  <si>
+    <t>JP3117700009</t>
+  </si>
+  <si>
+    <t>BH0VTS2</t>
+  </si>
+  <si>
+    <t>MEDIATEK INC</t>
+  </si>
+  <si>
+    <t>572993285</t>
+  </si>
+  <si>
+    <t>TW0002454006</t>
+  </si>
+  <si>
+    <t>6372480</t>
+  </si>
+  <si>
+    <t>MEITUAN-CLASS B</t>
+  </si>
+  <si>
+    <t>99VCW3RB8</t>
+  </si>
+  <si>
+    <t>KYG596691041</t>
+  </si>
+  <si>
+    <t>BGJW376</t>
+  </si>
+  <si>
+    <t>MERCANTILE BANK CORP</t>
+  </si>
+  <si>
+    <t>587376104</t>
+  </si>
+  <si>
+    <t>US5873761044</t>
+  </si>
+  <si>
+    <t>2620257</t>
+  </si>
+  <si>
+    <t>MERCK &amp; CO INC USD COM</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MERCK KGAA DEM NPV ORDS</t>
+  </si>
+  <si>
+    <t>990001JK6</t>
+  </si>
+  <si>
+    <t>DE0006599905</t>
+  </si>
+  <si>
+    <t>4741844</t>
+  </si>
+  <si>
+    <t>MERCURY SYSTEMS INC USD:COM</t>
+  </si>
+  <si>
+    <t>589378108</t>
+  </si>
+  <si>
+    <t>US5893781089</t>
+  </si>
+  <si>
+    <t>2144047</t>
+  </si>
+  <si>
+    <t>MERITZ FINANCIAL HOLDING</t>
+  </si>
+  <si>
+    <t>99S104564</t>
+  </si>
+  <si>
+    <t>KR7138040001</t>
+  </si>
+  <si>
+    <t>B4WRJD2</t>
+  </si>
+  <si>
+    <t>META PLATFORMS INC</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META PLATFORMS INC:5.550 15AUG2064</t>
   </si>
   <si>
     <t>30303M8W5</t>
   </si>
   <si>
     <t>US30303M8W51</t>
   </si>
   <si>
     <t>BT3NFK3</t>
   </si>
   <si>
-    <t>FANUC CORP (6954)</t>
-[...2659 lines deleted...]
-  <si>
     <t>METLIFE INC USD COM</t>
   </si>
   <si>
     <t>59156R108</t>
   </si>
   <si>
     <t>US59156R1086</t>
   </si>
   <si>
     <t>2573209</t>
   </si>
   <si>
-    <t>METROPCS COMMUNICATIONS INC:5.125 15MAY2032</t>
+    <t>METROPOLITAN BANK HOLDING CO</t>
+  </si>
+  <si>
+    <t>591774104</t>
+  </si>
+  <si>
+    <t>US5917741044</t>
+  </si>
+  <si>
+    <t>BDBRDR8</t>
+  </si>
+  <si>
+    <t>METSO CORPORATION</t>
+  </si>
+  <si>
+    <t>99ACKB3R7</t>
+  </si>
+  <si>
+    <t>FI0009014575</t>
+  </si>
+  <si>
+    <t>B1FN8X9</t>
+  </si>
+  <si>
+    <t>MICROSOFT CORP USD COM</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MID PENN BANCORP INC</t>
+  </si>
+  <si>
+    <t>59540G107</t>
+  </si>
+  <si>
+    <t>US59540G1076</t>
+  </si>
+  <si>
+    <t>2618348</t>
+  </si>
+  <si>
+    <t>MIDLAND STATES BANCORP INC</t>
+  </si>
+  <si>
+    <t>597742105</t>
+  </si>
+  <si>
+    <t>US5977421057</t>
+  </si>
+  <si>
+    <t>B6VRG58</t>
+  </si>
+  <si>
+    <t>MIDWESTONE FINANCIAL GROUP I</t>
+  </si>
+  <si>
+    <t>598511103</t>
+  </si>
+  <si>
+    <t>US5985111039</t>
+  </si>
+  <si>
+    <t>2987178</t>
+  </si>
+  <si>
+    <t>MIRION TECHNOLOGIES INC</t>
+  </si>
+  <si>
+    <t>60471A101</t>
+  </si>
+  <si>
+    <t>US60471A1016</t>
+  </si>
+  <si>
+    <t>BMG3PQ7</t>
+  </si>
+  <si>
+    <t>MITSUBISHI CORP (8058)</t>
+  </si>
+  <si>
+    <t>606769107</t>
+  </si>
+  <si>
+    <t>JP3898400001</t>
+  </si>
+  <si>
+    <t>6596785</t>
+  </si>
+  <si>
+    <t>MITSUBISHI ELECTRIC (6503)</t>
+  </si>
+  <si>
+    <t>606776102</t>
+  </si>
+  <si>
+    <t>JP3902400005</t>
+  </si>
+  <si>
+    <t>6597045</t>
+  </si>
+  <si>
+    <t>MITSUBISHI ESTATE (8802)</t>
+  </si>
+  <si>
+    <t>606783108</t>
+  </si>
+  <si>
+    <t>JP3899600005</t>
+  </si>
+  <si>
+    <t>6596729</t>
+  </si>
+  <si>
+    <t>MITSUBISHI HEAVY INDS (7011)</t>
+  </si>
+  <si>
+    <t>606793107</t>
+  </si>
+  <si>
+    <t>JP3900000005</t>
+  </si>
+  <si>
+    <t>6597067</t>
+  </si>
+  <si>
+    <t>MITSUI CO (8031)</t>
+  </si>
+  <si>
+    <t>606827103</t>
+  </si>
+  <si>
+    <t>JP3893600001</t>
+  </si>
+  <si>
+    <t>6597302</t>
+  </si>
+  <si>
+    <t>MITSUI FUDOSAN CO (8801)</t>
+  </si>
+  <si>
+    <t>605999101</t>
+  </si>
+  <si>
+    <t>JP3893200000</t>
+  </si>
+  <si>
+    <t>6597603</t>
+  </si>
+  <si>
+    <t>MIZUHO FINANCIAL GROUP INC(8411)</t>
+  </si>
+  <si>
+    <t>99A94WZX8</t>
+  </si>
+  <si>
+    <t>JP3885780001</t>
+  </si>
+  <si>
+    <t>6591014</t>
+  </si>
+  <si>
+    <t>MOL HUNGARIAN OIL AND GAS PL</t>
+  </si>
+  <si>
+    <t>99FSADFD2</t>
+  </si>
+  <si>
+    <t>HU0000153937</t>
+  </si>
+  <si>
+    <t>BD5ZXH8</t>
+  </si>
+  <si>
+    <t>MOLEX ELECTRONIC TECHNOLOGIES LLC:4.750 30APR2028</t>
+  </si>
+  <si>
+    <t>60856BAE4</t>
+  </si>
+  <si>
+    <t>US60856BAE48</t>
+  </si>
+  <si>
+    <t>BN12RH1</t>
+  </si>
+  <si>
+    <t>MOLSON COORS BEVERAGE CO</t>
+  </si>
+  <si>
+    <t>60871R209</t>
+  </si>
+  <si>
+    <t>US60871R2094</t>
+  </si>
+  <si>
+    <t>B067BM3</t>
+  </si>
+  <si>
+    <t>MONCLER SPA</t>
+  </si>
+  <si>
+    <t>999R34T10</t>
+  </si>
+  <si>
+    <t>IT0004965148</t>
+  </si>
+  <si>
+    <t>BGLP232</t>
+  </si>
+  <si>
+    <t>MONDI PLC</t>
+  </si>
+  <si>
+    <t>999MNDP21</t>
+  </si>
+  <si>
+    <t>GB00BMWC6P49</t>
+  </si>
+  <si>
+    <t>BMWC6P4</t>
+  </si>
+  <si>
+    <t>MONETA MONEY BANK AS</t>
+  </si>
+  <si>
+    <t>99A7FW2G3</t>
+  </si>
+  <si>
+    <t>CZ0008040318</t>
+  </si>
+  <si>
+    <t>BD3CQ16</t>
+  </si>
+  <si>
+    <t>MOODY'S CORP USD COM</t>
+  </si>
+  <si>
+    <t>615369105</t>
+  </si>
+  <si>
+    <t>US6153691059</t>
+  </si>
+  <si>
+    <t>2252058</t>
+  </si>
+  <si>
+    <t>MOWI ASA</t>
+  </si>
+  <si>
+    <t>579994005</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>B02L486</t>
+  </si>
+  <si>
+    <t>MS INVF - EMERGING MARKETS LOCAL INCOME N EUR</t>
+  </si>
+  <si>
+    <t>LU2802096946</t>
+  </si>
+  <si>
+    <t>MS INVF GLOBAL ASSET BACKED SEC FUND NH EUR</t>
+  </si>
+  <si>
+    <t>L6514M203</t>
+  </si>
+  <si>
+    <t>LU2373719843</t>
+  </si>
+  <si>
+    <t>BMW5TK9</t>
+  </si>
+  <si>
+    <t>MS&amp;AD INSURANCE GROUP HOLDINGS (8725)</t>
+  </si>
+  <si>
+    <t>99AFN8QL2</t>
+  </si>
+  <si>
+    <t>JP3890310000</t>
+  </si>
+  <si>
+    <t>B2Q4CS1</t>
+  </si>
+  <si>
+    <t>MSINVF - EMERGING MARKETS CORPORATE DEBT FUND NH (EUR)</t>
+  </si>
+  <si>
+    <t>L6526U714</t>
+  </si>
+  <si>
+    <t>LU2875870748</t>
+  </si>
+  <si>
+    <t>BNG1KD0</t>
+  </si>
+  <si>
+    <t>MUENCHENER REUCKVERSICHERUNGSEM NPV REGD SHS</t>
+  </si>
+  <si>
+    <t>990003AL9</t>
+  </si>
+  <si>
+    <t>DE0008430026</t>
+  </si>
+  <si>
+    <t>5294121</t>
+  </si>
+  <si>
+    <t>MURATA MANUFACTURING (6981)</t>
+  </si>
+  <si>
+    <t>625999107</t>
+  </si>
+  <si>
+    <t>JP3914400001</t>
+  </si>
+  <si>
+    <t>6610403</t>
+  </si>
+  <si>
+    <t>NASDAQ INC</t>
+  </si>
+  <si>
+    <t>631103108</t>
+  </si>
+  <si>
+    <t>US6311031081</t>
+  </si>
+  <si>
+    <t>2965107</t>
+  </si>
+  <si>
+    <t>NASPERS LTD-N SHS</t>
+  </si>
+  <si>
+    <t>99T4VJMR5</t>
+  </si>
+  <si>
+    <t>ZAE000351946</t>
+  </si>
+  <si>
+    <t>BV2FFX7</t>
+  </si>
+  <si>
+    <t>NATIONAL AUSTRALIA BANK LTD:3.612 22JAN2036</t>
+  </si>
+  <si>
+    <t>XS3276167577</t>
+  </si>
+  <si>
+    <t>BV98S74</t>
+  </si>
+  <si>
+    <t>NATIONAL BAK HLD CL A</t>
+  </si>
+  <si>
+    <t>633707104</t>
+  </si>
+  <si>
+    <t>US6337071046</t>
+  </si>
+  <si>
+    <t>B888DV3</t>
+  </si>
+  <si>
+    <t>NATIONAL GAS TRANSMISSION PLC:1.125 14JAN2033</t>
+  </si>
+  <si>
+    <t>XS2284250284</t>
+  </si>
+  <si>
+    <t>BL0P0J0</t>
+  </si>
+  <si>
+    <t>NATIONAL GRID PLC</t>
+  </si>
+  <si>
+    <t>999UK75M7</t>
+  </si>
+  <si>
+    <t>GB00BDR05C01</t>
+  </si>
+  <si>
+    <t>BDR05C0</t>
+  </si>
+  <si>
+    <t>NATURGY ENERGY GROUP SA</t>
+  </si>
+  <si>
+    <t>E5499B123</t>
+  </si>
+  <si>
+    <t>ES0116870314</t>
+  </si>
+  <si>
+    <t>5650422</t>
+  </si>
+  <si>
+    <t>NATWEST GROUP PLC</t>
+  </si>
+  <si>
+    <t>99JGCVGF6</t>
+  </si>
+  <si>
+    <t>GB00BM8PJY71</t>
+  </si>
+  <si>
+    <t>BM8PJY7</t>
+  </si>
+  <si>
+    <t>NAVER CORP</t>
+  </si>
+  <si>
+    <t>99S112682</t>
+  </si>
+  <si>
+    <t>KR7035420009</t>
+  </si>
+  <si>
+    <t>6560393</t>
+  </si>
+  <si>
+    <t>NB BANCORP INC</t>
+  </si>
+  <si>
+    <t>63945M107</t>
+  </si>
+  <si>
+    <t>US63945M1071</t>
+  </si>
+  <si>
+    <t>BQT2053</t>
+  </si>
+  <si>
+    <t>NBT BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>628778102</t>
+  </si>
+  <si>
+    <t>US6287781024</t>
+  </si>
+  <si>
+    <t>2626459</t>
+  </si>
+  <si>
+    <t>NEC CORP (6701)</t>
+  </si>
+  <si>
+    <t>629050105</t>
+  </si>
+  <si>
+    <t>JP3733000008</t>
+  </si>
+  <si>
+    <t>6640400</t>
+  </si>
+  <si>
+    <t>NETAPP INC</t>
+  </si>
+  <si>
+    <t>64110D104</t>
+  </si>
+  <si>
+    <t>US64110D1046</t>
+  </si>
+  <si>
+    <t>2630643</t>
+  </si>
+  <si>
+    <t>NETEASE INC</t>
+  </si>
+  <si>
+    <t>99VR4SYT4</t>
+  </si>
+  <si>
+    <t>KYG6427A1022</t>
+  </si>
+  <si>
+    <t>BM93SF4</t>
+  </si>
+  <si>
+    <t>NETFLIX.COM INC USD COM</t>
+  </si>
+  <si>
+    <t>64110L106</t>
+  </si>
+  <si>
+    <t>US64110L1061</t>
+  </si>
+  <si>
+    <t>2857817</t>
+  </si>
+  <si>
+    <t>NETHERLANDS (KINGDOM OF):2.000 15JAN2054</t>
+  </si>
+  <si>
+    <t>NL00150012X2</t>
+  </si>
+  <si>
+    <t>BPWBVY6</t>
+  </si>
+  <si>
+    <t>NEW ZEALAND (GOVERNMENT OF):3.000 20APR2029</t>
+  </si>
+  <si>
+    <t>NZGOVDT429C7</t>
+  </si>
+  <si>
+    <t>BFLVPR8</t>
+  </si>
+  <si>
+    <t>NEWMONT CORP</t>
+  </si>
+  <si>
+    <t>651639106</t>
+  </si>
+  <si>
+    <t>US6516391066</t>
+  </si>
+  <si>
+    <t>2636607</t>
+  </si>
+  <si>
+    <t>NEWMONT CORPORATION:5.350 15MAR2034</t>
+  </si>
+  <si>
+    <t>65163LAR0</t>
+  </si>
+  <si>
+    <t>US65163LAR06</t>
+  </si>
+  <si>
+    <t>BQTXQH0</t>
+  </si>
+  <si>
+    <t>NEXT PLC</t>
+  </si>
+  <si>
+    <t>997343TG3</t>
+  </si>
+  <si>
+    <t>GB0032089863</t>
+  </si>
+  <si>
+    <t>3208986</t>
+  </si>
+  <si>
+    <t>NEXT VISION STABILIZED SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>99VYWDY46</t>
+  </si>
+  <si>
+    <t>IL0011765935</t>
+  </si>
+  <si>
+    <t>BN6JDH9</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:3.996 15MAY2056</t>
+  </si>
+  <si>
+    <t>XS3176173568</t>
+  </si>
+  <si>
+    <t>BP9MBS6</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:4.900 28FEB2028</t>
+  </si>
+  <si>
+    <t>65339KCM0</t>
+  </si>
+  <si>
+    <t>US65339KCM09</t>
+  </si>
+  <si>
+    <t>BN2S9Y9</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY INC</t>
+  </si>
+  <si>
+    <t>65339F101</t>
+  </si>
+  <si>
+    <t>US65339F1012</t>
+  </si>
+  <si>
+    <t>2328915</t>
+  </si>
+  <si>
+    <t>NICOLET BANKSHARES INC</t>
+  </si>
+  <si>
+    <t>65406E102</t>
+  </si>
+  <si>
+    <t>US65406E1029</t>
+  </si>
+  <si>
+    <t>2012865</t>
+  </si>
+  <si>
+    <t>NINTENDO CO LTD (7974)</t>
+  </si>
+  <si>
+    <t>654445105</t>
+  </si>
+  <si>
+    <t>JP3756600007</t>
+  </si>
+  <si>
+    <t>6639550</t>
+  </si>
+  <si>
+    <t>NIO INC-CLASS A</t>
+  </si>
+  <si>
+    <t>99C6B4PR0</t>
+  </si>
+  <si>
+    <t>KYG6525F1028</t>
+  </si>
+  <si>
+    <t>BPR9XV6</t>
+  </si>
+  <si>
+    <t>NISHI-NIPPON FINANCIAL HOLDI</t>
+  </si>
+  <si>
+    <t>99V1DKZB6</t>
+  </si>
+  <si>
+    <t>JP3658850007</t>
+  </si>
+  <si>
+    <t>BD57ZM3</t>
+  </si>
+  <si>
+    <t>NISOURCE INC.:5.250 30MAR2028</t>
+  </si>
+  <si>
+    <t>65473PAN5</t>
+  </si>
+  <si>
+    <t>US65473PAN50</t>
+  </si>
+  <si>
+    <t>BM8NG62</t>
+  </si>
+  <si>
+    <t>NITTO DENKO (6988)</t>
+  </si>
+  <si>
+    <t>654802107</t>
+  </si>
+  <si>
+    <t>JP3684000007</t>
+  </si>
+  <si>
+    <t>6641801</t>
+  </si>
+  <si>
+    <t>NKY 02/13/26 P52000 INDEX</t>
+  </si>
+  <si>
+    <t>99T02GBK8</t>
+  </si>
+  <si>
+    <t>NLIGHT INC</t>
+  </si>
+  <si>
+    <t>65487K100</t>
+  </si>
+  <si>
+    <t>US65487K1007</t>
+  </si>
+  <si>
+    <t>BFZP4R9</t>
+  </si>
+  <si>
+    <t>NOKIA OY</t>
+  </si>
+  <si>
+    <t>990003B53</t>
+  </si>
+  <si>
+    <t>FI0009000681</t>
+  </si>
+  <si>
+    <t>5902941</t>
+  </si>
+  <si>
+    <t>NOMURA HOLDINGS INC (8604)</t>
+  </si>
+  <si>
+    <t>655361103</t>
+  </si>
+  <si>
+    <t>JP3762600009</t>
+  </si>
+  <si>
+    <t>6643108</t>
+  </si>
+  <si>
+    <t>NOMURA RESEARCH INSTITUTE LTD:(4307)</t>
+  </si>
+  <si>
+    <t>7T43077A6</t>
+  </si>
+  <si>
+    <t>JP3762800005</t>
+  </si>
+  <si>
+    <t>6390921</t>
+  </si>
+  <si>
+    <t>NONGFU SPRING CO LTD-H</t>
+  </si>
+  <si>
+    <t>99VSG2L60</t>
+  </si>
+  <si>
+    <t>CNE100004272</t>
+  </si>
+  <si>
+    <t>BMGWW30</t>
+  </si>
+  <si>
+    <t>NORDEA BANK ABP</t>
+  </si>
+  <si>
+    <t>99QARETG7</t>
+  </si>
+  <si>
+    <t>FI4000297767</t>
+  </si>
+  <si>
+    <t>BFM0SV9</t>
+  </si>
+  <si>
+    <t>NORDEX SE</t>
+  </si>
+  <si>
+    <t>993312WG8</t>
+  </si>
+  <si>
+    <t>DE000A0D6554</t>
+  </si>
+  <si>
+    <t>B06CF71</t>
+  </si>
+  <si>
+    <t>NORTHEAST BANK</t>
+  </si>
+  <si>
+    <t>66405S100</t>
+  </si>
+  <si>
+    <t>US66405S1006</t>
+  </si>
+  <si>
+    <t>BJXSDM6</t>
+  </si>
+  <si>
+    <t>NORTHFIELD BANCORP INC</t>
+  </si>
+  <si>
+    <t>66611T108</t>
+  </si>
+  <si>
+    <t>US66611T1088</t>
+  </si>
+  <si>
+    <t>B8NB2R6</t>
+  </si>
+  <si>
+    <t>NORTHRIM BANCORP INC</t>
+  </si>
+  <si>
+    <t>666762109</t>
+  </si>
+  <si>
+    <t>US6667621097</t>
+  </si>
+  <si>
+    <t>2640277</t>
+  </si>
+  <si>
+    <t>NORTHWEST BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>667340103</t>
+  </si>
+  <si>
+    <t>US6673401039</t>
+  </si>
+  <si>
+    <t>B523Z73</t>
+  </si>
+  <si>
+    <t>NOVARTIS AG CHF0.50 REGD SHS</t>
+  </si>
+  <si>
+    <t>993930QM1</t>
+  </si>
+  <si>
+    <t>CH0012005267</t>
+  </si>
+  <si>
+    <t>7103065</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK A/S-B</t>
+  </si>
+  <si>
+    <t>99NRDH569</t>
+  </si>
+  <si>
+    <t>DK0062498333</t>
+  </si>
+  <si>
+    <t>BP6KMJ1</t>
+  </si>
+  <si>
+    <t>NOVONESIS (NOVOZYMES) B</t>
+  </si>
+  <si>
+    <t>999971XC3</t>
+  </si>
+  <si>
+    <t>DK0060336014</t>
+  </si>
+  <si>
+    <t>B798FW0</t>
+  </si>
+  <si>
+    <t>NU HOLDINGS LTD/CAYMAN ISL-A</t>
+  </si>
+  <si>
+    <t>G6683N103</t>
+  </si>
+  <si>
+    <t>KYG6683N1034</t>
+  </si>
+  <si>
+    <t>BN6NP19</t>
+  </si>
+  <si>
+    <t>NUVEEN LLC:5.850 15APR2034</t>
+  </si>
+  <si>
+    <t>67080LAD7</t>
+  </si>
+  <si>
+    <t>US67080LAD73</t>
+  </si>
+  <si>
+    <t>BSVHWL0</t>
+  </si>
+  <si>
+    <t>NVENT ELECTRIC PLC</t>
+  </si>
+  <si>
+    <t>G6700G107</t>
+  </si>
+  <si>
+    <t>IE00BDVJJQ56</t>
+  </si>
+  <si>
+    <t>BDVJJQ5</t>
+  </si>
+  <si>
+    <t>NVIDIA CORP</t>
+  </si>
+  <si>
+    <t>67066G104</t>
+  </si>
+  <si>
+    <t>US67066G1040</t>
+  </si>
+  <si>
+    <t>2379504</t>
+  </si>
+  <si>
+    <t>NXP SEMICONDUCTORS NV</t>
+  </si>
+  <si>
+    <t>N6596X109</t>
+  </si>
+  <si>
+    <t>NL0009538784</t>
+  </si>
+  <si>
+    <t>B505PN7</t>
+  </si>
+  <si>
+    <t>Net Other Assets</t>
+  </si>
+  <si>
+    <t>XXXX2</t>
+  </si>
+  <si>
+    <t>OBAYASHI CORP (1802)</t>
+  </si>
+  <si>
+    <t>676999105</t>
+  </si>
+  <si>
+    <t>JP3190000004</t>
+  </si>
+  <si>
+    <t>6656407</t>
+  </si>
+  <si>
+    <t>OCCIDENTAL PETROLEUM CORPORATION:6.125 01JAN2031</t>
+  </si>
+  <si>
+    <t>674599EF8</t>
+  </si>
+  <si>
+    <t>US674599EF81</t>
+  </si>
+  <si>
+    <t>BMHLJ91</t>
+  </si>
+  <si>
+    <t>OCEANFIRST FINANCIAL CORP USD:COM</t>
+  </si>
+  <si>
+    <t>675234108</t>
+  </si>
+  <si>
+    <t>US6752341080</t>
+  </si>
+  <si>
+    <t>2125901</t>
+  </si>
+  <si>
+    <t>OFG BANCORP</t>
+  </si>
+  <si>
+    <t>67103X102</t>
+  </si>
+  <si>
+    <t>PR67103X1020</t>
+  </si>
+  <si>
+    <t>B87LKR8</t>
+  </si>
+  <si>
+    <t>OLD NATIONAL BANCORP IND USD COM</t>
+  </si>
+  <si>
+    <t>680033107</t>
+  </si>
+  <si>
+    <t>US6800331075</t>
+  </si>
+  <si>
+    <t>2658441</t>
+  </si>
+  <si>
+    <t>OLD SECOND BANCORP INC DEL USD:COM</t>
+  </si>
+  <si>
+    <t>680277100</t>
+  </si>
+  <si>
+    <t>US6802771005</t>
+  </si>
+  <si>
+    <t>2658429</t>
+  </si>
+  <si>
+    <t>OMNICOM GROUP INC USD COM</t>
+  </si>
+  <si>
+    <t>681919106</t>
+  </si>
+  <si>
+    <t>US6819191064</t>
+  </si>
+  <si>
+    <t>2279303</t>
+  </si>
+  <si>
+    <t>OMRON CORP (6645)</t>
+  </si>
+  <si>
+    <t>681997102</t>
+  </si>
+  <si>
+    <t>JP3197800000</t>
+  </si>
+  <si>
+    <t>6659428</t>
+  </si>
+  <si>
+    <t>OMV AG</t>
+  </si>
+  <si>
+    <t>990003VF9</t>
+  </si>
+  <si>
+    <t>AT0000743059</t>
+  </si>
+  <si>
+    <t>4651459</t>
+  </si>
+  <si>
+    <t>ONDAS INC</t>
+  </si>
+  <si>
+    <t>68236H204</t>
+  </si>
+  <si>
+    <t>US68236H2040</t>
+  </si>
+  <si>
+    <t>BMD2S79</t>
+  </si>
+  <si>
+    <t>ONEOK INC USD COM</t>
+  </si>
+  <si>
+    <t>682680103</t>
+  </si>
+  <si>
+    <t>US6826801036</t>
+  </si>
+  <si>
+    <t>2130109</t>
+  </si>
+  <si>
+    <t>ONEOK INC:6.050 01SEP2033</t>
+  </si>
+  <si>
+    <t>682680BL6</t>
+  </si>
+  <si>
+    <t>US682680BL63</t>
+  </si>
+  <si>
+    <t>BRBHJ23</t>
+  </si>
+  <si>
+    <t>ORACLE CORP USD COM</t>
+  </si>
+  <si>
+    <t>68389X105</t>
+  </si>
+  <si>
+    <t>US68389X1054</t>
+  </si>
+  <si>
+    <t>2661568</t>
+  </si>
+  <si>
+    <t>ORACLE CORPORATION:3.600 01APR2050</t>
+  </si>
+  <si>
+    <t>68389XBX2</t>
+  </si>
+  <si>
+    <t>US68389XBX21</t>
+  </si>
+  <si>
+    <t>BM5JB02</t>
+  </si>
+  <si>
+    <t>ORIENTAL LAND (4661)</t>
+  </si>
+  <si>
+    <t>J6174U100</t>
+  </si>
+  <si>
+    <t>JP3198900007</t>
+  </si>
+  <si>
+    <t>6648891</t>
+  </si>
+  <si>
+    <t>ORIGIN BANCORP INC</t>
+  </si>
+  <si>
+    <t>68621T102</t>
+  </si>
+  <si>
+    <t>US68621T1025</t>
+  </si>
+  <si>
+    <t>BDFFBM9</t>
+  </si>
+  <si>
+    <t>ORKLA ASA</t>
+  </si>
+  <si>
+    <t>685998106</t>
+  </si>
+  <si>
+    <t>NO0003733800</t>
+  </si>
+  <si>
+    <t>B1VQF42</t>
+  </si>
+  <si>
+    <t>ORRSTOWN FINANCIAL SERVICES IN</t>
+  </si>
+  <si>
+    <t>687380105</t>
+  </si>
+  <si>
+    <t>US6873801053</t>
+  </si>
+  <si>
+    <t>B019FW2</t>
+  </si>
+  <si>
+    <t>ORSTED A/S</t>
+  </si>
+  <si>
+    <t>99A7WFB63</t>
+  </si>
+  <si>
+    <t>DK0060094928</t>
+  </si>
+  <si>
+    <t>BYT16L4</t>
+  </si>
+  <si>
+    <t>OTP BANK RT HUF 100</t>
+  </si>
+  <si>
+    <t>996940FQ0</t>
+  </si>
+  <si>
+    <t>HU0000061726</t>
+  </si>
+  <si>
+    <t>7320154</t>
+  </si>
+  <si>
+    <t>P3 GROUP SARL:1.625 26JAN2029</t>
+  </si>
+  <si>
+    <t>XS2436807940</t>
+  </si>
+  <si>
+    <t>BMDWDD0</t>
+  </si>
+  <si>
+    <t>PACIFIC GAS AND ELECTRIC COMPANY:5.700 01MAR2035</t>
+  </si>
+  <si>
+    <t>694308KU0</t>
+  </si>
+  <si>
+    <t>US694308KU01</t>
+  </si>
+  <si>
+    <t>BMTYVF8</t>
+  </si>
+  <si>
+    <t>PACIFIC LIFE INSURANCE COMPANY:5.950 15SEP2055</t>
+  </si>
+  <si>
+    <t>69448FAB7</t>
+  </si>
+  <si>
+    <t>US69448FAB76</t>
+  </si>
+  <si>
+    <t>BVZNBG3</t>
+  </si>
+  <si>
+    <t>PALANTIR TECHNOLOGIES INC-A</t>
+  </si>
+  <si>
+    <t>69608A108</t>
+  </si>
+  <si>
+    <t>US69608A1088</t>
+  </si>
+  <si>
+    <t>BN78DQ4</t>
+  </si>
+  <si>
+    <t>PALO ALTO NETWORKS INC</t>
+  </si>
+  <si>
+    <t>697435105</t>
+  </si>
+  <si>
+    <t>US6974351057</t>
+  </si>
+  <si>
+    <t>B87ZMX0</t>
+  </si>
+  <si>
+    <t>PANASONIC HOLDINGS CORP</t>
+  </si>
+  <si>
+    <t>576879100</t>
+  </si>
+  <si>
+    <t>JP3866800000</t>
+  </si>
+  <si>
+    <t>6572707</t>
+  </si>
+  <si>
+    <t>PANDORA A/S</t>
+  </si>
+  <si>
+    <t>999993LN6</t>
+  </si>
+  <si>
+    <t>DK0060252690</t>
+  </si>
+  <si>
+    <t>B44XTX8</t>
+  </si>
+  <si>
+    <t>PARK NATIONAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>700658107</t>
+  </si>
+  <si>
+    <t>US7006581075</t>
+  </si>
+  <si>
+    <t>2673251</t>
+  </si>
+  <si>
+    <t>PARKER-HANNIFIN CORP USD COM</t>
+  </si>
+  <si>
+    <t>701094104</t>
+  </si>
+  <si>
+    <t>US7010941042</t>
+  </si>
+  <si>
+    <t>2671501</t>
+  </si>
+  <si>
+    <t>PARSONS CORP</t>
+  </si>
+  <si>
+    <t>70202L102</t>
+  </si>
+  <si>
+    <t>US70202L1026</t>
+  </si>
+  <si>
+    <t>BJN4N02</t>
+  </si>
+  <si>
+    <t>PATHWARD FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>59100U108</t>
+  </si>
+  <si>
+    <t>US59100U1088</t>
+  </si>
+  <si>
+    <t>2420316</t>
+  </si>
+  <si>
+    <t>PDD HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>722304102</t>
+  </si>
+  <si>
+    <t>US7223041028</t>
+  </si>
+  <si>
+    <t>BYVW0F7</t>
+  </si>
+  <si>
+    <t>PEAPACK GLADSTONE FINL CORP:USD COM</t>
+  </si>
+  <si>
+    <t>704699107</t>
+  </si>
+  <si>
+    <t>US7046991078</t>
+  </si>
+  <si>
+    <t>2307732</t>
+  </si>
+  <si>
+    <t>PEARSON PLC</t>
+  </si>
+  <si>
+    <t>703999102</t>
+  </si>
+  <si>
+    <t>GB0006776081</t>
+  </si>
+  <si>
+    <t>0677608</t>
+  </si>
+  <si>
+    <t>PENSKE TRUCK LEASING CO LP:6.050 01AUG2028</t>
+  </si>
+  <si>
+    <t>709599BW3</t>
+  </si>
+  <si>
+    <t>US709599BW38</t>
+  </si>
+  <si>
+    <t>BNXJJP2</t>
+  </si>
+  <si>
+    <t>PENTAIR PLC</t>
+  </si>
+  <si>
+    <t>G7S00T104</t>
+  </si>
+  <si>
+    <t>IE00BLS09M33</t>
+  </si>
+  <si>
+    <t>BLS09M3</t>
+  </si>
+  <si>
+    <t>PEOPLES BANCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>709789101</t>
+  </si>
+  <si>
+    <t>US7097891011</t>
+  </si>
+  <si>
+    <t>2679419</t>
+  </si>
+  <si>
+    <t>PEOPLES INSURANCE CO GROUP H</t>
+  </si>
+  <si>
+    <t>99AVKZ0Z7</t>
+  </si>
+  <si>
+    <t>CNE100001MK7</t>
+  </si>
+  <si>
+    <t>B8RZJZ1</t>
+  </si>
+  <si>
+    <t>PERNOD RICARD</t>
+  </si>
+  <si>
+    <t>990001VJ5</t>
+  </si>
+  <si>
+    <t>FR0000120693</t>
+  </si>
+  <si>
+    <t>4682329</t>
+  </si>
+  <si>
+    <t>PERSISTENT SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>99HHNBVF1</t>
+  </si>
+  <si>
+    <t>INE262H01021</t>
+  </si>
+  <si>
+    <t>BLC87W9</t>
+  </si>
+  <si>
+    <t>PETROLEO BRASILEIRO SA BRL ONHSHS PETROBAS</t>
+  </si>
+  <si>
+    <t>990992257</t>
+  </si>
+  <si>
+    <t>BRPETRACNOR9</t>
+  </si>
+  <si>
+    <t>2682365</t>
+  </si>
+  <si>
+    <t>PFIZER INVESTMENT ENTERPRISES PTE LTD:5.340 19MAY2063</t>
+  </si>
+  <si>
+    <t>716973AH5</t>
+  </si>
+  <si>
+    <t>US716973AH54</t>
+  </si>
+  <si>
+    <t>BQ66TB7</t>
+  </si>
+  <si>
+    <t>PHOENIX GROUP HOLDINGS PLC</t>
+  </si>
+  <si>
+    <t>99YHETDG1</t>
+  </si>
+  <si>
+    <t>GB00BGXQNP29</t>
+  </si>
+  <si>
+    <t>BGXQNP2</t>
+  </si>
+  <si>
+    <t>PI INDUSTRIES LTD</t>
+  </si>
+  <si>
+    <t>99AHJNFW8</t>
+  </si>
+  <si>
+    <t>INE603J01030</t>
+  </si>
+  <si>
+    <t>B992PT3</t>
+  </si>
+  <si>
+    <t>PICC PROPERTY &amp; CASUALTY</t>
+  </si>
+  <si>
+    <t>573933777</t>
+  </si>
+  <si>
+    <t>CNE100000593</t>
+  </si>
+  <si>
+    <t>6706250</t>
+  </si>
+  <si>
+    <t>PIDILITE INDUSTRIES LTD</t>
+  </si>
+  <si>
+    <t>980200166</t>
+  </si>
+  <si>
+    <t>INE318A01026</t>
+  </si>
+  <si>
+    <t>B0JJV59</t>
+  </si>
+  <si>
+    <t>PING AN INSURANCE GROUP CO-H</t>
+  </si>
+  <si>
+    <t>573931QS4</t>
+  </si>
+  <si>
+    <t>CNE1000003X6</t>
+  </si>
+  <si>
+    <t>B01FLR7</t>
+  </si>
+  <si>
+    <t>PINNACLE FINANCIAL PARTNERS IN</t>
+  </si>
+  <si>
+    <t>72348N109</t>
+  </si>
+  <si>
+    <t>US72348N1090</t>
+  </si>
+  <si>
+    <t>BV6GRD0</t>
+  </si>
+  <si>
+    <t>PIRAEUS BANK SA</t>
+  </si>
+  <si>
+    <t>99T57ZDF9</t>
+  </si>
+  <si>
+    <t>GRS831003009</t>
+  </si>
+  <si>
+    <t>BVLKBV3</t>
+  </si>
+  <si>
+    <t>PKO BANK POLSKI SA</t>
+  </si>
+  <si>
+    <t>999922OW2</t>
+  </si>
+  <si>
+    <t>PLPKO0000016</t>
+  </si>
+  <si>
+    <t>B03NGS5</t>
+  </si>
+  <si>
+    <t>PNC FINANCIAL SERVICES GROUP INC (THE):6.875 20OCT2034</t>
+  </si>
+  <si>
+    <t>693475BU8</t>
+  </si>
+  <si>
+    <t>US693475BU84</t>
+  </si>
+  <si>
+    <t>BMCLD16</t>
+  </si>
+  <si>
+    <t>PNC FINANCIAL SERVICES GROUP USD:COM</t>
+  </si>
+  <si>
+    <t>693475105</t>
+  </si>
+  <si>
+    <t>US6934751057</t>
+  </si>
+  <si>
+    <t>2692665</t>
+  </si>
+  <si>
+    <t>POLSKI KONCERN NAFTOWY ORLEN:PLN1.25 ORDS</t>
+  </si>
+  <si>
+    <t>993999BA8</t>
+  </si>
+  <si>
+    <t>PLPKN0000018</t>
+  </si>
+  <si>
+    <t>5810066</t>
+  </si>
+  <si>
+    <t>POPULAR INC USD COM</t>
+  </si>
+  <si>
+    <t>733174700</t>
+  </si>
+  <si>
+    <t>PR7331747001</t>
+  </si>
+  <si>
+    <t>B86QM90</t>
+  </si>
+  <si>
+    <t>PORTUGAL (REPUBLIC OF):1.650 16JUL2032</t>
+  </si>
+  <si>
+    <t>PTOTEYOE0031</t>
+  </si>
+  <si>
+    <t>BNNN2L1</t>
+  </si>
+  <si>
+    <t>PORTUGAL (REPUBLIC OF):1.950 15JUN2029</t>
+  </si>
+  <si>
+    <t>PTOTEXOE0024</t>
+  </si>
+  <si>
+    <t>BHZ4TT7</t>
+  </si>
+  <si>
+    <t>PORTUGAL (REPUBLIC OF):4.100 15FEB2045</t>
+  </si>
+  <si>
+    <t>PTOTEBOE0020</t>
+  </si>
+  <si>
+    <t>BVD5YH3</t>
+  </si>
+  <si>
+    <t>POWER FINANCE CORPORATION LTD:1.841 21SEP2028</t>
+  </si>
+  <si>
+    <t>XS2384373341</t>
+  </si>
+  <si>
+    <t>BMHTF86</t>
+  </si>
+  <si>
+    <t>POWER GRID CORP OF INDIA LTD</t>
+  </si>
+  <si>
+    <t>99ADSXGN4</t>
+  </si>
+  <si>
+    <t>INE752E01010</t>
+  </si>
+  <si>
+    <t>B233HS6</t>
+  </si>
+  <si>
+    <t>PPG INDUSTRIES INC USD COM</t>
+  </si>
+  <si>
+    <t>693506107</t>
+  </si>
+  <si>
+    <t>US6935061076</t>
+  </si>
+  <si>
+    <t>2698470</t>
+  </si>
+  <si>
+    <t>PREFERRED BANK LOS ANGELES</t>
+  </si>
+  <si>
+    <t>740367404</t>
+  </si>
+  <si>
+    <t>US7403674044</t>
+  </si>
+  <si>
+    <t>2763602</t>
+  </si>
+  <si>
+    <t>PRINCIPAL LIFE GLOBAL FUNDING II:4.950 27NOV2029</t>
+  </si>
+  <si>
+    <t>74256LFB0</t>
+  </si>
+  <si>
+    <t>US74256LFB09</t>
+  </si>
+  <si>
+    <t>BTG0DG3</t>
+  </si>
+  <si>
+    <t>PROGRESSIVE CORP USD COM</t>
+  </si>
+  <si>
+    <t>743315103</t>
+  </si>
+  <si>
+    <t>US7433151039</t>
+  </si>
+  <si>
+    <t>2705024</t>
+  </si>
+  <si>
+    <t>PROSPERITY BANCSHARES INC USD:COM</t>
+  </si>
+  <si>
+    <t>743606105</t>
+  </si>
+  <si>
+    <t>US7436061052</t>
+  </si>
+  <si>
+    <t>2310257</t>
+  </si>
+  <si>
+    <t>PROSUS NV</t>
+  </si>
+  <si>
+    <t>99VKNH259</t>
+  </si>
+  <si>
+    <t>NL0013654783</t>
+  </si>
+  <si>
+    <t>BJDS7L3</t>
+  </si>
+  <si>
+    <t>PROTECTIVE LIFE CORP:4.700 15JAN2031</t>
+  </si>
+  <si>
+    <t>743674BF9</t>
+  </si>
+  <si>
+    <t>US743674BF93</t>
+  </si>
+  <si>
+    <t>BTVHQZ9</t>
+  </si>
+  <si>
+    <t>PROVIDENT FINANCIAL SERVICES USD COM</t>
+  </si>
+  <si>
+    <t>74386T105</t>
+  </si>
+  <si>
+    <t>US74386T1051</t>
+  </si>
+  <si>
+    <t>2171603</t>
+  </si>
+  <si>
+    <t>PRUDENTIAL FINANCE INC USD COM</t>
+  </si>
+  <si>
+    <t>744320102</t>
+  </si>
+  <si>
+    <t>US7443201022</t>
+  </si>
+  <si>
+    <t>2819118</t>
+  </si>
+  <si>
+    <t>PTT PCL FOREIGN</t>
+  </si>
+  <si>
+    <t>999PTT9C9</t>
+  </si>
+  <si>
+    <t>TH0646010Z18</t>
+  </si>
+  <si>
+    <t>BD0BDJ3</t>
+  </si>
+  <si>
+    <t>PUBLIC BANK BHD</t>
+  </si>
+  <si>
+    <t>MY4999BA7</t>
+  </si>
+  <si>
+    <t>MYL1295OO004</t>
+  </si>
+  <si>
+    <t>B012W42</t>
+  </si>
+  <si>
+    <t>PUBLIC SERVICE COMPANY OF COLORADO:5.150 15SEP2035</t>
+  </si>
+  <si>
+    <t>744448DC2</t>
+  </si>
+  <si>
+    <t>US744448DC22</t>
+  </si>
+  <si>
+    <t>BV6KWL5</t>
+  </si>
+  <si>
+    <t>PUBLIC SERVICE COMPANY OF COLORADO:5.350 15MAY2034</t>
+  </si>
+  <si>
+    <t>744448CZ2</t>
+  </si>
+  <si>
+    <t>US744448CZ26</t>
+  </si>
+  <si>
+    <t>BQD1722</t>
+  </si>
+  <si>
+    <t>QATAR ISLAMIC BANK</t>
+  </si>
+  <si>
+    <t>99AC9CSY6</t>
+  </si>
+  <si>
+    <t>QA0006929853</t>
+  </si>
+  <si>
+    <t>6713982</t>
+  </si>
+  <si>
+    <t>QATAR NATIONAL BANK</t>
+  </si>
+  <si>
+    <t>99AC9CSZ3</t>
+  </si>
+  <si>
+    <t>QA0006929895</t>
+  </si>
+  <si>
+    <t>6148197</t>
+  </si>
+  <si>
+    <t>QCR HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>74727A104</t>
+  </si>
+  <si>
+    <t>US74727A1043</t>
+  </si>
+  <si>
+    <t>2714257</t>
+  </si>
+  <si>
+    <t>QORVO INC:3.375 01APR2031</t>
+  </si>
+  <si>
+    <t>74736KAJ0</t>
+  </si>
+  <si>
+    <t>US74736KAJ07</t>
+  </si>
+  <si>
+    <t>BMG5DW5</t>
+  </si>
+  <si>
+    <t>QUANTA COMPUTER INC TWD10 ORDS</t>
+  </si>
+  <si>
+    <t>Y7174J106</t>
+  </si>
+  <si>
+    <t>TW0002382009</t>
+  </si>
+  <si>
+    <t>6141011</t>
+  </si>
+  <si>
+    <t>QUANTA SERVICES INC USD COM</t>
+  </si>
+  <si>
+    <t>74762E102</t>
+  </si>
+  <si>
+    <t>US74762E1029</t>
+  </si>
+  <si>
+    <t>2150204</t>
+  </si>
+  <si>
+    <t>RAIFFEISEN BANK INTERNATIONAL AG:7.375 20DEC2032</t>
+  </si>
+  <si>
+    <t>XS2534786590</t>
+  </si>
+  <si>
+    <t>BMHWV21</t>
+  </si>
+  <si>
+    <t>RAIFFEISEN BANK INTL</t>
+  </si>
+  <si>
+    <t>999923UL7</t>
+  </si>
+  <si>
+    <t>AT0000606306</t>
+  </si>
+  <si>
+    <t>B0704T9</t>
+  </si>
+  <si>
+    <t>RAKUTEN GROUP INC</t>
+  </si>
+  <si>
+    <t>7T47550A3</t>
+  </si>
+  <si>
+    <t>JP3967200001</t>
+  </si>
+  <si>
+    <t>6229597</t>
+  </si>
+  <si>
+    <t>RAYMOND JAMES FINANCIAL INC.:5.650 11SEP2055</t>
+  </si>
+  <si>
+    <t>754730AK5</t>
+  </si>
+  <si>
+    <t>US754730AK54</t>
+  </si>
+  <si>
+    <t>BVSYVN0</t>
+  </si>
+  <si>
+    <t>RECKITT BENCKISER GROUP PLC</t>
+  </si>
+  <si>
+    <t>999936AM9</t>
+  </si>
+  <si>
+    <t>GB00B24CGK77</t>
+  </si>
+  <si>
+    <t>B24CGK7</t>
+  </si>
+  <si>
+    <t>RECRUIT HOLDINGS CO LTD</t>
+  </si>
+  <si>
+    <t>99A0ZSCJ8</t>
+  </si>
+  <si>
+    <t>JP3970300004</t>
+  </si>
+  <si>
+    <t>BQRRZ00</t>
+  </si>
+  <si>
+    <t>RED CAT HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>75644T100</t>
+  </si>
+  <si>
+    <t>US75644T1007</t>
+  </si>
+  <si>
+    <t>BJBLT85</t>
+  </si>
+  <si>
+    <t>REDEIA CORP SA</t>
+  </si>
+  <si>
+    <t>999REC151</t>
+  </si>
+  <si>
+    <t>ES0173093024</t>
+  </si>
+  <si>
+    <t>BD6FXN3</t>
+  </si>
+  <si>
+    <t>REGIONS FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>7591EP100</t>
+  </si>
+  <si>
+    <t>US7591EP1005</t>
+  </si>
+  <si>
+    <t>B01R311</t>
+  </si>
+  <si>
+    <t>RELIANCE INDUSTRIES LIMITED</t>
+  </si>
+  <si>
+    <t>998998876</t>
+  </si>
+  <si>
+    <t>INE002A01018</t>
+  </si>
+  <si>
+    <t>6099626</t>
+  </si>
+  <si>
+    <t>RELX PLC</t>
+  </si>
+  <si>
+    <t>999946MW3</t>
+  </si>
+  <si>
+    <t>GB00B2B0DG97</t>
+  </si>
+  <si>
+    <t>B2B0DG9</t>
+  </si>
+  <si>
+    <t>RENASANT CORP</t>
+  </si>
+  <si>
+    <t>75970E107</t>
+  </si>
+  <si>
+    <t>US75970E1073</t>
+  </si>
+  <si>
+    <t>2670809</t>
+  </si>
+  <si>
+    <t>RENESAS ELECTRONICS CORP (6723)</t>
+  </si>
+  <si>
+    <t>99A99MFR0</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>REPLIGEN CORP USD COM</t>
+  </si>
+  <si>
+    <t>759916109</t>
+  </si>
+  <si>
+    <t>US7599161095</t>
+  </si>
+  <si>
+    <t>2731654</t>
+  </si>
+  <si>
+    <t>REPSOL SA</t>
+  </si>
+  <si>
+    <t>E8471S130</t>
+  </si>
+  <si>
+    <t>ES0173516115</t>
+  </si>
+  <si>
+    <t>5669354</t>
+  </si>
+  <si>
+    <t>RESONA HOLDINGS INC (8308)</t>
+  </si>
+  <si>
+    <t>7T83088A9</t>
+  </si>
+  <si>
+    <t>JP3500610005</t>
+  </si>
+  <si>
+    <t>6421553</t>
+  </si>
+  <si>
+    <t>REXEL SA EUR ORDS</t>
+  </si>
+  <si>
+    <t>99AD48V16</t>
+  </si>
+  <si>
+    <t>FR0010451203</t>
+  </si>
+  <si>
+    <t>B1VP0K0</t>
+  </si>
+  <si>
+    <t>RHEINMETALL BERLIN EUR NPV ORD</t>
+  </si>
+  <si>
+    <t>9900010G5</t>
+  </si>
+  <si>
+    <t>DE0007030009</t>
+  </si>
+  <si>
+    <t>5334588</t>
+  </si>
+  <si>
+    <t>RICOH CO LTD (7752)</t>
+  </si>
+  <si>
+    <t>J64683105</t>
+  </si>
+  <si>
+    <t>JP3973400009</t>
+  </si>
+  <si>
+    <t>6738220</t>
+  </si>
+  <si>
+    <t>RIO TINTO PLC 10P ORDS REGD</t>
+  </si>
+  <si>
+    <t>767210107</t>
+  </si>
+  <si>
+    <t>GB0007188757</t>
+  </si>
+  <si>
+    <t>0718875</t>
+  </si>
+  <si>
+    <t>ROCHE HOLDING AG GENUSSCHEIN:(DIV RT CERTS)</t>
+  </si>
+  <si>
+    <t>993960LE1</t>
+  </si>
+  <si>
+    <t>CH0012032048</t>
+  </si>
+  <si>
+    <t>7110388</t>
+  </si>
+  <si>
+    <t>ROCKWELL AUTOMATION INC:USD COM</t>
+  </si>
+  <si>
+    <t>773903109</t>
+  </si>
+  <si>
+    <t>US7739031091</t>
+  </si>
+  <si>
+    <t>2754060</t>
+  </si>
+  <si>
+    <t>ROCKWOOL A/S-B SHS</t>
+  </si>
+  <si>
+    <t>99T1X0CW0</t>
+  </si>
+  <si>
+    <t>DK0063855168</t>
+  </si>
+  <si>
+    <t>BRJCHK4</t>
+  </si>
+  <si>
+    <t>ROLLS-ROYCE HOLDINGS PLC</t>
+  </si>
+  <si>
+    <t>999905PY2</t>
+  </si>
+  <si>
+    <t>GB00B63H8491</t>
+  </si>
+  <si>
+    <t>B63H849</t>
+  </si>
+  <si>
+    <t>ROYAL BANK OF CANADA:4.498 06AUG2029</t>
+  </si>
+  <si>
+    <t>78017DAK4</t>
+  </si>
+  <si>
+    <t>US78017DAK46</t>
+  </si>
+  <si>
+    <t>BPRB884</t>
+  </si>
+  <si>
+    <t>ROYAL BANK OF CANADA:4.650 18OCT2030</t>
+  </si>
+  <si>
+    <t>78017FZT3</t>
+  </si>
+  <si>
+    <t>US78017FZT38</t>
+  </si>
+  <si>
+    <t>BR4SL83</t>
+  </si>
+  <si>
+    <t>ROYAL CARIBBEAN CRUISES LTD:5.375 15JAN2036</t>
+  </si>
+  <si>
+    <t>78017TAB9</t>
+  </si>
+  <si>
+    <t>US78017TAB98</t>
+  </si>
+  <si>
+    <t>BV8CL67</t>
+  </si>
+  <si>
+    <t>ROYALTY PHARMA PLC:3.550 02SEP2050</t>
+  </si>
+  <si>
+    <t>78081BAM5</t>
+  </si>
+  <si>
+    <t>US78081BAM54</t>
+  </si>
+  <si>
+    <t>BKP4QV9</t>
+  </si>
+  <si>
+    <t>RTX CORP</t>
+  </si>
+  <si>
+    <t>75513E101</t>
+  </si>
+  <si>
+    <t>US75513E1010</t>
+  </si>
+  <si>
+    <t>BM5M5Y3</t>
+  </si>
+  <si>
+    <t>RWE AG SHARES</t>
+  </si>
+  <si>
+    <t>993930BB1</t>
+  </si>
+  <si>
+    <t>DE0007037129</t>
+  </si>
+  <si>
+    <t>4768962</t>
+  </si>
+  <si>
+    <t>RWE AG:4.625 18JUN2055</t>
+  </si>
+  <si>
+    <t>XS3094765735</t>
+  </si>
+  <si>
+    <t>BVMF4N0</t>
+  </si>
+  <si>
+    <t>S &amp; T BANKCORP INC USD COM</t>
+  </si>
+  <si>
+    <t>783859101</t>
+  </si>
+  <si>
+    <t>US7838591011</t>
+  </si>
+  <si>
+    <t>2781109</t>
+  </si>
+  <si>
+    <t>S&amp;P GLOBAL INC</t>
+  </si>
+  <si>
+    <t>78409V104</t>
+  </si>
+  <si>
+    <t>US78409V1044</t>
+  </si>
+  <si>
+    <t>BYV2325</t>
+  </si>
+  <si>
+    <t>SAAB AB-B</t>
+  </si>
+  <si>
+    <t>999SAAB64</t>
+  </si>
+  <si>
+    <t>SE0021921269</t>
+  </si>
+  <si>
+    <t>BPXZH27</t>
+  </si>
+  <si>
+    <t>SALESFORCE INC</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>SAMPO OYJ-A SHS</t>
+  </si>
+  <si>
+    <t>999KMNBV5</t>
+  </si>
+  <si>
+    <t>FI4000552500</t>
+  </si>
+  <si>
+    <t>BMXX645</t>
+  </si>
+  <si>
+    <t>SAMSUNG BIOLOGICS CO LTD</t>
+  </si>
+  <si>
+    <t>999DU28F7</t>
+  </si>
+  <si>
+    <t>KR7207940008</t>
+  </si>
+  <si>
+    <t>BYNJCV6</t>
+  </si>
+  <si>
+    <t>SAMSUNG C&amp;T CORP</t>
+  </si>
+  <si>
+    <t>999VF7GY3</t>
+  </si>
+  <si>
+    <t>KR7028260008</t>
+  </si>
+  <si>
+    <t>BSXN8K7</t>
+  </si>
+  <si>
+    <t>SAMSUNG ELECTRONICS CO LTD:KRW5000</t>
+  </si>
+  <si>
+    <t>994991834</t>
+  </si>
+  <si>
+    <t>KR7005930003</t>
+  </si>
+  <si>
+    <t>6771720</t>
+  </si>
+  <si>
+    <t>SAMSUNG EPISHOLDINGS CO LTD (KOF LISTI</t>
+  </si>
+  <si>
+    <t>99T4C5Z19</t>
+  </si>
+  <si>
+    <t>KR70126Z0002</t>
+  </si>
+  <si>
+    <t>BW9LVP9</t>
+  </si>
+  <si>
+    <t>SAMSUNG FIRE &amp; MARINE INSURANCE:KRW500</t>
+  </si>
+  <si>
+    <t>571992VA1</t>
+  </si>
+  <si>
+    <t>KR7000810002</t>
+  </si>
+  <si>
+    <t>6155250</t>
+  </si>
+  <si>
+    <t>SAMSUNG SDI CO LTD KRW5000 COM</t>
+  </si>
+  <si>
+    <t>Y7470T105</t>
+  </si>
+  <si>
+    <t>KR7006400006</t>
+  </si>
+  <si>
+    <t>6771645</t>
+  </si>
+  <si>
+    <t>SANDVIK AB</t>
+  </si>
+  <si>
+    <t>993904MG3</t>
+  </si>
+  <si>
+    <t>SE0000667891</t>
+  </si>
+  <si>
+    <t>B1VQ252</t>
+  </si>
+  <si>
+    <t>SANOFI</t>
+  </si>
+  <si>
+    <t>999544HF9</t>
+  </si>
+  <si>
+    <t>FR0000120578</t>
+  </si>
+  <si>
+    <t>5671735</t>
+  </si>
+  <si>
+    <t>SAP SE</t>
+  </si>
+  <si>
+    <t>990001L72</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>SCG6P 6950 INDEX</t>
+  </si>
+  <si>
+    <t>SCG6P6950</t>
+  </si>
+  <si>
+    <t>SCHNEIDER ELECTRIC SE</t>
+  </si>
+  <si>
+    <t>990002FX0</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>SCHWAB (CHARLES) CORP</t>
+  </si>
+  <si>
+    <t>808513105</t>
+  </si>
+  <si>
+    <t>US8085131055</t>
+  </si>
+  <si>
+    <t>2779397</t>
+  </si>
+  <si>
+    <t>SCIENCE APPLICATIONS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>808625107</t>
+  </si>
+  <si>
+    <t>US8086251076</t>
+  </si>
+  <si>
+    <t>BDTZZG7</t>
+  </si>
+  <si>
+    <t>SEACOAST BANKING CORP OF FLA:USD COM</t>
+  </si>
+  <si>
+    <t>811707801</t>
+  </si>
+  <si>
+    <t>US8117078019</t>
+  </si>
+  <si>
+    <t>BH65L93</t>
+  </si>
+  <si>
+    <t>SEIKO EPSON CORP (6724)</t>
+  </si>
+  <si>
+    <t>99A98V2N4</t>
+  </si>
+  <si>
+    <t>JP3414750004</t>
+  </si>
+  <si>
+    <t>6616508</t>
+  </si>
+  <si>
+    <t>SEKISUI HOUSE (1928)</t>
+  </si>
+  <si>
+    <t>816078109</t>
+  </si>
+  <si>
+    <t>JP3420600003</t>
+  </si>
+  <si>
+    <t>6793906</t>
+  </si>
+  <si>
+    <t>SEMPRA ENERGY USD COM</t>
+  </si>
+  <si>
+    <t>816851109</t>
+  </si>
+  <si>
+    <t>US8168511090</t>
+  </si>
+  <si>
+    <t>2138158</t>
+  </si>
+  <si>
+    <t>SERVICENOW INC</t>
+  </si>
+  <si>
+    <t>81762P102</t>
+  </si>
+  <si>
+    <t>US81762P1021</t>
+  </si>
+  <si>
+    <t>B80NXX8</t>
+  </si>
+  <si>
+    <t>SERVISFIRST BANCSHARES INC COM STK</t>
+  </si>
+  <si>
+    <t>81768T108</t>
+  </si>
+  <si>
+    <t>US81768T1088</t>
+  </si>
+  <si>
+    <t>BMH0MP5</t>
+  </si>
+  <si>
+    <t>SEVERN TRENT PLC</t>
+  </si>
+  <si>
+    <t>997514CK8</t>
+  </si>
+  <si>
+    <t>GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t>B1FH8J7</t>
+  </si>
+  <si>
+    <t>SGS SA-REG</t>
+  </si>
+  <si>
+    <t>999SGSA78</t>
+  </si>
+  <si>
+    <t>CH1256740924</t>
+  </si>
+  <si>
+    <t>BMBQHZ4</t>
+  </si>
+  <si>
+    <t>SHINETSU CHEMICAL CO LTD (4063)</t>
+  </si>
+  <si>
+    <t>823997101</t>
+  </si>
+  <si>
+    <t>JP3371200001</t>
+  </si>
+  <si>
+    <t>6804585</t>
+  </si>
+  <si>
+    <t>SHINHAN FINANCIAL GROUP LTD</t>
+  </si>
+  <si>
+    <t>99K991661</t>
+  </si>
+  <si>
+    <t>KR7055550008</t>
+  </si>
+  <si>
+    <t>6397502</t>
+  </si>
+  <si>
+    <t>SHIONOGI AND CO LTD (4507)</t>
+  </si>
+  <si>
+    <t>823998109</t>
+  </si>
+  <si>
+    <t>JP3347200002</t>
+  </si>
+  <si>
+    <t>6804682</t>
+  </si>
+  <si>
+    <t>SHISEIDO CO LTD</t>
+  </si>
+  <si>
+    <t>824841100</t>
+  </si>
+  <si>
+    <t>JP3351600006</t>
+  </si>
+  <si>
+    <t>6805265</t>
+  </si>
+  <si>
+    <t>SHIZUOKA FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>99CC8BKB5</t>
+  </si>
+  <si>
+    <t>JP3351500008</t>
+  </si>
+  <si>
+    <t>BP38QJ6</t>
+  </si>
+  <si>
+    <t>SHORE BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>825107105</t>
+  </si>
+  <si>
+    <t>US8251071051</t>
+  </si>
+  <si>
+    <t>2748869</t>
+  </si>
+  <si>
+    <t>SHRIRAM FINANCE LTD</t>
+  </si>
+  <si>
+    <t>99FFGDDE4</t>
+  </si>
+  <si>
+    <t>INE721A01047</t>
+  </si>
+  <si>
+    <t>BS4DBX0</t>
+  </si>
+  <si>
+    <t>SIEMENS AG REGD SHS</t>
+  </si>
+  <si>
+    <t>0D7236104</t>
+  </si>
+  <si>
+    <t>DE0007236101</t>
+  </si>
+  <si>
+    <t>5727973</t>
+  </si>
+  <si>
+    <t>SIEMENS ENERGY AG</t>
+  </si>
+  <si>
+    <t>999CBEYH1</t>
+  </si>
+  <si>
+    <t>DE000ENER6Y0</t>
+  </si>
+  <si>
+    <t>BMTVQK9</t>
+  </si>
+  <si>
+    <t>SIG COMBIBLOC GROUP AG</t>
+  </si>
+  <si>
+    <t>99VD6QH25</t>
+  </si>
+  <si>
+    <t>CH0435377954</t>
+  </si>
+  <si>
+    <t>BD5GN60</t>
+  </si>
+  <si>
+    <t>SIME DARBY BERHAD</t>
+  </si>
+  <si>
+    <t>MY6999BE7</t>
+  </si>
+  <si>
+    <t>MYL4197OO009</t>
+  </si>
+  <si>
+    <t>B29TTR1</t>
+  </si>
+  <si>
+    <t>SIMMONS FIRST NATIONAL CORP CL-A:USD COM</t>
+  </si>
+  <si>
+    <t>828730200</t>
+  </si>
+  <si>
+    <t>US8287302009</t>
+  </si>
+  <si>
+    <t>2810133</t>
+  </si>
+  <si>
+    <t>SINGAPORE (REPUBLIC OF):3.500 01MAR2027</t>
+  </si>
+  <si>
+    <t>SG7J60932174</t>
+  </si>
+  <si>
+    <t>B1SVY32</t>
+  </si>
+  <si>
+    <t>SINO BIOPHARMACEUTICAL</t>
+  </si>
+  <si>
+    <t>572993PW7</t>
+  </si>
+  <si>
+    <t>KYG8167W1380</t>
+  </si>
+  <si>
+    <t>B00XSF9</t>
+  </si>
+  <si>
+    <t>SINO LAND CO</t>
+  </si>
+  <si>
+    <t>827999103</t>
+  </si>
+  <si>
+    <t>HK0083000502</t>
+  </si>
+  <si>
+    <t>6810429</t>
+  </si>
+  <si>
+    <t>SK HYNIX INC</t>
+  </si>
+  <si>
+    <t>99K991943</t>
+  </si>
+  <si>
+    <t>KR7000660001</t>
+  </si>
+  <si>
+    <t>6450267</t>
+  </si>
+  <si>
+    <t>SK INNOVATION CO LTD</t>
+  </si>
+  <si>
+    <t>99ADJ9WJ8</t>
+  </si>
+  <si>
+    <t>KR7096770003</t>
+  </si>
+  <si>
+    <t>B232R05</t>
+  </si>
+  <si>
+    <t>SK TELECOM CO LTD KRW500 ORDS</t>
+  </si>
+  <si>
+    <t>99K991257</t>
+  </si>
+  <si>
+    <t>KR7017670001</t>
+  </si>
+  <si>
+    <t>6224871</t>
+  </si>
+  <si>
+    <t>SM INVESTMENTS CORP</t>
+  </si>
+  <si>
+    <t>PH4999AI5</t>
+  </si>
+  <si>
+    <t>PHY806761029</t>
+  </si>
+  <si>
+    <t>B068DB9</t>
+  </si>
+  <si>
+    <t>SNAM SPA</t>
+  </si>
+  <si>
+    <t>993980TE1</t>
+  </si>
+  <si>
+    <t>IT0003153415</t>
+  </si>
+  <si>
+    <t>7251470</t>
+  </si>
+  <si>
+    <t>SOCIETE GENERALE EUR1.25 ORDS:SER A</t>
+  </si>
+  <si>
+    <t>990002F51</t>
+  </si>
+  <si>
+    <t>FR0000130809</t>
+  </si>
+  <si>
+    <t>5966516</t>
+  </si>
+  <si>
+    <t>SOFTBANK CORP</t>
+  </si>
+  <si>
+    <t>J27859107</t>
+  </si>
+  <si>
+    <t>JP3732000009</t>
+  </si>
+  <si>
+    <t>BF5M0K5</t>
+  </si>
+  <si>
+    <t>SOFTBANK CORP (9984)</t>
+  </si>
+  <si>
+    <t>J75963108</t>
+  </si>
+  <si>
+    <t>JP3436100006</t>
+  </si>
+  <si>
+    <t>6770620</t>
+  </si>
+  <si>
+    <t>SOLSTICE ADV MATERIALS INC</t>
+  </si>
+  <si>
+    <t>83443Q103</t>
+  </si>
+  <si>
+    <t>US83443Q1031</t>
+  </si>
+  <si>
+    <t>BW2K5V7</t>
+  </si>
+  <si>
+    <t>SOMPO HOLDINGS INC</t>
+  </si>
+  <si>
+    <t>99AKTB028</t>
+  </si>
+  <si>
+    <t>JP3165000005</t>
+  </si>
+  <si>
+    <t>B62G7K6</t>
+  </si>
+  <si>
+    <t>SONOVA HOLDING AG</t>
+  </si>
+  <si>
+    <t>990970HW8</t>
+  </si>
+  <si>
+    <t>CH0012549785</t>
+  </si>
+  <si>
+    <t>7156036</t>
+  </si>
+  <si>
+    <t>SONY FINANCIAL GROUP INC (8729)</t>
+  </si>
+  <si>
+    <t>99ADSSM57</t>
+  </si>
+  <si>
+    <t>JP3435350008</t>
+  </si>
+  <si>
+    <t>B249SN5</t>
+  </si>
+  <si>
+    <t>SONY GROUP CORP</t>
+  </si>
+  <si>
+    <t>J76379106</t>
+  </si>
+  <si>
+    <t>JP3435000009</t>
+  </si>
+  <si>
+    <t>6821506</t>
+  </si>
+  <si>
+    <t>SOUTH BOW USA INFRASTRUCTURE HOLDINGS LL:4.911 01SEP2027</t>
+  </si>
+  <si>
+    <t>83007CAB8</t>
+  </si>
+  <si>
+    <t>US83007CAB81</t>
+  </si>
+  <si>
+    <t>BQT1J31</t>
+  </si>
+  <si>
+    <t>SOUTHERN COMPANY (THE):5.700 15MAR2034</t>
+  </si>
+  <si>
+    <t>842587DT1</t>
+  </si>
+  <si>
+    <t>US842587DT18</t>
+  </si>
+  <si>
+    <t>BM9VYX8</t>
+  </si>
+  <si>
+    <t>SOUTHERN COPPER CORP</t>
+  </si>
+  <si>
+    <t>84265V105</t>
+  </si>
+  <si>
+    <t>US84265V1052</t>
+  </si>
+  <si>
+    <t>2823777</t>
+  </si>
+  <si>
+    <t>SOUTHSIDE BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>84470P109</t>
+  </si>
+  <si>
+    <t>US84470P1093</t>
+  </si>
+  <si>
+    <t>2485876</t>
+  </si>
+  <si>
+    <t>SOUTHSTATE BANK CORP</t>
+  </si>
+  <si>
+    <t>84472E102</t>
+  </si>
+  <si>
+    <t>US84472E1029</t>
+  </si>
+  <si>
+    <t>BVDCQB2</t>
+  </si>
+  <si>
+    <t>SPAIN (KINGDOM OF):1.400 30JUL2028</t>
+  </si>
+  <si>
+    <t>ES0000012B88</t>
+  </si>
+  <si>
+    <t>BD35VZ4</t>
+  </si>
+  <si>
+    <t>SPAIN (KINGDOM OF):1.950 30JUL2030</t>
+  </si>
+  <si>
+    <t>ES00000127A2</t>
+  </si>
+  <si>
+    <t>BW1YWV9</t>
+  </si>
+  <si>
+    <t>SPAIN (KINGDOM OF):2.350 30JUL2033</t>
+  </si>
+  <si>
+    <t>ES00000128Q6</t>
+  </si>
+  <si>
+    <t>BYXQMJ5</t>
+  </si>
+  <si>
+    <t>SPAIN (KINGDOM OF):2.400 31MAY2028</t>
+  </si>
+  <si>
+    <t>ES0000012O59</t>
+  </si>
+  <si>
+    <t>BTFK999</t>
+  </si>
+  <si>
+    <t>SPAIN (KINGDOM OF):3.450 30JUL2043</t>
+  </si>
+  <si>
+    <t>BMIB8N868</t>
+  </si>
+  <si>
+    <t>ES0000012K95</t>
+  </si>
+  <si>
+    <t>BK81639</t>
+  </si>
+  <si>
+    <t>SPIE SA</t>
+  </si>
+  <si>
+    <t>99A341VN5</t>
+  </si>
+  <si>
+    <t>FR0012757854</t>
+  </si>
+  <si>
+    <t>BYZFYS3</t>
+  </si>
+  <si>
+    <t>SSAB AB - B SHARES</t>
+  </si>
+  <si>
+    <t>850993106</t>
+  </si>
+  <si>
+    <t>SE0000120669</t>
+  </si>
+  <si>
+    <t>B17H3F6</t>
+  </si>
+  <si>
+    <t>SSE PLC</t>
+  </si>
+  <si>
+    <t>993999390</t>
+  </si>
+  <si>
+    <t>GB0007908733</t>
+  </si>
+  <si>
+    <t>0790873</t>
+  </si>
+  <si>
+    <t>STANDARD BANK GROUP LTD</t>
+  </si>
+  <si>
+    <t>999936RN9</t>
+  </si>
+  <si>
+    <t>ZAE000109815</t>
+  </si>
+  <si>
+    <t>B030GJ7</t>
+  </si>
+  <si>
+    <t>STANDARD CHARTERED PLC ORDS:USD 0.50</t>
+  </si>
+  <si>
+    <t>993902ZG3</t>
+  </si>
+  <si>
+    <t>GB0004082847</t>
+  </si>
+  <si>
+    <t>0408284</t>
+  </si>
+  <si>
+    <t>STARBUCKS CORP</t>
+  </si>
+  <si>
+    <t>855244109</t>
+  </si>
+  <si>
+    <t>US8552441094</t>
+  </si>
+  <si>
+    <t>2842255</t>
+  </si>
+  <si>
+    <t>STATE BANK OF INDIA</t>
+  </si>
+  <si>
+    <t>999BH8FE8</t>
+  </si>
+  <si>
+    <t>INE062A01020</t>
+  </si>
+  <si>
+    <t>BSQCB24</t>
+  </si>
+  <si>
+    <t>STATE STREET CORP:4.784 23OCT2036</t>
+  </si>
+  <si>
+    <t>857477DE0</t>
+  </si>
+  <si>
+    <t>US857477DE08</t>
+  </si>
+  <si>
+    <t>BMGDMJ9</t>
+  </si>
+  <si>
+    <t>STEEL DYNAMICS INC USD COM</t>
+  </si>
+  <si>
+    <t>858119100</t>
+  </si>
+  <si>
+    <t>US8581191009</t>
+  </si>
+  <si>
+    <t>2849472</t>
+  </si>
+  <si>
+    <t>STELLAR BANCORP INC</t>
+  </si>
+  <si>
+    <t>858927106</t>
+  </si>
+  <si>
+    <t>US8589271068</t>
+  </si>
+  <si>
+    <t>BQBCZY5</t>
+  </si>
+  <si>
+    <t>STERIS PLC</t>
+  </si>
+  <si>
+    <t>G8473T100</t>
+  </si>
+  <si>
+    <t>IE00BFY8C754</t>
+  </si>
+  <si>
+    <t>BFY8C75</t>
+  </si>
+  <si>
+    <t>STOCK YARDS BANCORP INC</t>
+  </si>
+  <si>
+    <t>861025104</t>
+  </si>
+  <si>
+    <t>US8610251048</t>
+  </si>
+  <si>
+    <t>BLY2FB4</t>
+  </si>
+  <si>
+    <t>STORA ENSO AB FIM10 'R' SHS</t>
+  </si>
+  <si>
+    <t>990003VG7</t>
+  </si>
+  <si>
+    <t>FI0009005961</t>
+  </si>
+  <si>
+    <t>5072673</t>
+  </si>
+  <si>
+    <t>SUBARU CORP (7270)</t>
+  </si>
+  <si>
+    <t>359990108</t>
+  </si>
+  <si>
+    <t>JP3814800003</t>
+  </si>
+  <si>
+    <t>6356406</t>
+  </si>
+  <si>
+    <t>SUMITOMO METAL MINING (5713)</t>
+  </si>
+  <si>
+    <t>866991102</t>
+  </si>
+  <si>
+    <t>JP3402600005</t>
+  </si>
+  <si>
+    <t>6858849</t>
+  </si>
+  <si>
+    <t>SUMITOMO MITSUI FIN GR(8316).</t>
+  </si>
+  <si>
+    <t>99A92LQV8</t>
+  </si>
+  <si>
+    <t>JP3890350006</t>
+  </si>
+  <si>
+    <t>6563024</t>
+  </si>
+  <si>
+    <t>SUMITOMO MITSUI TRUST GROUP</t>
+  </si>
+  <si>
+    <t>7T83099A6</t>
+  </si>
+  <si>
+    <t>JP3892100003</t>
+  </si>
+  <si>
+    <t>6431897</t>
+  </si>
+  <si>
+    <t>SUMITOMO REALTY &amp; DEV (8830)</t>
+  </si>
+  <si>
+    <t>864992102</t>
+  </si>
+  <si>
+    <t>JP3409000001</t>
+  </si>
+  <si>
+    <t>6858902</t>
+  </si>
+  <si>
+    <t>SUN PHARMACEUTICAL INDUS LTD</t>
+  </si>
+  <si>
+    <t>991242983</t>
+  </si>
+  <si>
+    <t>INE044A01036</t>
+  </si>
+  <si>
+    <t>6582483</t>
+  </si>
+  <si>
+    <t>SUNNY OPTICAL TECH</t>
+  </si>
+  <si>
+    <t>99ADDX718</t>
+  </si>
+  <si>
+    <t>KYG8586D1097</t>
+  </si>
+  <si>
+    <t>B1YBT08</t>
+  </si>
+  <si>
+    <t>SUPREME INDUSTRIES LTD</t>
+  </si>
+  <si>
+    <t>Y83139116</t>
+  </si>
+  <si>
+    <t>INE195A01028</t>
+  </si>
+  <si>
+    <t>6136073</t>
+  </si>
+  <si>
+    <t>SUZANO SA</t>
+  </si>
+  <si>
+    <t>99V7548F9</t>
+  </si>
+  <si>
+    <t>BRSUZBACNOR0</t>
+  </si>
+  <si>
+    <t>B02GKC7</t>
+  </si>
+  <si>
+    <t>SUZLON ENERGY LTD</t>
+  </si>
+  <si>
+    <t>991238320</t>
+  </si>
+  <si>
+    <t>INE040H01021</t>
+  </si>
+  <si>
+    <t>B0DX8R8</t>
+  </si>
+  <si>
+    <t>SVENSKA CELLULOSA AB SER B NPV</t>
+  </si>
+  <si>
+    <t>869587204</t>
+  </si>
+  <si>
+    <t>SE0000112724</t>
+  </si>
+  <si>
+    <t>B1VVGZ5</t>
+  </si>
+  <si>
+    <t>SVENSKA HANDELSBANKEN 'A'</t>
+  </si>
+  <si>
+    <t>999HQP8J4</t>
+  </si>
+  <si>
+    <t>SE0007100599</t>
+  </si>
+  <si>
+    <t>BXDZ9Q1</t>
+  </si>
+  <si>
+    <t>SWEDBANK AB - A SHARES</t>
+  </si>
+  <si>
+    <t>990997967</t>
+  </si>
+  <si>
+    <t>SE0000242455</t>
+  </si>
+  <si>
+    <t>4846523</t>
+  </si>
+  <si>
+    <t>SWISS PRIME SITE</t>
+  </si>
+  <si>
+    <t>99000VEI0</t>
+  </si>
+  <si>
+    <t>CH0008038389</t>
+  </si>
+  <si>
+    <t>B083BH4</t>
+  </si>
+  <si>
+    <t>SWISS RE LTD</t>
+  </si>
+  <si>
+    <t>999968HF0</t>
+  </si>
+  <si>
+    <t>CH0126881561</t>
+  </si>
+  <si>
+    <t>B545MG5</t>
+  </si>
+  <si>
+    <t>SX5E 02/20/26 P6025 INDEX</t>
+  </si>
+  <si>
+    <t>99R0N3G47</t>
+  </si>
+  <si>
+    <t>DE000F2REEL4</t>
+  </si>
+  <si>
+    <t>SYNCHRONY FINANCIAL</t>
+  </si>
+  <si>
+    <t>87165B103</t>
+  </si>
+  <si>
+    <t>US87165B1035</t>
+  </si>
+  <si>
+    <t>BP96PS6</t>
+  </si>
+  <si>
+    <t>SYSMEX CORPORATION (6869)</t>
+  </si>
+  <si>
+    <t>J8383T106</t>
+  </si>
+  <si>
+    <t>JP3351100007</t>
+  </si>
+  <si>
+    <t>6883807</t>
+  </si>
+  <si>
+    <t>T &amp; D HOLDINGS INC (8795)</t>
+  </si>
+  <si>
+    <t>99A9L1GG5</t>
+  </si>
+  <si>
+    <t>JP3539220008</t>
+  </si>
+  <si>
+    <t>6744294</t>
+  </si>
+  <si>
+    <t>T-MOBILE US INC:5.125 15MAY2032</t>
   </si>
   <si>
     <t>87264ADS1</t>
   </si>
   <si>
     <t>US87264ADS15</t>
   </si>
   <si>
     <t>BMHSG24</t>
   </si>
   <si>
-    <t>METROPOLITAN LIFE GLOBAL FUNDING I:2.950 09APR2030</t>
-[...2863 lines deleted...]
-  <si>
     <t>T-MOBILE USA INC:5.750 15JAN2054</t>
   </si>
   <si>
     <t>87264ADB8</t>
   </si>
   <si>
     <t>US87264ADB89</t>
   </si>
   <si>
     <t>BQBCJR6</t>
   </si>
   <si>
     <t>TAIWAN HIGH SPEED RAIL CORP</t>
   </si>
   <si>
     <t>99A9DCJ93</t>
   </si>
   <si>
     <t>TW0002633005</t>
   </si>
   <si>
     <t>B04BGQ6</t>
   </si>
   <si>
     <t>TAIWAN SEMICONDUCTOR MFG:TWD10 ORDS</t>
   </si>
   <si>
     <t>Y84629107</t>
   </si>
   <si>
     <t>TW0002330008</t>
   </si>
   <si>
     <t>6889106</t>
   </si>
   <si>
-    <t>TAKE-TWO INTERACTIVE SOFTWARE, INC.:4.950 28MAR2028</t>
+    <t>TAKE TWO INTERACTIVE SOFTWARE INC:4.950 28MAR2028</t>
   </si>
   <si>
     <t>874054AK5</t>
   </si>
   <si>
     <t>US874054AK58</t>
   </si>
   <si>
     <t>BNLZNY9</t>
   </si>
   <si>
     <t>TAKEDA PHARMACEUTICAL CO LTD:(4502)</t>
   </si>
   <si>
     <t>874058100</t>
   </si>
   <si>
     <t>JP3463000004</t>
   </si>
   <si>
     <t>6870445</t>
   </si>
   <si>
     <t>TARGA RESOURCES CORP:4.900 15SEP2030</t>
   </si>
@@ -9726,167 +11307,227 @@
   <si>
     <t>TELEKOM MALAYSIA BHD MYR1 ORDS</t>
   </si>
   <si>
     <t>998780100</t>
   </si>
   <si>
     <t>MYL4863OO006</t>
   </si>
   <si>
     <t>6868398</t>
   </si>
   <si>
     <t>TELIA CO AB</t>
   </si>
   <si>
     <t>993904RU7</t>
   </si>
   <si>
     <t>SE0000667925</t>
   </si>
   <si>
     <t>5978384</t>
   </si>
   <si>
+    <t>TELUS CORP (PRE-MERGER):3.400 13MAY2032</t>
+  </si>
+  <si>
+    <t>87971MBW2</t>
+  </si>
+  <si>
+    <t>US87971MBW29</t>
+  </si>
+  <si>
+    <t>BMYRTZ8</t>
+  </si>
+  <si>
+    <t>TELUS CORP:6.375 09JUN2056</t>
+  </si>
+  <si>
+    <t>87971MCQ4</t>
+  </si>
+  <si>
+    <t>US87971MCQ42</t>
+  </si>
+  <si>
+    <t>BQ689H9</t>
+  </si>
+  <si>
     <t>TENCENT HOLDINGS LTD</t>
   </si>
   <si>
     <t>999A0JVL0</t>
   </si>
   <si>
     <t>KYG875721634</t>
   </si>
   <si>
     <t>BMMV2K8</t>
   </si>
   <si>
     <t>TENCENT MUSIC ENTERTAINM-ADR</t>
   </si>
   <si>
     <t>88034P109</t>
   </si>
   <si>
     <t>US88034P1093</t>
   </si>
   <si>
     <t>BFZYWR2</t>
   </si>
   <si>
     <t>TENNET HOLDING BV:4.625 31DEC2079</t>
   </si>
   <si>
     <t>XS2783604742</t>
   </si>
   <si>
     <t>BSHSKT1</t>
   </si>
   <si>
     <t>TEREX CORP USD COM</t>
   </si>
   <si>
     <t>880779103</t>
   </si>
   <si>
     <t>US8807791038</t>
   </si>
   <si>
     <t>2884224</t>
   </si>
   <si>
+    <t>TERNA SPA</t>
+  </si>
+  <si>
+    <t>99A9QH0Z0</t>
+  </si>
+  <si>
+    <t>IT0003242622</t>
+  </si>
+  <si>
+    <t>B01BN57</t>
+  </si>
+  <si>
     <t>TESCO PLC</t>
   </si>
   <si>
     <t>999JN15D2</t>
   </si>
   <si>
     <t>GB00BLGZ9862</t>
   </si>
   <si>
     <t>BLGZ986</t>
   </si>
   <si>
     <t>TESLA INC</t>
   </si>
   <si>
     <t>88160R101</t>
   </si>
   <si>
     <t>US88160R1014</t>
   </si>
   <si>
     <t>B616C79</t>
   </si>
   <si>
+    <t>TEXAS CAPITAL BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>88224Q107</t>
+  </si>
+  <si>
+    <t>US88224Q1076</t>
+  </si>
+  <si>
+    <t>2977209</t>
+  </si>
+  <si>
     <t>TEXAS INSTRUMENTS INC USD COM</t>
   </si>
   <si>
     <t>882508104</t>
   </si>
   <si>
     <t>US8825081040</t>
   </si>
   <si>
     <t>2885409</t>
   </si>
   <si>
+    <t>TFS FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>87240R107</t>
+  </si>
+  <si>
+    <t>US87240R1077</t>
+  </si>
+  <si>
+    <t>B1W8J67</t>
+  </si>
+  <si>
     <t>THALES CO EUR3 ORD</t>
   </si>
   <si>
     <t>990002GU5</t>
   </si>
   <si>
     <t>FR0000121329</t>
   </si>
   <si>
     <t>4162791</t>
   </si>
   <si>
+    <t>THIRD COAST BANCSHARES INC</t>
+  </si>
+  <si>
+    <t>88422P109</t>
+  </si>
+  <si>
+    <t>US88422P1093</t>
+  </si>
+  <si>
+    <t>BL55Q42</t>
+  </si>
+  <si>
     <t>THYSSENKRUPP AG EUR NPV</t>
   </si>
   <si>
     <t>0D7500004</t>
   </si>
   <si>
     <t>DE0007500001</t>
   </si>
   <si>
     <t>5636927</t>
   </si>
   <si>
-    <t>TIAA ASSET MANAGEMENT LLC:5.850 15APR2034</t>
-[...10 lines deleted...]
-  <si>
     <t>TIMKEN CO USD COM</t>
   </si>
   <si>
     <t>887389104</t>
   </si>
   <si>
     <t>US8873891043</t>
   </si>
   <si>
     <t>2892807</t>
   </si>
   <si>
     <t>TIS INC</t>
   </si>
   <si>
     <t>99AFNBZ43</t>
   </si>
   <si>
     <t>JP3104890003</t>
   </si>
   <si>
     <t>B2Q4CR0</t>
   </si>
   <si>
     <t>TITAN CO LTD</t>
@@ -9915,176 +11556,266 @@
   <si>
     <t>TOKYO ELECTRON LTD (8035)</t>
   </si>
   <si>
     <t>889996104</t>
   </si>
   <si>
     <t>JP3571400005</t>
   </si>
   <si>
     <t>6895675</t>
   </si>
   <si>
     <t>TOKYU CORP (9005)</t>
   </si>
   <si>
     <t>892994104</t>
   </si>
   <si>
     <t>JP3574200006</t>
   </si>
   <si>
     <t>6896548</t>
   </si>
   <si>
+    <t>TOMPKINS FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>890110109</t>
+  </si>
+  <si>
+    <t>US8901101092</t>
+  </si>
+  <si>
+    <t>2888613</t>
+  </si>
+  <si>
     <t>TORAY INDUSTRIES (3402)</t>
   </si>
   <si>
     <t>890880107</t>
   </si>
   <si>
     <t>JP3621000003</t>
   </si>
   <si>
     <t>6897143</t>
   </si>
   <si>
-    <t>TORONTO-DOMINION BANK/THE:4.030 23JAN2036</t>
-[...7 lines deleted...]
-  <si>
     <t>TORONTO-DOMINION BANK/THE:4.574 02JUN2028</t>
   </si>
   <si>
     <t>89115KAD2</t>
   </si>
   <si>
     <t>US89115KAD28</t>
   </si>
   <si>
     <t>BKVFM07</t>
   </si>
   <si>
     <t>TOTALENERGIES SE</t>
   </si>
   <si>
     <t>990002H26</t>
   </si>
   <si>
     <t>FR0000120271</t>
   </si>
   <si>
     <t>B15C557</t>
   </si>
   <si>
+    <t>TOWNEBANK/PORTSMOUTH VA</t>
+  </si>
+  <si>
+    <t>89214P109</t>
+  </si>
+  <si>
+    <t>US89214P1093</t>
+  </si>
+  <si>
+    <t>B018PR4</t>
+  </si>
+  <si>
     <t>TOYOTA MOTOR CORP (7203)</t>
   </si>
   <si>
     <t>J92676113</t>
   </si>
   <si>
     <t>JP3633400001</t>
   </si>
   <si>
     <t>6900643</t>
   </si>
   <si>
     <t>TRACTOR SUPPLY CO USD COM</t>
   </si>
   <si>
     <t>892356106</t>
   </si>
   <si>
     <t>US8923561067</t>
   </si>
   <si>
     <t>2900335</t>
   </si>
   <si>
     <t>TRANE TECHNOLOGIES PLC</t>
   </si>
   <si>
     <t>G8994E103</t>
   </si>
   <si>
     <t>IE00BK9ZQ967</t>
   </si>
   <si>
     <t>BK9ZQ96</t>
   </si>
   <si>
+    <t>TRANSCONTINENTAL GAS PIPE LINE COMPANY L:5.100 15MAR2036</t>
+  </si>
+  <si>
+    <t>893574AS2</t>
+  </si>
+  <si>
+    <t>US893574AS28</t>
+  </si>
+  <si>
+    <t>BP9MCF0</t>
+  </si>
+  <si>
     <t>TRANSURBAN GROUP AUD ORD UNITS</t>
   </si>
   <si>
     <t>995996121</t>
   </si>
   <si>
     <t>AU000000TCL6</t>
   </si>
   <si>
     <t>6200882</t>
   </si>
   <si>
-    <t>TRATON FINANCE LUXEMBOURG SA:3.750 14JAN2031</t>
-[...7 lines deleted...]
-  <si>
     <t>TRENT LTD</t>
   </si>
   <si>
     <t>999GFNHJ3</t>
   </si>
   <si>
     <t>INE849A01020</t>
   </si>
   <si>
     <t>BDDRN32</t>
   </si>
   <si>
+    <t>TRICO BANCSHARES USD COM</t>
+  </si>
+  <si>
+    <t>896095106</t>
+  </si>
+  <si>
+    <t>US8960951064</t>
+  </si>
+  <si>
+    <t>2904133</t>
+  </si>
+  <si>
     <t>TRIP.COM GROUP LTD (HOK LISTING)</t>
   </si>
   <si>
     <t>99VXRDF78</t>
   </si>
   <si>
     <t>KYG9066F1019</t>
   </si>
   <si>
     <t>BNYK8H9</t>
   </si>
   <si>
+    <t>TRIUMPH FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>89679E300</t>
+  </si>
+  <si>
+    <t>US89679E3009</t>
+  </si>
+  <si>
+    <t>BS7T2S7</t>
+  </si>
+  <si>
+    <t>TRUIST FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>89832Q109</t>
+  </si>
+  <si>
+    <t>US89832Q1094</t>
+  </si>
+  <si>
+    <t>BKP7287</t>
+  </si>
+  <si>
+    <t>TRUIST FINANCIAL CORP:5.122 26JAN2034</t>
+  </si>
+  <si>
+    <t>89788MAM4</t>
+  </si>
+  <si>
+    <t>US89788MAM47</t>
+  </si>
+  <si>
+    <t>BPX1Z87</t>
+  </si>
+  <si>
+    <t>TRUSTCO BANK CORP NY</t>
+  </si>
+  <si>
+    <t>898349204</t>
+  </si>
+  <si>
+    <t>US8983492047</t>
+  </si>
+  <si>
+    <t>BN0ZBP7</t>
+  </si>
+  <si>
+    <t>TRUSTMARK CORP USD COM</t>
+  </si>
+  <si>
+    <t>898402102</t>
+  </si>
+  <si>
+    <t>US8984021027</t>
+  </si>
+  <si>
+    <t>2340210</t>
+  </si>
+  <si>
     <t>TS FINANCIAL HOLDING CO LTD</t>
   </si>
   <si>
     <t>572996L95</t>
   </si>
   <si>
     <t>TW0002887007</t>
   </si>
   <si>
     <t>6451680</t>
   </si>
   <si>
     <t>TTM TECHNOLOGIES INC USD COM</t>
   </si>
   <si>
     <t>87305R109</t>
   </si>
   <si>
     <t>US87305R1095</t>
   </si>
   <si>
     <t>2635659</t>
   </si>
   <si>
     <t>UBER TECHNOLOGIES INC</t>
@@ -10113,393 +11844,558 @@
   <si>
     <t>UBER TECHNOLOGIES INC:4.800 15SEP2034</t>
   </si>
   <si>
     <t>90353TAP5</t>
   </si>
   <si>
     <t>US90353TAP57</t>
   </si>
   <si>
     <t>BQB6DH6</t>
   </si>
   <si>
     <t>UBS GROUP AG</t>
   </si>
   <si>
     <t>99A1DWTQ7</t>
   </si>
   <si>
     <t>CH0244767585</t>
   </si>
   <si>
     <t>BRJL176</t>
   </si>
   <si>
+    <t>UBS GROUP AG:4.844 06NOV2033</t>
+  </si>
+  <si>
+    <t>902613BT4</t>
+  </si>
+  <si>
+    <t>US902613BT44</t>
+  </si>
+  <si>
+    <t>BVSYC15</t>
+  </si>
+  <si>
     <t>UCB (UNION CHIMIQUE BELGE) BEF:NPV ORDS</t>
   </si>
   <si>
     <t>9900075V4</t>
   </si>
   <si>
     <t>BE0003739530</t>
   </si>
   <si>
     <t>5596991</t>
   </si>
   <si>
+    <t>UK CONV GILT:4.250 07DEC2027</t>
+  </si>
+  <si>
+    <t>GB00B16NNR78</t>
+  </si>
+  <si>
+    <t>B16NNR7</t>
+  </si>
+  <si>
+    <t>UMB FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>902788108</t>
+  </si>
+  <si>
+    <t>US9027881088</t>
+  </si>
+  <si>
+    <t>2918510</t>
+  </si>
+  <si>
     <t>UNI PRESIDENT ENTERPRISES CORP:TWD10 ORDS</t>
   </si>
   <si>
     <t>998769160</t>
   </si>
   <si>
     <t>TW0001216000</t>
   </si>
   <si>
     <t>6700393</t>
   </si>
   <si>
+    <t>UNICAJA BANCO SA</t>
+  </si>
+  <si>
+    <t>999EQWQQ0</t>
+  </si>
+  <si>
+    <t>ES0180907000</t>
+  </si>
+  <si>
+    <t>BH4H4H0</t>
+  </si>
+  <si>
     <t>UNICAJA BANCO SA:5.500 22JUN2034</t>
   </si>
   <si>
     <t>ES0280907041</t>
   </si>
   <si>
     <t>BMTYYY8</t>
   </si>
   <si>
     <t>UNICREDIT SPA</t>
   </si>
   <si>
     <t>999AO14Q2</t>
   </si>
   <si>
     <t>IT0005239360</t>
   </si>
   <si>
     <t>BYMXPS7</t>
   </si>
   <si>
+    <t>UNICREDIT SPA:4.000 05MAR2034</t>
+  </si>
+  <si>
+    <t>IT0005585051</t>
+  </si>
+  <si>
+    <t>BQS7V01</t>
+  </si>
+  <si>
     <t>UNION PACIFIC CORP USD COM</t>
   </si>
   <si>
     <t>907818108</t>
   </si>
   <si>
     <t>US9078181081</t>
   </si>
   <si>
     <t>2914734</t>
   </si>
   <si>
     <t>UNIQA INSURANCE GROUP AG:2.375 09DEC2041</t>
   </si>
   <si>
     <t>XS2418392143</t>
   </si>
   <si>
     <t>BM8B213</t>
   </si>
   <si>
+    <t>UNITED BANKSHARES INC W VA USD:COM</t>
+  </si>
+  <si>
+    <t>909907107</t>
+  </si>
+  <si>
+    <t>US9099071071</t>
+  </si>
+  <si>
+    <t>2905794</t>
+  </si>
+  <si>
+    <t>UNITED COMMUNITY BANKS/GA</t>
+  </si>
+  <si>
+    <t>90984P303</t>
+  </si>
+  <si>
+    <t>US90984P3038</t>
+  </si>
+  <si>
+    <t>2862156</t>
+  </si>
+  <si>
     <t>UNITED INTERNET AG: REG SHARE</t>
   </si>
   <si>
     <t>99001WDD9</t>
   </si>
   <si>
     <t>DE0005089031</t>
   </si>
   <si>
     <t>4354134</t>
   </si>
   <si>
-    <t>UNITED KINGDOM (GOVERNMENT OF):0.500 31JAN2029</t>
-[...26 lines deleted...]
-    <t>B52WS15</t>
+    <t>UNITED KINGDOM (GOVERNMENT OF):4.500 07DEC2042</t>
+  </si>
+  <si>
+    <t>EG5064811</t>
+  </si>
+  <si>
+    <t>GB00B1VWPJ53</t>
+  </si>
+  <si>
+    <t>B1VWPJ5</t>
+  </si>
+  <si>
+    <t>UNITED KINGDOM (GOVERNMENT OF):4.750 07DEC2030</t>
+  </si>
+  <si>
+    <t>EG8729493</t>
+  </si>
+  <si>
+    <t>GB00B24FF097</t>
+  </si>
+  <si>
+    <t>B24FF09</t>
+  </si>
+  <si>
+    <t>UNITED KINGDOM (GOVERNMENT OF):4.750 22OCT2043</t>
+  </si>
+  <si>
+    <t>GB00BPJJKP77</t>
+  </si>
+  <si>
+    <t>BPJJKP7</t>
   </si>
   <si>
     <t>UNITED MICROELECTRONICS CORP TWD:10 ORDS</t>
   </si>
   <si>
     <t>572995058</t>
   </si>
   <si>
     <t>TW0002303005</t>
   </si>
   <si>
     <t>6916628</t>
   </si>
   <si>
     <t>UNITED OVERSEAS BK LTD:3.863 07OCT2032</t>
   </si>
   <si>
     <t>91127KAH5</t>
   </si>
   <si>
     <t>US91127KAH59</t>
   </si>
   <si>
     <t>BNNKK52</t>
   </si>
   <si>
     <t>UNITED RENTALS INC USD COM</t>
   </si>
   <si>
     <t>911363109</t>
   </si>
   <si>
     <t>US9113631090</t>
   </si>
   <si>
     <t>2134781</t>
   </si>
   <si>
     <t>UNITED SPIRITS LTD</t>
   </si>
   <si>
     <t>99VBKQLP7</t>
   </si>
   <si>
     <t>INE854D01024</t>
   </si>
   <si>
     <t>BYWFSB7</t>
   </si>
   <si>
-    <t>UNITED STATES TREASURY:0.625 30NOV2027</t>
-[...56 lines deleted...]
-    <t>BK8ZZ12</t>
+    <t>UNITED STATES TREASURY:1.625 15MAY2031</t>
+  </si>
+  <si>
+    <t>91282CCB5</t>
+  </si>
+  <si>
+    <t>US91282CCB54</t>
+  </si>
+  <si>
+    <t>BMHV4S5</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:2.000 15FEB2050</t>
+  </si>
+  <si>
+    <t>912810SL3</t>
+  </si>
+  <si>
+    <t>US912810SL35</t>
+  </si>
+  <si>
+    <t>BK8ZZ34</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:2.375 15MAY2027</t>
+  </si>
+  <si>
+    <t>912828X88</t>
+  </si>
+  <si>
+    <t>US912828X885</t>
+  </si>
+  <si>
+    <t>BF0T9Y8</t>
   </si>
   <si>
     <t>UNITED STATES TREASURY:2.625 15FEB2029</t>
   </si>
   <si>
     <t>9128286B1</t>
   </si>
   <si>
     <t>US9128286B18</t>
   </si>
   <si>
     <t>BJ7G9F1</t>
   </si>
   <si>
+    <t>UNITED STATES TREASURY:3.250 30JUN2027</t>
+  </si>
+  <si>
+    <t>91282CEW7</t>
+  </si>
+  <si>
+    <t>US91282CEW73</t>
+  </si>
+  <si>
+    <t>BQC7W15</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:4.000 15FEB2034</t>
+  </si>
+  <si>
+    <t>91282CJZ5</t>
+  </si>
+  <si>
+    <t>US91282CJZ59</t>
+  </si>
+  <si>
+    <t>BS2G1B9</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:4.000 28FEB2030</t>
+  </si>
+  <si>
+    <t>91282CGQ8</t>
+  </si>
+  <si>
+    <t>US91282CGQ87</t>
+  </si>
+  <si>
+    <t>BMTY6J7</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:4.250 15AUG2035</t>
+  </si>
+  <si>
+    <t>91282CNT4</t>
+  </si>
+  <si>
+    <t>US91282CNT44</t>
+  </si>
+  <si>
+    <t>BQT2LK5</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:4.250 15MAY2035</t>
+  </si>
+  <si>
+    <t>91282CNC1</t>
+  </si>
+  <si>
+    <t>US91282CNC19</t>
+  </si>
+  <si>
+    <t>BPJK9X1</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:4.250 15NOV2034</t>
+  </si>
+  <si>
+    <t>91282CLW9</t>
+  </si>
+  <si>
+    <t>US91282CLW90</t>
+  </si>
+  <si>
+    <t>BRK14Z4</t>
+  </si>
+  <si>
     <t>UNITED STATES TREASURY:4.500 15FEB2036</t>
   </si>
   <si>
     <t>912810FT0</t>
   </si>
   <si>
     <t>US912810FT08</t>
   </si>
   <si>
     <t>BSTJW18</t>
   </si>
   <si>
+    <t>UNITED STATES TREASURY:4.500 15NOV2033</t>
+  </si>
+  <si>
+    <t>91282CJJ1</t>
+  </si>
+  <si>
+    <t>US91282CJJ18</t>
+  </si>
+  <si>
+    <t>BRBS4K9</t>
+  </si>
+  <si>
+    <t>UNITED STATES TREASURY:4.625 15FEB2035</t>
+  </si>
+  <si>
+    <t>91282CMM0</t>
+  </si>
+  <si>
+    <t>US91282CMM00</t>
+  </si>
+  <si>
+    <t>BRXZ4W0</t>
+  </si>
+  <si>
     <t>UNITED STATES TREASURY:NOTE 1.875 15JUL2035</t>
   </si>
   <si>
     <t>91282CNS6</t>
   </si>
   <si>
     <t>US91282CNS60</t>
   </si>
   <si>
     <t>BVPCXF3</t>
   </si>
   <si>
+    <t>UNITED UTILITIES</t>
+  </si>
+  <si>
+    <t>999937YW9</t>
+  </si>
+  <si>
+    <t>GB00B39J2M42</t>
+  </si>
+  <si>
+    <t>B39J2M4</t>
+  </si>
+  <si>
     <t>UNITEDHEALTH GROUP INC USD COM</t>
   </si>
   <si>
     <t>91324P102</t>
   </si>
   <si>
     <t>US91324P1021</t>
   </si>
   <si>
     <t>2917766</t>
   </si>
   <si>
-    <t>UNITEDHEALTH GROUP INCORPORATED:5.625 15JUL2054</t>
-[...11 lines deleted...]
-    <t>UNITEDHEALTH GROUP INCORPORATED:5.875 15FEB2053</t>
+    <t>UNITEDHEALTH GROUP INC:5.875 15FEB2053</t>
   </si>
   <si>
     <t>91324PES7</t>
   </si>
   <si>
     <t>US91324PES74</t>
   </si>
   <si>
     <t>BLBRZR8</t>
   </si>
   <si>
     <t>UNIVERSAL MUSIC GROUP NV</t>
   </si>
   <si>
     <t>999UNI151</t>
   </si>
   <si>
     <t>NL0015000IY2</t>
   </si>
   <si>
     <t>BNZGVV1</t>
   </si>
   <si>
+    <t>UNIVEST FINANCIAL CORP</t>
+  </si>
+  <si>
+    <t>915271100</t>
+  </si>
+  <si>
+    <t>US9152711001</t>
+  </si>
+  <si>
+    <t>2690636</t>
+  </si>
+  <si>
     <t>UPJOHN FINANCE BV:1.908 23JUN2032</t>
   </si>
   <si>
     <t>XS2193983108</t>
   </si>
   <si>
     <t>BJK0PP2</t>
   </si>
   <si>
     <t>UPL LTD</t>
   </si>
   <si>
     <t>HK7999BE2</t>
   </si>
   <si>
     <t>INE628A01036</t>
   </si>
   <si>
     <t>B0L0W35</t>
   </si>
   <si>
     <t>UPM-KYMMENE OY</t>
   </si>
   <si>
     <t>9900040G9</t>
   </si>
   <si>
     <t>FI0009005987</t>
   </si>
   <si>
     <t>5051252</t>
   </si>
   <si>
-    <t>US BANCORP:5.836 12JUN2034</t>
-[...8 lines deleted...]
-    <t>BRXDCZ3</t>
+    <t>VALLEY NATIONAL BANCORP USD COM</t>
+  </si>
+  <si>
+    <t>919794107</t>
+  </si>
+  <si>
+    <t>US9197941076</t>
+  </si>
+  <si>
+    <t>2935326</t>
   </si>
   <si>
     <t>VARUN BEVERAGES LTD</t>
   </si>
   <si>
     <t>99CWSVCC2</t>
   </si>
   <si>
     <t>INE200M01039</t>
   </si>
   <si>
     <t>BQB80M6</t>
   </si>
   <si>
     <t>VAT GROUP AG</t>
   </si>
   <si>
     <t>99A6Y3CS1</t>
   </si>
   <si>
     <t>CH0311864901</t>
   </si>
   <si>
     <t>BYZWMR9</t>
   </si>
@@ -10518,60 +12414,84 @@
   <si>
     <t>VERBUND AG</t>
   </si>
   <si>
     <t>990003BF1</t>
   </si>
   <si>
     <t>AT0000746409</t>
   </si>
   <si>
     <t>4661607</t>
   </si>
   <si>
     <t>VERIZON COMMUNICATIONS INC USD:COM</t>
   </si>
   <si>
     <t>92343V104</t>
   </si>
   <si>
     <t>US92343V1044</t>
   </si>
   <si>
     <t>2090571</t>
   </si>
   <si>
-    <t>VERIZON COMMUNICATIONS INC:2.355 15MAR2032</t>
-[...8 lines deleted...]
-    <t>BMV8VC5</t>
+    <t>VERIZON COMMUNICATIONS INC:4.780 15FEB2035</t>
+  </si>
+  <si>
+    <t>92343VGY4</t>
+  </si>
+  <si>
+    <t>US92343VGY48</t>
+  </si>
+  <si>
+    <t>BN2RDG6</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC:5.875 30NOV2055</t>
+  </si>
+  <si>
+    <t>92343VHJ6</t>
+  </si>
+  <si>
+    <t>US92343VHJ61</t>
+  </si>
+  <si>
+    <t>BQ3SPR4</t>
+  </si>
+  <si>
+    <t>VERSANT MEDIA GROUP INC</t>
+  </si>
+  <si>
+    <t>925283103</t>
+  </si>
+  <si>
+    <t>US9252831030</t>
+  </si>
+  <si>
+    <t>BVV5S84</t>
   </si>
   <si>
     <t>VERTEX PHARMACEUTICALS INC COM</t>
   </si>
   <si>
     <t>92532F100</t>
   </si>
   <si>
     <t>US92532F1003</t>
   </si>
   <si>
     <t>2931034</t>
   </si>
   <si>
     <t>VESTAS WIND SYSTEMS</t>
   </si>
   <si>
     <t>99VY0YF20</t>
   </si>
   <si>
     <t>DK0061539921</t>
   </si>
   <si>
     <t>BN4MYF5</t>
   </si>
@@ -10638,218 +12558,290 @@
   <si>
     <t>VONOVIA SE</t>
   </si>
   <si>
     <t>99AX4VHB5</t>
   </si>
   <si>
     <t>DE000A1ML7J1</t>
   </si>
   <si>
     <t>BBJPFY1</t>
   </si>
   <si>
     <t>VULCAN MATERIALS CO USD COM</t>
   </si>
   <si>
     <t>929160109</t>
   </si>
   <si>
     <t>US9291601097</t>
   </si>
   <si>
     <t>2931205</t>
   </si>
   <si>
+    <t>WAFD INC</t>
+  </si>
+  <si>
+    <t>938824109</t>
+  </si>
+  <si>
+    <t>US9388241096</t>
+  </si>
+  <si>
+    <t>2941981</t>
+  </si>
+  <si>
     <t>WALMART DE MEXICO SER V</t>
   </si>
   <si>
     <t>99A28ZZH7</t>
   </si>
   <si>
     <t>MX01WA000038</t>
   </si>
   <si>
     <t>BW1YVH8</t>
   </si>
   <si>
     <t>WALMART INC</t>
   </si>
   <si>
     <t>931142103</t>
   </si>
   <si>
     <t>US9311421039</t>
   </si>
   <si>
     <t>2936921</t>
   </si>
   <si>
     <t>WALT DISNEY CO</t>
   </si>
   <si>
     <t>254687106</t>
   </si>
   <si>
     <t>US2546871060</t>
   </si>
   <si>
     <t>2270726</t>
   </si>
   <si>
     <t>WARTSILA OYJ</t>
   </si>
   <si>
     <t>9900034G7</t>
   </si>
   <si>
     <t>FI0009003727</t>
   </si>
   <si>
     <t>4525189</t>
   </si>
   <si>
-    <t>WELLPOINT INC:2.550 15MAR2031</t>
-[...23 lines deleted...]
-    <t>WELLS FARGO &amp; CO:6.491 23OCT2034</t>
+    <t>WASHINGTON TRUST BANCORP INC USD:COM</t>
+  </si>
+  <si>
+    <t>940610108</t>
+  </si>
+  <si>
+    <t>US9406101082</t>
+  </si>
+  <si>
+    <t>2942025</t>
+  </si>
+  <si>
+    <t>WEBSTER FINANCIAL CORP CONN USD:COM</t>
+  </si>
+  <si>
+    <t>947890109</t>
+  </si>
+  <si>
+    <t>US9478901096</t>
+  </si>
+  <si>
+    <t>2945143</t>
+  </si>
+  <si>
+    <t>WELLS FARGO &amp; COMPANY:2.572 11FEB2031</t>
+  </si>
+  <si>
+    <t>95000U2J1</t>
+  </si>
+  <si>
+    <t>US95000U2J10</t>
+  </si>
+  <si>
+    <t>BK8ZYZ9</t>
+  </si>
+  <si>
+    <t>WELLS FARGO &amp; COMPANY:6.491 23OCT2034</t>
   </si>
   <si>
     <t>95000U3H4</t>
   </si>
   <si>
     <t>US95000U3H45</t>
   </si>
   <si>
     <t>BLB0XT5</t>
   </si>
   <si>
+    <t>WESBANCO INC USD COM</t>
+  </si>
+  <si>
+    <t>950810101</t>
+  </si>
+  <si>
+    <t>US9508101014</t>
+  </si>
+  <si>
+    <t>2953782</t>
+  </si>
+  <si>
     <t>WEST JAPAN RAILWAY CO (9021)</t>
   </si>
   <si>
     <t>9T9021112</t>
   </si>
   <si>
     <t>JP3659000008</t>
   </si>
   <si>
     <t>6957995</t>
   </si>
   <si>
-    <t>WESTERN POWER DISTRIBUTION WEST MIDLANDS:5.750 16APR2032</t>
-[...8 lines deleted...]
-    <t>B4VRH62</t>
+    <t>WESTAMERICA BANCORPORATION USD:COM</t>
+  </si>
+  <si>
+    <t>957090103</t>
+  </si>
+  <si>
+    <t>US9570901036</t>
+  </si>
+  <si>
+    <t>2950374</t>
+  </si>
+  <si>
+    <t>WESTERN ALLIANCE BANCORP</t>
+  </si>
+  <si>
+    <t>957638109</t>
+  </si>
+  <si>
+    <t>US9576381092</t>
+  </si>
+  <si>
+    <t>B0CCGJ4</t>
   </si>
   <si>
     <t>WILLIAMS COMPANIES INC USD COM</t>
   </si>
   <si>
     <t>969457100</t>
   </si>
   <si>
     <t>US9694571004</t>
   </si>
   <si>
     <t>2967181</t>
   </si>
   <si>
+    <t>WINTRUST FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>97650W108</t>
+  </si>
+  <si>
+    <t>US97650W1080</t>
+  </si>
+  <si>
+    <t>2425258</t>
+  </si>
+  <si>
     <t>WISTRON CORP</t>
   </si>
   <si>
     <t>99A9D08H3</t>
   </si>
   <si>
     <t>TW0003231007</t>
   </si>
   <si>
     <t>6672481</t>
   </si>
   <si>
     <t>WOLTERS KLUWER NV EUR.12</t>
   </si>
   <si>
     <t>993318CQ5</t>
   </si>
   <si>
     <t>NL0000395903</t>
   </si>
   <si>
     <t>5671519</t>
   </si>
   <si>
     <t>WOORI FINANCIAL GROUP INC</t>
   </si>
   <si>
     <t>999HKG785</t>
   </si>
   <si>
     <t>KR7316140003</t>
   </si>
   <si>
     <t>BGHWH98</t>
   </si>
   <si>
     <t>WPP PLC</t>
   </si>
   <si>
     <t>999A2IT25</t>
   </si>
   <si>
     <t>JE00B8KF9B49</t>
   </si>
   <si>
     <t>B8KF9B4</t>
   </si>
   <si>
+    <t>WSFS FINANCIAL CORP USD COM</t>
+  </si>
+  <si>
+    <t>929328102</t>
+  </si>
+  <si>
+    <t>US9293281021</t>
+  </si>
+  <si>
+    <t>2940375</t>
+  </si>
+  <si>
     <t>WUXI BIOLOGICS CAYMAN INC</t>
   </si>
   <si>
     <t>99V4TPMB6</t>
   </si>
   <si>
     <t>KYG970081173</t>
   </si>
   <si>
     <t>BL6B9P1</t>
   </si>
   <si>
     <t>XIAOMI CORP-CLASS B</t>
   </si>
   <si>
     <t>99VBSBL15</t>
   </si>
   <si>
     <t>KYG9830T1067</t>
   </si>
   <si>
     <t>BG0ZMJ9</t>
   </si>
   <si>
     <t>XINYI SOLAR HOLDINGS</t>
@@ -10866,96 +12858,120 @@
   <si>
     <t>XPENG INC - CLASS A SHARES</t>
   </si>
   <si>
     <t>99VZ6T0P7</t>
   </si>
   <si>
     <t>KYG982AW1003</t>
   </si>
   <si>
     <t>BP6FB33</t>
   </si>
   <si>
     <t>XYLEM INC/NY</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
     <t>US98419M1009</t>
   </si>
   <si>
     <t>B3P2CN8</t>
   </si>
   <si>
+    <t>YAMAGUCHI FINANCIAL GROUP INC</t>
+  </si>
+  <si>
+    <t>7T84189A5</t>
+  </si>
+  <si>
+    <t>JP3935300008</t>
+  </si>
+  <si>
+    <t>B1DGKS9</t>
+  </si>
+  <si>
     <t>YAMAHA MOTOR CO LTD</t>
   </si>
   <si>
     <t>985991108</t>
   </si>
   <si>
     <t>JP3942800008</t>
   </si>
   <si>
     <t>6985264</t>
   </si>
   <si>
     <t>YOKOHAMA FINANCIAL GROUP INC</t>
   </si>
   <si>
     <t>99A6MLTT4</t>
   </si>
   <si>
     <t>JP3305990008</t>
   </si>
   <si>
     <t>BD97JW7</t>
   </si>
   <si>
     <t>YUANTA FINANCIAL HOLDING CO</t>
   </si>
   <si>
     <t>572994598</t>
   </si>
   <si>
     <t>TW0002885001</t>
   </si>
   <si>
     <t>6424110</t>
   </si>
   <si>
     <t>YUM CHINA HOLDINGS INC</t>
   </si>
   <si>
     <t>98850P109</t>
   </si>
   <si>
     <t>US98850P1093</t>
   </si>
   <si>
     <t>BYW4289</t>
+  </si>
+  <si>
+    <t>ZIONS BANCORP USD COM</t>
+  </si>
+  <si>
+    <t>989701107</t>
+  </si>
+  <si>
+    <t>US9897011071</t>
+  </si>
+  <si>
+    <t>2989828</t>
   </si>
   <si>
     <t>ZOETIS INC</t>
   </si>
   <si>
     <t>98978V103</t>
   </si>
   <si>
     <t>US98978V1035</t>
   </si>
   <si>
     <t>B95WG16</t>
   </si>
   <si>
     <t>ZOZO INC</t>
   </si>
   <si>
     <t>99AF2FR46</t>
   </si>
   <si>
     <t>JP3399310006</t>
   </si>
   <si>
     <t>B292RC1</t>
   </si>
@@ -11356,16068 +13372,18873 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E957"/>
+  <dimension ref="A1:E1122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>3646</v>
+        <v>4318</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.0</v>
+        <v>-0.02</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>22</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>26</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>0.18</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C13" t="s" s="0">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s" s="0">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>-0.06</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s" s="0">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C15" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>0.29</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s" s="0">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s" s="0">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.05</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s" s="0">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s" s="0">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s" s="0">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s" s="0">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s" s="0">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s" s="0">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s" s="0">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s" s="0">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E20" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s" s="0">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s" s="0">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s" s="0">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D22" t="s" s="0">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E22" t="n" s="0">
         <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C23" t="s" s="0">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D23" t="s" s="0">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C24" t="s" s="0">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D24" t="s" s="0">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E24" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C25" t="s" s="0">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D25" t="s" s="0">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C26" t="s" s="0">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D26" t="s" s="0">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C27" t="s" s="0">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D27" t="s" s="0">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.12</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C28" t="s" s="0">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D28" t="s" s="0">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C29" t="s" s="0">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D29" t="s" s="0">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.2</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C30" t="s" s="0">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D30" t="s" s="0">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E30" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C31" t="s" s="0">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D31" t="s" s="0">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C32" t="s" s="0">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D32" t="s" s="0">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C33" t="s" s="0">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D33" t="s" s="0">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E33" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s" s="0">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D34" t="s" s="0">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C35" t="s" s="0">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D35" t="s" s="0">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E35" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C36" t="s" s="0">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D36" t="s" s="0">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C37" t="s" s="0">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D37" t="s" s="0">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E37" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s" s="0">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D38" t="s" s="0">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E38" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C39" t="s" s="0">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D39" t="s" s="0">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E39" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C40" t="s" s="0">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C41" t="s" s="0">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C42" t="s" s="0">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D42" t="s" s="0">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C43" t="s" s="0">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D43" t="s" s="0">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C44" t="s" s="0">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D44" t="s" s="0">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C45" t="s" s="0">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D45" t="s" s="0">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C46" t="s" s="0">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D46" t="s" s="0">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.23</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.04</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C48" t="s" s="0">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D48" t="s" s="0">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C49" t="s" s="0">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D49" t="s" s="0">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C50" t="s" s="0">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D50" t="s" s="0">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>1.6</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C51" t="s" s="0">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D51" t="s" s="0">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.05</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C52" t="s" s="0">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D52" t="s" s="0">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C53" t="s" s="0">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D53" t="s" s="0">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>1.42</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C54" t="s" s="0">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D54" t="s" s="0">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C55" t="s" s="0">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D55" t="s" s="0">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C56" t="s" s="0">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D56" t="s" s="0">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.28</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C57" t="s" s="0">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D57" t="s" s="0">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.06</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C58" t="s" s="0">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D58" t="s" s="0">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E58" t="n" s="0">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C59" t="s" s="0">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D59" t="s" s="0">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.11</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C60" t="s" s="0">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D60" t="s" s="0">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E60" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C61" t="s" s="0">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D61" t="s" s="0">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.03</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C62" t="s" s="0">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D62" t="s" s="0">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C63" t="s" s="0">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D64" t="s" s="0">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C65" t="s" s="0">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D65" t="s" s="0">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C67" t="s" s="0">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D67" t="s" s="0">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C68" t="s" s="0">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>2.29</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C69" t="s" s="0">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D69" t="s" s="0">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C70" t="s" s="0">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.28</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>19</v>
+        <v>261</v>
       </c>
       <c r="C71" t="s" s="0">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D71" t="s" s="0">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.02</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C73" t="s" s="0">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D73" t="s" s="0">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D75" t="s" s="0">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C76" t="s" s="0">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="D76" t="s" s="0">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D77" t="s" s="0">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E77" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C78" t="s" s="0">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="D78" t="s" s="0">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="E78" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C79" t="s" s="0">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D79" t="s" s="0">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="E79" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C80" t="s" s="0">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D80" t="s" s="0">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C81" t="s" s="0">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D81" t="s" s="0">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C82" t="s" s="0">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D82" t="s" s="0">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C83" t="s" s="0">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D83" t="s" s="0">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="E83" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C84" t="s" s="0">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D84" t="s" s="0">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C85" t="s" s="0">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D85" t="s" s="0">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.03</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C86" t="s" s="0">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D86" t="s" s="0">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C87" t="s" s="0">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D87" t="s" s="0">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="E87" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C88" t="s" s="0">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D88" t="s" s="0">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C89" t="s" s="0">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="D89" t="s" s="0">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.06</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C90" t="s" s="0">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D90" t="s" s="0">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C91" t="s" s="0">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D91" t="s" s="0">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>0.09</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>19</v>
+        <v>345</v>
       </c>
       <c r="C92" t="s" s="0">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D92" t="s" s="0">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>19</v>
+        <v>349</v>
       </c>
       <c r="C93" t="s" s="0">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D93" t="s" s="0">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.18</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>19</v>
+        <v>353</v>
       </c>
       <c r="C94" t="s" s="0">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.18</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>19</v>
+        <v>357</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>0.03</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>354</v>
+        <v>19</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="E96" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>358</v>
+        <v>19</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.19</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>362</v>
+        <v>19</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.26</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C99" t="s" s="0">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="D99" t="s" s="0">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>0.1</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C100" t="s" s="0">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="D100" t="s" s="0">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="D101" t="s" s="0">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>0.03</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C103" t="s" s="0">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="D103" t="s" s="0">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C104" t="s" s="0">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D104" t="s" s="0">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E104" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.15</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="E116" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.16</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D123" t="s" s="0">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.25</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.02</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>0.29</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="E132" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>19</v>
+        <v>519</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.42</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>19</v>
+        <v>523</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>519</v>
+        <v>19</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>19</v>
+        <v>526</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>1.31</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="C139" t="s" s="0">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="D139" t="s" s="0">
-        <v>19</v>
+        <v>530</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>1.93</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>19</v>
+        <v>534</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.81</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="C141" t="s" s="0">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="D141" t="s" s="0">
-        <v>19</v>
+        <v>538</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.65</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="C142" t="s" s="0">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="D142" t="s" s="0">
-        <v>19</v>
+        <v>542</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>1.81</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="C143" t="s" s="0">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="D143" t="s" s="0">
-        <v>19</v>
+        <v>546</v>
       </c>
       <c r="E143" t="n" s="0">
-        <v>2.34</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="C144" t="s" s="0">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="D144" t="s" s="0">
-        <v>19</v>
+        <v>550</v>
       </c>
       <c r="E144" t="n" s="0">
-        <v>-0.74</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="C145" t="s" s="0">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="D145" t="s" s="0">
-        <v>19</v>
+        <v>554</v>
       </c>
       <c r="E145" t="n" s="0">
-        <v>-0.59</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="4" t="s">
-        <v>542</v>
+        <v>555</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>543</v>
+        <v>556</v>
       </c>
       <c r="C146" t="s" s="0">
-        <v>532</v>
+        <v>557</v>
       </c>
       <c r="D146" t="s" s="0">
-        <v>19</v>
+        <v>558</v>
       </c>
       <c r="E146" t="n" s="0">
-        <v>-1.63</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="C147" t="s" s="0">
-        <v>535</v>
+        <v>561</v>
       </c>
       <c r="D147" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E147" t="n" s="0">
-        <v>-2.12</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>546</v>
+        <v>562</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>547</v>
+        <v>563</v>
       </c>
       <c r="C148" t="s" s="0">
-        <v>514</v>
+        <v>564</v>
       </c>
       <c r="D148" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E148" t="n" s="0">
-        <v>-0.42</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>548</v>
+        <v>565</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="C149" t="s" s="0">
-        <v>517</v>
+        <v>567</v>
       </c>
       <c r="D149" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E149" t="n" s="0">
-        <v>-0.17</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>550</v>
+        <v>568</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>551</v>
+        <v>569</v>
       </c>
       <c r="C150" t="s" s="0">
-        <v>520</v>
+        <v>570</v>
       </c>
       <c r="D150" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E150" t="n" s="0">
-        <v>-1.32</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="C151" t="s" s="0">
-        <v>523</v>
+        <v>573</v>
       </c>
       <c r="D151" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E151" t="n" s="0">
-        <v>-1.96</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="B152" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="C152" t="s" s="0">
+        <v>576</v>
+      </c>
+      <c r="D152" t="s" s="0">
         <v>19</v>
       </c>
-      <c r="C152" t="s" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="E152" t="n" s="0">
-        <v>0.1</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>557</v>
+        <v>577</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>558</v>
+        <v>578</v>
       </c>
       <c r="C153" t="s" s="0">
-        <v>559</v>
+        <v>576</v>
       </c>
       <c r="D153" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E153" t="n" s="0">
-        <v>0.68</v>
+        <v>-0.98</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>560</v>
+        <v>579</v>
       </c>
       <c r="B154" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="C154" t="s" s="0">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="D154" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E154" t="n" s="0">
-        <v>0.72</v>
+        <v>-0.43</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
       <c r="B155" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="C155" t="s" s="0">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="D155" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E155" t="n" s="0">
-        <v>-0.68</v>
+        <v>-0.18</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>566</v>
+        <v>583</v>
       </c>
       <c r="B156" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="C156" t="s" s="0">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="D156" t="s" s="0">
         <v>19</v>
       </c>
       <c r="E156" t="n" s="0">
-        <v>-0.72</v>
+        <v>-1.34</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>569</v>
+        <v>586</v>
       </c>
       <c r="C157" t="s" s="0">
         <v>570</v>
       </c>
       <c r="D157" t="s" s="0">
-        <v>571</v>
+        <v>19</v>
       </c>
       <c r="E157" t="n" s="0">
-        <v>0.13</v>
+        <v>-1.98</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="B158" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="C158" t="s" s="0">
         <v>573</v>
       </c>
-      <c r="C158" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="D158" t="s" s="0">
-        <v>575</v>
+        <v>19</v>
       </c>
       <c r="E158" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.98</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>576</v>
+        <v>589</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>577</v>
+        <v>19</v>
       </c>
       <c r="C159" t="s" s="0">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="D159" t="s" s="0">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="E159" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="4" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="C160" t="s" s="0">
-        <v>582</v>
+        <v>19</v>
       </c>
       <c r="D160" t="s" s="0">
-        <v>583</v>
+        <v>19</v>
       </c>
       <c r="E160" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.4</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="C161" t="s" s="0">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="D161" t="s" s="0">
-        <v>587</v>
+        <v>19</v>
       </c>
       <c r="E161" t="n" s="0">
-        <v>0.03</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="C162" t="s" s="0">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="D162" t="s" s="0">
-        <v>591</v>
+        <v>19</v>
       </c>
       <c r="E162" t="n" s="0">
-        <v>0.14</v>
+        <v>-0.62</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C163" t="s" s="0">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="D163" t="s" s="0">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="E163" t="n" s="0">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="4" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="C164" t="s" s="0">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="D164" t="s" s="0">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="E164" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="C165" t="s" s="0">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="D165" t="s" s="0">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="E165" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="4" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="C166" t="s" s="0">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="D166" t="s" s="0">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="E166" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="C167" t="s" s="0">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="D167" t="s" s="0">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="E167" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="C168" t="s" s="0">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="D168" t="s" s="0">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="E168" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="C169" t="s" s="0">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="D169" t="s" s="0">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="E169" t="n" s="0">
-        <v>0.15</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C170" t="s" s="0">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="D170" t="s" s="0">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="E170" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="C171" t="s" s="0">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="D171" t="s" s="0">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="E171" t="n" s="0">
-        <v>0.2</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="C172" t="s" s="0">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="D172" t="s" s="0">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="E172" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="C173" t="s" s="0">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="D173" t="s" s="0">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="E173" t="n" s="0">
-        <v>0.07</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="C174" t="s" s="0">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="D174" t="s" s="0">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="E174" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="C175" t="s" s="0">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="D175" t="s" s="0">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="E175" t="n" s="0">
-        <v>0.98</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="C176" t="s" s="0">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="D176" t="s" s="0">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="E176" t="n" s="0">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>649</v>
+        <v>19</v>
       </c>
       <c r="C177" t="s" s="0">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="D177" t="s" s="0">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="E177" t="n" s="0">
-        <v>0.11</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="C178" t="s" s="0">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="D178" t="s" s="0">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="E178" t="n" s="0">
-        <v>0.02</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="C179" t="s" s="0">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="D179" t="s" s="0">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="E179" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="C180" t="s" s="0">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="D180" t="s" s="0">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="E180" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="C181" t="s" s="0">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="D181" t="s" s="0">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="E181" t="n" s="0">
-        <v>0.05</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="C182" t="s" s="0">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="D182" t="s" s="0">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="E182" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>673</v>
+        <v>19</v>
       </c>
       <c r="C183" t="s" s="0">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="D183" t="s" s="0">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="E183" t="n" s="0">
-        <v>0.02</v>
+        <v>2.86</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="4" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="C184" t="s" s="0">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="D184" t="s" s="0">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="E184" t="n" s="0">
-        <v>0.06</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="4" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>19</v>
+        <v>686</v>
       </c>
       <c r="C185" t="s" s="0">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="D185" t="s" s="0">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="E185" t="n" s="0">
-        <v>0.09</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="4" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C186" t="s" s="0">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="D186" t="s" s="0">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="E186" t="n" s="0">
-        <v>0.21</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="4" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="C187" t="s" s="0">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="D187" t="s" s="0">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="E187" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="4" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="C188" t="s" s="0">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="D188" t="s" s="0">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="E188" t="n" s="0">
-        <v>0.0</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="4" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="C189" t="s" s="0">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="D189" t="s" s="0">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="E189" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="4" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="C190" t="s" s="0">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="D190" t="s" s="0">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="E190" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="4" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="C191" t="s" s="0">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="D191" t="s" s="0">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="E191" t="n" s="0">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="4" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="C192" t="s" s="0">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="D192" t="s" s="0">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="E192" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="4" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C193" t="s" s="0">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="D193" t="s" s="0">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="E193" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="C194" t="s" s="0">
-        <v>19</v>
+        <v>723</v>
       </c>
       <c r="D194" t="s" s="0">
-        <v>19</v>
+        <v>724</v>
       </c>
       <c r="E194" t="n" s="0">
-        <v>-0.04</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="C195" t="s" s="0">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="D195" t="s" s="0">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="E195" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="C196" t="s" s="0">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="D196" t="s" s="0">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="E196" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="4" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C197" t="s" s="0">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="D197" t="s" s="0">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="E197" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="4" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="C198" t="s" s="0">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="D198" t="s" s="0">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="E198" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="4" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="C199" t="s" s="0">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="D199" t="s" s="0">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="E199" t="n" s="0">
-        <v>0.0</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="4" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>738</v>
+        <v>19</v>
       </c>
       <c r="C200" t="s" s="0">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="D200" t="s" s="0">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="E200" t="n" s="0">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="4" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C201" t="s" s="0">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="D201" t="s" s="0">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="E201" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="4" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="C202" t="s" s="0">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="D202" t="s" s="0">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="E202" t="n" s="0">
         <v>0.08</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="4" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="C203" t="s" s="0">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="D203" t="s" s="0">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="E203" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="4" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="C204" t="s" s="0">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="D204" t="s" s="0">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="E204" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="4" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="C205" t="s" s="0">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="D205" t="s" s="0">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="E205" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="4" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="C206" t="s" s="0">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="D206" t="s" s="0">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="E206" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="4" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="C207" t="s" s="0">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="D207" t="s" s="0">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="E207" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="4" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="C208" t="s" s="0">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="D208" t="s" s="0">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="E208" t="n" s="0">
-        <v>0.02</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="4" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="C209" t="s" s="0">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="D209" t="s" s="0">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="E209" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="4" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="C210" t="s" s="0">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="D210" t="s" s="0">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="E210" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="4" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="C211" t="s" s="0">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="D211" t="s" s="0">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="E211" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="C212" t="s" s="0">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="D212" t="s" s="0">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="E212" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="C213" t="s" s="0">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="D213" t="s" s="0">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="E213" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="4" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="C214" t="s" s="0">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="D214" t="s" s="0">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="E214" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="C215" t="s" s="0">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="D215" t="s" s="0">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="E215" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="4" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="C216" t="s" s="0">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="D216" t="s" s="0">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="E216" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="4" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="C217" t="s" s="0">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="D217" t="s" s="0">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="E217" t="n" s="0">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="4" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="C218" t="s" s="0">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="D218" t="s" s="0">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="E218" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="4" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="C219" t="s" s="0">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="D219" t="s" s="0">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="E219" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="4" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="C220" t="s" s="0">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="D220" t="s" s="0">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="E220" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="4" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="C221" t="s" s="0">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="D221" t="s" s="0">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="E221" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="4" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="C222" t="s" s="0">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="D222" t="s" s="0">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="E222" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="4" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="C223" t="s" s="0">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="D223" t="s" s="0">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="E223" t="n" s="0">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="4" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="C224" t="s" s="0">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="D224" t="s" s="0">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="E224" t="n" s="0">
-        <v>0.0</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="4" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="C225" t="s" s="0">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="D225" t="s" s="0">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="E225" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="4" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="C226" t="s" s="0">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="D226" t="s" s="0">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="E226" t="n" s="0">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="4" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="C227" t="s" s="0">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="D227" t="s" s="0">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="E227" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="C228" t="s" s="0">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="D228" t="s" s="0">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="E228" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="C229" t="s" s="0">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="D229" t="s" s="0">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="E229" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="C230" t="s" s="0">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="D230" t="s" s="0">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="E230" t="n" s="0">
-        <v>0.16</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="4" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="C231" t="s" s="0">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="D231" t="s" s="0">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="E231" t="n" s="0">
-        <v>0.18</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="4" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="C232" t="s" s="0">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="D232" t="s" s="0">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="E232" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="4" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="C233" t="s" s="0">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="D233" t="s" s="0">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="E233" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="4" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="C234" t="s" s="0">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="D234" t="s" s="0">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="E234" t="n" s="0">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="4" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="C235" t="s" s="0">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="D235" t="s" s="0">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="E235" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="4" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="C236" t="s" s="0">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="D236" t="s" s="0">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="E236" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="4" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="C237" t="s" s="0">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="D237" t="s" s="0">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="E237" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="4" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="C238" t="s" s="0">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="D238" t="s" s="0">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="E238" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="4" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="C239" t="s" s="0">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="D239" t="s" s="0">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="E239" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="4" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="C240" t="s" s="0">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="D240" t="s" s="0">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="E240" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="4" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="C241" t="s" s="0">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="D241" t="s" s="0">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="E241" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="C242" t="s" s="0">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="D242" t="s" s="0">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="E242" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="C243" t="s" s="0">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="D243" t="s" s="0">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="E243" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="C244" t="s" s="0">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="D244" t="s" s="0">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="E244" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="C245" t="s" s="0">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="D245" t="s" s="0">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="E245" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="4" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="C246" t="s" s="0">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="D246" t="s" s="0">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="E246" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="4" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="C247" t="s" s="0">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="D247" t="s" s="0">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="E247" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="4" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="C248" t="s" s="0">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="D248" t="s" s="0">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="E248" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="4" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="C249" t="s" s="0">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="D249" t="s" s="0">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="E249" t="n" s="0">
-        <v>0.29</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="4" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="C250" t="s" s="0">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="D250" t="s" s="0">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="E250" t="n" s="0">
-        <v>0.0</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="4" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="C251" t="s" s="0">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="D251" t="s" s="0">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="E251" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="4" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="C252" t="s" s="0">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="D252" t="s" s="0">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="E252" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="4" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="C253" t="s" s="0">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="D253" t="s" s="0">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="E253" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="4" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="C254" t="s" s="0">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="D254" t="s" s="0">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="E254" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="C255" t="s" s="0">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="D255" t="s" s="0">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="E255" t="n" s="0">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>19</v>
+        <v>969</v>
       </c>
       <c r="C256" t="s" s="0">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="D256" t="s" s="0">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="E256" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="C257" t="s" s="0">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="D257" t="s" s="0">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="E257" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="C258" t="s" s="0">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D258" t="s" s="0">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E258" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="4" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="C259" t="s" s="0">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="D259" t="s" s="0">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="E259" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="4" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="C260" t="s" s="0">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="D260" t="s" s="0">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="E260" t="n" s="0">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="4" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="C261" t="s" s="0">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="D261" t="s" s="0">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="E261" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="4" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="C262" t="s" s="0">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="D262" t="s" s="0">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="E262" t="n" s="0">
-        <v>3.64</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="4" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="C263" t="s" s="0">
-        <v>988</v>
+        <v>998</v>
       </c>
       <c r="D263" t="s" s="0">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="E263" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="4" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="C264" t="s" s="0">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="D264" t="s" s="0">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="E264" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="4" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="C265" t="s" s="0">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="D265" t="s" s="0">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="E265" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="C266" t="s" s="0">
-        <v>1000</v>
+        <v>1010</v>
       </c>
       <c r="D266" t="s" s="0">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="E266" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="C267" t="s" s="0">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="D267" t="s" s="0">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="E267" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="C268" t="s" s="0">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="D268" t="s" s="0">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="E268" t="n" s="0">
-        <v>0.11</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="C269" t="s" s="0">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="D269" t="s" s="0">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="E269" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="4" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="C270" t="s" s="0">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="D270" t="s" s="0">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="E270" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="4" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
       <c r="C271" t="s" s="0">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="D271" t="s" s="0">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="E271" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="4" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="C272" t="s" s="0">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="D272" t="s" s="0">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="E272" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="4" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="C273" t="s" s="0">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="D273" t="s" s="0">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="E273" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="4" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="C274" t="s" s="0">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="D274" t="s" s="0">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="E274" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="4" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="C275" t="s" s="0">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="D275" t="s" s="0">
-        <v>1037</v>
+        <v>1047</v>
       </c>
       <c r="E275" t="n" s="0">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="C276" t="s" s="0">
-        <v>1040</v>
+        <v>1050</v>
       </c>
       <c r="D276" t="s" s="0">
-        <v>1041</v>
+        <v>1051</v>
       </c>
       <c r="E276" t="n" s="0">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
       <c r="C277" t="s" s="0">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="D277" t="s" s="0">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="E277" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="C278" t="s" s="0">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="D278" t="s" s="0">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="E278" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="C279" t="s" s="0">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="D279" t="s" s="0">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="E279" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>19</v>
+        <v>1065</v>
       </c>
       <c r="C280" t="s" s="0">
-        <v>1055</v>
+        <v>1066</v>
       </c>
       <c r="D280" t="s" s="0">
-        <v>1056</v>
+        <v>1067</v>
       </c>
       <c r="E280" t="n" s="0">
-        <v>0.05</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="4" t="s">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>1058</v>
+        <v>1069</v>
       </c>
       <c r="C281" t="s" s="0">
-        <v>1059</v>
+        <v>1070</v>
       </c>
       <c r="D281" t="s" s="0">
-        <v>1060</v>
+        <v>1071</v>
       </c>
       <c r="E281" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="4" t="s">
-        <v>1061</v>
+        <v>1072</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>1062</v>
+        <v>1073</v>
       </c>
       <c r="C282" t="s" s="0">
-        <v>1063</v>
+        <v>1074</v>
       </c>
       <c r="D282" t="s" s="0">
-        <v>1064</v>
+        <v>1075</v>
       </c>
       <c r="E282" t="n" s="0">
-        <v>0.12</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="4" t="s">
-        <v>1065</v>
+        <v>1076</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="C283" t="s" s="0">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="D283" t="s" s="0">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="E283" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="4" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="C284" t="s" s="0">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="D284" t="s" s="0">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="E284" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="4" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="C285" t="s" s="0">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="D285" t="s" s="0">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="E285" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="4" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>1078</v>
+        <v>19</v>
       </c>
       <c r="C286" t="s" s="0">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="D286" t="s" s="0">
-        <v>1080</v>
+        <v>1090</v>
       </c>
       <c r="E286" t="n" s="0">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
       <c r="C287" t="s" s="0">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="D287" t="s" s="0">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="E287" t="n" s="0">
-        <v>0.09</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="C288" t="s" s="0">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="D288" t="s" s="0">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="E288" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>19</v>
+        <v>1100</v>
       </c>
       <c r="C289" t="s" s="0">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="D289" t="s" s="0">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="E289" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="4" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>1093</v>
+        <v>1104</v>
       </c>
       <c r="C290" t="s" s="0">
-        <v>1094</v>
+        <v>1105</v>
       </c>
       <c r="D290" t="s" s="0">
-        <v>1095</v>
+        <v>1106</v>
       </c>
       <c r="E290" t="n" s="0">
-        <v>0.16</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="4" t="s">
-        <v>1096</v>
+        <v>1107</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>1097</v>
+        <v>1108</v>
       </c>
       <c r="C291" t="s" s="0">
-        <v>1098</v>
+        <v>1109</v>
       </c>
       <c r="D291" t="s" s="0">
-        <v>1099</v>
+        <v>1110</v>
       </c>
       <c r="E291" t="n" s="0">
-        <v>0.02</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="4" t="s">
-        <v>1100</v>
+        <v>1111</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>1101</v>
+        <v>1112</v>
       </c>
       <c r="C292" t="s" s="0">
-        <v>1102</v>
+        <v>1113</v>
       </c>
       <c r="D292" t="s" s="0">
-        <v>1103</v>
+        <v>1114</v>
       </c>
       <c r="E292" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="4" t="s">
-        <v>1104</v>
+        <v>1115</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="C293" t="s" s="0">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="D293" t="s" s="0">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="E293" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="4" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="C294" t="s" s="0">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="D294" t="s" s="0">
-        <v>1111</v>
+        <v>1122</v>
       </c>
       <c r="E294" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="C295" t="s" s="0">
-        <v>1114</v>
+        <v>1125</v>
       </c>
       <c r="D295" t="s" s="0">
-        <v>1115</v>
+        <v>1126</v>
       </c>
       <c r="E295" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>1116</v>
+        <v>1127</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>1117</v>
+        <v>1128</v>
       </c>
       <c r="C296" t="s" s="0">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="D296" t="s" s="0">
-        <v>1119</v>
+        <v>1128</v>
       </c>
       <c r="E296" t="n" s="0">
-        <v>0.02</v>
+        <v>4.24</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>1120</v>
+        <v>1129</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
       <c r="C297" t="s" s="0">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="D297" t="s" s="0">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="E297" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="4" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="C298" t="s" s="0">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="D298" t="s" s="0">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="E298" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="4" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="C299" t="s" s="0">
-        <v>1130</v>
+        <v>1139</v>
       </c>
       <c r="D299" t="s" s="0">
-        <v>1131</v>
+        <v>1140</v>
       </c>
       <c r="E299" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="4" t="s">
-        <v>1132</v>
+        <v>1141</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>1133</v>
+        <v>1142</v>
       </c>
       <c r="C300" t="s" s="0">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="D300" t="s" s="0">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="E300" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="4" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="C301" t="s" s="0">
-        <v>1138</v>
+        <v>1147</v>
       </c>
       <c r="D301" t="s" s="0">
-        <v>1139</v>
+        <v>1148</v>
       </c>
       <c r="E301" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="4" t="s">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>1141</v>
+        <v>1150</v>
       </c>
       <c r="C302" t="s" s="0">
-        <v>1142</v>
+        <v>1151</v>
       </c>
       <c r="D302" t="s" s="0">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="E302" t="n" s="0">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>1145</v>
+        <v>1154</v>
       </c>
       <c r="C303" t="s" s="0">
-        <v>1146</v>
+        <v>1155</v>
       </c>
       <c r="D303" t="s" s="0">
-        <v>1147</v>
+        <v>1156</v>
       </c>
       <c r="E303" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>1148</v>
+        <v>1157</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="C304" t="s" s="0">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="D304" t="s" s="0">
-        <v>1151</v>
+        <v>1160</v>
       </c>
       <c r="E304" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="4" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="C305" t="s" s="0">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="D305" t="s" s="0">
-        <v>1155</v>
+        <v>1164</v>
       </c>
       <c r="E305" t="n" s="0">
-        <v>0.05</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
       <c r="C306" t="s" s="0">
-        <v>1158</v>
+        <v>1167</v>
       </c>
       <c r="D306" t="s" s="0">
-        <v>1159</v>
+        <v>1168</v>
       </c>
       <c r="E306" t="n" s="0">
-        <v>0.26</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="4" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>1161</v>
+        <v>1170</v>
       </c>
       <c r="C307" t="s" s="0">
-        <v>1162</v>
+        <v>1171</v>
       </c>
       <c r="D307" t="s" s="0">
-        <v>1163</v>
+        <v>1172</v>
       </c>
       <c r="E307" t="n" s="0">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="4" t="s">
-        <v>1164</v>
+        <v>1173</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>1165</v>
+        <v>1174</v>
       </c>
       <c r="C308" t="s" s="0">
-        <v>1166</v>
+        <v>1175</v>
       </c>
       <c r="D308" t="s" s="0">
-        <v>1167</v>
+        <v>1176</v>
       </c>
       <c r="E308" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="4" t="s">
-        <v>1168</v>
+        <v>1177</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>1169</v>
+        <v>1178</v>
       </c>
       <c r="C309" t="s" s="0">
-        <v>1170</v>
+        <v>1179</v>
       </c>
       <c r="D309" t="s" s="0">
-        <v>1171</v>
+        <v>1180</v>
       </c>
       <c r="E309" t="n" s="0">
         <v>0.11</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="4" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
       <c r="C310" t="s" s="0">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="D310" t="s" s="0">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="E310" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
-        <v>1176</v>
+        <v>1185</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>1177</v>
+        <v>1186</v>
       </c>
       <c r="C311" t="s" s="0">
-        <v>1178</v>
+        <v>1187</v>
       </c>
       <c r="D311" t="s" s="0">
-        <v>1179</v>
+        <v>1188</v>
       </c>
       <c r="E311" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>1180</v>
+        <v>1189</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>1181</v>
+        <v>1190</v>
       </c>
       <c r="C312" t="s" s="0">
-        <v>1182</v>
+        <v>1191</v>
       </c>
       <c r="D312" t="s" s="0">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E312" t="n" s="0">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="4" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>1185</v>
+        <v>19</v>
       </c>
       <c r="C313" t="s" s="0">
-        <v>1186</v>
+        <v>1194</v>
       </c>
       <c r="D313" t="s" s="0">
-        <v>1187</v>
+        <v>1195</v>
       </c>
       <c r="E313" t="n" s="0">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="4" t="s">
-        <v>1188</v>
+        <v>1196</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>1189</v>
+        <v>1197</v>
       </c>
       <c r="C314" t="s" s="0">
-        <v>1190</v>
+        <v>1198</v>
       </c>
       <c r="D314" t="s" s="0">
-        <v>1191</v>
+        <v>1199</v>
       </c>
       <c r="E314" t="n" s="0">
-        <v>0.4</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="4" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
       <c r="B315" s="6" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="C315" t="s" s="0">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="D315" t="s" s="0">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="E315" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="4" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>19</v>
+        <v>1205</v>
       </c>
       <c r="C316" t="s" s="0">
-        <v>1197</v>
+        <v>1206</v>
       </c>
       <c r="D316" t="s" s="0">
-        <v>1198</v>
+        <v>1207</v>
       </c>
       <c r="E316" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>1199</v>
+        <v>1208</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>1200</v>
+        <v>1209</v>
       </c>
       <c r="C317" t="s" s="0">
-        <v>1201</v>
+        <v>1210</v>
       </c>
       <c r="D317" t="s" s="0">
-        <v>1202</v>
+        <v>1211</v>
       </c>
       <c r="E317" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="4" t="s">
-        <v>1203</v>
+        <v>1212</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>1204</v>
+        <v>1213</v>
       </c>
       <c r="C318" t="s" s="0">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="D318" t="s" s="0">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="E318" t="n" s="0">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="4" t="s">
-        <v>1207</v>
+        <v>1216</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>1208</v>
+        <v>1217</v>
       </c>
       <c r="C319" t="s" s="0">
-        <v>1209</v>
+        <v>1218</v>
       </c>
       <c r="D319" t="s" s="0">
-        <v>1210</v>
+        <v>1219</v>
       </c>
       <c r="E319" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="4" t="s">
-        <v>1211</v>
+        <v>1220</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
       <c r="C320" t="s" s="0">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="D320" t="s" s="0">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="E320" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="4" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>19</v>
+        <v>1225</v>
       </c>
       <c r="C321" t="s" s="0">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="D321" t="s" s="0">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="E321" t="n" s="0">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="4" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="B322" s="6" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="C322" t="s" s="0">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="D322" t="s" s="0">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="E322" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="4" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="C323" t="s" s="0">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="D323" t="s" s="0">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="E323" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="B324" s="6" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="C324" t="s" s="0">
-        <v>1228</v>
+        <v>1238</v>
       </c>
       <c r="D324" t="s" s="0">
-        <v>1229</v>
+        <v>1239</v>
       </c>
       <c r="E324" t="n" s="0">
-        <v>0.15</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>1230</v>
+        <v>1240</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>1231</v>
+        <v>1241</v>
       </c>
       <c r="C325" t="s" s="0">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="D325" t="s" s="0">
-        <v>1233</v>
+        <v>1243</v>
       </c>
       <c r="E325" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
-        <v>1234</v>
+        <v>1244</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="C326" t="s" s="0">
-        <v>1236</v>
+        <v>1246</v>
       </c>
       <c r="D326" t="s" s="0">
-        <v>1237</v>
+        <v>1247</v>
       </c>
       <c r="E326" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>1238</v>
+        <v>1248</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>1239</v>
+        <v>1249</v>
       </c>
       <c r="C327" t="s" s="0">
-        <v>1240</v>
+        <v>1250</v>
       </c>
       <c r="D327" t="s" s="0">
-        <v>1241</v>
+        <v>1251</v>
       </c>
       <c r="E327" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="4" t="s">
-        <v>1242</v>
+        <v>1252</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>19</v>
+        <v>1253</v>
       </c>
       <c r="C328" t="s" s="0">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="D328" t="s" s="0">
-        <v>1244</v>
+        <v>1255</v>
       </c>
       <c r="E328" t="n" s="0">
-        <v>0.1</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="4" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
       <c r="C329" t="s" s="0">
-        <v>1247</v>
+        <v>1258</v>
       </c>
       <c r="D329" t="s" s="0">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="E329" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
       <c r="C330" t="s" s="0">
-        <v>1251</v>
+        <v>1262</v>
       </c>
       <c r="D330" t="s" s="0">
-        <v>1252</v>
+        <v>1263</v>
       </c>
       <c r="E330" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>1253</v>
+        <v>1264</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>1254</v>
+        <v>1265</v>
       </c>
       <c r="C331" t="s" s="0">
-        <v>1255</v>
+        <v>1266</v>
       </c>
       <c r="D331" t="s" s="0">
-        <v>1256</v>
+        <v>1267</v>
       </c>
       <c r="E331" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>1257</v>
+        <v>1268</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>1258</v>
+        <v>1269</v>
       </c>
       <c r="C332" t="s" s="0">
-        <v>1259</v>
+        <v>1270</v>
       </c>
       <c r="D332" t="s" s="0">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="E332" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="4" t="s">
-        <v>1261</v>
+        <v>1272</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>1262</v>
+        <v>1273</v>
       </c>
       <c r="C333" t="s" s="0">
-        <v>1263</v>
+        <v>1274</v>
       </c>
       <c r="D333" t="s" s="0">
-        <v>1264</v>
+        <v>1275</v>
       </c>
       <c r="E333" t="n" s="0">
-        <v>0.02</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="4" t="s">
-        <v>1265</v>
+        <v>1276</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>1266</v>
+        <v>1277</v>
       </c>
       <c r="C334" t="s" s="0">
-        <v>1267</v>
+        <v>1278</v>
       </c>
       <c r="D334" t="s" s="0">
-        <v>1268</v>
+        <v>1279</v>
       </c>
       <c r="E334" t="n" s="0">
-        <v>0.32</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="4" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
       <c r="C335" t="s" s="0">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="D335" t="s" s="0">
-        <v>1272</v>
+        <v>1283</v>
       </c>
       <c r="E335" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="4" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>1274</v>
+        <v>1285</v>
       </c>
       <c r="C336" t="s" s="0">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="D336" t="s" s="0">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="E336" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>1278</v>
+        <v>1289</v>
       </c>
       <c r="C337" t="s" s="0">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="D337" t="s" s="0">
-        <v>1280</v>
+        <v>1291</v>
       </c>
       <c r="E337" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
-        <v>1281</v>
+        <v>1292</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>1282</v>
+        <v>1293</v>
       </c>
       <c r="C338" t="s" s="0">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="D338" t="s" s="0">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="E338" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="4" t="s">
-        <v>1285</v>
+        <v>1296</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>19</v>
+        <v>1297</v>
       </c>
       <c r="C339" t="s" s="0">
-        <v>1286</v>
+        <v>1298</v>
       </c>
       <c r="D339" t="s" s="0">
-        <v>1287</v>
+        <v>1299</v>
       </c>
       <c r="E339" t="n" s="0">
-        <v>0.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="4" t="s">
-        <v>1288</v>
+        <v>1300</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
       <c r="C340" t="s" s="0">
-        <v>1290</v>
+        <v>1302</v>
       </c>
       <c r="D340" t="s" s="0">
-        <v>1291</v>
+        <v>1303</v>
       </c>
       <c r="E340" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="4" t="s">
-        <v>1292</v>
+        <v>1304</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="C341" t="s" s="0">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="D341" t="s" s="0">
-        <v>1295</v>
+        <v>1307</v>
       </c>
       <c r="E341" t="n" s="0">
-        <v>0.0</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="4" t="s">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="C342" t="s" s="0">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="D342" t="s" s="0">
-        <v>1299</v>
+        <v>1311</v>
       </c>
       <c r="E342" t="n" s="0">
         <v>0.13</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="4" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="C343" t="s" s="0">
-        <v>1302</v>
+        <v>1314</v>
       </c>
       <c r="D343" t="s" s="0">
-        <v>1303</v>
+        <v>1315</v>
       </c>
       <c r="E343" t="n" s="0">
-        <v>0.34</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
-        <v>1304</v>
+        <v>1316</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="C344" t="s" s="0">
-        <v>1306</v>
+        <v>1318</v>
       </c>
       <c r="D344" t="s" s="0">
-        <v>1307</v>
+        <v>1319</v>
       </c>
       <c r="E344" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
       <c r="C345" t="s" s="0">
-        <v>1310</v>
+        <v>1322</v>
       </c>
       <c r="D345" t="s" s="0">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="E345" t="n" s="0">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="C346" t="s" s="0">
-        <v>1314</v>
+        <v>1326</v>
       </c>
       <c r="D346" t="s" s="0">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="E346" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="C347" t="s" s="0">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="D347" t="s" s="0">
-        <v>1319</v>
+        <v>1331</v>
       </c>
       <c r="E347" t="n" s="0">
-        <v>0.12</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>1321</v>
+        <v>1333</v>
       </c>
       <c r="C348" t="s" s="0">
-        <v>1322</v>
+        <v>1334</v>
       </c>
       <c r="D348" t="s" s="0">
-        <v>1323</v>
+        <v>1335</v>
       </c>
       <c r="E348" t="n" s="0">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>1324</v>
+        <v>1336</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>1325</v>
+        <v>1337</v>
       </c>
       <c r="C349" t="s" s="0">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="D349" t="s" s="0">
-        <v>1327</v>
+        <v>1339</v>
       </c>
       <c r="E349" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
-        <v>1328</v>
+        <v>1340</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>1329</v>
+        <v>1341</v>
       </c>
       <c r="C350" t="s" s="0">
-        <v>1330</v>
+        <v>1342</v>
       </c>
       <c r="D350" t="s" s="0">
-        <v>1331</v>
+        <v>1343</v>
       </c>
       <c r="E350" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="C351" t="s" s="0">
-        <v>1334</v>
+        <v>1346</v>
       </c>
       <c r="D351" t="s" s="0">
-        <v>1335</v>
+        <v>1347</v>
       </c>
       <c r="E351" t="n" s="0">
-        <v>0.02</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="4" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>1337</v>
+        <v>1349</v>
       </c>
       <c r="C352" t="s" s="0">
-        <v>1338</v>
+        <v>1350</v>
       </c>
       <c r="D352" t="s" s="0">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="E352" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="4" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="C353" t="s" s="0">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="D353" t="s" s="0">
-        <v>1343</v>
+        <v>1355</v>
       </c>
       <c r="E353" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="4" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>1345</v>
+        <v>19</v>
       </c>
       <c r="C354" t="s" s="0">
-        <v>1346</v>
+        <v>1357</v>
       </c>
       <c r="D354" t="s" s="0">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="E354" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="4" t="s">
-        <v>1348</v>
+        <v>1359</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>1349</v>
+        <v>1360</v>
       </c>
       <c r="C355" t="s" s="0">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="D355" t="s" s="0">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="E355" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="4" t="s">
-        <v>1352</v>
+        <v>1363</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>19</v>
+        <v>1364</v>
       </c>
       <c r="C356" t="s" s="0">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="D356" t="s" s="0">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="E356" t="n" s="0">
-        <v>0.11</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="C357" t="s" s="0">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="D357" t="s" s="0">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="E357" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>1359</v>
+        <v>1371</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>1360</v>
+        <v>1372</v>
       </c>
       <c r="C358" t="s" s="0">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="D358" t="s" s="0">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="E358" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="4" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>1364</v>
+        <v>19</v>
       </c>
       <c r="C359" t="s" s="0">
-        <v>1365</v>
+        <v>1376</v>
       </c>
       <c r="D359" t="s" s="0">
-        <v>1366</v>
+        <v>1377</v>
       </c>
       <c r="E359" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="4" t="s">
-        <v>1367</v>
+        <v>1378</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>1368</v>
+        <v>1379</v>
       </c>
       <c r="C360" t="s" s="0">
-        <v>1369</v>
+        <v>1380</v>
       </c>
       <c r="D360" t="s" s="0">
-        <v>1370</v>
+        <v>1381</v>
       </c>
       <c r="E360" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>1371</v>
+        <v>1382</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>1372</v>
+        <v>1383</v>
       </c>
       <c r="C361" t="s" s="0">
-        <v>1373</v>
+        <v>1384</v>
       </c>
       <c r="D361" t="s" s="0">
-        <v>1374</v>
+        <v>1385</v>
       </c>
       <c r="E361" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
-        <v>1375</v>
+        <v>1386</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="C362" t="s" s="0">
-        <v>1377</v>
+        <v>1388</v>
       </c>
       <c r="D362" t="s" s="0">
-        <v>1378</v>
+        <v>1389</v>
       </c>
       <c r="E362" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="4" t="s">
-        <v>1379</v>
+        <v>1390</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="C363" t="s" s="0">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="D363" t="s" s="0">
-        <v>19</v>
+        <v>1393</v>
       </c>
       <c r="E363" t="n" s="0">
-        <v>0.02</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="4" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>1383</v>
+        <v>1395</v>
       </c>
       <c r="C364" t="s" s="0">
-        <v>1384</v>
+        <v>1396</v>
       </c>
       <c r="D364" t="s" s="0">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="E364" t="n" s="0">
-        <v>0.04</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="4" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="C365" t="s" s="0">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="D365" t="s" s="0">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="E365" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="4" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="C366" t="s" s="0">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="D366" t="s" s="0">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="E366" t="n" s="0">
-        <v>0.07</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="4" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>19</v>
+        <v>1407</v>
       </c>
       <c r="C367" t="s" s="0">
-        <v>1395</v>
+        <v>1408</v>
       </c>
       <c r="D367" t="s" s="0">
-        <v>1396</v>
+        <v>1409</v>
       </c>
       <c r="E367" t="n" s="0">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="4" t="s">
-        <v>1397</v>
+        <v>1410</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>19</v>
+        <v>1411</v>
       </c>
       <c r="C368" t="s" s="0">
-        <v>1398</v>
+        <v>1412</v>
       </c>
       <c r="D368" t="s" s="0">
-        <v>1399</v>
+        <v>1413</v>
       </c>
       <c r="E368" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>1400</v>
+        <v>1414</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>19</v>
+        <v>1415</v>
       </c>
       <c r="C369" t="s" s="0">
-        <v>1401</v>
+        <v>1416</v>
       </c>
       <c r="D369" t="s" s="0">
-        <v>1402</v>
+        <v>1417</v>
       </c>
       <c r="E369" t="n" s="0">
-        <v>1.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>1403</v>
+        <v>1418</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>19</v>
+        <v>1419</v>
       </c>
       <c r="C370" t="s" s="0">
-        <v>1404</v>
+        <v>1420</v>
       </c>
       <c r="D370" t="s" s="0">
-        <v>1405</v>
+        <v>1421</v>
       </c>
       <c r="E370" t="n" s="0">
-        <v>0.69</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>1406</v>
+        <v>1422</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>19</v>
+        <v>1423</v>
       </c>
       <c r="C371" t="s" s="0">
-        <v>1407</v>
+        <v>1424</v>
       </c>
       <c r="D371" t="s" s="0">
-        <v>1408</v>
+        <v>1425</v>
       </c>
       <c r="E371" t="n" s="0">
-        <v>0.25</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="4" t="s">
-        <v>1409</v>
+        <v>1426</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>19</v>
+        <v>1427</v>
       </c>
       <c r="C372" t="s" s="0">
-        <v>1410</v>
+        <v>1428</v>
       </c>
       <c r="D372" t="s" s="0">
-        <v>1411</v>
+        <v>1429</v>
       </c>
       <c r="E372" t="n" s="0">
-        <v>1.3</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="4" t="s">
-        <v>1412</v>
+        <v>1430</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>19</v>
+        <v>1431</v>
       </c>
       <c r="C373" t="s" s="0">
-        <v>1413</v>
+        <v>1432</v>
       </c>
       <c r="D373" t="s" s="0">
-        <v>1414</v>
+        <v>1433</v>
       </c>
       <c r="E373" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="4" t="s">
-        <v>1415</v>
+        <v>1434</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>1416</v>
+        <v>1435</v>
       </c>
       <c r="C374" t="s" s="0">
-        <v>1417</v>
+        <v>1436</v>
       </c>
       <c r="D374" t="s" s="0">
-        <v>1418</v>
+        <v>1437</v>
       </c>
       <c r="E374" t="n" s="0">
-        <v>0.13</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="4" t="s">
-        <v>1419</v>
+        <v>1438</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>1420</v>
+        <v>1439</v>
       </c>
       <c r="C375" t="s" s="0">
-        <v>1421</v>
+        <v>1440</v>
       </c>
       <c r="D375" t="s" s="0">
-        <v>1422</v>
+        <v>1441</v>
       </c>
       <c r="E375" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="4" t="s">
-        <v>1423</v>
+        <v>1442</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>1424</v>
+        <v>1443</v>
       </c>
       <c r="C376" t="s" s="0">
-        <v>1425</v>
+        <v>1444</v>
       </c>
       <c r="D376" t="s" s="0">
-        <v>1426</v>
+        <v>1445</v>
       </c>
       <c r="E376" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="4" t="s">
-        <v>1427</v>
+        <v>1446</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>1428</v>
+        <v>1447</v>
       </c>
       <c r="C377" t="s" s="0">
-        <v>1429</v>
+        <v>1448</v>
       </c>
       <c r="D377" t="s" s="0">
-        <v>1430</v>
+        <v>1449</v>
       </c>
       <c r="E377" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="4" t="s">
-        <v>1431</v>
+        <v>1450</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>1432</v>
+        <v>1451</v>
       </c>
       <c r="C378" t="s" s="0">
-        <v>1433</v>
+        <v>1452</v>
       </c>
       <c r="D378" t="s" s="0">
-        <v>1434</v>
+        <v>1453</v>
       </c>
       <c r="E378" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="4" t="s">
-        <v>1435</v>
+        <v>1454</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>1436</v>
+        <v>1455</v>
       </c>
       <c r="C379" t="s" s="0">
-        <v>1437</v>
+        <v>1456</v>
       </c>
       <c r="D379" t="s" s="0">
-        <v>1438</v>
+        <v>1457</v>
       </c>
       <c r="E379" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="4" t="s">
-        <v>1439</v>
+        <v>1458</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>1440</v>
+        <v>1459</v>
       </c>
       <c r="C380" t="s" s="0">
-        <v>1441</v>
+        <v>1460</v>
       </c>
       <c r="D380" t="s" s="0">
-        <v>1442</v>
+        <v>1461</v>
       </c>
       <c r="E380" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="4" t="s">
-        <v>1443</v>
+        <v>1462</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>1444</v>
+        <v>1463</v>
       </c>
       <c r="C381" t="s" s="0">
-        <v>1445</v>
+        <v>1464</v>
       </c>
       <c r="D381" t="s" s="0">
-        <v>1446</v>
+        <v>1465</v>
       </c>
       <c r="E381" t="n" s="0">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="4" t="s">
-        <v>1447</v>
+        <v>1466</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>1448</v>
+        <v>1467</v>
       </c>
       <c r="C382" t="s" s="0">
-        <v>1449</v>
+        <v>1468</v>
       </c>
       <c r="D382" t="s" s="0">
-        <v>1450</v>
+        <v>1469</v>
       </c>
       <c r="E382" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="4" t="s">
-        <v>1451</v>
+        <v>1470</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>1452</v>
+        <v>1471</v>
       </c>
       <c r="C383" t="s" s="0">
-        <v>1453</v>
+        <v>1472</v>
       </c>
       <c r="D383" t="s" s="0">
-        <v>1454</v>
+        <v>1473</v>
       </c>
       <c r="E383" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="4" t="s">
-        <v>1455</v>
+        <v>1474</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="C384" t="s" s="0">
-        <v>1457</v>
+        <v>1476</v>
       </c>
       <c r="D384" t="s" s="0">
-        <v>1458</v>
+        <v>1477</v>
       </c>
       <c r="E384" t="n" s="0">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
-        <v>1459</v>
+        <v>1478</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>1460</v>
+        <v>1479</v>
       </c>
       <c r="C385" t="s" s="0">
-        <v>1461</v>
+        <v>1480</v>
       </c>
       <c r="D385" t="s" s="0">
-        <v>1462</v>
+        <v>1481</v>
       </c>
       <c r="E385" t="n" s="0">
-        <v>0.2</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="4" t="s">
-        <v>1463</v>
+        <v>1482</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>1464</v>
+        <v>1483</v>
       </c>
       <c r="C386" t="s" s="0">
-        <v>1465</v>
+        <v>1484</v>
       </c>
       <c r="D386" t="s" s="0">
-        <v>1466</v>
+        <v>1485</v>
       </c>
       <c r="E386" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="4" t="s">
-        <v>1467</v>
+        <v>1486</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>19</v>
+        <v>1487</v>
       </c>
       <c r="C387" t="s" s="0">
-        <v>1468</v>
+        <v>1488</v>
       </c>
       <c r="D387" t="s" s="0">
-        <v>1469</v>
+        <v>1489</v>
       </c>
       <c r="E387" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="4" t="s">
-        <v>1470</v>
+        <v>1490</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>19</v>
+        <v>1491</v>
       </c>
       <c r="C388" t="s" s="0">
-        <v>1471</v>
+        <v>1492</v>
       </c>
       <c r="D388" t="s" s="0">
-        <v>1472</v>
+        <v>1493</v>
       </c>
       <c r="E388" t="n" s="0">
-        <v>0.54</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="4" t="s">
-        <v>1473</v>
+        <v>1494</v>
       </c>
       <c r="B389" s="6" t="s">
-        <v>19</v>
+        <v>1495</v>
       </c>
       <c r="C389" t="s" s="0">
-        <v>1474</v>
+        <v>1496</v>
       </c>
       <c r="D389" t="s" s="0">
-        <v>1475</v>
+        <v>1497</v>
       </c>
       <c r="E389" t="n" s="0">
-        <v>0.27</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="4" t="s">
-        <v>1476</v>
+        <v>1498</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>19</v>
+        <v>1499</v>
       </c>
       <c r="C390" t="s" s="0">
-        <v>1477</v>
+        <v>1500</v>
       </c>
       <c r="D390" t="s" s="0">
-        <v>1478</v>
+        <v>1501</v>
       </c>
       <c r="E390" t="n" s="0">
-        <v>1.95</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="4" t="s">
-        <v>1479</v>
+        <v>1502</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>1480</v>
+        <v>1503</v>
       </c>
       <c r="C391" t="s" s="0">
-        <v>1481</v>
+        <v>1504</v>
       </c>
       <c r="D391" t="s" s="0">
-        <v>1482</v>
+        <v>1505</v>
       </c>
       <c r="E391" t="n" s="0">
-        <v>1.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="4" t="s">
-        <v>1483</v>
+        <v>1506</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>19</v>
+        <v>1507</v>
       </c>
       <c r="C392" t="s" s="0">
-        <v>1484</v>
+        <v>1508</v>
       </c>
       <c r="D392" t="s" s="0">
-        <v>1485</v>
+        <v>1509</v>
       </c>
       <c r="E392" t="n" s="0">
-        <v>0.34</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="4" t="s">
-        <v>1486</v>
+        <v>1510</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>19</v>
+        <v>1511</v>
       </c>
       <c r="C393" t="s" s="0">
-        <v>1487</v>
+        <v>1512</v>
       </c>
       <c r="D393" t="s" s="0">
-        <v>1488</v>
+        <v>1513</v>
       </c>
       <c r="E393" t="n" s="0">
-        <v>0.2</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="4" t="s">
-        <v>1489</v>
+        <v>1514</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>19</v>
+        <v>1515</v>
       </c>
       <c r="C394" t="s" s="0">
-        <v>1490</v>
+        <v>1516</v>
       </c>
       <c r="D394" t="s" s="0">
-        <v>1491</v>
+        <v>1517</v>
       </c>
       <c r="E394" t="n" s="0">
-        <v>0.15</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="4" t="s">
-        <v>1492</v>
+        <v>1518</v>
       </c>
       <c r="B395" s="6" t="s">
-        <v>1493</v>
+        <v>1519</v>
       </c>
       <c r="C395" t="s" s="0">
-        <v>1494</v>
+        <v>1520</v>
       </c>
       <c r="D395" t="s" s="0">
-        <v>1495</v>
+        <v>1521</v>
       </c>
       <c r="E395" t="n" s="0">
-        <v>0.21</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="4" t="s">
-        <v>1496</v>
+        <v>1522</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>1497</v>
+        <v>1523</v>
       </c>
       <c r="C396" t="s" s="0">
-        <v>1498</v>
+        <v>1524</v>
       </c>
       <c r="D396" t="s" s="0">
-        <v>1499</v>
+        <v>1525</v>
       </c>
       <c r="E396" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="4" t="s">
-        <v>1500</v>
+        <v>1526</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>1501</v>
+        <v>1527</v>
       </c>
       <c r="C397" t="s" s="0">
-        <v>1502</v>
+        <v>1528</v>
       </c>
       <c r="D397" t="s" s="0">
-        <v>1503</v>
+        <v>1529</v>
       </c>
       <c r="E397" t="n" s="0">
         <v>0.0</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="4" t="s">
-        <v>1504</v>
+        <v>1530</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>1505</v>
+        <v>1531</v>
       </c>
       <c r="C398" t="s" s="0">
-        <v>1506</v>
+        <v>1532</v>
       </c>
       <c r="D398" t="s" s="0">
-        <v>1507</v>
+        <v>1533</v>
       </c>
       <c r="E398" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
-        <v>1508</v>
+        <v>1534</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>1509</v>
+        <v>1535</v>
       </c>
       <c r="C399" t="s" s="0">
-        <v>1510</v>
+        <v>1536</v>
       </c>
       <c r="D399" t="s" s="0">
-        <v>1511</v>
+        <v>1537</v>
       </c>
       <c r="E399" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
-        <v>1512</v>
+        <v>1538</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>1513</v>
+        <v>1539</v>
       </c>
       <c r="C400" t="s" s="0">
-        <v>1514</v>
+        <v>1540</v>
       </c>
       <c r="D400" t="s" s="0">
-        <v>1515</v>
+        <v>1541</v>
       </c>
       <c r="E400" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
-        <v>1516</v>
+        <v>1542</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>1517</v>
+        <v>1543</v>
       </c>
       <c r="C401" t="s" s="0">
-        <v>1518</v>
+        <v>1544</v>
       </c>
       <c r="D401" t="s" s="0">
-        <v>1519</v>
+        <v>1545</v>
       </c>
       <c r="E401" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="4" t="s">
-        <v>1520</v>
+        <v>1546</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>1521</v>
+        <v>1547</v>
       </c>
       <c r="C402" t="s" s="0">
-        <v>1522</v>
+        <v>1548</v>
       </c>
       <c r="D402" t="s" s="0">
-        <v>1523</v>
+        <v>1549</v>
       </c>
       <c r="E402" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="4" t="s">
-        <v>1524</v>
+        <v>1550</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>1525</v>
+        <v>1551</v>
       </c>
       <c r="C403" t="s" s="0">
-        <v>1526</v>
+        <v>1552</v>
       </c>
       <c r="D403" t="s" s="0">
-        <v>1527</v>
+        <v>1553</v>
       </c>
       <c r="E403" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="4" t="s">
-        <v>1528</v>
+        <v>1554</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>1529</v>
+        <v>1555</v>
       </c>
       <c r="C404" t="s" s="0">
-        <v>1530</v>
+        <v>1556</v>
       </c>
       <c r="D404" t="s" s="0">
-        <v>1531</v>
+        <v>1557</v>
       </c>
       <c r="E404" t="n" s="0">
-        <v>0.27</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="4" t="s">
-        <v>1532</v>
+        <v>1558</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>1533</v>
+        <v>1559</v>
       </c>
       <c r="C405" t="s" s="0">
-        <v>1534</v>
+        <v>1560</v>
       </c>
       <c r="D405" t="s" s="0">
-        <v>1535</v>
+        <v>1561</v>
       </c>
       <c r="E405" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="4" t="s">
-        <v>1536</v>
+        <v>1562</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>1537</v>
+        <v>1563</v>
       </c>
       <c r="C406" t="s" s="0">
-        <v>1538</v>
+        <v>1564</v>
       </c>
       <c r="D406" t="s" s="0">
-        <v>1539</v>
+        <v>1565</v>
       </c>
       <c r="E406" t="n" s="0">
-        <v>0.08</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="4" t="s">
-        <v>1540</v>
+        <v>1566</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>1541</v>
+        <v>1567</v>
       </c>
       <c r="C407" t="s" s="0">
-        <v>1542</v>
+        <v>1568</v>
       </c>
       <c r="D407" t="s" s="0">
-        <v>1543</v>
+        <v>1569</v>
       </c>
       <c r="E407" t="n" s="0">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="4" t="s">
-        <v>1544</v>
+        <v>1570</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>1545</v>
+        <v>1571</v>
       </c>
       <c r="C408" t="s" s="0">
-        <v>1546</v>
+        <v>1572</v>
       </c>
       <c r="D408" t="s" s="0">
-        <v>1547</v>
+        <v>1573</v>
       </c>
       <c r="E408" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="4" t="s">
-        <v>1548</v>
+        <v>1574</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>1549</v>
+        <v>1575</v>
       </c>
       <c r="C409" t="s" s="0">
-        <v>1550</v>
+        <v>1576</v>
       </c>
       <c r="D409" t="s" s="0">
-        <v>1551</v>
+        <v>1577</v>
       </c>
       <c r="E409" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="4" t="s">
-        <v>1552</v>
+        <v>1578</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>1553</v>
+        <v>1579</v>
       </c>
       <c r="C410" t="s" s="0">
-        <v>1554</v>
+        <v>1580</v>
       </c>
       <c r="D410" t="s" s="0">
-        <v>1555</v>
+        <v>1581</v>
       </c>
       <c r="E410" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="4" t="s">
-        <v>1556</v>
+        <v>1582</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>1557</v>
+        <v>1583</v>
       </c>
       <c r="C411" t="s" s="0">
-        <v>1558</v>
+        <v>1584</v>
       </c>
       <c r="D411" t="s" s="0">
-        <v>1559</v>
+        <v>1585</v>
       </c>
       <c r="E411" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="4" t="s">
-        <v>1560</v>
+        <v>1586</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>1561</v>
+        <v>1587</v>
       </c>
       <c r="C412" t="s" s="0">
-        <v>1562</v>
+        <v>1588</v>
       </c>
       <c r="D412" t="s" s="0">
-        <v>1563</v>
+        <v>1589</v>
       </c>
       <c r="E412" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="4" t="s">
-        <v>1564</v>
+        <v>1590</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>1565</v>
+        <v>1591</v>
       </c>
       <c r="C413" t="s" s="0">
-        <v>1566</v>
+        <v>1592</v>
       </c>
       <c r="D413" t="s" s="0">
-        <v>1567</v>
+        <v>1593</v>
       </c>
       <c r="E413" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="4" t="s">
-        <v>1568</v>
+        <v>1594</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>1569</v>
+        <v>1595</v>
       </c>
       <c r="C414" t="s" s="0">
-        <v>1570</v>
+        <v>1596</v>
       </c>
       <c r="D414" t="s" s="0">
-        <v>1571</v>
+        <v>1597</v>
       </c>
       <c r="E414" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="4" t="s">
-        <v>1572</v>
+        <v>1598</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>1573</v>
+        <v>1599</v>
       </c>
       <c r="C415" t="s" s="0">
-        <v>1574</v>
+        <v>1600</v>
       </c>
       <c r="D415" t="s" s="0">
-        <v>1575</v>
+        <v>1601</v>
       </c>
       <c r="E415" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="4" t="s">
-        <v>1576</v>
+        <v>1602</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>1577</v>
+        <v>1603</v>
       </c>
       <c r="C416" t="s" s="0">
-        <v>1578</v>
+        <v>1604</v>
       </c>
       <c r="D416" t="s" s="0">
-        <v>1579</v>
+        <v>1605</v>
       </c>
       <c r="E416" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="4" t="s">
-        <v>1580</v>
+        <v>1606</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>1581</v>
+        <v>1607</v>
       </c>
       <c r="C417" t="s" s="0">
-        <v>1582</v>
+        <v>1608</v>
       </c>
       <c r="D417" t="s" s="0">
-        <v>1583</v>
+        <v>1609</v>
       </c>
       <c r="E417" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="4" t="s">
-        <v>1584</v>
+        <v>1610</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>1585</v>
+        <v>1611</v>
       </c>
       <c r="C418" t="s" s="0">
-        <v>1586</v>
+        <v>1612</v>
       </c>
       <c r="D418" t="s" s="0">
-        <v>1587</v>
+        <v>1613</v>
       </c>
       <c r="E418" t="n" s="0">
-        <v>0.31</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="4" t="s">
-        <v>1588</v>
+        <v>1614</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="C419" t="s" s="0">
-        <v>1590</v>
+        <v>1616</v>
       </c>
       <c r="D419" t="s" s="0">
-        <v>1591</v>
+        <v>1617</v>
       </c>
       <c r="E419" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="4" t="s">
-        <v>1592</v>
+        <v>1618</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>1593</v>
+        <v>1619</v>
       </c>
       <c r="C420" t="s" s="0">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="D420" t="s" s="0">
-        <v>1595</v>
+        <v>1621</v>
       </c>
       <c r="E420" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="4" t="s">
-        <v>1596</v>
+        <v>1622</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>1597</v>
+        <v>1623</v>
       </c>
       <c r="C421" t="s" s="0">
-        <v>1598</v>
+        <v>1624</v>
       </c>
       <c r="D421" t="s" s="0">
-        <v>1599</v>
+        <v>1625</v>
       </c>
       <c r="E421" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="4" t="s">
-        <v>1600</v>
+        <v>1626</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>1601</v>
+        <v>1627</v>
       </c>
       <c r="C422" t="s" s="0">
-        <v>1602</v>
+        <v>1628</v>
       </c>
       <c r="D422" t="s" s="0">
-        <v>1603</v>
+        <v>1629</v>
       </c>
       <c r="E422" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="4" t="s">
-        <v>1604</v>
+        <v>1630</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>1605</v>
+        <v>1631</v>
       </c>
       <c r="C423" t="s" s="0">
-        <v>1606</v>
+        <v>1632</v>
       </c>
       <c r="D423" t="s" s="0">
-        <v>1607</v>
+        <v>1633</v>
       </c>
       <c r="E423" t="n" s="0">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="4" t="s">
-        <v>1608</v>
+        <v>1634</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>1609</v>
+        <v>19</v>
       </c>
       <c r="C424" t="s" s="0">
-        <v>1610</v>
+        <v>1635</v>
       </c>
       <c r="D424" t="s" s="0">
-        <v>1611</v>
+        <v>1636</v>
       </c>
       <c r="E424" t="n" s="0">
-        <v>0.01</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="4" t="s">
-        <v>1612</v>
+        <v>1637</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>1613</v>
+        <v>19</v>
       </c>
       <c r="C425" t="s" s="0">
-        <v>1614</v>
+        <v>1638</v>
       </c>
       <c r="D425" t="s" s="0">
-        <v>1615</v>
+        <v>1639</v>
       </c>
       <c r="E425" t="n" s="0">
-        <v>0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="4" t="s">
-        <v>1616</v>
+        <v>1640</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>1617</v>
+        <v>19</v>
       </c>
       <c r="C426" t="s" s="0">
-        <v>1618</v>
+        <v>1641</v>
       </c>
       <c r="D426" t="s" s="0">
-        <v>1619</v>
+        <v>1642</v>
       </c>
       <c r="E426" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="4" t="s">
-        <v>1620</v>
+        <v>1643</v>
       </c>
       <c r="B427" s="6" t="s">
-        <v>1621</v>
+        <v>1644</v>
       </c>
       <c r="C427" t="s" s="0">
-        <v>1622</v>
+        <v>1645</v>
       </c>
       <c r="D427" t="s" s="0">
-        <v>1623</v>
+        <v>1646</v>
       </c>
       <c r="E427" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="4" t="s">
-        <v>1624</v>
+        <v>1647</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>1625</v>
+        <v>19</v>
       </c>
       <c r="C428" t="s" s="0">
-        <v>1626</v>
+        <v>1648</v>
       </c>
       <c r="D428" t="s" s="0">
-        <v>1627</v>
+        <v>1649</v>
       </c>
       <c r="E428" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="4" t="s">
-        <v>1628</v>
+        <v>1650</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>1629</v>
+        <v>1651</v>
       </c>
       <c r="C429" t="s" s="0">
-        <v>1630</v>
+        <v>1652</v>
       </c>
       <c r="D429" t="s" s="0">
-        <v>1631</v>
+        <v>1653</v>
       </c>
       <c r="E429" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="4" t="s">
-        <v>1632</v>
+        <v>1654</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>1633</v>
+        <v>1655</v>
       </c>
       <c r="C430" t="s" s="0">
-        <v>1634</v>
+        <v>1656</v>
       </c>
       <c r="D430" t="s" s="0">
-        <v>1635</v>
+        <v>1657</v>
       </c>
       <c r="E430" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="4" t="s">
-        <v>1636</v>
+        <v>1658</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>1637</v>
+        <v>1659</v>
       </c>
       <c r="C431" t="s" s="0">
-        <v>1638</v>
+        <v>1660</v>
       </c>
       <c r="D431" t="s" s="0">
-        <v>1639</v>
+        <v>1661</v>
       </c>
       <c r="E431" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="4" t="s">
-        <v>1640</v>
+        <v>1662</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>1641</v>
+        <v>1663</v>
       </c>
       <c r="C432" t="s" s="0">
-        <v>1642</v>
+        <v>1664</v>
       </c>
       <c r="D432" t="s" s="0">
-        <v>1643</v>
+        <v>1665</v>
       </c>
       <c r="E432" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="4" t="s">
-        <v>1644</v>
+        <v>1666</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>1645</v>
+        <v>1667</v>
       </c>
       <c r="C433" t="s" s="0">
-        <v>1646</v>
+        <v>1668</v>
       </c>
       <c r="D433" t="s" s="0">
-        <v>1647</v>
+        <v>1669</v>
       </c>
       <c r="E433" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="4" t="s">
-        <v>1648</v>
+        <v>1670</v>
       </c>
       <c r="B434" s="6" t="s">
-        <v>1649</v>
+        <v>1671</v>
       </c>
       <c r="C434" t="s" s="0">
-        <v>1650</v>
+        <v>1672</v>
       </c>
       <c r="D434" t="s" s="0">
-        <v>1651</v>
+        <v>1673</v>
       </c>
       <c r="E434" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="4" t="s">
-        <v>1652</v>
+        <v>1674</v>
       </c>
       <c r="B435" s="6" t="s">
-        <v>1653</v>
+        <v>1675</v>
       </c>
       <c r="C435" t="s" s="0">
-        <v>1654</v>
+        <v>1676</v>
       </c>
       <c r="D435" t="s" s="0">
-        <v>1655</v>
+        <v>1677</v>
       </c>
       <c r="E435" t="n" s="0">
-        <v>0.41</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A436" s="4" t="s">
-        <v>1656</v>
+        <v>1678</v>
       </c>
       <c r="B436" s="6" t="s">
-        <v>1657</v>
+        <v>1679</v>
       </c>
       <c r="C436" t="s" s="0">
-        <v>1658</v>
+        <v>1680</v>
       </c>
       <c r="D436" t="s" s="0">
-        <v>1659</v>
+        <v>1681</v>
       </c>
       <c r="E436" t="n" s="0">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A437" s="4" t="s">
-        <v>1660</v>
+        <v>1682</v>
       </c>
       <c r="B437" s="6" t="s">
-        <v>1661</v>
+        <v>1683</v>
       </c>
       <c r="C437" t="s" s="0">
-        <v>1662</v>
+        <v>1684</v>
       </c>
       <c r="D437" t="s" s="0">
-        <v>1663</v>
+        <v>1685</v>
       </c>
       <c r="E437" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A438" s="4" t="s">
-        <v>1664</v>
+        <v>1686</v>
       </c>
       <c r="B438" s="6" t="s">
-        <v>1665</v>
+        <v>1687</v>
       </c>
       <c r="C438" t="s" s="0">
-        <v>1666</v>
+        <v>1688</v>
       </c>
       <c r="D438" t="s" s="0">
-        <v>1667</v>
+        <v>1689</v>
       </c>
       <c r="E438" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A439" s="4" t="s">
-        <v>1668</v>
+        <v>1690</v>
       </c>
       <c r="B439" s="6" t="s">
-        <v>1669</v>
+        <v>1691</v>
       </c>
       <c r="C439" t="s" s="0">
-        <v>1670</v>
+        <v>1692</v>
       </c>
       <c r="D439" t="s" s="0">
-        <v>1671</v>
+        <v>1693</v>
       </c>
       <c r="E439" t="n" s="0">
-        <v>0.01</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A440" s="4" t="s">
-        <v>1672</v>
+        <v>1694</v>
       </c>
       <c r="B440" s="6" t="s">
-        <v>1673</v>
+        <v>1695</v>
       </c>
       <c r="C440" t="s" s="0">
-        <v>1674</v>
+        <v>1696</v>
       </c>
       <c r="D440" t="s" s="0">
-        <v>1675</v>
+        <v>1697</v>
       </c>
       <c r="E440" t="n" s="0">
-        <v>0.04</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A441" s="4" t="s">
-        <v>1676</v>
+        <v>1698</v>
       </c>
       <c r="B441" s="6" t="s">
-        <v>1677</v>
+        <v>1699</v>
       </c>
       <c r="C441" t="s" s="0">
-        <v>1678</v>
+        <v>1700</v>
       </c>
       <c r="D441" t="s" s="0">
-        <v>1679</v>
+        <v>1701</v>
       </c>
       <c r="E441" t="n" s="0">
-        <v>0.43</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A442" s="4" t="s">
-        <v>1680</v>
+        <v>1702</v>
       </c>
       <c r="B442" s="6" t="s">
-        <v>1681</v>
+        <v>1703</v>
       </c>
       <c r="C442" t="s" s="0">
-        <v>1682</v>
+        <v>1704</v>
       </c>
       <c r="D442" t="s" s="0">
-        <v>1683</v>
+        <v>1705</v>
       </c>
       <c r="E442" t="n" s="0">
-        <v>0.11</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A443" s="4" t="s">
-        <v>1684</v>
+        <v>1706</v>
       </c>
       <c r="B443" s="6" t="s">
-        <v>1685</v>
+        <v>19</v>
       </c>
       <c r="C443" t="s" s="0">
-        <v>1686</v>
+        <v>1707</v>
       </c>
       <c r="D443" t="s" s="0">
-        <v>1687</v>
+        <v>1708</v>
       </c>
       <c r="E443" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A444" s="4" t="s">
-        <v>1688</v>
+        <v>1709</v>
       </c>
       <c r="B444" s="6" t="s">
-        <v>1689</v>
+        <v>19</v>
       </c>
       <c r="C444" t="s" s="0">
-        <v>1690</v>
+        <v>1710</v>
       </c>
       <c r="D444" t="s" s="0">
-        <v>1691</v>
+        <v>1711</v>
       </c>
       <c r="E444" t="n" s="0">
-        <v>0.05</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A445" s="4" t="s">
-        <v>1692</v>
+        <v>1712</v>
       </c>
       <c r="B445" s="6" t="s">
-        <v>1693</v>
+        <v>1713</v>
       </c>
       <c r="C445" t="s" s="0">
-        <v>1694</v>
+        <v>1714</v>
       </c>
       <c r="D445" t="s" s="0">
-        <v>1695</v>
+        <v>1715</v>
       </c>
       <c r="E445" t="n" s="0">
-        <v>0.02</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A446" s="4" t="s">
-        <v>1696</v>
+        <v>1716</v>
       </c>
       <c r="B446" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C446" t="s" s="0">
-        <v>1697</v>
+        <v>1717</v>
       </c>
       <c r="D446" t="s" s="0">
-        <v>1698</v>
+        <v>1718</v>
       </c>
       <c r="E446" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A447" s="4" t="s">
-        <v>1699</v>
+        <v>1719</v>
       </c>
       <c r="B447" s="6" t="s">
-        <v>1700</v>
+        <v>19</v>
       </c>
       <c r="C447" t="s" s="0">
-        <v>1701</v>
+        <v>1720</v>
       </c>
       <c r="D447" t="s" s="0">
-        <v>1702</v>
+        <v>1721</v>
       </c>
       <c r="E447" t="n" s="0">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A448" s="4" t="s">
-        <v>1703</v>
+        <v>1722</v>
       </c>
       <c r="B448" s="6" t="s">
-        <v>1704</v>
+        <v>19</v>
       </c>
       <c r="C448" t="s" s="0">
-        <v>1705</v>
+        <v>1723</v>
       </c>
       <c r="D448" t="s" s="0">
-        <v>1706</v>
+        <v>1724</v>
       </c>
       <c r="E448" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A449" s="4" t="s">
-        <v>1707</v>
+        <v>1725</v>
       </c>
       <c r="B449" s="6" t="s">
-        <v>1708</v>
+        <v>1726</v>
       </c>
       <c r="C449" t="s" s="0">
-        <v>1709</v>
+        <v>1727</v>
       </c>
       <c r="D449" t="s" s="0">
-        <v>1710</v>
+        <v>1728</v>
       </c>
       <c r="E449" t="n" s="0">
-        <v>0.01</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A450" s="4" t="s">
-        <v>1711</v>
+        <v>1729</v>
       </c>
       <c r="B450" s="6" t="s">
-        <v>1712</v>
+        <v>1730</v>
       </c>
       <c r="C450" t="s" s="0">
-        <v>1713</v>
+        <v>1731</v>
       </c>
       <c r="D450" t="s" s="0">
-        <v>1714</v>
+        <v>1732</v>
       </c>
       <c r="E450" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A451" s="4" t="s">
-        <v>1715</v>
+        <v>1733</v>
       </c>
       <c r="B451" s="6" t="s">
-        <v>1716</v>
+        <v>1734</v>
       </c>
       <c r="C451" t="s" s="0">
-        <v>1717</v>
+        <v>1735</v>
       </c>
       <c r="D451" t="s" s="0">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E451" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A452" s="4" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="B452" s="6" t="s">
-        <v>1720</v>
+        <v>1738</v>
       </c>
       <c r="C452" t="s" s="0">
-        <v>1721</v>
+        <v>1739</v>
       </c>
       <c r="D452" t="s" s="0">
-        <v>1722</v>
+        <v>1740</v>
       </c>
       <c r="E452" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A453" s="4" t="s">
-        <v>1723</v>
+        <v>1741</v>
       </c>
       <c r="B453" s="6" t="s">
-        <v>1724</v>
+        <v>1742</v>
       </c>
       <c r="C453" t="s" s="0">
-        <v>1725</v>
+        <v>1743</v>
       </c>
       <c r="D453" t="s" s="0">
-        <v>1726</v>
+        <v>1744</v>
       </c>
       <c r="E453" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A454" s="4" t="s">
-        <v>1727</v>
+        <v>1745</v>
       </c>
       <c r="B454" s="6" t="s">
-        <v>1728</v>
+        <v>1746</v>
       </c>
       <c r="C454" t="s" s="0">
-        <v>1729</v>
+        <v>1747</v>
       </c>
       <c r="D454" t="s" s="0">
-        <v>1730</v>
+        <v>1748</v>
       </c>
       <c r="E454" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A455" s="4" t="s">
-        <v>1731</v>
+        <v>1749</v>
       </c>
       <c r="B455" s="6" t="s">
-        <v>1732</v>
+        <v>1750</v>
       </c>
       <c r="C455" t="s" s="0">
-        <v>1733</v>
+        <v>1751</v>
       </c>
       <c r="D455" t="s" s="0">
-        <v>1734</v>
+        <v>1752</v>
       </c>
       <c r="E455" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A456" s="4" t="s">
-        <v>1735</v>
+        <v>1753</v>
       </c>
       <c r="B456" s="6" t="s">
-        <v>1736</v>
+        <v>1754</v>
       </c>
       <c r="C456" t="s" s="0">
-        <v>1737</v>
+        <v>1755</v>
       </c>
       <c r="D456" t="s" s="0">
-        <v>1738</v>
+        <v>1756</v>
       </c>
       <c r="E456" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A457" s="4" t="s">
-        <v>1739</v>
+        <v>1757</v>
       </c>
       <c r="B457" s="6" t="s">
-        <v>1740</v>
+        <v>1758</v>
       </c>
       <c r="C457" t="s" s="0">
-        <v>1741</v>
+        <v>1759</v>
       </c>
       <c r="D457" t="s" s="0">
-        <v>1742</v>
+        <v>1760</v>
       </c>
       <c r="E457" t="n" s="0">
-        <v>0.14</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A458" s="4" t="s">
-        <v>1743</v>
+        <v>1761</v>
       </c>
       <c r="B458" s="6" t="s">
-        <v>19</v>
+        <v>1762</v>
       </c>
       <c r="C458" t="s" s="0">
-        <v>1744</v>
+        <v>1763</v>
       </c>
       <c r="D458" t="s" s="0">
-        <v>1745</v>
+        <v>1764</v>
       </c>
       <c r="E458" t="n" s="0">
-        <v>0.09</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A459" s="4" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="B459" s="6" t="s">
-        <v>1747</v>
+        <v>1766</v>
       </c>
       <c r="C459" t="s" s="0">
-        <v>1748</v>
+        <v>1767</v>
       </c>
       <c r="D459" t="s" s="0">
-        <v>1749</v>
+        <v>1768</v>
       </c>
       <c r="E459" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A460" s="4" t="s">
-        <v>1750</v>
+        <v>1769</v>
       </c>
       <c r="B460" s="6" t="s">
-        <v>1751</v>
+        <v>1770</v>
       </c>
       <c r="C460" t="s" s="0">
-        <v>1752</v>
+        <v>1771</v>
       </c>
       <c r="D460" t="s" s="0">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="E460" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A461" s="4" t="s">
-        <v>1754</v>
+        <v>1773</v>
       </c>
       <c r="B461" s="6" t="s">
-        <v>1755</v>
+        <v>1774</v>
       </c>
       <c r="C461" t="s" s="0">
-        <v>1756</v>
+        <v>1775</v>
       </c>
       <c r="D461" t="s" s="0">
-        <v>1757</v>
+        <v>1776</v>
       </c>
       <c r="E461" t="n" s="0">
-        <v>0.13</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A462" s="4" t="s">
-        <v>1758</v>
+        <v>1777</v>
       </c>
       <c r="B462" s="6" t="s">
-        <v>1759</v>
+        <v>1778</v>
       </c>
       <c r="C462" t="s" s="0">
-        <v>1760</v>
+        <v>1779</v>
       </c>
       <c r="D462" t="s" s="0">
-        <v>1761</v>
+        <v>1780</v>
       </c>
       <c r="E462" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A463" s="4" t="s">
-        <v>1762</v>
+        <v>1781</v>
       </c>
       <c r="B463" s="6" t="s">
-        <v>1763</v>
+        <v>1782</v>
       </c>
       <c r="C463" t="s" s="0">
-        <v>1764</v>
+        <v>1783</v>
       </c>
       <c r="D463" t="s" s="0">
-        <v>1765</v>
+        <v>1784</v>
       </c>
       <c r="E463" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A464" s="4" t="s">
-        <v>1766</v>
+        <v>1785</v>
       </c>
       <c r="B464" s="6" t="s">
-        <v>1767</v>
+        <v>1786</v>
       </c>
       <c r="C464" t="s" s="0">
-        <v>1768</v>
+        <v>1787</v>
       </c>
       <c r="D464" t="s" s="0">
-        <v>1769</v>
+        <v>1788</v>
       </c>
       <c r="E464" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A465" s="4" t="s">
-        <v>1770</v>
+        <v>1789</v>
       </c>
       <c r="B465" s="6" t="s">
-        <v>1771</v>
+        <v>1790</v>
       </c>
       <c r="C465" t="s" s="0">
-        <v>1772</v>
+        <v>1791</v>
       </c>
       <c r="D465" t="s" s="0">
-        <v>1773</v>
+        <v>1792</v>
       </c>
       <c r="E465" t="n" s="0">
-        <v>0.3</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A466" s="4" t="s">
-        <v>1774</v>
+        <v>1793</v>
       </c>
       <c r="B466" s="6" t="s">
-        <v>1775</v>
+        <v>1794</v>
       </c>
       <c r="C466" t="s" s="0">
-        <v>1776</v>
+        <v>1795</v>
       </c>
       <c r="D466" t="s" s="0">
-        <v>1777</v>
+        <v>1796</v>
       </c>
       <c r="E466" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A467" s="4" t="s">
-        <v>1778</v>
+        <v>1797</v>
       </c>
       <c r="B467" s="6" t="s">
-        <v>1779</v>
+        <v>1798</v>
       </c>
       <c r="C467" t="s" s="0">
-        <v>1780</v>
+        <v>1799</v>
       </c>
       <c r="D467" t="s" s="0">
-        <v>1781</v>
+        <v>1800</v>
       </c>
       <c r="E467" t="n" s="0">
-        <v>0.17</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A468" s="4" t="s">
-        <v>1782</v>
+        <v>1801</v>
       </c>
       <c r="B468" s="6" t="s">
-        <v>1783</v>
+        <v>1802</v>
       </c>
       <c r="C468" t="s" s="0">
-        <v>1784</v>
+        <v>1803</v>
       </c>
       <c r="D468" t="s" s="0">
-        <v>1785</v>
+        <v>1804</v>
       </c>
       <c r="E468" t="n" s="0">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A469" s="4" t="s">
-        <v>1786</v>
+        <v>1805</v>
       </c>
       <c r="B469" s="6" t="s">
-        <v>1787</v>
+        <v>1806</v>
       </c>
       <c r="C469" t="s" s="0">
-        <v>1788</v>
+        <v>1807</v>
       </c>
       <c r="D469" t="s" s="0">
-        <v>1789</v>
+        <v>1808</v>
       </c>
       <c r="E469" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A470" s="4" t="s">
-        <v>1790</v>
+        <v>1809</v>
       </c>
       <c r="B470" s="6" t="s">
-        <v>1791</v>
+        <v>1810</v>
       </c>
       <c r="C470" t="s" s="0">
-        <v>1792</v>
+        <v>1811</v>
       </c>
       <c r="D470" t="s" s="0">
-        <v>1793</v>
+        <v>1812</v>
       </c>
       <c r="E470" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A471" s="4" t="s">
-        <v>1794</v>
+        <v>1813</v>
       </c>
       <c r="B471" s="6" t="s">
-        <v>1795</v>
+        <v>1814</v>
       </c>
       <c r="C471" t="s" s="0">
-        <v>1796</v>
+        <v>1815</v>
       </c>
       <c r="D471" t="s" s="0">
-        <v>1797</v>
+        <v>1816</v>
       </c>
       <c r="E471" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A472" s="4" t="s">
-        <v>1798</v>
+        <v>1817</v>
       </c>
       <c r="B472" s="6" t="s">
-        <v>19</v>
+        <v>1818</v>
       </c>
       <c r="C472" t="s" s="0">
-        <v>1799</v>
+        <v>1819</v>
       </c>
       <c r="D472" t="s" s="0">
-        <v>1800</v>
+        <v>1820</v>
       </c>
       <c r="E472" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A473" s="4" t="s">
-        <v>1801</v>
+        <v>1821</v>
       </c>
       <c r="B473" s="6" t="s">
-        <v>19</v>
+        <v>1822</v>
       </c>
       <c r="C473" t="s" s="0">
-        <v>1802</v>
+        <v>1823</v>
       </c>
       <c r="D473" t="s" s="0">
-        <v>1803</v>
+        <v>1824</v>
       </c>
       <c r="E473" t="n" s="0">
-        <v>0.24</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A474" s="4" t="s">
-        <v>1804</v>
+        <v>1825</v>
       </c>
       <c r="B474" s="6" t="s">
-        <v>1805</v>
+        <v>1826</v>
       </c>
       <c r="C474" t="s" s="0">
-        <v>1806</v>
+        <v>1827</v>
       </c>
       <c r="D474" t="s" s="0">
-        <v>1807</v>
+        <v>1828</v>
       </c>
       <c r="E474" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A475" s="4" t="s">
-        <v>1808</v>
+        <v>1829</v>
       </c>
       <c r="B475" s="6" t="s">
-        <v>1809</v>
+        <v>1830</v>
       </c>
       <c r="C475" t="s" s="0">
-        <v>1810</v>
+        <v>1831</v>
       </c>
       <c r="D475" t="s" s="0">
-        <v>1811</v>
+        <v>1832</v>
       </c>
       <c r="E475" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A476" s="4" t="s">
-        <v>1812</v>
+        <v>1833</v>
       </c>
       <c r="B476" s="6" t="s">
-        <v>1813</v>
+        <v>1834</v>
       </c>
       <c r="C476" t="s" s="0">
-        <v>1814</v>
+        <v>1835</v>
       </c>
       <c r="D476" t="s" s="0">
-        <v>1815</v>
+        <v>1836</v>
       </c>
       <c r="E476" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A477" s="4" t="s">
-        <v>1816</v>
+        <v>1837</v>
       </c>
       <c r="B477" s="6" t="s">
-        <v>1817</v>
+        <v>1838</v>
       </c>
       <c r="C477" t="s" s="0">
-        <v>1818</v>
+        <v>1839</v>
       </c>
       <c r="D477" t="s" s="0">
-        <v>1819</v>
+        <v>1840</v>
       </c>
       <c r="E477" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A478" s="4" t="s">
-        <v>1820</v>
+        <v>1841</v>
       </c>
       <c r="B478" s="6" t="s">
-        <v>1821</v>
+        <v>1842</v>
       </c>
       <c r="C478" t="s" s="0">
-        <v>1822</v>
+        <v>1843</v>
       </c>
       <c r="D478" t="s" s="0">
-        <v>1823</v>
+        <v>1844</v>
       </c>
       <c r="E478" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A479" s="4" t="s">
-        <v>1824</v>
+        <v>1845</v>
       </c>
       <c r="B479" s="6" t="s">
-        <v>1825</v>
+        <v>1846</v>
       </c>
       <c r="C479" t="s" s="0">
-        <v>1826</v>
+        <v>1847</v>
       </c>
       <c r="D479" t="s" s="0">
-        <v>1827</v>
+        <v>1848</v>
       </c>
       <c r="E479" t="n" s="0">
-        <v>0.21</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A480" s="4" t="s">
-        <v>1828</v>
+        <v>1849</v>
       </c>
       <c r="B480" s="6" t="s">
-        <v>19</v>
+        <v>1850</v>
       </c>
       <c r="C480" t="s" s="0">
-        <v>1829</v>
+        <v>1851</v>
       </c>
       <c r="D480" t="s" s="0">
-        <v>1830</v>
+        <v>1852</v>
       </c>
       <c r="E480" t="n" s="0">
-        <v>0.72</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A481" s="4" t="s">
-        <v>1831</v>
+        <v>1853</v>
       </c>
       <c r="B481" s="6" t="s">
-        <v>1832</v>
+        <v>1854</v>
       </c>
       <c r="C481" t="s" s="0">
-        <v>1833</v>
+        <v>1855</v>
       </c>
       <c r="D481" t="s" s="0">
-        <v>1834</v>
+        <v>1856</v>
       </c>
       <c r="E481" t="n" s="0">
-        <v>0.96</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A482" s="4" t="s">
-        <v>1835</v>
+        <v>1857</v>
       </c>
       <c r="B482" s="6" t="s">
-        <v>1836</v>
+        <v>1858</v>
       </c>
       <c r="C482" t="s" s="0">
-        <v>1837</v>
+        <v>1859</v>
       </c>
       <c r="D482" t="s" s="0">
-        <v>1838</v>
+        <v>1860</v>
       </c>
       <c r="E482" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A483" s="4" t="s">
-        <v>1839</v>
+        <v>1861</v>
       </c>
       <c r="B483" s="6" t="s">
-        <v>1840</v>
+        <v>1862</v>
       </c>
       <c r="C483" t="s" s="0">
-        <v>1841</v>
+        <v>1863</v>
       </c>
       <c r="D483" t="s" s="0">
-        <v>1842</v>
+        <v>1864</v>
       </c>
       <c r="E483" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A484" s="4" t="s">
-        <v>1843</v>
+        <v>1865</v>
       </c>
       <c r="B484" s="6" t="s">
-        <v>1844</v>
+        <v>1866</v>
       </c>
       <c r="C484" t="s" s="0">
-        <v>1845</v>
+        <v>1867</v>
       </c>
       <c r="D484" t="s" s="0">
-        <v>1846</v>
+        <v>1868</v>
       </c>
       <c r="E484" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A485" s="4" t="s">
-        <v>1847</v>
+        <v>1869</v>
       </c>
       <c r="B485" s="6" t="s">
-        <v>1848</v>
+        <v>1870</v>
       </c>
       <c r="C485" t="s" s="0">
-        <v>1849</v>
+        <v>1871</v>
       </c>
       <c r="D485" t="s" s="0">
-        <v>1850</v>
+        <v>1872</v>
       </c>
       <c r="E485" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A486" s="4" t="s">
-        <v>1851</v>
+        <v>1873</v>
       </c>
       <c r="B486" s="6" t="s">
-        <v>1852</v>
+        <v>1874</v>
       </c>
       <c r="C486" t="s" s="0">
-        <v>1853</v>
+        <v>1875</v>
       </c>
       <c r="D486" t="s" s="0">
-        <v>1854</v>
+        <v>1876</v>
       </c>
       <c r="E486" t="n" s="0">
-        <v>0.24</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A487" s="4" t="s">
-        <v>1855</v>
+        <v>1877</v>
       </c>
       <c r="B487" s="6" t="s">
-        <v>1856</v>
+        <v>1878</v>
       </c>
       <c r="C487" t="s" s="0">
-        <v>1857</v>
+        <v>1879</v>
       </c>
       <c r="D487" t="s" s="0">
-        <v>1858</v>
+        <v>1880</v>
       </c>
       <c r="E487" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A488" s="4" t="s">
-        <v>1859</v>
+        <v>1881</v>
       </c>
       <c r="B488" s="6" t="s">
-        <v>1860</v>
+        <v>1882</v>
       </c>
       <c r="C488" t="s" s="0">
-        <v>1861</v>
+        <v>1883</v>
       </c>
       <c r="D488" t="s" s="0">
-        <v>1862</v>
+        <v>1884</v>
       </c>
       <c r="E488" t="n" s="0">
-        <v>0.57</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A489" s="4" t="s">
-        <v>1863</v>
+        <v>1885</v>
       </c>
       <c r="B489" s="6" t="s">
-        <v>1864</v>
+        <v>1886</v>
       </c>
       <c r="C489" t="s" s="0">
-        <v>1865</v>
+        <v>1887</v>
       </c>
       <c r="D489" t="s" s="0">
-        <v>1866</v>
+        <v>1888</v>
       </c>
       <c r="E489" t="n" s="0">
-        <v>0.13</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A490" s="4" t="s">
-        <v>1867</v>
+        <v>1889</v>
       </c>
       <c r="B490" s="6" t="s">
-        <v>1868</v>
+        <v>1890</v>
       </c>
       <c r="C490" t="s" s="0">
-        <v>1869</v>
+        <v>1891</v>
       </c>
       <c r="D490" t="s" s="0">
-        <v>1870</v>
+        <v>1892</v>
       </c>
       <c r="E490" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A491" s="4" t="s">
-        <v>1871</v>
+        <v>1893</v>
       </c>
       <c r="B491" s="6" t="s">
-        <v>1872</v>
+        <v>1894</v>
       </c>
       <c r="C491" t="s" s="0">
-        <v>1873</v>
+        <v>1895</v>
       </c>
       <c r="D491" t="s" s="0">
-        <v>1874</v>
+        <v>1896</v>
       </c>
       <c r="E491" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A492" s="4" t="s">
-        <v>1875</v>
+        <v>1897</v>
       </c>
       <c r="B492" s="6" t="s">
-        <v>1876</v>
+        <v>1898</v>
       </c>
       <c r="C492" t="s" s="0">
-        <v>1877</v>
+        <v>1899</v>
       </c>
       <c r="D492" t="s" s="0">
-        <v>1878</v>
+        <v>1900</v>
       </c>
       <c r="E492" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A493" s="4" t="s">
-        <v>1879</v>
+        <v>1901</v>
       </c>
       <c r="B493" s="6" t="s">
-        <v>1880</v>
+        <v>1902</v>
       </c>
       <c r="C493" t="s" s="0">
-        <v>1881</v>
+        <v>1903</v>
       </c>
       <c r="D493" t="s" s="0">
-        <v>1882</v>
+        <v>1904</v>
       </c>
       <c r="E493" t="n" s="0">
-        <v>0.02</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A494" s="4" t="s">
-        <v>1883</v>
+        <v>1905</v>
       </c>
       <c r="B494" s="6" t="s">
-        <v>1884</v>
+        <v>1906</v>
       </c>
       <c r="C494" t="s" s="0">
-        <v>1885</v>
+        <v>1907</v>
       </c>
       <c r="D494" t="s" s="0">
-        <v>1886</v>
+        <v>1908</v>
       </c>
       <c r="E494" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A495" s="4" t="s">
-        <v>1887</v>
+        <v>1909</v>
       </c>
       <c r="B495" s="6" t="s">
-        <v>1888</v>
+        <v>1910</v>
       </c>
       <c r="C495" t="s" s="0">
-        <v>1889</v>
+        <v>1911</v>
       </c>
       <c r="D495" t="s" s="0">
-        <v>1890</v>
+        <v>1912</v>
       </c>
       <c r="E495" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A496" s="4" t="s">
-        <v>1891</v>
+        <v>1913</v>
       </c>
       <c r="B496" s="6" t="s">
-        <v>1892</v>
+        <v>1914</v>
       </c>
       <c r="C496" t="s" s="0">
-        <v>1893</v>
+        <v>1915</v>
       </c>
       <c r="D496" t="s" s="0">
-        <v>1894</v>
+        <v>1916</v>
       </c>
       <c r="E496" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A497" s="4" t="s">
-        <v>1895</v>
+        <v>1917</v>
       </c>
       <c r="B497" s="6" t="s">
-        <v>1896</v>
+        <v>1918</v>
       </c>
       <c r="C497" t="s" s="0">
-        <v>1897</v>
+        <v>1919</v>
       </c>
       <c r="D497" t="s" s="0">
-        <v>1898</v>
+        <v>1920</v>
       </c>
       <c r="E497" t="n" s="0">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A498" s="4" t="s">
-        <v>1899</v>
+        <v>1921</v>
       </c>
       <c r="B498" s="6" t="s">
-        <v>1900</v>
+        <v>1922</v>
       </c>
       <c r="C498" t="s" s="0">
-        <v>1901</v>
+        <v>1923</v>
       </c>
       <c r="D498" t="s" s="0">
-        <v>1902</v>
+        <v>1924</v>
       </c>
       <c r="E498" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A499" s="4" t="s">
-        <v>1903</v>
+        <v>1925</v>
       </c>
       <c r="B499" s="6" t="s">
-        <v>1904</v>
+        <v>1926</v>
       </c>
       <c r="C499" t="s" s="0">
-        <v>1905</v>
+        <v>1927</v>
       </c>
       <c r="D499" t="s" s="0">
-        <v>1906</v>
+        <v>1928</v>
       </c>
       <c r="E499" t="n" s="0">
         <v>0.06</v>
       </c>
     </row>
     <row r="500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A500" s="4" t="s">
-        <v>1907</v>
+        <v>1929</v>
       </c>
       <c r="B500" s="6" t="s">
-        <v>1908</v>
+        <v>1930</v>
       </c>
       <c r="C500" t="s" s="0">
-        <v>1909</v>
+        <v>1931</v>
       </c>
       <c r="D500" t="s" s="0">
-        <v>1910</v>
+        <v>1932</v>
       </c>
       <c r="E500" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A501" s="4" t="s">
-        <v>1911</v>
+        <v>1933</v>
       </c>
       <c r="B501" s="6" t="s">
-        <v>1912</v>
+        <v>1934</v>
       </c>
       <c r="C501" t="s" s="0">
-        <v>1913</v>
+        <v>1935</v>
       </c>
       <c r="D501" t="s" s="0">
-        <v>1914</v>
+        <v>1936</v>
       </c>
       <c r="E501" t="n" s="0">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A502" s="4" t="s">
-        <v>1915</v>
+        <v>1937</v>
       </c>
       <c r="B502" s="6" t="s">
-        <v>1916</v>
+        <v>1938</v>
       </c>
       <c r="C502" t="s" s="0">
-        <v>1917</v>
+        <v>1939</v>
       </c>
       <c r="D502" t="s" s="0">
-        <v>1918</v>
+        <v>1940</v>
       </c>
       <c r="E502" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A503" s="4" t="s">
-        <v>1919</v>
+        <v>1941</v>
       </c>
       <c r="B503" s="6" t="s">
-        <v>1920</v>
+        <v>1942</v>
       </c>
       <c r="C503" t="s" s="0">
-        <v>1921</v>
+        <v>1943</v>
       </c>
       <c r="D503" t="s" s="0">
-        <v>1922</v>
+        <v>1944</v>
       </c>
       <c r="E503" t="n" s="0">
-        <v>0.08</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A504" s="4" t="s">
-        <v>1923</v>
+        <v>1945</v>
       </c>
       <c r="B504" s="6" t="s">
-        <v>1924</v>
+        <v>1946</v>
       </c>
       <c r="C504" t="s" s="0">
-        <v>1925</v>
+        <v>1947</v>
       </c>
       <c r="D504" t="s" s="0">
-        <v>1926</v>
+        <v>1948</v>
       </c>
       <c r="E504" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A505" s="4" t="s">
-        <v>1927</v>
+        <v>1949</v>
       </c>
       <c r="B505" s="6" t="s">
-        <v>1928</v>
+        <v>1950</v>
       </c>
       <c r="C505" t="s" s="0">
-        <v>1929</v>
+        <v>1951</v>
       </c>
       <c r="D505" t="s" s="0">
-        <v>1930</v>
+        <v>1952</v>
       </c>
       <c r="E505" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A506" s="4" t="s">
-        <v>1931</v>
+        <v>1953</v>
       </c>
       <c r="B506" s="6" t="s">
-        <v>1932</v>
+        <v>1954</v>
       </c>
       <c r="C506" t="s" s="0">
-        <v>1933</v>
+        <v>1955</v>
       </c>
       <c r="D506" t="s" s="0">
-        <v>1934</v>
+        <v>1956</v>
       </c>
       <c r="E506" t="n" s="0">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A507" s="4" t="s">
-        <v>1935</v>
+        <v>1957</v>
       </c>
       <c r="B507" s="6" t="s">
-        <v>1936</v>
+        <v>1958</v>
       </c>
       <c r="C507" t="s" s="0">
-        <v>1937</v>
+        <v>1959</v>
       </c>
       <c r="D507" t="s" s="0">
-        <v>1938</v>
+        <v>1960</v>
       </c>
       <c r="E507" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A508" s="4" t="s">
-        <v>1939</v>
+        <v>1961</v>
       </c>
       <c r="B508" s="6" t="s">
-        <v>1940</v>
+        <v>1962</v>
       </c>
       <c r="C508" t="s" s="0">
-        <v>1941</v>
+        <v>1963</v>
       </c>
       <c r="D508" t="s" s="0">
-        <v>1942</v>
+        <v>1964</v>
       </c>
       <c r="E508" t="n" s="0">
-        <v>0.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A509" s="4" t="s">
-        <v>1943</v>
+        <v>1965</v>
       </c>
       <c r="B509" s="6" t="s">
-        <v>1944</v>
+        <v>1966</v>
       </c>
       <c r="C509" t="s" s="0">
-        <v>1945</v>
+        <v>1967</v>
       </c>
       <c r="D509" t="s" s="0">
-        <v>1946</v>
+        <v>1968</v>
       </c>
       <c r="E509" t="n" s="0">
-        <v>0.17</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A510" s="4" t="s">
-        <v>1947</v>
+        <v>1969</v>
       </c>
       <c r="B510" s="6" t="s">
-        <v>1948</v>
+        <v>1970</v>
       </c>
       <c r="C510" t="s" s="0">
-        <v>1949</v>
+        <v>1971</v>
       </c>
       <c r="D510" t="s" s="0">
-        <v>1950</v>
+        <v>1972</v>
       </c>
       <c r="E510" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A511" s="4" t="s">
-        <v>1951</v>
+        <v>1973</v>
       </c>
       <c r="B511" s="6" t="s">
-        <v>1952</v>
+        <v>1974</v>
       </c>
       <c r="C511" t="s" s="0">
-        <v>1953</v>
+        <v>1975</v>
       </c>
       <c r="D511" t="s" s="0">
-        <v>1954</v>
+        <v>1976</v>
       </c>
       <c r="E511" t="n" s="0">
-        <v>0.05</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A512" s="4" t="s">
-        <v>1955</v>
+        <v>1977</v>
       </c>
       <c r="B512" s="6" t="s">
-        <v>1956</v>
+        <v>1978</v>
       </c>
       <c r="C512" t="s" s="0">
-        <v>1957</v>
+        <v>1979</v>
       </c>
       <c r="D512" t="s" s="0">
-        <v>1958</v>
+        <v>1980</v>
       </c>
       <c r="E512" t="n" s="0">
-        <v>0.04</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A513" s="4" t="s">
-        <v>1959</v>
+        <v>1981</v>
       </c>
       <c r="B513" s="6" t="s">
-        <v>1960</v>
+        <v>1982</v>
       </c>
       <c r="C513" t="s" s="0">
-        <v>1961</v>
+        <v>1983</v>
       </c>
       <c r="D513" t="s" s="0">
-        <v>1962</v>
+        <v>1984</v>
       </c>
       <c r="E513" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A514" s="4" t="s">
-        <v>1963</v>
+        <v>1985</v>
       </c>
       <c r="B514" s="6" t="s">
-        <v>1964</v>
+        <v>1986</v>
       </c>
       <c r="C514" t="s" s="0">
-        <v>1965</v>
+        <v>1987</v>
       </c>
       <c r="D514" t="s" s="0">
-        <v>1966</v>
+        <v>1988</v>
       </c>
       <c r="E514" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A515" s="4" t="s">
-        <v>1967</v>
+        <v>1989</v>
       </c>
       <c r="B515" s="6" t="s">
-        <v>1968</v>
+        <v>1990</v>
       </c>
       <c r="C515" t="s" s="0">
-        <v>1969</v>
+        <v>1991</v>
       </c>
       <c r="D515" t="s" s="0">
-        <v>1970</v>
+        <v>1992</v>
       </c>
       <c r="E515" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A516" s="4" t="s">
-        <v>1971</v>
+        <v>1993</v>
       </c>
       <c r="B516" s="6" t="s">
-        <v>1972</v>
+        <v>1994</v>
       </c>
       <c r="C516" t="s" s="0">
-        <v>1973</v>
+        <v>1995</v>
       </c>
       <c r="D516" t="s" s="0">
-        <v>1974</v>
+        <v>1996</v>
       </c>
       <c r="E516" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A517" s="4" t="s">
-        <v>1975</v>
+        <v>1997</v>
       </c>
       <c r="B517" s="6" t="s">
-        <v>1976</v>
+        <v>1998</v>
       </c>
       <c r="C517" t="s" s="0">
-        <v>1977</v>
+        <v>1999</v>
       </c>
       <c r="D517" t="s" s="0">
-        <v>1978</v>
+        <v>2000</v>
       </c>
       <c r="E517" t="n" s="0">
-        <v>0.01</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A518" s="4" t="s">
-        <v>1979</v>
+        <v>2001</v>
       </c>
       <c r="B518" s="6" t="s">
-        <v>1980</v>
+        <v>2002</v>
       </c>
       <c r="C518" t="s" s="0">
-        <v>1981</v>
+        <v>2003</v>
       </c>
       <c r="D518" t="s" s="0">
-        <v>1982</v>
+        <v>2004</v>
       </c>
       <c r="E518" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A519" s="4" t="s">
-        <v>1983</v>
+        <v>2005</v>
       </c>
       <c r="B519" s="6" t="s">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="C519" t="s" s="0">
-        <v>1985</v>
+        <v>2007</v>
       </c>
       <c r="D519" t="s" s="0">
-        <v>1986</v>
+        <v>2008</v>
       </c>
       <c r="E519" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A520" s="4" t="s">
-        <v>1987</v>
+        <v>2009</v>
       </c>
       <c r="B520" s="6" t="s">
-        <v>1988</v>
+        <v>2010</v>
       </c>
       <c r="C520" t="s" s="0">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="D520" t="s" s="0">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="E520" t="n" s="0">
-        <v>0.11</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A521" s="4" t="s">
-        <v>1991</v>
+        <v>2013</v>
       </c>
       <c r="B521" s="6" t="s">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="C521" t="s" s="0">
-        <v>1993</v>
+        <v>2015</v>
       </c>
       <c r="D521" t="s" s="0">
-        <v>1994</v>
+        <v>2016</v>
       </c>
       <c r="E521" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A522" s="4" t="s">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="B522" s="6" t="s">
-        <v>1996</v>
+        <v>2018</v>
       </c>
       <c r="C522" t="s" s="0">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="D522" t="s" s="0">
-        <v>1998</v>
+        <v>2020</v>
       </c>
       <c r="E522" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A523" s="4" t="s">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="B523" s="6" t="s">
-        <v>2000</v>
+        <v>2022</v>
       </c>
       <c r="C523" t="s" s="0">
-        <v>2001</v>
+        <v>2023</v>
       </c>
       <c r="D523" t="s" s="0">
-        <v>2002</v>
+        <v>2024</v>
       </c>
       <c r="E523" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A524" s="4" t="s">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="B524" s="6" t="s">
-        <v>2004</v>
+        <v>2026</v>
       </c>
       <c r="C524" t="s" s="0">
-        <v>2005</v>
+        <v>2027</v>
       </c>
       <c r="D524" t="s" s="0">
-        <v>2006</v>
+        <v>2028</v>
       </c>
       <c r="E524" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A525" s="4" t="s">
-        <v>2007</v>
+        <v>2029</v>
       </c>
       <c r="B525" s="6" t="s">
-        <v>2008</v>
+        <v>2030</v>
       </c>
       <c r="C525" t="s" s="0">
-        <v>2009</v>
+        <v>2031</v>
       </c>
       <c r="D525" t="s" s="0">
-        <v>2010</v>
+        <v>2032</v>
       </c>
       <c r="E525" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A526" s="4" t="s">
-        <v>2011</v>
+        <v>2033</v>
       </c>
       <c r="B526" s="6" t="s">
-        <v>2012</v>
+        <v>2034</v>
       </c>
       <c r="C526" t="s" s="0">
-        <v>2013</v>
+        <v>2035</v>
       </c>
       <c r="D526" t="s" s="0">
-        <v>2014</v>
+        <v>2036</v>
       </c>
       <c r="E526" t="n" s="0">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A527" s="4" t="s">
-        <v>2015</v>
+        <v>2037</v>
       </c>
       <c r="B527" s="6" t="s">
-        <v>2016</v>
+        <v>2038</v>
       </c>
       <c r="C527" t="s" s="0">
-        <v>2017</v>
+        <v>2039</v>
       </c>
       <c r="D527" t="s" s="0">
-        <v>2018</v>
+        <v>2040</v>
       </c>
       <c r="E527" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A528" s="4" t="s">
-        <v>2019</v>
+        <v>2041</v>
       </c>
       <c r="B528" s="6" t="s">
-        <v>2020</v>
+        <v>2042</v>
       </c>
       <c r="C528" t="s" s="0">
-        <v>2021</v>
+        <v>2043</v>
       </c>
       <c r="D528" t="s" s="0">
-        <v>2022</v>
+        <v>2044</v>
       </c>
       <c r="E528" t="n" s="0">
-        <v>0.08</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A529" s="4" t="s">
-        <v>2023</v>
+        <v>2045</v>
       </c>
       <c r="B529" s="6" t="s">
-        <v>2024</v>
+        <v>2046</v>
       </c>
       <c r="C529" t="s" s="0">
-        <v>2025</v>
+        <v>2047</v>
       </c>
       <c r="D529" t="s" s="0">
-        <v>2026</v>
+        <v>2048</v>
       </c>
       <c r="E529" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A530" s="4" t="s">
-        <v>2027</v>
+        <v>2049</v>
       </c>
       <c r="B530" s="6" t="s">
-        <v>2028</v>
+        <v>2050</v>
       </c>
       <c r="C530" t="s" s="0">
-        <v>2029</v>
+        <v>2051</v>
       </c>
       <c r="D530" t="s" s="0">
-        <v>2030</v>
+        <v>2052</v>
       </c>
       <c r="E530" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A531" s="4" t="s">
-        <v>2031</v>
+        <v>2053</v>
       </c>
       <c r="B531" s="6" t="s">
-        <v>2032</v>
+        <v>2054</v>
       </c>
       <c r="C531" t="s" s="0">
-        <v>2033</v>
+        <v>2055</v>
       </c>
       <c r="D531" t="s" s="0">
-        <v>2034</v>
+        <v>2056</v>
       </c>
       <c r="E531" t="n" s="0">
-        <v>0.03</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A532" s="4" t="s">
-        <v>2035</v>
+        <v>2057</v>
       </c>
       <c r="B532" s="6" t="s">
-        <v>2036</v>
+        <v>2058</v>
       </c>
       <c r="C532" t="s" s="0">
-        <v>2037</v>
+        <v>2059</v>
       </c>
       <c r="D532" t="s" s="0">
-        <v>2038</v>
+        <v>2060</v>
       </c>
       <c r="E532" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A533" s="4" t="s">
-        <v>2039</v>
+        <v>2061</v>
       </c>
       <c r="B533" s="6" t="s">
-        <v>2040</v>
+        <v>2062</v>
       </c>
       <c r="C533" t="s" s="0">
-        <v>2041</v>
+        <v>2063</v>
       </c>
       <c r="D533" t="s" s="0">
-        <v>2042</v>
+        <v>2064</v>
       </c>
       <c r="E533" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A534" s="4" t="s">
-        <v>2043</v>
+        <v>2065</v>
       </c>
       <c r="B534" s="6" t="s">
-        <v>2044</v>
+        <v>2066</v>
       </c>
       <c r="C534" t="s" s="0">
-        <v>2045</v>
+        <v>2067</v>
       </c>
       <c r="D534" t="s" s="0">
-        <v>2046</v>
+        <v>2068</v>
       </c>
       <c r="E534" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A535" s="4" t="s">
-        <v>2047</v>
+        <v>2069</v>
       </c>
       <c r="B535" s="6" t="s">
-        <v>2048</v>
+        <v>2070</v>
       </c>
       <c r="C535" t="s" s="0">
-        <v>2049</v>
+        <v>2071</v>
       </c>
       <c r="D535" t="s" s="0">
-        <v>2050</v>
+        <v>2072</v>
       </c>
       <c r="E535" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A536" s="4" t="s">
-        <v>2051</v>
+        <v>2073</v>
       </c>
       <c r="B536" s="6" t="s">
-        <v>2052</v>
+        <v>2074</v>
       </c>
       <c r="C536" t="s" s="0">
-        <v>2053</v>
+        <v>2075</v>
       </c>
       <c r="D536" t="s" s="0">
-        <v>2054</v>
+        <v>2076</v>
       </c>
       <c r="E536" t="n" s="0">
-        <v>0.02</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A537" s="4" t="s">
-        <v>2055</v>
+        <v>2077</v>
       </c>
       <c r="B537" s="6" t="s">
-        <v>2056</v>
+        <v>2078</v>
       </c>
       <c r="C537" t="s" s="0">
-        <v>2057</v>
+        <v>2079</v>
       </c>
       <c r="D537" t="s" s="0">
-        <v>2058</v>
+        <v>2080</v>
       </c>
       <c r="E537" t="n" s="0">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A538" s="4" t="s">
-        <v>2059</v>
+        <v>2081</v>
       </c>
       <c r="B538" s="6" t="s">
-        <v>2060</v>
+        <v>2082</v>
       </c>
       <c r="C538" t="s" s="0">
-        <v>2061</v>
+        <v>2083</v>
       </c>
       <c r="D538" t="s" s="0">
-        <v>2062</v>
+        <v>2084</v>
       </c>
       <c r="E538" t="n" s="0">
-        <v>0.02</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A539" s="4" t="s">
-        <v>2063</v>
+        <v>2085</v>
       </c>
       <c r="B539" s="6" t="s">
-        <v>2064</v>
+        <v>2086</v>
       </c>
       <c r="C539" t="s" s="0">
-        <v>2065</v>
+        <v>2087</v>
       </c>
       <c r="D539" t="s" s="0">
-        <v>2066</v>
+        <v>2088</v>
       </c>
       <c r="E539" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A540" s="4" t="s">
-        <v>2067</v>
+        <v>2089</v>
       </c>
       <c r="B540" s="6" t="s">
-        <v>2068</v>
+        <v>2090</v>
       </c>
       <c r="C540" t="s" s="0">
-        <v>2069</v>
+        <v>2091</v>
       </c>
       <c r="D540" t="s" s="0">
-        <v>2070</v>
+        <v>2092</v>
       </c>
       <c r="E540" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A541" s="4" t="s">
-        <v>2071</v>
+        <v>2093</v>
       </c>
       <c r="B541" s="6" t="s">
-        <v>2072</v>
+        <v>19</v>
       </c>
       <c r="C541" t="s" s="0">
-        <v>2073</v>
+        <v>2094</v>
       </c>
       <c r="D541" t="s" s="0">
-        <v>2074</v>
+        <v>2095</v>
       </c>
       <c r="E541" t="n" s="0">
-        <v>0.04</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A542" s="4" t="s">
-        <v>2075</v>
+        <v>2096</v>
       </c>
       <c r="B542" s="6" t="s">
-        <v>2076</v>
+        <v>19</v>
       </c>
       <c r="C542" t="s" s="0">
-        <v>2077</v>
+        <v>2097</v>
       </c>
       <c r="D542" t="s" s="0">
-        <v>2078</v>
+        <v>2098</v>
       </c>
       <c r="E542" t="n" s="0">
-        <v>0.0</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A543" s="4" t="s">
-        <v>2079</v>
+        <v>2099</v>
       </c>
       <c r="B543" s="6" t="s">
-        <v>2080</v>
+        <v>2100</v>
       </c>
       <c r="C543" t="s" s="0">
-        <v>2081</v>
+        <v>2101</v>
       </c>
       <c r="D543" t="s" s="0">
-        <v>2082</v>
+        <v>2102</v>
       </c>
       <c r="E543" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A544" s="4" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
       <c r="B544" s="6" t="s">
-        <v>2084</v>
+        <v>2104</v>
       </c>
       <c r="C544" t="s" s="0">
-        <v>2085</v>
+        <v>2105</v>
       </c>
       <c r="D544" t="s" s="0">
-        <v>2086</v>
+        <v>2106</v>
       </c>
       <c r="E544" t="n" s="0">
-        <v>0.07</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A545" s="4" t="s">
-        <v>2087</v>
+        <v>2107</v>
       </c>
       <c r="B545" s="6" t="s">
-        <v>2088</v>
+        <v>2108</v>
       </c>
       <c r="C545" t="s" s="0">
-        <v>2089</v>
+        <v>2109</v>
       </c>
       <c r="D545" t="s" s="0">
-        <v>2090</v>
+        <v>2110</v>
       </c>
       <c r="E545" t="n" s="0">
-        <v>0.13</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A546" s="4" t="s">
-        <v>2091</v>
+        <v>2111</v>
       </c>
       <c r="B546" s="6" t="s">
-        <v>2092</v>
+        <v>2112</v>
       </c>
       <c r="C546" t="s" s="0">
-        <v>2093</v>
+        <v>2113</v>
       </c>
       <c r="D546" t="s" s="0">
-        <v>2094</v>
+        <v>2114</v>
       </c>
       <c r="E546" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A547" s="4" t="s">
-        <v>2095</v>
+        <v>2115</v>
       </c>
       <c r="B547" s="6" t="s">
-        <v>2096</v>
+        <v>2116</v>
       </c>
       <c r="C547" t="s" s="0">
-        <v>2097</v>
+        <v>2117</v>
       </c>
       <c r="D547" t="s" s="0">
-        <v>2098</v>
+        <v>2118</v>
       </c>
       <c r="E547" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A548" s="4" t="s">
-        <v>2099</v>
+        <v>2119</v>
       </c>
       <c r="B548" s="6" t="s">
-        <v>2100</v>
+        <v>2120</v>
       </c>
       <c r="C548" t="s" s="0">
-        <v>2101</v>
+        <v>2121</v>
       </c>
       <c r="D548" t="s" s="0">
-        <v>2102</v>
+        <v>2122</v>
       </c>
       <c r="E548" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A549" s="4" t="s">
-        <v>2103</v>
+        <v>2123</v>
       </c>
       <c r="B549" s="6" t="s">
-        <v>2104</v>
+        <v>2124</v>
       </c>
       <c r="C549" t="s" s="0">
-        <v>2105</v>
+        <v>2125</v>
       </c>
       <c r="D549" t="s" s="0">
-        <v>2106</v>
+        <v>2126</v>
       </c>
       <c r="E549" t="n" s="0">
-        <v>0.16</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A550" s="4" t="s">
-        <v>2107</v>
+        <v>2127</v>
       </c>
       <c r="B550" s="6" t="s">
-        <v>2108</v>
+        <v>2128</v>
       </c>
       <c r="C550" t="s" s="0">
-        <v>2109</v>
+        <v>2129</v>
       </c>
       <c r="D550" t="s" s="0">
-        <v>2110</v>
+        <v>2130</v>
       </c>
       <c r="E550" t="n" s="0">
-        <v>0.06</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A551" s="4" t="s">
-        <v>2111</v>
+        <v>2131</v>
       </c>
       <c r="B551" s="6" t="s">
-        <v>2112</v>
+        <v>2132</v>
       </c>
       <c r="C551" t="s" s="0">
-        <v>2113</v>
+        <v>2133</v>
       </c>
       <c r="D551" t="s" s="0">
-        <v>2114</v>
+        <v>2134</v>
       </c>
       <c r="E551" t="n" s="0">
-        <v>0.04</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A552" s="4" t="s">
-        <v>2115</v>
+        <v>2135</v>
       </c>
       <c r="B552" s="6" t="s">
-        <v>2116</v>
+        <v>19</v>
       </c>
       <c r="C552" t="s" s="0">
-        <v>2117</v>
+        <v>2136</v>
       </c>
       <c r="D552" t="s" s="0">
-        <v>2118</v>
+        <v>2137</v>
       </c>
       <c r="E552" t="n" s="0">
-        <v>0.01</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A553" s="4" t="s">
-        <v>2119</v>
+        <v>2138</v>
       </c>
       <c r="B553" s="6" t="s">
-        <v>2120</v>
+        <v>19</v>
       </c>
       <c r="C553" t="s" s="0">
-        <v>2121</v>
+        <v>2139</v>
       </c>
       <c r="D553" t="s" s="0">
-        <v>2122</v>
+        <v>2140</v>
       </c>
       <c r="E553" t="n" s="0">
-        <v>0.06</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A554" s="4" t="s">
-        <v>2123</v>
+        <v>2141</v>
       </c>
       <c r="B554" s="6" t="s">
-        <v>2124</v>
+        <v>19</v>
       </c>
       <c r="C554" t="s" s="0">
-        <v>2125</v>
+        <v>2142</v>
       </c>
       <c r="D554" t="s" s="0">
-        <v>2126</v>
+        <v>2143</v>
       </c>
       <c r="E554" t="n" s="0">
-        <v>0.03</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A555" s="4" t="s">
-        <v>2127</v>
+        <v>2144</v>
       </c>
       <c r="B555" s="6" t="s">
-        <v>2128</v>
+        <v>19</v>
       </c>
       <c r="C555" t="s" s="0">
-        <v>2129</v>
+        <v>2145</v>
       </c>
       <c r="D555" t="s" s="0">
-        <v>2130</v>
+        <v>2146</v>
       </c>
       <c r="E555" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A556" s="4" t="s">
-        <v>2131</v>
+        <v>2147</v>
       </c>
       <c r="B556" s="6" t="s">
-        <v>2132</v>
+        <v>19</v>
       </c>
       <c r="C556" t="s" s="0">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="D556" t="s" s="0">
-        <v>2134</v>
+        <v>2149</v>
       </c>
       <c r="E556" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A557" s="4" t="s">
-        <v>2135</v>
+        <v>2150</v>
       </c>
       <c r="B557" s="6" t="s">
-        <v>2136</v>
+        <v>19</v>
       </c>
       <c r="C557" t="s" s="0">
-        <v>2137</v>
+        <v>2151</v>
       </c>
       <c r="D557" t="s" s="0">
-        <v>2138</v>
+        <v>2152</v>
       </c>
       <c r="E557" t="n" s="0">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A558" s="4" t="s">
-        <v>2139</v>
+        <v>2153</v>
       </c>
       <c r="B558" s="6" t="s">
-        <v>2140</v>
+        <v>19</v>
       </c>
       <c r="C558" t="s" s="0">
-        <v>2141</v>
+        <v>2154</v>
       </c>
       <c r="D558" t="s" s="0">
-        <v>2142</v>
+        <v>2155</v>
       </c>
       <c r="E558" t="n" s="0">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A559" s="4" t="s">
-        <v>2143</v>
+        <v>2156</v>
       </c>
       <c r="B559" s="6" t="s">
-        <v>2144</v>
+        <v>19</v>
       </c>
       <c r="C559" t="s" s="0">
-        <v>2145</v>
+        <v>2157</v>
       </c>
       <c r="D559" t="s" s="0">
-        <v>2146</v>
+        <v>2158</v>
       </c>
       <c r="E559" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A560" s="4" t="s">
-        <v>2147</v>
+        <v>2159</v>
       </c>
       <c r="B560" s="6" t="s">
-        <v>2148</v>
+        <v>19</v>
       </c>
       <c r="C560" t="s" s="0">
-        <v>2149</v>
+        <v>2160</v>
       </c>
       <c r="D560" t="s" s="0">
-        <v>2150</v>
+        <v>2161</v>
       </c>
       <c r="E560" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A561" s="4" t="s">
-        <v>2151</v>
+        <v>2162</v>
       </c>
       <c r="B561" s="6" t="s">
-        <v>2152</v>
+        <v>19</v>
       </c>
       <c r="C561" t="s" s="0">
-        <v>2153</v>
+        <v>2163</v>
       </c>
       <c r="D561" t="s" s="0">
-        <v>2154</v>
+        <v>2164</v>
       </c>
       <c r="E561" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A562" s="4" t="s">
-        <v>2155</v>
+        <v>2165</v>
       </c>
       <c r="B562" s="6" t="s">
-        <v>2156</v>
+        <v>19</v>
       </c>
       <c r="C562" t="s" s="0">
-        <v>2157</v>
+        <v>2166</v>
       </c>
       <c r="D562" t="s" s="0">
-        <v>2158</v>
+        <v>2167</v>
       </c>
       <c r="E562" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A563" s="4" t="s">
-        <v>2159</v>
+        <v>2168</v>
       </c>
       <c r="B563" s="6" t="s">
-        <v>2160</v>
+        <v>19</v>
       </c>
       <c r="C563" t="s" s="0">
-        <v>2161</v>
+        <v>2169</v>
       </c>
       <c r="D563" t="s" s="0">
-        <v>2162</v>
+        <v>2170</v>
       </c>
       <c r="E563" t="n" s="0">
-        <v>0.46</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="564" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A564" s="4" t="s">
-        <v>2163</v>
+        <v>2171</v>
       </c>
       <c r="B564" s="6" t="s">
-        <v>2164</v>
+        <v>2172</v>
       </c>
       <c r="C564" t="s" s="0">
-        <v>2165</v>
+        <v>2173</v>
       </c>
       <c r="D564" t="s" s="0">
-        <v>2166</v>
+        <v>2174</v>
       </c>
       <c r="E564" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="565" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A565" s="4" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="B565" s="6" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="C565" t="s" s="0">
-        <v>2169</v>
+        <v>2177</v>
       </c>
       <c r="D565" t="s" s="0">
-        <v>2170</v>
+        <v>2178</v>
       </c>
       <c r="E565" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="566" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A566" s="4" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
       <c r="B566" s="6" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="C566" t="s" s="0">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="D566" t="s" s="0">
-        <v>2174</v>
+        <v>2182</v>
       </c>
       <c r="E566" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="567" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A567" s="4" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="B567" s="6" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="C567" t="s" s="0">
-        <v>2177</v>
+        <v>2185</v>
       </c>
       <c r="D567" t="s" s="0">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="E567" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="568" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A568" s="4" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="B568" s="6" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="C568" t="s" s="0">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="D568" t="s" s="0">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="E568" t="n" s="0">
-        <v>0.23</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="569" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A569" s="4" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="B569" s="6" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="C569" t="s" s="0">
-        <v>2185</v>
+        <v>2193</v>
       </c>
       <c r="D569" t="s" s="0">
-        <v>2186</v>
+        <v>2194</v>
       </c>
       <c r="E569" t="n" s="0">
-        <v>0.1</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="570" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A570" s="4" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
       <c r="B570" s="6" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
       <c r="C570" t="s" s="0">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="D570" t="s" s="0">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="E570" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="571" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A571" s="4" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="B571" s="6" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="C571" t="s" s="0">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="D571" t="s" s="0">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="E571" t="n" s="0">
-        <v>0.04</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="572" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A572" s="4" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
       <c r="B572" s="6" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="C572" t="s" s="0">
-        <v>2197</v>
+        <v>2205</v>
       </c>
       <c r="D572" t="s" s="0">
-        <v>2198</v>
+        <v>2206</v>
       </c>
       <c r="E572" t="n" s="0">
-        <v>0.12</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="573" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A573" s="4" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="B573" s="6" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="C573" t="s" s="0">
-        <v>2201</v>
+        <v>2209</v>
       </c>
       <c r="D573" t="s" s="0">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="E573" t="n" s="0">
-        <v>0.01</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="574" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A574" s="4" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="B574" s="6" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="C574" t="s" s="0">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="D574" t="s" s="0">
-        <v>2206</v>
+        <v>2214</v>
       </c>
       <c r="E574" t="n" s="0">
-        <v>0.02</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="575" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A575" s="4" t="s">
-        <v>2207</v>
+        <v>2215</v>
       </c>
       <c r="B575" s="6" t="s">
-        <v>2208</v>
+        <v>2216</v>
       </c>
       <c r="C575" t="s" s="0">
-        <v>2209</v>
+        <v>2217</v>
       </c>
       <c r="D575" t="s" s="0">
-        <v>2210</v>
+        <v>2218</v>
       </c>
       <c r="E575" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="576" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A576" s="4" t="s">
-        <v>2211</v>
+        <v>2219</v>
       </c>
       <c r="B576" s="6" t="s">
-        <v>2212</v>
+        <v>2220</v>
       </c>
       <c r="C576" t="s" s="0">
-        <v>2213</v>
+        <v>2221</v>
       </c>
       <c r="D576" t="s" s="0">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="E576" t="n" s="0">
-        <v>0.95</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="577" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A577" s="4" t="s">
-        <v>2215</v>
+        <v>2223</v>
       </c>
       <c r="B577" s="6" t="s">
-        <v>2216</v>
+        <v>2224</v>
       </c>
       <c r="C577" t="s" s="0">
-        <v>2217</v>
+        <v>2225</v>
       </c>
       <c r="D577" t="s" s="0">
-        <v>2218</v>
+        <v>2226</v>
       </c>
       <c r="E577" t="n" s="0">
-        <v>0.18</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="578" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A578" s="4" t="s">
-        <v>2219</v>
+        <v>2227</v>
       </c>
       <c r="B578" s="6" t="s">
-        <v>2220</v>
+        <v>2228</v>
       </c>
       <c r="C578" t="s" s="0">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="D578" t="s" s="0">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="E578" t="n" s="0">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="579" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A579" s="4" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
       <c r="B579" s="6" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
       <c r="C579" t="s" s="0">
-        <v>2225</v>
+        <v>2233</v>
       </c>
       <c r="D579" t="s" s="0">
-        <v>2226</v>
+        <v>2234</v>
       </c>
       <c r="E579" t="n" s="0">
-        <v>0.19</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="580" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A580" s="4" t="s">
-        <v>2227</v>
+        <v>2235</v>
       </c>
       <c r="B580" s="6" t="s">
-        <v>2228</v>
+        <v>2236</v>
       </c>
       <c r="C580" t="s" s="0">
-        <v>2229</v>
+        <v>2237</v>
       </c>
       <c r="D580" t="s" s="0">
-        <v>2230</v>
+        <v>2238</v>
       </c>
       <c r="E580" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="581" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A581" s="4" t="s">
-        <v>2231</v>
+        <v>2239</v>
       </c>
       <c r="B581" s="6" t="s">
-        <v>2232</v>
+        <v>2240</v>
       </c>
       <c r="C581" t="s" s="0">
-        <v>2233</v>
+        <v>2241</v>
       </c>
       <c r="D581" t="s" s="0">
-        <v>2234</v>
+        <v>2242</v>
       </c>
       <c r="E581" t="n" s="0">
-        <v>2.34</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="582" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A582" s="4" t="s">
-        <v>2235</v>
+        <v>2243</v>
       </c>
       <c r="B582" s="6" t="s">
-        <v>2236</v>
+        <v>2244</v>
       </c>
       <c r="C582" t="s" s="0">
-        <v>2237</v>
+        <v>2245</v>
       </c>
       <c r="D582" t="s" s="0">
-        <v>2238</v>
+        <v>2246</v>
       </c>
       <c r="E582" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="583" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A583" s="4" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="B583" s="6" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="C583" t="s" s="0">
-        <v>2241</v>
+        <v>2249</v>
       </c>
       <c r="D583" t="s" s="0">
-        <v>2242</v>
+        <v>2250</v>
       </c>
       <c r="E583" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="584" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A584" s="4" t="s">
-        <v>2243</v>
+        <v>2251</v>
       </c>
       <c r="B584" s="6" t="s">
-        <v>2244</v>
+        <v>2252</v>
       </c>
       <c r="C584" t="s" s="0">
-        <v>2245</v>
+        <v>2253</v>
       </c>
       <c r="D584" t="s" s="0">
-        <v>2246</v>
+        <v>2254</v>
       </c>
       <c r="E584" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="585" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A585" s="4" t="s">
-        <v>2247</v>
+        <v>2255</v>
       </c>
       <c r="B585" s="6" t="s">
-        <v>2248</v>
+        <v>2256</v>
       </c>
       <c r="C585" t="s" s="0">
-        <v>2249</v>
+        <v>2257</v>
       </c>
       <c r="D585" t="s" s="0">
-        <v>2250</v>
+        <v>2258</v>
       </c>
       <c r="E585" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="586" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A586" s="4" t="s">
-        <v>2251</v>
+        <v>2259</v>
       </c>
       <c r="B586" s="6" t="s">
-        <v>2252</v>
+        <v>2260</v>
       </c>
       <c r="C586" t="s" s="0">
-        <v>2253</v>
+        <v>2261</v>
       </c>
       <c r="D586" t="s" s="0">
-        <v>2254</v>
+        <v>2262</v>
       </c>
       <c r="E586" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="587" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A587" s="4" t="s">
-        <v>2255</v>
+        <v>2263</v>
       </c>
       <c r="B587" s="6" t="s">
-        <v>2256</v>
+        <v>2264</v>
       </c>
       <c r="C587" t="s" s="0">
-        <v>2257</v>
+        <v>2265</v>
       </c>
       <c r="D587" t="s" s="0">
-        <v>2258</v>
+        <v>2266</v>
       </c>
       <c r="E587" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="588" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A588" s="4" t="s">
-        <v>2259</v>
+        <v>2267</v>
       </c>
       <c r="B588" s="6" t="s">
-        <v>2260</v>
+        <v>2268</v>
       </c>
       <c r="C588" t="s" s="0">
-        <v>2261</v>
+        <v>2269</v>
       </c>
       <c r="D588" t="s" s="0">
-        <v>2262</v>
+        <v>2270</v>
       </c>
       <c r="E588" t="n" s="0">
-        <v>0.02</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="589" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A589" s="4" t="s">
-        <v>2263</v>
+        <v>2271</v>
       </c>
       <c r="B589" s="6" t="s">
-        <v>2264</v>
+        <v>2272</v>
       </c>
       <c r="C589" t="s" s="0">
-        <v>2265</v>
+        <v>2273</v>
       </c>
       <c r="D589" t="s" s="0">
-        <v>2266</v>
+        <v>2274</v>
       </c>
       <c r="E589" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="590" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A590" s="4" t="s">
-        <v>2267</v>
+        <v>2275</v>
       </c>
       <c r="B590" s="6" t="s">
-        <v>2268</v>
+        <v>2276</v>
       </c>
       <c r="C590" t="s" s="0">
-        <v>2269</v>
+        <v>2277</v>
       </c>
       <c r="D590" t="s" s="0">
-        <v>2270</v>
+        <v>2278</v>
       </c>
       <c r="E590" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="591" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A591" s="4" t="s">
-        <v>2271</v>
+        <v>2279</v>
       </c>
       <c r="B591" s="6" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
       <c r="C591" t="s" s="0">
-        <v>2273</v>
+        <v>2281</v>
       </c>
       <c r="D591" t="s" s="0">
-        <v>2274</v>
+        <v>2282</v>
       </c>
       <c r="E591" t="n" s="0">
-        <v>0.1</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="592" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A592" s="4" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
       <c r="B592" s="6" t="s">
-        <v>2276</v>
+        <v>2284</v>
       </c>
       <c r="C592" t="s" s="0">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="D592" t="s" s="0">
-        <v>2278</v>
+        <v>2286</v>
       </c>
       <c r="E592" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="593" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A593" s="4" t="s">
-        <v>2279</v>
+        <v>2287</v>
       </c>
       <c r="B593" s="6" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
       <c r="C593" t="s" s="0">
-        <v>2281</v>
+        <v>2289</v>
       </c>
       <c r="D593" t="s" s="0">
-        <v>2282</v>
+        <v>2290</v>
       </c>
       <c r="E593" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="594" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A594" s="4" t="s">
-        <v>2283</v>
+        <v>2291</v>
       </c>
       <c r="B594" s="6" t="s">
-        <v>2284</v>
+        <v>2292</v>
       </c>
       <c r="C594" t="s" s="0">
-        <v>2285</v>
+        <v>2293</v>
       </c>
       <c r="D594" t="s" s="0">
-        <v>2286</v>
+        <v>2294</v>
       </c>
       <c r="E594" t="n" s="0">
-        <v>0.02</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="595" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A595" s="4" t="s">
-        <v>2287</v>
+        <v>2295</v>
       </c>
       <c r="B595" s="6" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
       <c r="C595" t="s" s="0">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="D595" t="s" s="0">
-        <v>2290</v>
+        <v>2298</v>
       </c>
       <c r="E595" t="n" s="0">
-        <v>0.11</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="596" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A596" s="4" t="s">
-        <v>2291</v>
+        <v>2299</v>
       </c>
       <c r="B596" s="6" t="s">
-        <v>2292</v>
+        <v>2300</v>
       </c>
       <c r="C596" t="s" s="0">
-        <v>2293</v>
+        <v>2301</v>
       </c>
       <c r="D596" t="s" s="0">
-        <v>2294</v>
+        <v>2302</v>
       </c>
       <c r="E596" t="n" s="0">
-        <v>0.01</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="597" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A597" s="4" t="s">
-        <v>2295</v>
+        <v>2303</v>
       </c>
       <c r="B597" s="6" t="s">
-        <v>19</v>
+        <v>2304</v>
       </c>
       <c r="C597" t="s" s="0">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="D597" t="s" s="0">
-        <v>19</v>
+        <v>2306</v>
       </c>
       <c r="E597" t="n" s="0">
-        <v>1.5</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="598" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A598" s="4" t="s">
-        <v>2297</v>
+        <v>2307</v>
       </c>
       <c r="B598" s="6" t="s">
-        <v>2298</v>
+        <v>2308</v>
       </c>
       <c r="C598" t="s" s="0">
-        <v>2299</v>
+        <v>2309</v>
       </c>
       <c r="D598" t="s" s="0">
-        <v>2300</v>
+        <v>2310</v>
       </c>
       <c r="E598" t="n" s="0">
-        <v>7.01</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="599" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A599" s="4" t="s">
-        <v>2301</v>
+        <v>2311</v>
       </c>
       <c r="B599" s="6" t="s">
-        <v>2302</v>
+        <v>2312</v>
       </c>
       <c r="C599" t="s" s="0">
-        <v>2303</v>
+        <v>2313</v>
       </c>
       <c r="D599" t="s" s="0">
-        <v>2304</v>
+        <v>2314</v>
       </c>
       <c r="E599" t="n" s="0">
-        <v>0.02</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="600" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A600" s="4" t="s">
-        <v>2305</v>
+        <v>2315</v>
       </c>
       <c r="B600" s="6" t="s">
-        <v>2306</v>
+        <v>2316</v>
       </c>
       <c r="C600" t="s" s="0">
-        <v>2307</v>
+        <v>2317</v>
       </c>
       <c r="D600" t="s" s="0">
-        <v>2308</v>
+        <v>2318</v>
       </c>
       <c r="E600" t="n" s="0">
-        <v>0.41</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="601" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A601" s="4" t="s">
-        <v>2309</v>
+        <v>2319</v>
       </c>
       <c r="B601" s="6" t="s">
-        <v>2310</v>
+        <v>2320</v>
       </c>
       <c r="C601" t="s" s="0">
-        <v>2311</v>
+        <v>2321</v>
       </c>
       <c r="D601" t="s" s="0">
-        <v>2312</v>
+        <v>2322</v>
       </c>
       <c r="E601" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="602" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A602" s="4" t="s">
-        <v>2313</v>
+        <v>2323</v>
       </c>
       <c r="B602" s="6" t="s">
-        <v>2314</v>
+        <v>2324</v>
       </c>
       <c r="C602" t="s" s="0">
-        <v>2315</v>
+        <v>2325</v>
       </c>
       <c r="D602" t="s" s="0">
-        <v>2316</v>
+        <v>2326</v>
       </c>
       <c r="E602" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="603" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A603" s="4" t="s">
-        <v>2317</v>
+        <v>2327</v>
       </c>
       <c r="B603" s="6" t="s">
-        <v>2318</v>
+        <v>2328</v>
       </c>
       <c r="C603" t="s" s="0">
-        <v>2319</v>
+        <v>2329</v>
       </c>
       <c r="D603" t="s" s="0">
-        <v>2320</v>
+        <v>2330</v>
       </c>
       <c r="E603" t="n" s="0">
-        <v>0.1</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="604" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A604" s="4" t="s">
-        <v>2321</v>
+        <v>2331</v>
       </c>
       <c r="B604" s="6" t="s">
-        <v>2322</v>
+        <v>2332</v>
       </c>
       <c r="C604" t="s" s="0">
-        <v>2323</v>
+        <v>2333</v>
       </c>
       <c r="D604" t="s" s="0">
-        <v>2324</v>
+        <v>2334</v>
       </c>
       <c r="E604" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="605" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A605" s="4" t="s">
-        <v>2325</v>
+        <v>2335</v>
       </c>
       <c r="B605" s="6" t="s">
-        <v>19</v>
+        <v>2336</v>
       </c>
       <c r="C605" t="s" s="0">
-        <v>2326</v>
+        <v>2337</v>
       </c>
       <c r="D605" t="s" s="0">
-        <v>2327</v>
+        <v>2338</v>
       </c>
       <c r="E605" t="n" s="0">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="606" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A606" s="4" t="s">
-        <v>2328</v>
+        <v>2339</v>
       </c>
       <c r="B606" s="6" t="s">
-        <v>2329</v>
+        <v>2340</v>
       </c>
       <c r="C606" t="s" s="0">
-        <v>2330</v>
+        <v>2341</v>
       </c>
       <c r="D606" t="s" s="0">
-        <v>2331</v>
+        <v>2342</v>
       </c>
       <c r="E606" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="607" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A607" s="4" t="s">
-        <v>2332</v>
+        <v>2343</v>
       </c>
       <c r="B607" s="6" t="s">
-        <v>19</v>
+        <v>2344</v>
       </c>
       <c r="C607" t="s" s="0">
-        <v>2333</v>
+        <v>2345</v>
       </c>
       <c r="D607" t="s" s="0">
-        <v>2334</v>
+        <v>2346</v>
       </c>
       <c r="E607" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="608" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A608" s="4" t="s">
-        <v>2335</v>
+        <v>2347</v>
       </c>
       <c r="B608" s="6" t="s">
-        <v>2336</v>
+        <v>2348</v>
       </c>
       <c r="C608" t="s" s="0">
-        <v>2337</v>
+        <v>2349</v>
       </c>
       <c r="D608" t="s" s="0">
-        <v>2338</v>
+        <v>2350</v>
       </c>
       <c r="E608" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="609" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A609" s="4" t="s">
-        <v>2339</v>
+        <v>2351</v>
       </c>
       <c r="B609" s="6" t="s">
-        <v>2340</v>
+        <v>2352</v>
       </c>
       <c r="C609" t="s" s="0">
-        <v>2341</v>
+        <v>2353</v>
       </c>
       <c r="D609" t="s" s="0">
-        <v>2342</v>
+        <v>2354</v>
       </c>
       <c r="E609" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="610" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A610" s="4" t="s">
-        <v>2343</v>
+        <v>2355</v>
       </c>
       <c r="B610" s="6" t="s">
-        <v>19</v>
+        <v>2356</v>
       </c>
       <c r="C610" t="s" s="0">
-        <v>2344</v>
+        <v>2357</v>
       </c>
       <c r="D610" t="s" s="0">
-        <v>2345</v>
+        <v>2358</v>
       </c>
       <c r="E610" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="611" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A611" s="4" t="s">
-        <v>2346</v>
+        <v>2359</v>
       </c>
       <c r="B611" s="6" t="s">
-        <v>2347</v>
+        <v>2360</v>
       </c>
       <c r="C611" t="s" s="0">
-        <v>2348</v>
+        <v>2361</v>
       </c>
       <c r="D611" t="s" s="0">
-        <v>2349</v>
+        <v>2362</v>
       </c>
       <c r="E611" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="612" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A612" s="4" t="s">
-        <v>2350</v>
+        <v>2363</v>
       </c>
       <c r="B612" s="6" t="s">
-        <v>2351</v>
+        <v>2364</v>
       </c>
       <c r="C612" t="s" s="0">
-        <v>2352</v>
+        <v>2365</v>
       </c>
       <c r="D612" t="s" s="0">
-        <v>2353</v>
+        <v>2366</v>
       </c>
       <c r="E612" t="n" s="0">
-        <v>0.11</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="613" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A613" s="4" t="s">
-        <v>2354</v>
+        <v>2367</v>
       </c>
       <c r="B613" s="6" t="s">
-        <v>2355</v>
+        <v>2368</v>
       </c>
       <c r="C613" t="s" s="0">
-        <v>2356</v>
+        <v>2369</v>
       </c>
       <c r="D613" t="s" s="0">
-        <v>2357</v>
+        <v>2370</v>
       </c>
       <c r="E613" t="n" s="0">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="614" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A614" s="4" t="s">
-        <v>2358</v>
+        <v>2371</v>
       </c>
       <c r="B614" s="6" t="s">
-        <v>2359</v>
+        <v>2372</v>
       </c>
       <c r="C614" t="s" s="0">
-        <v>2360</v>
+        <v>2373</v>
       </c>
       <c r="D614" t="s" s="0">
-        <v>2361</v>
+        <v>2374</v>
       </c>
       <c r="E614" t="n" s="0">
-        <v>0.31</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="615" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A615" s="4" t="s">
-        <v>2362</v>
+        <v>2375</v>
       </c>
       <c r="B615" s="6" t="s">
-        <v>19</v>
+        <v>2376</v>
       </c>
       <c r="C615" t="s" s="0">
-        <v>2363</v>
+        <v>2377</v>
       </c>
       <c r="D615" t="s" s="0">
-        <v>2364</v>
+        <v>2378</v>
       </c>
       <c r="E615" t="n" s="0">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="616" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A616" s="4" t="s">
-        <v>2365</v>
+        <v>2379</v>
       </c>
       <c r="B616" s="6" t="s">
-        <v>19</v>
+        <v>2380</v>
       </c>
       <c r="C616" t="s" s="0">
-        <v>2366</v>
+        <v>2381</v>
       </c>
       <c r="D616" t="s" s="0">
-        <v>2367</v>
+        <v>2382</v>
       </c>
       <c r="E616" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="617" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A617" s="4" t="s">
-        <v>2368</v>
+        <v>2383</v>
       </c>
       <c r="B617" s="6" t="s">
-        <v>2369</v>
+        <v>2384</v>
       </c>
       <c r="C617" t="s" s="0">
-        <v>2370</v>
+        <v>2385</v>
       </c>
       <c r="D617" t="s" s="0">
-        <v>2371</v>
+        <v>2386</v>
       </c>
       <c r="E617" t="n" s="0">
-        <v>0.17</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="618" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A618" s="4" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="B618" s="6" t="s">
-        <v>2373</v>
+        <v>2388</v>
       </c>
       <c r="C618" t="s" s="0">
-        <v>2374</v>
+        <v>2389</v>
       </c>
       <c r="D618" t="s" s="0">
-        <v>2375</v>
+        <v>2390</v>
       </c>
       <c r="E618" t="n" s="0">
-        <v>0.04</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="619" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A619" s="4" t="s">
-        <v>2376</v>
+        <v>2391</v>
       </c>
       <c r="B619" s="6" t="s">
-        <v>2377</v>
+        <v>2392</v>
       </c>
       <c r="C619" t="s" s="0">
-        <v>2378</v>
+        <v>2393</v>
       </c>
       <c r="D619" t="s" s="0">
-        <v>2379</v>
+        <v>2394</v>
       </c>
       <c r="E619" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="620" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A620" s="4" t="s">
-        <v>2380</v>
+        <v>2395</v>
       </c>
       <c r="B620" s="6" t="s">
-        <v>2381</v>
+        <v>2396</v>
       </c>
       <c r="C620" t="s" s="0">
-        <v>2382</v>
+        <v>2397</v>
       </c>
       <c r="D620" t="s" s="0">
-        <v>2383</v>
+        <v>2398</v>
       </c>
       <c r="E620" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="621" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A621" s="4" t="s">
-        <v>2384</v>
+        <v>2399</v>
       </c>
       <c r="B621" s="6" t="s">
-        <v>2385</v>
+        <v>2400</v>
       </c>
       <c r="C621" t="s" s="0">
-        <v>2386</v>
+        <v>2401</v>
       </c>
       <c r="D621" t="s" s="0">
-        <v>2387</v>
+        <v>2402</v>
       </c>
       <c r="E621" t="n" s="0">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="622" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A622" s="4" t="s">
-        <v>2388</v>
+        <v>2403</v>
       </c>
       <c r="B622" s="6" t="s">
-        <v>2389</v>
+        <v>2404</v>
       </c>
       <c r="C622" t="s" s="0">
-        <v>2390</v>
+        <v>2405</v>
       </c>
       <c r="D622" t="s" s="0">
-        <v>2391</v>
+        <v>2406</v>
       </c>
       <c r="E622" t="n" s="0">
-        <v>0.18</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="623" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A623" s="4" t="s">
-        <v>2392</v>
+        <v>2407</v>
       </c>
       <c r="B623" s="6" t="s">
-        <v>2393</v>
+        <v>2408</v>
       </c>
       <c r="C623" t="s" s="0">
-        <v>2394</v>
+        <v>2409</v>
       </c>
       <c r="D623" t="s" s="0">
-        <v>2395</v>
+        <v>2410</v>
       </c>
       <c r="E623" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="624" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A624" s="4" t="s">
-        <v>2396</v>
+        <v>2411</v>
       </c>
       <c r="B624" s="6" t="s">
-        <v>2397</v>
+        <v>2412</v>
       </c>
       <c r="C624" t="s" s="0">
-        <v>2398</v>
+        <v>2413</v>
       </c>
       <c r="D624" t="s" s="0">
-        <v>2399</v>
+        <v>2414</v>
       </c>
       <c r="E624" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="625" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A625" s="4" t="s">
-        <v>2400</v>
+        <v>2415</v>
       </c>
       <c r="B625" s="6" t="s">
-        <v>19</v>
+        <v>2416</v>
       </c>
       <c r="C625" t="s" s="0">
-        <v>2401</v>
+        <v>2417</v>
       </c>
       <c r="D625" t="s" s="0">
-        <v>2402</v>
+        <v>2418</v>
       </c>
       <c r="E625" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="626" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A626" s="4" t="s">
-        <v>2403</v>
+        <v>2419</v>
       </c>
       <c r="B626" s="6" t="s">
-        <v>2404</v>
+        <v>2420</v>
       </c>
       <c r="C626" t="s" s="0">
-        <v>2405</v>
+        <v>2421</v>
       </c>
       <c r="D626" t="s" s="0">
-        <v>2406</v>
+        <v>2422</v>
       </c>
       <c r="E626" t="n" s="0">
-        <v>0.05</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="627" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A627" s="4" t="s">
-        <v>2407</v>
+        <v>2423</v>
       </c>
       <c r="B627" s="6" t="s">
-        <v>2408</v>
+        <v>2424</v>
       </c>
       <c r="C627" t="s" s="0">
-        <v>2409</v>
+        <v>2425</v>
       </c>
       <c r="D627" t="s" s="0">
-        <v>2410</v>
+        <v>2426</v>
       </c>
       <c r="E627" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="628" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A628" s="4" t="s">
-        <v>2411</v>
+        <v>2427</v>
       </c>
       <c r="B628" s="6" t="s">
-        <v>2412</v>
+        <v>2428</v>
       </c>
       <c r="C628" t="s" s="0">
-        <v>19</v>
+        <v>2429</v>
       </c>
       <c r="D628" t="s" s="0">
-        <v>19</v>
+        <v>2430</v>
       </c>
       <c r="E628" t="n" s="0">
-        <v>-0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="629" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A629" s="4" t="s">
-        <v>2413</v>
+        <v>2431</v>
       </c>
       <c r="B629" s="6" t="s">
-        <v>2414</v>
+        <v>2432</v>
       </c>
       <c r="C629" t="s" s="0">
-        <v>2415</v>
+        <v>2433</v>
       </c>
       <c r="D629" t="s" s="0">
-        <v>2416</v>
+        <v>2434</v>
       </c>
       <c r="E629" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="630" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A630" s="4" t="s">
-        <v>2417</v>
+        <v>2435</v>
       </c>
       <c r="B630" s="6" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="C630" t="s" s="0">
-        <v>2419</v>
+        <v>2437</v>
       </c>
       <c r="D630" t="s" s="0">
-        <v>2420</v>
+        <v>2438</v>
       </c>
       <c r="E630" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="631" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A631" s="4" t="s">
-        <v>2421</v>
+        <v>2439</v>
       </c>
       <c r="B631" s="6" t="s">
-        <v>2422</v>
+        <v>2440</v>
       </c>
       <c r="C631" t="s" s="0">
-        <v>2423</v>
+        <v>2441</v>
       </c>
       <c r="D631" t="s" s="0">
-        <v>2424</v>
+        <v>2442</v>
       </c>
       <c r="E631" t="n" s="0">
-        <v>0.03</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="632" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A632" s="4" t="s">
-        <v>2425</v>
+        <v>2443</v>
       </c>
       <c r="B632" s="6" t="s">
-        <v>2426</v>
+        <v>2444</v>
       </c>
       <c r="C632" t="s" s="0">
-        <v>2427</v>
+        <v>2445</v>
       </c>
       <c r="D632" t="s" s="0">
-        <v>2428</v>
+        <v>2446</v>
       </c>
       <c r="E632" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="633" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A633" s="4" t="s">
-        <v>2429</v>
+        <v>2447</v>
       </c>
       <c r="B633" s="6" t="s">
-        <v>2430</v>
+        <v>2448</v>
       </c>
       <c r="C633" t="s" s="0">
-        <v>2431</v>
+        <v>2449</v>
       </c>
       <c r="D633" t="s" s="0">
-        <v>2432</v>
+        <v>2450</v>
       </c>
       <c r="E633" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="634" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A634" s="4" t="s">
-        <v>2433</v>
+        <v>2451</v>
       </c>
       <c r="B634" s="6" t="s">
-        <v>2434</v>
+        <v>2452</v>
       </c>
       <c r="C634" t="s" s="0">
-        <v>2435</v>
+        <v>2453</v>
       </c>
       <c r="D634" t="s" s="0">
-        <v>2436</v>
+        <v>2454</v>
       </c>
       <c r="E634" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="635" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A635" s="4" t="s">
-        <v>2437</v>
+        <v>2455</v>
       </c>
       <c r="B635" s="6" t="s">
-        <v>2438</v>
+        <v>2456</v>
       </c>
       <c r="C635" t="s" s="0">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="D635" t="s" s="0">
-        <v>2440</v>
+        <v>2458</v>
       </c>
       <c r="E635" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="636" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A636" s="4" t="s">
-        <v>2441</v>
+        <v>2459</v>
       </c>
       <c r="B636" s="6" t="s">
-        <v>19</v>
+        <v>2460</v>
       </c>
       <c r="C636" t="s" s="0">
-        <v>2442</v>
+        <v>2461</v>
       </c>
       <c r="D636" t="s" s="0">
-        <v>2443</v>
+        <v>2462</v>
       </c>
       <c r="E636" t="n" s="0">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="637" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A637" s="4" t="s">
-        <v>2444</v>
+        <v>2463</v>
       </c>
       <c r="B637" s="6" t="s">
-        <v>2445</v>
+        <v>2464</v>
       </c>
       <c r="C637" t="s" s="0">
-        <v>2446</v>
+        <v>2465</v>
       </c>
       <c r="D637" t="s" s="0">
-        <v>2447</v>
+        <v>2466</v>
       </c>
       <c r="E637" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="638" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A638" s="4" t="s">
-        <v>2448</v>
+        <v>2467</v>
       </c>
       <c r="B638" s="6" t="s">
-        <v>2449</v>
+        <v>2468</v>
       </c>
       <c r="C638" t="s" s="0">
-        <v>2450</v>
+        <v>2469</v>
       </c>
       <c r="D638" t="s" s="0">
-        <v>2451</v>
+        <v>2470</v>
       </c>
       <c r="E638" t="n" s="0">
-        <v>0.04</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="639" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A639" s="4" t="s">
-        <v>2452</v>
+        <v>2471</v>
       </c>
       <c r="B639" s="6" t="s">
-        <v>2453</v>
+        <v>2472</v>
       </c>
       <c r="C639" t="s" s="0">
-        <v>2454</v>
+        <v>2473</v>
       </c>
       <c r="D639" t="s" s="0">
-        <v>2455</v>
+        <v>2474</v>
       </c>
       <c r="E639" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="640" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A640" s="4" t="s">
-        <v>2456</v>
+        <v>2475</v>
       </c>
       <c r="B640" s="6" t="s">
-        <v>2457</v>
+        <v>2476</v>
       </c>
       <c r="C640" t="s" s="0">
-        <v>2458</v>
+        <v>2477</v>
       </c>
       <c r="D640" t="s" s="0">
-        <v>2459</v>
+        <v>2478</v>
       </c>
       <c r="E640" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="641" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A641" s="4" t="s">
-        <v>2460</v>
+        <v>2479</v>
       </c>
       <c r="B641" s="6" t="s">
-        <v>2461</v>
+        <v>2480</v>
       </c>
       <c r="C641" t="s" s="0">
-        <v>2462</v>
+        <v>2481</v>
       </c>
       <c r="D641" t="s" s="0">
-        <v>2463</v>
+        <v>2482</v>
       </c>
       <c r="E641" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="642" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A642" s="4" t="s">
-        <v>2464</v>
+        <v>2483</v>
       </c>
       <c r="B642" s="6" t="s">
-        <v>2465</v>
+        <v>2484</v>
       </c>
       <c r="C642" t="s" s="0">
-        <v>2466</v>
+        <v>2485</v>
       </c>
       <c r="D642" t="s" s="0">
-        <v>2467</v>
+        <v>2486</v>
       </c>
       <c r="E642" t="n" s="0">
-        <v>3.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="643" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A643" s="4" t="s">
-        <v>2468</v>
+        <v>2487</v>
       </c>
       <c r="B643" s="6" t="s">
-        <v>2469</v>
+        <v>2488</v>
       </c>
       <c r="C643" t="s" s="0">
-        <v>2470</v>
+        <v>2489</v>
       </c>
       <c r="D643" t="s" s="0">
-        <v>2471</v>
+        <v>2490</v>
       </c>
       <c r="E643" t="n" s="0">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="644" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A644" s="4" t="s">
-        <v>2472</v>
+        <v>2491</v>
       </c>
       <c r="B644" s="6" t="s">
-        <v>2473</v>
+        <v>2492</v>
       </c>
       <c r="C644" t="s" s="0">
-        <v>2473</v>
+        <v>2493</v>
       </c>
       <c r="D644" t="s" s="0">
-        <v>2473</v>
+        <v>2494</v>
       </c>
       <c r="E644" t="n" s="0">
-        <v>-0.25</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="645" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A645" s="4" t="s">
-        <v>2474</v>
+        <v>2495</v>
       </c>
       <c r="B645" s="6" t="s">
-        <v>2475</v>
+        <v>2496</v>
       </c>
       <c r="C645" t="s" s="0">
-        <v>2476</v>
+        <v>2497</v>
       </c>
       <c r="D645" t="s" s="0">
-        <v>2477</v>
+        <v>2498</v>
       </c>
       <c r="E645" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="646" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A646" s="4" t="s">
-        <v>2478</v>
+        <v>2499</v>
       </c>
       <c r="B646" s="6" t="s">
-        <v>2479</v>
+        <v>2500</v>
       </c>
       <c r="C646" t="s" s="0">
-        <v>2480</v>
+        <v>2501</v>
       </c>
       <c r="D646" t="s" s="0">
-        <v>2481</v>
+        <v>2502</v>
       </c>
       <c r="E646" t="n" s="0">
-        <v>0.04</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="647" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A647" s="4" t="s">
-        <v>2482</v>
+        <v>2503</v>
       </c>
       <c r="B647" s="6" t="s">
-        <v>2483</v>
+        <v>2504</v>
       </c>
       <c r="C647" t="s" s="0">
-        <v>2484</v>
+        <v>2505</v>
       </c>
       <c r="D647" t="s" s="0">
-        <v>2485</v>
+        <v>2506</v>
       </c>
       <c r="E647" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="648" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A648" s="4" t="s">
-        <v>2486</v>
+        <v>2507</v>
       </c>
       <c r="B648" s="6" t="s">
-        <v>2487</v>
+        <v>2508</v>
       </c>
       <c r="C648" t="s" s="0">
-        <v>2488</v>
+        <v>2509</v>
       </c>
       <c r="D648" t="s" s="0">
-        <v>2489</v>
+        <v>2510</v>
       </c>
       <c r="E648" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="649" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A649" s="4" t="s">
-        <v>2490</v>
+        <v>2511</v>
       </c>
       <c r="B649" s="6" t="s">
-        <v>2491</v>
+        <v>2512</v>
       </c>
       <c r="C649" t="s" s="0">
-        <v>2492</v>
+        <v>2513</v>
       </c>
       <c r="D649" t="s" s="0">
-        <v>2493</v>
+        <v>2514</v>
       </c>
       <c r="E649" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="650" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A650" s="4" t="s">
-        <v>2494</v>
+        <v>2515</v>
       </c>
       <c r="B650" s="6" t="s">
-        <v>2495</v>
+        <v>2516</v>
       </c>
       <c r="C650" t="s" s="0">
-        <v>2496</v>
+        <v>2517</v>
       </c>
       <c r="D650" t="s" s="0">
-        <v>2497</v>
+        <v>2518</v>
       </c>
       <c r="E650" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="651" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A651" s="4" t="s">
-        <v>2498</v>
+        <v>2519</v>
       </c>
       <c r="B651" s="6" t="s">
-        <v>2499</v>
+        <v>2520</v>
       </c>
       <c r="C651" t="s" s="0">
-        <v>2500</v>
+        <v>2521</v>
       </c>
       <c r="D651" t="s" s="0">
-        <v>2501</v>
+        <v>2522</v>
       </c>
       <c r="E651" t="n" s="0">
-        <v>0.14</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="652" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A652" s="4" t="s">
-        <v>2502</v>
+        <v>2523</v>
       </c>
       <c r="B652" s="6" t="s">
-        <v>2503</v>
+        <v>2524</v>
       </c>
       <c r="C652" t="s" s="0">
-        <v>2504</v>
+        <v>2525</v>
       </c>
       <c r="D652" t="s" s="0">
-        <v>2505</v>
+        <v>2526</v>
       </c>
       <c r="E652" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="653" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A653" s="4" t="s">
-        <v>2506</v>
+        <v>2527</v>
       </c>
       <c r="B653" s="6" t="s">
-        <v>2507</v>
+        <v>2528</v>
       </c>
       <c r="C653" t="s" s="0">
-        <v>2508</v>
+        <v>2529</v>
       </c>
       <c r="D653" t="s" s="0">
-        <v>2509</v>
+        <v>2530</v>
       </c>
       <c r="E653" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="654" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A654" s="4" t="s">
-        <v>2510</v>
+        <v>2531</v>
       </c>
       <c r="B654" s="6" t="s">
-        <v>2511</v>
+        <v>2532</v>
       </c>
       <c r="C654" t="s" s="0">
-        <v>2512</v>
+        <v>2533</v>
       </c>
       <c r="D654" t="s" s="0">
-        <v>2513</v>
+        <v>2534</v>
       </c>
       <c r="E654" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="655" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A655" s="4" t="s">
-        <v>2514</v>
+        <v>2535</v>
       </c>
       <c r="B655" s="6" t="s">
-        <v>2515</v>
+        <v>2536</v>
       </c>
       <c r="C655" t="s" s="0">
-        <v>2516</v>
+        <v>2537</v>
       </c>
       <c r="D655" t="s" s="0">
-        <v>2517</v>
+        <v>2538</v>
       </c>
       <c r="E655" t="n" s="0">
-        <v>0.32</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="656" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A656" s="4" t="s">
-        <v>2518</v>
+        <v>2539</v>
       </c>
       <c r="B656" s="6" t="s">
-        <v>2519</v>
+        <v>2540</v>
       </c>
       <c r="C656" t="s" s="0">
-        <v>2520</v>
+        <v>2541</v>
       </c>
       <c r="D656" t="s" s="0">
-        <v>2521</v>
+        <v>2542</v>
       </c>
       <c r="E656" t="n" s="0">
-        <v>0.05</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="657" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A657" s="4" t="s">
-        <v>2522</v>
+        <v>2543</v>
       </c>
       <c r="B657" s="6" t="s">
-        <v>2523</v>
+        <v>2544</v>
       </c>
       <c r="C657" t="s" s="0">
-        <v>2524</v>
+        <v>2545</v>
       </c>
       <c r="D657" t="s" s="0">
-        <v>2525</v>
+        <v>2546</v>
       </c>
       <c r="E657" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="658" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A658" s="4" t="s">
-        <v>2526</v>
+        <v>2547</v>
       </c>
       <c r="B658" s="6" t="s">
-        <v>2527</v>
+        <v>2548</v>
       </c>
       <c r="C658" t="s" s="0">
-        <v>2528</v>
+        <v>2549</v>
       </c>
       <c r="D658" t="s" s="0">
-        <v>2529</v>
+        <v>2550</v>
       </c>
       <c r="E658" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="659" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A659" s="4" t="s">
-        <v>2530</v>
+        <v>2551</v>
       </c>
       <c r="B659" s="6" t="s">
-        <v>2531</v>
+        <v>2552</v>
       </c>
       <c r="C659" t="s" s="0">
-        <v>2532</v>
+        <v>2553</v>
       </c>
       <c r="D659" t="s" s="0">
-        <v>2533</v>
+        <v>2554</v>
       </c>
       <c r="E659" t="n" s="0">
-        <v>0.0</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="660" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A660" s="4" t="s">
-        <v>2534</v>
+        <v>2555</v>
       </c>
       <c r="B660" s="6" t="s">
-        <v>2535</v>
+        <v>2556</v>
       </c>
       <c r="C660" t="s" s="0">
-        <v>2536</v>
+        <v>2557</v>
       </c>
       <c r="D660" t="s" s="0">
-        <v>2537</v>
+        <v>2558</v>
       </c>
       <c r="E660" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="661" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A661" s="4" t="s">
-        <v>2538</v>
+        <v>2559</v>
       </c>
       <c r="B661" s="6" t="s">
-        <v>2539</v>
+        <v>2560</v>
       </c>
       <c r="C661" t="s" s="0">
-        <v>2540</v>
+        <v>2561</v>
       </c>
       <c r="D661" t="s" s="0">
-        <v>2541</v>
+        <v>2562</v>
       </c>
       <c r="E661" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="662" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A662" s="4" t="s">
-        <v>2542</v>
+        <v>2563</v>
       </c>
       <c r="B662" s="6" t="s">
-        <v>19</v>
+        <v>2564</v>
       </c>
       <c r="C662" t="s" s="0">
-        <v>2543</v>
+        <v>2565</v>
       </c>
       <c r="D662" t="s" s="0">
-        <v>2544</v>
+        <v>2566</v>
       </c>
       <c r="E662" t="n" s="0">
-        <v>0.09</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="663" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A663" s="4" t="s">
-        <v>2545</v>
+        <v>2567</v>
       </c>
       <c r="B663" s="6" t="s">
-        <v>2546</v>
+        <v>2568</v>
       </c>
       <c r="C663" t="s" s="0">
-        <v>2547</v>
+        <v>2569</v>
       </c>
       <c r="D663" t="s" s="0">
-        <v>2548</v>
+        <v>2570</v>
       </c>
       <c r="E663" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="664" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A664" s="4" t="s">
-        <v>2549</v>
+        <v>2571</v>
       </c>
       <c r="B664" s="6" t="s">
-        <v>2550</v>
+        <v>2572</v>
       </c>
       <c r="C664" t="s" s="0">
-        <v>2551</v>
+        <v>2573</v>
       </c>
       <c r="D664" t="s" s="0">
-        <v>2552</v>
+        <v>2574</v>
       </c>
       <c r="E664" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="665" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A665" s="4" t="s">
-        <v>2553</v>
+        <v>2575</v>
       </c>
       <c r="B665" s="6" t="s">
-        <v>2554</v>
+        <v>2576</v>
       </c>
       <c r="C665" t="s" s="0">
-        <v>2555</v>
+        <v>2577</v>
       </c>
       <c r="D665" t="s" s="0">
-        <v>2556</v>
+        <v>2578</v>
       </c>
       <c r="E665" t="n" s="0">
-        <v>0.26</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="666" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A666" s="4" t="s">
-        <v>2557</v>
+        <v>2579</v>
       </c>
       <c r="B666" s="6" t="s">
-        <v>2558</v>
+        <v>2580</v>
       </c>
       <c r="C666" t="s" s="0">
-        <v>2559</v>
+        <v>2581</v>
       </c>
       <c r="D666" t="s" s="0">
-        <v>2560</v>
+        <v>2582</v>
       </c>
       <c r="E666" t="n" s="0">
-        <v>0.09</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="667" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A667" s="4" t="s">
-        <v>2561</v>
+        <v>2583</v>
       </c>
       <c r="B667" s="6" t="s">
-        <v>2562</v>
+        <v>2584</v>
       </c>
       <c r="C667" t="s" s="0">
-        <v>2563</v>
+        <v>2585</v>
       </c>
       <c r="D667" t="s" s="0">
-        <v>2564</v>
+        <v>2586</v>
       </c>
       <c r="E667" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="668" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A668" s="4" t="s">
-        <v>2565</v>
+        <v>2587</v>
       </c>
       <c r="B668" s="6" t="s">
-        <v>2566</v>
+        <v>2588</v>
       </c>
       <c r="C668" t="s" s="0">
-        <v>2567</v>
+        <v>2589</v>
       </c>
       <c r="D668" t="s" s="0">
-        <v>2568</v>
+        <v>2590</v>
       </c>
       <c r="E668" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="669" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A669" s="4" t="s">
-        <v>2569</v>
+        <v>2591</v>
       </c>
       <c r="B669" s="6" t="s">
-        <v>2570</v>
+        <v>2592</v>
       </c>
       <c r="C669" t="s" s="0">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="D669" t="s" s="0">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="E669" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="670" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A670" s="4" t="s">
-        <v>2573</v>
+        <v>2595</v>
       </c>
       <c r="B670" s="6" t="s">
-        <v>2574</v>
+        <v>2596</v>
       </c>
       <c r="C670" t="s" s="0">
-        <v>2575</v>
+        <v>2597</v>
       </c>
       <c r="D670" t="s" s="0">
-        <v>2576</v>
+        <v>2598</v>
       </c>
       <c r="E670" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="671" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A671" s="4" t="s">
-        <v>2577</v>
+        <v>2599</v>
       </c>
       <c r="B671" s="6" t="s">
-        <v>2578</v>
+        <v>2600</v>
       </c>
       <c r="C671" t="s" s="0">
-        <v>2579</v>
+        <v>2601</v>
       </c>
       <c r="D671" t="s" s="0">
-        <v>2580</v>
+        <v>2602</v>
       </c>
       <c r="E671" t="n" s="0">
-        <v>0.05</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="672" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A672" s="4" t="s">
-        <v>2581</v>
+        <v>2603</v>
       </c>
       <c r="B672" s="6" t="s">
-        <v>2582</v>
+        <v>2604</v>
       </c>
       <c r="C672" t="s" s="0">
-        <v>2583</v>
+        <v>2605</v>
       </c>
       <c r="D672" t="s" s="0">
-        <v>2584</v>
+        <v>2606</v>
       </c>
       <c r="E672" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="673" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A673" s="4" t="s">
-        <v>2585</v>
+        <v>2607</v>
       </c>
       <c r="B673" s="6" t="s">
-        <v>2586</v>
+        <v>2608</v>
       </c>
       <c r="C673" t="s" s="0">
-        <v>2587</v>
+        <v>2609</v>
       </c>
       <c r="D673" t="s" s="0">
-        <v>2588</v>
+        <v>2610</v>
       </c>
       <c r="E673" t="n" s="0">
-        <v>0.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="674" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A674" s="4" t="s">
-        <v>2589</v>
+        <v>2611</v>
       </c>
       <c r="B674" s="6" t="s">
-        <v>2590</v>
+        <v>2612</v>
       </c>
       <c r="C674" t="s" s="0">
-        <v>2591</v>
+        <v>2613</v>
       </c>
       <c r="D674" t="s" s="0">
-        <v>2592</v>
+        <v>2614</v>
       </c>
       <c r="E674" t="n" s="0">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="675" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A675" s="4" t="s">
-        <v>2593</v>
+        <v>2615</v>
       </c>
       <c r="B675" s="6" t="s">
-        <v>2594</v>
+        <v>2616</v>
       </c>
       <c r="C675" t="s" s="0">
-        <v>2595</v>
+        <v>2617</v>
       </c>
       <c r="D675" t="s" s="0">
-        <v>2596</v>
+        <v>2618</v>
       </c>
       <c r="E675" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="676" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A676" s="4" t="s">
-        <v>2597</v>
+        <v>2619</v>
       </c>
       <c r="B676" s="6" t="s">
-        <v>2598</v>
+        <v>2620</v>
       </c>
       <c r="C676" t="s" s="0">
-        <v>2599</v>
+        <v>2621</v>
       </c>
       <c r="D676" t="s" s="0">
-        <v>2600</v>
+        <v>2622</v>
       </c>
       <c r="E676" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="677" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A677" s="4" t="s">
-        <v>2601</v>
+        <v>2623</v>
       </c>
       <c r="B677" s="6" t="s">
-        <v>2602</v>
+        <v>2624</v>
       </c>
       <c r="C677" t="s" s="0">
-        <v>2603</v>
+        <v>2625</v>
       </c>
       <c r="D677" t="s" s="0">
-        <v>2604</v>
+        <v>2626</v>
       </c>
       <c r="E677" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="678" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A678" s="4" t="s">
-        <v>2605</v>
+        <v>2627</v>
       </c>
       <c r="B678" s="6" t="s">
-        <v>2606</v>
+        <v>2628</v>
       </c>
       <c r="C678" t="s" s="0">
-        <v>2607</v>
+        <v>2629</v>
       </c>
       <c r="D678" t="s" s="0">
-        <v>2608</v>
+        <v>2630</v>
       </c>
       <c r="E678" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="679" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A679" s="4" t="s">
-        <v>2609</v>
+        <v>2631</v>
       </c>
       <c r="B679" s="6" t="s">
-        <v>2610</v>
+        <v>2632</v>
       </c>
       <c r="C679" t="s" s="0">
-        <v>2611</v>
+        <v>2633</v>
       </c>
       <c r="D679" t="s" s="0">
-        <v>2612</v>
+        <v>2634</v>
       </c>
       <c r="E679" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="680" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A680" s="4" t="s">
-        <v>2613</v>
+        <v>2635</v>
       </c>
       <c r="B680" s="6" t="s">
-        <v>2614</v>
+        <v>2636</v>
       </c>
       <c r="C680" t="s" s="0">
-        <v>2615</v>
+        <v>2637</v>
       </c>
       <c r="D680" t="s" s="0">
-        <v>2616</v>
+        <v>2638</v>
       </c>
       <c r="E680" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="681" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A681" s="4" t="s">
-        <v>2617</v>
+        <v>2639</v>
       </c>
       <c r="B681" s="6" t="s">
-        <v>2618</v>
+        <v>2640</v>
       </c>
       <c r="C681" t="s" s="0">
-        <v>2619</v>
+        <v>2641</v>
       </c>
       <c r="D681" t="s" s="0">
-        <v>2620</v>
+        <v>2642</v>
       </c>
       <c r="E681" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="682" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A682" s="4" t="s">
-        <v>2621</v>
+        <v>2643</v>
       </c>
       <c r="B682" s="6" t="s">
-        <v>2622</v>
+        <v>2644</v>
       </c>
       <c r="C682" t="s" s="0">
-        <v>2623</v>
+        <v>2645</v>
       </c>
       <c r="D682" t="s" s="0">
-        <v>2624</v>
+        <v>2646</v>
       </c>
       <c r="E682" t="n" s="0">
-        <v>0.02</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="683" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A683" s="4" t="s">
-        <v>2625</v>
+        <v>2647</v>
       </c>
       <c r="B683" s="6" t="s">
-        <v>2626</v>
+        <v>2648</v>
       </c>
       <c r="C683" t="s" s="0">
-        <v>2627</v>
+        <v>2649</v>
       </c>
       <c r="D683" t="s" s="0">
-        <v>2628</v>
+        <v>2650</v>
       </c>
       <c r="E683" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="684" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A684" s="4" t="s">
-        <v>2629</v>
+        <v>2651</v>
       </c>
       <c r="B684" s="6" t="s">
-        <v>2630</v>
+        <v>2652</v>
       </c>
       <c r="C684" t="s" s="0">
-        <v>2631</v>
+        <v>2653</v>
       </c>
       <c r="D684" t="s" s="0">
-        <v>2632</v>
+        <v>2654</v>
       </c>
       <c r="E684" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="685" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A685" s="4" t="s">
-        <v>2633</v>
+        <v>2655</v>
       </c>
       <c r="B685" s="6" t="s">
-        <v>2634</v>
+        <v>2656</v>
       </c>
       <c r="C685" t="s" s="0">
-        <v>2635</v>
+        <v>2657</v>
       </c>
       <c r="D685" t="s" s="0">
-        <v>2636</v>
+        <v>2658</v>
       </c>
       <c r="E685" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="686" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A686" s="4" t="s">
-        <v>2637</v>
+        <v>2659</v>
       </c>
       <c r="B686" s="6" t="s">
-        <v>2638</v>
+        <v>2660</v>
       </c>
       <c r="C686" t="s" s="0">
-        <v>2639</v>
+        <v>2661</v>
       </c>
       <c r="D686" t="s" s="0">
-        <v>2640</v>
+        <v>2662</v>
       </c>
       <c r="E686" t="n" s="0">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="687" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A687" s="4" t="s">
-        <v>2641</v>
+        <v>2663</v>
       </c>
       <c r="B687" s="6" t="s">
-        <v>2642</v>
+        <v>2664</v>
       </c>
       <c r="C687" t="s" s="0">
-        <v>2643</v>
+        <v>2665</v>
       </c>
       <c r="D687" t="s" s="0">
-        <v>2644</v>
+        <v>2666</v>
       </c>
       <c r="E687" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="688" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A688" s="4" t="s">
-        <v>2645</v>
+        <v>2667</v>
       </c>
       <c r="B688" s="6" t="s">
-        <v>2646</v>
+        <v>2668</v>
       </c>
       <c r="C688" t="s" s="0">
-        <v>2647</v>
+        <v>2669</v>
       </c>
       <c r="D688" t="s" s="0">
-        <v>2648</v>
+        <v>2670</v>
       </c>
       <c r="E688" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="689" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A689" s="4" t="s">
-        <v>2649</v>
+        <v>2671</v>
       </c>
       <c r="B689" s="6" t="s">
-        <v>2650</v>
+        <v>2672</v>
       </c>
       <c r="C689" t="s" s="0">
-        <v>2651</v>
+        <v>2673</v>
       </c>
       <c r="D689" t="s" s="0">
-        <v>2652</v>
+        <v>2674</v>
       </c>
       <c r="E689" t="n" s="0">
-        <v>0.05</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="690" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A690" s="4" t="s">
-        <v>2653</v>
+        <v>2675</v>
       </c>
       <c r="B690" s="6" t="s">
-        <v>2654</v>
+        <v>2676</v>
       </c>
       <c r="C690" t="s" s="0">
-        <v>2655</v>
+        <v>2677</v>
       </c>
       <c r="D690" t="s" s="0">
-        <v>2656</v>
+        <v>2678</v>
       </c>
       <c r="E690" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="691" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A691" s="4" t="s">
-        <v>2657</v>
+        <v>2679</v>
       </c>
       <c r="B691" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C691" t="s" s="0">
-        <v>2658</v>
+        <v>2680</v>
       </c>
       <c r="D691" t="s" s="0">
-        <v>2659</v>
+        <v>19</v>
       </c>
       <c r="E691" t="n" s="0">
-        <v>0.09</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="692" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A692" s="4" t="s">
-        <v>2660</v>
+        <v>2681</v>
       </c>
       <c r="B692" s="6" t="s">
-        <v>2661</v>
+        <v>2682</v>
       </c>
       <c r="C692" t="s" s="0">
-        <v>2662</v>
+        <v>2683</v>
       </c>
       <c r="D692" t="s" s="0">
-        <v>2663</v>
+        <v>2684</v>
       </c>
       <c r="E692" t="n" s="0">
-        <v>0.02</v>
+        <v>7.52</v>
       </c>
     </row>
     <row r="693" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A693" s="4" t="s">
-        <v>2664</v>
+        <v>2685</v>
       </c>
       <c r="B693" s="6" t="s">
-        <v>19</v>
+        <v>2686</v>
       </c>
       <c r="C693" t="s" s="0">
-        <v>2665</v>
+        <v>2687</v>
       </c>
       <c r="D693" t="s" s="0">
-        <v>2666</v>
+        <v>2688</v>
       </c>
       <c r="E693" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="694" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A694" s="4" t="s">
-        <v>2667</v>
+        <v>2689</v>
       </c>
       <c r="B694" s="6" t="s">
-        <v>2668</v>
+        <v>2690</v>
       </c>
       <c r="C694" t="s" s="0">
-        <v>2669</v>
+        <v>2691</v>
       </c>
       <c r="D694" t="s" s="0">
-        <v>2670</v>
+        <v>2692</v>
       </c>
       <c r="E694" t="n" s="0">
-        <v>0.09</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="695" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A695" s="4" t="s">
-        <v>2671</v>
+        <v>2693</v>
       </c>
       <c r="B695" s="6" t="s">
-        <v>2672</v>
+        <v>2694</v>
       </c>
       <c r="C695" t="s" s="0">
-        <v>2673</v>
+        <v>2695</v>
       </c>
       <c r="D695" t="s" s="0">
-        <v>2674</v>
+        <v>2696</v>
       </c>
       <c r="E695" t="n" s="0">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="696" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A696" s="4" t="s">
-        <v>2675</v>
+        <v>2697</v>
       </c>
       <c r="B696" s="6" t="s">
-        <v>2676</v>
+        <v>2698</v>
       </c>
       <c r="C696" t="s" s="0">
-        <v>2677</v>
+        <v>2699</v>
       </c>
       <c r="D696" t="s" s="0">
-        <v>2678</v>
+        <v>2700</v>
       </c>
       <c r="E696" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="697" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A697" s="4" t="s">
-        <v>2679</v>
+        <v>2701</v>
       </c>
       <c r="B697" s="6" t="s">
-        <v>2680</v>
+        <v>2702</v>
       </c>
       <c r="C697" t="s" s="0">
-        <v>2681</v>
+        <v>2703</v>
       </c>
       <c r="D697" t="s" s="0">
-        <v>2682</v>
+        <v>2704</v>
       </c>
       <c r="E697" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="698" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A698" s="4" t="s">
-        <v>2683</v>
+        <v>2705</v>
       </c>
       <c r="B698" s="6" t="s">
-        <v>2684</v>
+        <v>2706</v>
       </c>
       <c r="C698" t="s" s="0">
-        <v>2685</v>
+        <v>2707</v>
       </c>
       <c r="D698" t="s" s="0">
-        <v>2686</v>
+        <v>2708</v>
       </c>
       <c r="E698" t="n" s="0">
-        <v>0.25</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="699" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A699" s="4" t="s">
-        <v>2687</v>
+        <v>2709</v>
       </c>
       <c r="B699" s="6" t="s">
-        <v>2688</v>
+        <v>19</v>
       </c>
       <c r="C699" t="s" s="0">
-        <v>2689</v>
+        <v>2710</v>
       </c>
       <c r="D699" t="s" s="0">
-        <v>2690</v>
+        <v>2711</v>
       </c>
       <c r="E699" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="700" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A700" s="4" t="s">
-        <v>2691</v>
+        <v>2712</v>
       </c>
       <c r="B700" s="6" t="s">
-        <v>2692</v>
+        <v>2713</v>
       </c>
       <c r="C700" t="s" s="0">
-        <v>2693</v>
+        <v>2714</v>
       </c>
       <c r="D700" t="s" s="0">
-        <v>2694</v>
+        <v>2715</v>
       </c>
       <c r="E700" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="701" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A701" s="4" t="s">
-        <v>2695</v>
+        <v>2716</v>
       </c>
       <c r="B701" s="6" t="s">
-        <v>2696</v>
+        <v>19</v>
       </c>
       <c r="C701" t="s" s="0">
-        <v>2697</v>
+        <v>2717</v>
       </c>
       <c r="D701" t="s" s="0">
-        <v>2698</v>
+        <v>2718</v>
       </c>
       <c r="E701" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="702" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A702" s="4" t="s">
-        <v>2699</v>
+        <v>2719</v>
       </c>
       <c r="B702" s="6" t="s">
-        <v>2700</v>
+        <v>2720</v>
       </c>
       <c r="C702" t="s" s="0">
-        <v>2701</v>
+        <v>2721</v>
       </c>
       <c r="D702" t="s" s="0">
-        <v>2702</v>
+        <v>2722</v>
       </c>
       <c r="E702" t="n" s="0">
-        <v>0.03</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="703" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A703" s="4" t="s">
-        <v>2703</v>
+        <v>2723</v>
       </c>
       <c r="B703" s="6" t="s">
-        <v>2704</v>
+        <v>2724</v>
       </c>
       <c r="C703" t="s" s="0">
-        <v>2705</v>
+        <v>2725</v>
       </c>
       <c r="D703" t="s" s="0">
-        <v>2706</v>
+        <v>2726</v>
       </c>
       <c r="E703" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="704" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A704" s="4" t="s">
-        <v>2707</v>
+        <v>2727</v>
       </c>
       <c r="B704" s="6" t="s">
-        <v>2708</v>
+        <v>2728</v>
       </c>
       <c r="C704" t="s" s="0">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="D704" t="s" s="0">
-        <v>2710</v>
+        <v>2730</v>
       </c>
       <c r="E704" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="705" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A705" s="4" t="s">
-        <v>2711</v>
+        <v>2731</v>
       </c>
       <c r="B705" s="6" t="s">
-        <v>2712</v>
+        <v>2732</v>
       </c>
       <c r="C705" t="s" s="0">
-        <v>2713</v>
+        <v>2733</v>
       </c>
       <c r="D705" t="s" s="0">
-        <v>2714</v>
+        <v>2734</v>
       </c>
       <c r="E705" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="706" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A706" s="4" t="s">
-        <v>2715</v>
+        <v>2735</v>
       </c>
       <c r="B706" s="6" t="s">
-        <v>2716</v>
+        <v>2736</v>
       </c>
       <c r="C706" t="s" s="0">
-        <v>2717</v>
+        <v>2737</v>
       </c>
       <c r="D706" t="s" s="0">
-        <v>2718</v>
+        <v>2738</v>
       </c>
       <c r="E706" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="707" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A707" s="4" t="s">
-        <v>2719</v>
+        <v>2739</v>
       </c>
       <c r="B707" s="6" t="s">
-        <v>2720</v>
+        <v>2740</v>
       </c>
       <c r="C707" t="s" s="0">
-        <v>2721</v>
+        <v>2741</v>
       </c>
       <c r="D707" t="s" s="0">
-        <v>2722</v>
+        <v>2742</v>
       </c>
       <c r="E707" t="n" s="0">
-        <v>0.22</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="708" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A708" s="4" t="s">
-        <v>2723</v>
+        <v>2743</v>
       </c>
       <c r="B708" s="6" t="s">
-        <v>2724</v>
+        <v>2744</v>
       </c>
       <c r="C708" t="s" s="0">
-        <v>2725</v>
+        <v>2745</v>
       </c>
       <c r="D708" t="s" s="0">
-        <v>2726</v>
+        <v>2746</v>
       </c>
       <c r="E708" t="n" s="0">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="709" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A709" s="4" t="s">
-        <v>2727</v>
+        <v>2747</v>
       </c>
       <c r="B709" s="6" t="s">
-        <v>2728</v>
+        <v>2748</v>
       </c>
       <c r="C709" t="s" s="0">
-        <v>2729</v>
+        <v>2749</v>
       </c>
       <c r="D709" t="s" s="0">
-        <v>2730</v>
+        <v>2750</v>
       </c>
       <c r="E709" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="710" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A710" s="4" t="s">
-        <v>2731</v>
+        <v>2751</v>
       </c>
       <c r="B710" s="6" t="s">
-        <v>2732</v>
+        <v>2752</v>
       </c>
       <c r="C710" t="s" s="0">
-        <v>2733</v>
+        <v>2753</v>
       </c>
       <c r="D710" t="s" s="0">
-        <v>2734</v>
+        <v>2754</v>
       </c>
       <c r="E710" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="711" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A711" s="4" t="s">
-        <v>2735</v>
+        <v>2755</v>
       </c>
       <c r="B711" s="6" t="s">
-        <v>2736</v>
+        <v>2756</v>
       </c>
       <c r="C711" t="s" s="0">
-        <v>2737</v>
+        <v>2757</v>
       </c>
       <c r="D711" t="s" s="0">
-        <v>2738</v>
+        <v>2758</v>
       </c>
       <c r="E711" t="n" s="0">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="712" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A712" s="4" t="s">
-        <v>2739</v>
+        <v>2759</v>
       </c>
       <c r="B712" s="6" t="s">
-        <v>2740</v>
+        <v>19</v>
       </c>
       <c r="C712" t="s" s="0">
-        <v>2741</v>
+        <v>2760</v>
       </c>
       <c r="D712" t="s" s="0">
-        <v>2742</v>
+        <v>2761</v>
       </c>
       <c r="E712" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="713" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A713" s="4" t="s">
-        <v>2743</v>
+        <v>2762</v>
       </c>
       <c r="B713" s="6" t="s">
-        <v>2744</v>
+        <v>19</v>
       </c>
       <c r="C713" t="s" s="0">
-        <v>2745</v>
+        <v>2763</v>
       </c>
       <c r="D713" t="s" s="0">
-        <v>2746</v>
+        <v>2764</v>
       </c>
       <c r="E713" t="n" s="0">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="714" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A714" s="4" t="s">
-        <v>2747</v>
+        <v>2765</v>
       </c>
       <c r="B714" s="6" t="s">
-        <v>2748</v>
+        <v>2766</v>
       </c>
       <c r="C714" t="s" s="0">
-        <v>2749</v>
+        <v>2767</v>
       </c>
       <c r="D714" t="s" s="0">
-        <v>2750</v>
+        <v>2768</v>
       </c>
       <c r="E714" t="n" s="0">
-        <v>0.02</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="715" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A715" s="4" t="s">
-        <v>2751</v>
+        <v>2769</v>
       </c>
       <c r="B715" s="6" t="s">
-        <v>2752</v>
+        <v>2770</v>
       </c>
       <c r="C715" t="s" s="0">
-        <v>2753</v>
+        <v>2771</v>
       </c>
       <c r="D715" t="s" s="0">
-        <v>2754</v>
+        <v>2772</v>
       </c>
       <c r="E715" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="716" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A716" s="4" t="s">
-        <v>2755</v>
+        <v>2773</v>
       </c>
       <c r="B716" s="6" t="s">
-        <v>2756</v>
+        <v>2774</v>
       </c>
       <c r="C716" t="s" s="0">
-        <v>2757</v>
+        <v>2775</v>
       </c>
       <c r="D716" t="s" s="0">
-        <v>2758</v>
+        <v>2776</v>
       </c>
       <c r="E716" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="717" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A717" s="4" t="s">
-        <v>2759</v>
+        <v>2777</v>
       </c>
       <c r="B717" s="6" t="s">
-        <v>2760</v>
+        <v>2778</v>
       </c>
       <c r="C717" t="s" s="0">
-        <v>2761</v>
+        <v>2779</v>
       </c>
       <c r="D717" t="s" s="0">
-        <v>2762</v>
+        <v>2780</v>
       </c>
       <c r="E717" t="n" s="0">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="718" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A718" s="4" t="s">
-        <v>2763</v>
+        <v>2781</v>
       </c>
       <c r="B718" s="6" t="s">
-        <v>2764</v>
+        <v>19</v>
       </c>
       <c r="C718" t="s" s="0">
-        <v>2765</v>
+        <v>2782</v>
       </c>
       <c r="D718" t="s" s="0">
-        <v>2766</v>
+        <v>2783</v>
       </c>
       <c r="E718" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="719" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A719" s="4" t="s">
-        <v>2767</v>
+        <v>2784</v>
       </c>
       <c r="B719" s="6" t="s">
-        <v>2768</v>
+        <v>2785</v>
       </c>
       <c r="C719" t="s" s="0">
-        <v>2769</v>
+        <v>2786</v>
       </c>
       <c r="D719" t="s" s="0">
-        <v>2770</v>
+        <v>2787</v>
       </c>
       <c r="E719" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="720" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A720" s="4" t="s">
-        <v>2771</v>
+        <v>2788</v>
       </c>
       <c r="B720" s="6" t="s">
-        <v>2772</v>
+        <v>2789</v>
       </c>
       <c r="C720" t="s" s="0">
-        <v>2773</v>
+        <v>2790</v>
       </c>
       <c r="D720" t="s" s="0">
-        <v>2774</v>
+        <v>2791</v>
       </c>
       <c r="E720" t="n" s="0">
-        <v>0.01</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="721" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A721" s="4" t="s">
-        <v>2775</v>
+        <v>2792</v>
       </c>
       <c r="B721" s="6" t="s">
-        <v>2776</v>
+        <v>2793</v>
       </c>
       <c r="C721" t="s" s="0">
-        <v>2777</v>
+        <v>2794</v>
       </c>
       <c r="D721" t="s" s="0">
-        <v>2778</v>
+        <v>2795</v>
       </c>
       <c r="E721" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="722" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A722" s="4" t="s">
-        <v>2779</v>
+        <v>2796</v>
       </c>
       <c r="B722" s="6" t="s">
-        <v>2780</v>
+        <v>2797</v>
       </c>
       <c r="C722" t="s" s="0">
-        <v>2781</v>
+        <v>2798</v>
       </c>
       <c r="D722" t="s" s="0">
-        <v>2782</v>
+        <v>2799</v>
       </c>
       <c r="E722" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="723" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A723" s="4" t="s">
-        <v>2783</v>
+        <v>2800</v>
       </c>
       <c r="B723" s="6" t="s">
-        <v>2784</v>
+        <v>2801</v>
       </c>
       <c r="C723" t="s" s="0">
-        <v>2785</v>
+        <v>2802</v>
       </c>
       <c r="D723" t="s" s="0">
-        <v>2786</v>
+        <v>2803</v>
       </c>
       <c r="E723" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="724" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A724" s="4" t="s">
-        <v>2787</v>
+        <v>2804</v>
       </c>
       <c r="B724" s="6" t="s">
-        <v>2788</v>
+        <v>2805</v>
       </c>
       <c r="C724" t="s" s="0">
-        <v>2789</v>
+        <v>2806</v>
       </c>
       <c r="D724" t="s" s="0">
-        <v>2790</v>
+        <v>2807</v>
       </c>
       <c r="E724" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="725" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A725" s="4" t="s">
-        <v>2791</v>
+        <v>2808</v>
       </c>
       <c r="B725" s="6" t="s">
-        <v>2792</v>
+        <v>2809</v>
       </c>
       <c r="C725" t="s" s="0">
-        <v>2793</v>
+        <v>2810</v>
       </c>
       <c r="D725" t="s" s="0">
-        <v>2794</v>
+        <v>2811</v>
       </c>
       <c r="E725" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="726" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A726" s="4" t="s">
-        <v>2795</v>
+        <v>2812</v>
       </c>
       <c r="B726" s="6" t="s">
-        <v>2796</v>
+        <v>2813</v>
       </c>
       <c r="C726" t="s" s="0">
-        <v>2797</v>
+        <v>2814</v>
       </c>
       <c r="D726" t="s" s="0">
-        <v>2798</v>
+        <v>2815</v>
       </c>
       <c r="E726" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="727" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A727" s="4" t="s">
-        <v>2799</v>
+        <v>2816</v>
       </c>
       <c r="B727" s="6" t="s">
-        <v>2800</v>
+        <v>2817</v>
       </c>
       <c r="C727" t="s" s="0">
-        <v>2801</v>
+        <v>19</v>
       </c>
       <c r="D727" t="s" s="0">
-        <v>2802</v>
+        <v>19</v>
       </c>
       <c r="E727" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="728" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A728" s="4" t="s">
-        <v>2803</v>
+        <v>2818</v>
       </c>
       <c r="B728" s="6" t="s">
-        <v>2804</v>
+        <v>2819</v>
       </c>
       <c r="C728" t="s" s="0">
-        <v>2805</v>
+        <v>2820</v>
       </c>
       <c r="D728" t="s" s="0">
-        <v>2806</v>
+        <v>2821</v>
       </c>
       <c r="E728" t="n" s="0">
-        <v>0.03</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="729" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A729" s="4" t="s">
-        <v>2807</v>
+        <v>2822</v>
       </c>
       <c r="B729" s="6" t="s">
-        <v>2808</v>
+        <v>2823</v>
       </c>
       <c r="C729" t="s" s="0">
-        <v>2809</v>
+        <v>2824</v>
       </c>
       <c r="D729" t="s" s="0">
-        <v>2810</v>
+        <v>2825</v>
       </c>
       <c r="E729" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="730" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A730" s="4" t="s">
-        <v>2811</v>
+        <v>2826</v>
       </c>
       <c r="B730" s="6" t="s">
-        <v>2812</v>
+        <v>2827</v>
       </c>
       <c r="C730" t="s" s="0">
-        <v>2813</v>
+        <v>2828</v>
       </c>
       <c r="D730" t="s" s="0">
-        <v>2814</v>
+        <v>2829</v>
       </c>
       <c r="E730" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="731" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A731" s="4" t="s">
-        <v>2815</v>
+        <v>2830</v>
       </c>
       <c r="B731" s="6" t="s">
-        <v>2816</v>
+        <v>2831</v>
       </c>
       <c r="C731" t="s" s="0">
-        <v>2817</v>
+        <v>2832</v>
       </c>
       <c r="D731" t="s" s="0">
-        <v>2818</v>
+        <v>2833</v>
       </c>
       <c r="E731" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="732" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A732" s="4" t="s">
-        <v>2819</v>
+        <v>2834</v>
       </c>
       <c r="B732" s="6" t="s">
-        <v>2820</v>
+        <v>2835</v>
       </c>
       <c r="C732" t="s" s="0">
-        <v>2821</v>
+        <v>2836</v>
       </c>
       <c r="D732" t="s" s="0">
-        <v>2822</v>
+        <v>2837</v>
       </c>
       <c r="E732" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="733" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A733" s="4" t="s">
-        <v>2823</v>
+        <v>2838</v>
       </c>
       <c r="B733" s="6" t="s">
-        <v>2824</v>
+        <v>2839</v>
       </c>
       <c r="C733" t="s" s="0">
-        <v>2825</v>
+        <v>2840</v>
       </c>
       <c r="D733" t="s" s="0">
-        <v>2826</v>
+        <v>2841</v>
       </c>
       <c r="E733" t="n" s="0">
-        <v>0.16</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="734" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A734" s="4" t="s">
-        <v>2827</v>
+        <v>2842</v>
       </c>
       <c r="B734" s="6" t="s">
-        <v>2828</v>
+        <v>2843</v>
       </c>
       <c r="C734" t="s" s="0">
-        <v>2829</v>
+        <v>2844</v>
       </c>
       <c r="D734" t="s" s="0">
-        <v>19</v>
+        <v>2845</v>
       </c>
       <c r="E734" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="735" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A735" s="4" t="s">
-        <v>2830</v>
+        <v>2846</v>
       </c>
       <c r="B735" s="6" t="s">
-        <v>2831</v>
+        <v>2847</v>
       </c>
       <c r="C735" t="s" s="0">
-        <v>2832</v>
+        <v>2848</v>
       </c>
       <c r="D735" t="s" s="0">
-        <v>2833</v>
+        <v>2849</v>
       </c>
       <c r="E735" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="736" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A736" s="4" t="s">
-        <v>2834</v>
+        <v>2850</v>
       </c>
       <c r="B736" s="6" t="s">
-        <v>2835</v>
+        <v>2851</v>
       </c>
       <c r="C736" t="s" s="0">
-        <v>2836</v>
+        <v>2852</v>
       </c>
       <c r="D736" t="s" s="0">
-        <v>2837</v>
+        <v>2853</v>
       </c>
       <c r="E736" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="737" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A737" s="4" t="s">
-        <v>2838</v>
+        <v>2854</v>
       </c>
       <c r="B737" s="6" t="s">
-        <v>2839</v>
+        <v>2855</v>
       </c>
       <c r="C737" t="s" s="0">
-        <v>2840</v>
+        <v>2856</v>
       </c>
       <c r="D737" t="s" s="0">
-        <v>2841</v>
+        <v>2857</v>
       </c>
       <c r="E737" t="n" s="0">
-        <v>0.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="738" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A738" s="4" t="s">
-        <v>2842</v>
+        <v>2858</v>
       </c>
       <c r="B738" s="6" t="s">
-        <v>19</v>
+        <v>2859</v>
       </c>
       <c r="C738" t="s" s="0">
-        <v>2843</v>
+        <v>2860</v>
       </c>
       <c r="D738" t="s" s="0">
-        <v>2844</v>
+        <v>2861</v>
       </c>
       <c r="E738" t="n" s="0">
-        <v>0.09</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="739" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A739" s="4" t="s">
-        <v>2845</v>
+        <v>2862</v>
       </c>
       <c r="B739" s="6" t="s">
-        <v>2846</v>
+        <v>2863</v>
       </c>
       <c r="C739" t="s" s="0">
-        <v>2847</v>
+        <v>2864</v>
       </c>
       <c r="D739" t="s" s="0">
-        <v>2848</v>
+        <v>2865</v>
       </c>
       <c r="E739" t="n" s="0">
-        <v>0.21</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="740" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A740" s="4" t="s">
-        <v>2849</v>
+        <v>2866</v>
       </c>
       <c r="B740" s="6" t="s">
-        <v>2850</v>
+        <v>2867</v>
       </c>
       <c r="C740" t="s" s="0">
-        <v>2851</v>
+        <v>2868</v>
       </c>
       <c r="D740" t="s" s="0">
-        <v>2852</v>
+        <v>2869</v>
       </c>
       <c r="E740" t="n" s="0">
-        <v>0.06</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="741" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A741" s="4" t="s">
-        <v>2853</v>
+        <v>2870</v>
       </c>
       <c r="B741" s="6" t="s">
-        <v>2854</v>
+        <v>2871</v>
       </c>
       <c r="C741" t="s" s="0">
-        <v>2855</v>
+        <v>2872</v>
       </c>
       <c r="D741" t="s" s="0">
-        <v>2856</v>
+        <v>2873</v>
       </c>
       <c r="E741" t="n" s="0">
-        <v>0.23</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="742" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A742" s="4" t="s">
-        <v>2857</v>
+        <v>2874</v>
       </c>
       <c r="B742" s="6" t="s">
-        <v>2858</v>
+        <v>2875</v>
       </c>
       <c r="C742" t="s" s="0">
-        <v>2859</v>
+        <v>2876</v>
       </c>
       <c r="D742" t="s" s="0">
-        <v>2860</v>
+        <v>2877</v>
       </c>
       <c r="E742" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="743" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A743" s="4" t="s">
-        <v>2861</v>
+        <v>2878</v>
       </c>
       <c r="B743" s="6" t="s">
-        <v>2862</v>
+        <v>2879</v>
       </c>
       <c r="C743" t="s" s="0">
-        <v>2863</v>
+        <v>2880</v>
       </c>
       <c r="D743" t="s" s="0">
-        <v>2864</v>
+        <v>2881</v>
       </c>
       <c r="E743" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="744" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A744" s="4" t="s">
-        <v>2865</v>
+        <v>2882</v>
       </c>
       <c r="B744" s="6" t="s">
-        <v>2866</v>
+        <v>2883</v>
       </c>
       <c r="C744" t="s" s="0">
-        <v>2867</v>
+        <v>2884</v>
       </c>
       <c r="D744" t="s" s="0">
-        <v>2868</v>
+        <v>2885</v>
       </c>
       <c r="E744" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="745" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A745" s="4" t="s">
-        <v>2869</v>
+        <v>2886</v>
       </c>
       <c r="B745" s="6" t="s">
-        <v>2870</v>
+        <v>2887</v>
       </c>
       <c r="C745" t="s" s="0">
-        <v>2871</v>
+        <v>2888</v>
       </c>
       <c r="D745" t="s" s="0">
-        <v>2872</v>
+        <v>2889</v>
       </c>
       <c r="E745" t="n" s="0">
-        <v>0.21</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="746" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A746" s="4" t="s">
-        <v>2873</v>
+        <v>2890</v>
       </c>
       <c r="B746" s="6" t="s">
-        <v>2874</v>
+        <v>2891</v>
       </c>
       <c r="C746" t="s" s="0">
-        <v>2875</v>
+        <v>2892</v>
       </c>
       <c r="D746" t="s" s="0">
-        <v>2876</v>
+        <v>2893</v>
       </c>
       <c r="E746" t="n" s="0">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="747" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A747" s="4" t="s">
-        <v>2877</v>
+        <v>2894</v>
       </c>
       <c r="B747" s="6" t="s">
-        <v>2878</v>
+        <v>2895</v>
       </c>
       <c r="C747" t="s" s="0">
-        <v>2879</v>
+        <v>2895</v>
       </c>
       <c r="D747" t="s" s="0">
-        <v>2880</v>
+        <v>2895</v>
       </c>
       <c r="E747" t="n" s="0">
-        <v>0.02</v>
+        <v>-0.14</v>
       </c>
     </row>
     <row r="748" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A748" s="4" t="s">
-        <v>2881</v>
+        <v>2896</v>
       </c>
       <c r="B748" s="6" t="s">
-        <v>2882</v>
+        <v>2897</v>
       </c>
       <c r="C748" t="s" s="0">
-        <v>2883</v>
+        <v>2898</v>
       </c>
       <c r="D748" t="s" s="0">
-        <v>2884</v>
+        <v>2899</v>
       </c>
       <c r="E748" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="749" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A749" s="4" t="s">
-        <v>2885</v>
+        <v>2900</v>
       </c>
       <c r="B749" s="6" t="s">
-        <v>2886</v>
+        <v>2901</v>
       </c>
       <c r="C749" t="s" s="0">
-        <v>2887</v>
+        <v>2902</v>
       </c>
       <c r="D749" t="s" s="0">
-        <v>2888</v>
+        <v>2903</v>
       </c>
       <c r="E749" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="750" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A750" s="4" t="s">
-        <v>2889</v>
+        <v>2904</v>
       </c>
       <c r="B750" s="6" t="s">
-        <v>2890</v>
+        <v>2905</v>
       </c>
       <c r="C750" t="s" s="0">
-        <v>2891</v>
+        <v>2906</v>
       </c>
       <c r="D750" t="s" s="0">
-        <v>2892</v>
+        <v>2907</v>
       </c>
       <c r="E750" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="751" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A751" s="4" t="s">
-        <v>2893</v>
+        <v>2908</v>
       </c>
       <c r="B751" s="6" t="s">
-        <v>2894</v>
+        <v>2909</v>
       </c>
       <c r="C751" t="s" s="0">
-        <v>2895</v>
+        <v>2910</v>
       </c>
       <c r="D751" t="s" s="0">
-        <v>2896</v>
+        <v>2911</v>
       </c>
       <c r="E751" t="n" s="0">
-        <v>0.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="752" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A752" s="4" t="s">
-        <v>2897</v>
+        <v>2912</v>
       </c>
       <c r="B752" s="6" t="s">
-        <v>2898</v>
+        <v>2913</v>
       </c>
       <c r="C752" t="s" s="0">
-        <v>2899</v>
+        <v>2914</v>
       </c>
       <c r="D752" t="s" s="0">
-        <v>2900</v>
+        <v>2915</v>
       </c>
       <c r="E752" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="753" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A753" s="4" t="s">
-        <v>2901</v>
+        <v>2916</v>
       </c>
       <c r="B753" s="6" t="s">
-        <v>2902</v>
+        <v>2917</v>
       </c>
       <c r="C753" t="s" s="0">
-        <v>2903</v>
+        <v>2918</v>
       </c>
       <c r="D753" t="s" s="0">
-        <v>2904</v>
+        <v>2919</v>
       </c>
       <c r="E753" t="n" s="0">
-        <v>0.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="754" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A754" s="4" t="s">
-        <v>2905</v>
+        <v>2920</v>
       </c>
       <c r="B754" s="6" t="s">
-        <v>2906</v>
+        <v>2921</v>
       </c>
       <c r="C754" t="s" s="0">
-        <v>2907</v>
+        <v>2922</v>
       </c>
       <c r="D754" t="s" s="0">
-        <v>2908</v>
+        <v>2923</v>
       </c>
       <c r="E754" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="755" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A755" s="4" t="s">
-        <v>2909</v>
+        <v>2924</v>
       </c>
       <c r="B755" s="6" t="s">
-        <v>2910</v>
+        <v>2925</v>
       </c>
       <c r="C755" t="s" s="0">
-        <v>2911</v>
+        <v>2926</v>
       </c>
       <c r="D755" t="s" s="0">
-        <v>2912</v>
+        <v>2927</v>
       </c>
       <c r="E755" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="756" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A756" s="4" t="s">
-        <v>2913</v>
+        <v>2928</v>
       </c>
       <c r="B756" s="6" t="s">
-        <v>2914</v>
+        <v>2929</v>
       </c>
       <c r="C756" t="s" s="0">
-        <v>2915</v>
+        <v>2930</v>
       </c>
       <c r="D756" t="s" s="0">
-        <v>2916</v>
+        <v>2931</v>
       </c>
       <c r="E756" t="n" s="0">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="757" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A757" s="4" t="s">
-        <v>2917</v>
+        <v>2932</v>
       </c>
       <c r="B757" s="6" t="s">
-        <v>19</v>
+        <v>2933</v>
       </c>
       <c r="C757" t="s" s="0">
-        <v>2918</v>
+        <v>2934</v>
       </c>
       <c r="D757" t="s" s="0">
-        <v>2919</v>
+        <v>2935</v>
       </c>
       <c r="E757" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="758" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A758" s="4" t="s">
-        <v>2920</v>
+        <v>2936</v>
       </c>
       <c r="B758" s="6" t="s">
-        <v>2921</v>
+        <v>2937</v>
       </c>
       <c r="C758" t="s" s="0">
-        <v>2922</v>
+        <v>2938</v>
       </c>
       <c r="D758" t="s" s="0">
-        <v>2923</v>
+        <v>2939</v>
       </c>
       <c r="E758" t="n" s="0">
-        <v>0.03</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="759" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A759" s="4" t="s">
-        <v>2924</v>
+        <v>2940</v>
       </c>
       <c r="B759" s="6" t="s">
-        <v>2925</v>
+        <v>2941</v>
       </c>
       <c r="C759" t="s" s="0">
-        <v>2926</v>
+        <v>2942</v>
       </c>
       <c r="D759" t="s" s="0">
-        <v>2927</v>
+        <v>2943</v>
       </c>
       <c r="E759" t="n" s="0">
-        <v>0.32</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="760" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A760" s="4" t="s">
-        <v>2928</v>
+        <v>2944</v>
       </c>
       <c r="B760" s="6" t="s">
-        <v>2929</v>
+        <v>2945</v>
       </c>
       <c r="C760" t="s" s="0">
-        <v>2930</v>
+        <v>2946</v>
       </c>
       <c r="D760" t="s" s="0">
-        <v>2931</v>
+        <v>2947</v>
       </c>
       <c r="E760" t="n" s="0">
-        <v>0.01</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="761" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A761" s="4" t="s">
-        <v>2932</v>
+        <v>2948</v>
       </c>
       <c r="B761" s="6" t="s">
-        <v>2933</v>
+        <v>2949</v>
       </c>
       <c r="C761" t="s" s="0">
-        <v>2934</v>
+        <v>2950</v>
       </c>
       <c r="D761" t="s" s="0">
-        <v>2935</v>
+        <v>2951</v>
       </c>
       <c r="E761" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="762" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A762" s="4" t="s">
-        <v>2936</v>
+        <v>2952</v>
       </c>
       <c r="B762" s="6" t="s">
-        <v>2937</v>
+        <v>2953</v>
       </c>
       <c r="C762" t="s" s="0">
-        <v>2938</v>
+        <v>2954</v>
       </c>
       <c r="D762" t="s" s="0">
-        <v>2939</v>
+        <v>2955</v>
       </c>
       <c r="E762" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="763" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A763" s="4" t="s">
-        <v>2940</v>
+        <v>2956</v>
       </c>
       <c r="B763" s="6" t="s">
-        <v>2941</v>
+        <v>2957</v>
       </c>
       <c r="C763" t="s" s="0">
-        <v>2942</v>
+        <v>2958</v>
       </c>
       <c r="D763" t="s" s="0">
-        <v>2943</v>
+        <v>2959</v>
       </c>
       <c r="E763" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="764" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A764" s="4" t="s">
-        <v>2944</v>
+        <v>2960</v>
       </c>
       <c r="B764" s="6" t="s">
-        <v>2945</v>
+        <v>2961</v>
       </c>
       <c r="C764" t="s" s="0">
-        <v>2946</v>
+        <v>2962</v>
       </c>
       <c r="D764" t="s" s="0">
-        <v>2947</v>
+        <v>2963</v>
       </c>
       <c r="E764" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="765" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A765" s="4" t="s">
-        <v>2948</v>
+        <v>2964</v>
       </c>
       <c r="B765" s="6" t="s">
-        <v>2949</v>
+        <v>2965</v>
       </c>
       <c r="C765" t="s" s="0">
-        <v>2950</v>
+        <v>2966</v>
       </c>
       <c r="D765" t="s" s="0">
-        <v>2951</v>
+        <v>2967</v>
       </c>
       <c r="E765" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="766" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A766" s="4" t="s">
-        <v>2952</v>
+        <v>2968</v>
       </c>
       <c r="B766" s="6" t="s">
-        <v>2953</v>
+        <v>2969</v>
       </c>
       <c r="C766" t="s" s="0">
-        <v>2954</v>
+        <v>2970</v>
       </c>
       <c r="D766" t="s" s="0">
-        <v>2955</v>
+        <v>2971</v>
       </c>
       <c r="E766" t="n" s="0">
-        <v>0.14</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="767" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A767" s="4" t="s">
-        <v>2956</v>
+        <v>2972</v>
       </c>
       <c r="B767" s="6" t="s">
-        <v>2957</v>
+        <v>2973</v>
       </c>
       <c r="C767" t="s" s="0">
-        <v>2958</v>
+        <v>2974</v>
       </c>
       <c r="D767" t="s" s="0">
-        <v>2959</v>
+        <v>2975</v>
       </c>
       <c r="E767" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="768" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A768" s="4" t="s">
-        <v>2960</v>
+        <v>2976</v>
       </c>
       <c r="B768" s="6" t="s">
-        <v>2961</v>
+        <v>19</v>
       </c>
       <c r="C768" t="s" s="0">
-        <v>2962</v>
+        <v>2977</v>
       </c>
       <c r="D768" t="s" s="0">
-        <v>2963</v>
+        <v>2978</v>
       </c>
       <c r="E768" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="769" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A769" s="4" t="s">
-        <v>2964</v>
+        <v>2979</v>
       </c>
       <c r="B769" s="6" t="s">
-        <v>2965</v>
+        <v>2980</v>
       </c>
       <c r="C769" t="s" s="0">
-        <v>2966</v>
+        <v>2981</v>
       </c>
       <c r="D769" t="s" s="0">
-        <v>2967</v>
+        <v>2982</v>
       </c>
       <c r="E769" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="770" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A770" s="4" t="s">
-        <v>2968</v>
+        <v>2983</v>
       </c>
       <c r="B770" s="6" t="s">
-        <v>19</v>
+        <v>2984</v>
       </c>
       <c r="C770" t="s" s="0">
-        <v>2969</v>
+        <v>2985</v>
       </c>
       <c r="D770" t="s" s="0">
-        <v>2970</v>
+        <v>2986</v>
       </c>
       <c r="E770" t="n" s="0">
-        <v>0.46</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="771" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A771" s="4" t="s">
-        <v>2971</v>
+        <v>2987</v>
       </c>
       <c r="B771" s="6" t="s">
-        <v>2972</v>
+        <v>2988</v>
       </c>
       <c r="C771" t="s" s="0">
-        <v>2973</v>
+        <v>2989</v>
       </c>
       <c r="D771" t="s" s="0">
-        <v>2974</v>
+        <v>2990</v>
       </c>
       <c r="E771" t="n" s="0">
-        <v>0.03</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="772" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A772" s="4" t="s">
-        <v>2975</v>
+        <v>2991</v>
       </c>
       <c r="B772" s="6" t="s">
-        <v>2976</v>
+        <v>2992</v>
       </c>
       <c r="C772" t="s" s="0">
-        <v>2977</v>
+        <v>2993</v>
       </c>
       <c r="D772" t="s" s="0">
-        <v>2978</v>
+        <v>2994</v>
       </c>
       <c r="E772" t="n" s="0">
-        <v>0.0</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="773" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A773" s="4" t="s">
-        <v>2979</v>
+        <v>2995</v>
       </c>
       <c r="B773" s="6" t="s">
-        <v>2980</v>
+        <v>2996</v>
       </c>
       <c r="C773" t="s" s="0">
-        <v>2981</v>
+        <v>2997</v>
       </c>
       <c r="D773" t="s" s="0">
-        <v>2982</v>
+        <v>2998</v>
       </c>
       <c r="E773" t="n" s="0">
-        <v>0.08</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="774" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A774" s="4" t="s">
-        <v>2983</v>
+        <v>2999</v>
       </c>
       <c r="B774" s="6" t="s">
-        <v>2984</v>
+        <v>3000</v>
       </c>
       <c r="C774" t="s" s="0">
-        <v>2985</v>
+        <v>3001</v>
       </c>
       <c r="D774" t="s" s="0">
-        <v>2986</v>
+        <v>3002</v>
       </c>
       <c r="E774" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="775" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A775" s="4" t="s">
-        <v>2987</v>
+        <v>3003</v>
       </c>
       <c r="B775" s="6" t="s">
-        <v>2988</v>
+        <v>3004</v>
       </c>
       <c r="C775" t="s" s="0">
-        <v>2989</v>
+        <v>3005</v>
       </c>
       <c r="D775" t="s" s="0">
-        <v>2990</v>
+        <v>3006</v>
       </c>
       <c r="E775" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="776" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A776" s="4" t="s">
-        <v>2991</v>
+        <v>3007</v>
       </c>
       <c r="B776" s="6" t="s">
-        <v>2992</v>
+        <v>3008</v>
       </c>
       <c r="C776" t="s" s="0">
-        <v>2993</v>
+        <v>3009</v>
       </c>
       <c r="D776" t="s" s="0">
-        <v>2994</v>
+        <v>3010</v>
       </c>
       <c r="E776" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="777" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A777" s="4" t="s">
-        <v>2995</v>
+        <v>3011</v>
       </c>
       <c r="B777" s="6" t="s">
-        <v>19</v>
+        <v>3012</v>
       </c>
       <c r="C777" t="s" s="0">
-        <v>2996</v>
+        <v>3013</v>
       </c>
       <c r="D777" t="s" s="0">
-        <v>2997</v>
+        <v>3014</v>
       </c>
       <c r="E777" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="778" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A778" s="4" t="s">
-        <v>2998</v>
+        <v>3015</v>
       </c>
       <c r="B778" s="6" t="s">
-        <v>2999</v>
+        <v>3016</v>
       </c>
       <c r="C778" t="s" s="0">
-        <v>3000</v>
+        <v>3017</v>
       </c>
       <c r="D778" t="s" s="0">
-        <v>3001</v>
+        <v>3018</v>
       </c>
       <c r="E778" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="779" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A779" s="4" t="s">
-        <v>3002</v>
+        <v>3019</v>
       </c>
       <c r="B779" s="6" t="s">
-        <v>3003</v>
+        <v>3020</v>
       </c>
       <c r="C779" t="s" s="0">
-        <v>3004</v>
+        <v>3021</v>
       </c>
       <c r="D779" t="s" s="0">
-        <v>3005</v>
+        <v>3022</v>
       </c>
       <c r="E779" t="n" s="0">
-        <v>0.09</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="780" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A780" s="4" t="s">
-        <v>3006</v>
+        <v>3023</v>
       </c>
       <c r="B780" s="6" t="s">
-        <v>3007</v>
+        <v>3024</v>
       </c>
       <c r="C780" t="s" s="0">
-        <v>3008</v>
+        <v>3025</v>
       </c>
       <c r="D780" t="s" s="0">
-        <v>3009</v>
+        <v>3026</v>
       </c>
       <c r="E780" t="n" s="0">
-        <v>0.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="781" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A781" s="4" t="s">
-        <v>3010</v>
+        <v>3027</v>
       </c>
       <c r="B781" s="6" t="s">
-        <v>3011</v>
+        <v>3028</v>
       </c>
       <c r="C781" t="s" s="0">
-        <v>3012</v>
+        <v>3029</v>
       </c>
       <c r="D781" t="s" s="0">
-        <v>3013</v>
+        <v>3030</v>
       </c>
       <c r="E781" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="782" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A782" s="4" t="s">
-        <v>3014</v>
+        <v>3031</v>
       </c>
       <c r="B782" s="6" t="s">
-        <v>3015</v>
+        <v>3032</v>
       </c>
       <c r="C782" t="s" s="0">
-        <v>3016</v>
+        <v>3033</v>
       </c>
       <c r="D782" t="s" s="0">
-        <v>3017</v>
+        <v>3034</v>
       </c>
       <c r="E782" t="n" s="0">
         <v>0.04</v>
       </c>
     </row>
     <row r="783" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A783" s="4" t="s">
-        <v>3018</v>
+        <v>3035</v>
       </c>
       <c r="B783" s="6" t="s">
-        <v>3019</v>
+        <v>3036</v>
       </c>
       <c r="C783" t="s" s="0">
-        <v>3020</v>
+        <v>3037</v>
       </c>
       <c r="D783" t="s" s="0">
-        <v>3021</v>
+        <v>3038</v>
       </c>
       <c r="E783" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="784" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A784" s="4" t="s">
-        <v>3022</v>
+        <v>3039</v>
       </c>
       <c r="B784" s="6" t="s">
-        <v>3023</v>
+        <v>3040</v>
       </c>
       <c r="C784" t="s" s="0">
-        <v>3024</v>
+        <v>3041</v>
       </c>
       <c r="D784" t="s" s="0">
-        <v>3025</v>
+        <v>3042</v>
       </c>
       <c r="E784" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="785" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A785" s="4" t="s">
-        <v>3026</v>
+        <v>3043</v>
       </c>
       <c r="B785" s="6" t="s">
-        <v>3027</v>
+        <v>3044</v>
       </c>
       <c r="C785" t="s" s="0">
-        <v>3028</v>
+        <v>3045</v>
       </c>
       <c r="D785" t="s" s="0">
-        <v>3029</v>
+        <v>3046</v>
       </c>
       <c r="E785" t="n" s="0">
-        <v>0.13</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="786" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A786" s="4" t="s">
-        <v>3030</v>
+        <v>3047</v>
       </c>
       <c r="B786" s="6" t="s">
-        <v>3031</v>
+        <v>3048</v>
       </c>
       <c r="C786" t="s" s="0">
-        <v>3032</v>
+        <v>3049</v>
       </c>
       <c r="D786" t="s" s="0">
-        <v>3033</v>
+        <v>3050</v>
       </c>
       <c r="E786" t="n" s="0">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="787" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A787" s="4" t="s">
-        <v>3034</v>
+        <v>3051</v>
       </c>
       <c r="B787" s="6" t="s">
-        <v>3035</v>
+        <v>3052</v>
       </c>
       <c r="C787" t="s" s="0">
-        <v>3036</v>
+        <v>3053</v>
       </c>
       <c r="D787" t="s" s="0">
-        <v>3037</v>
+        <v>3054</v>
       </c>
       <c r="E787" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="788" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A788" s="4" t="s">
-        <v>3038</v>
+        <v>3055</v>
       </c>
       <c r="B788" s="6" t="s">
-        <v>3039</v>
+        <v>3056</v>
       </c>
       <c r="C788" t="s" s="0">
-        <v>3040</v>
+        <v>3057</v>
       </c>
       <c r="D788" t="s" s="0">
-        <v>3041</v>
+        <v>3058</v>
       </c>
       <c r="E788" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="789" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A789" s="4" t="s">
-        <v>3042</v>
+        <v>3059</v>
       </c>
       <c r="B789" s="6" t="s">
-        <v>19</v>
+        <v>3060</v>
       </c>
       <c r="C789" t="s" s="0">
-        <v>3043</v>
+        <v>3061</v>
       </c>
       <c r="D789" t="s" s="0">
-        <v>3044</v>
+        <v>3062</v>
       </c>
       <c r="E789" t="n" s="0">
-        <v>0.38</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="790" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A790" s="4" t="s">
-        <v>3045</v>
+        <v>3063</v>
       </c>
       <c r="B790" s="6" t="s">
-        <v>19</v>
+        <v>3064</v>
       </c>
       <c r="C790" t="s" s="0">
-        <v>3046</v>
+        <v>3065</v>
       </c>
       <c r="D790" t="s" s="0">
-        <v>3047</v>
+        <v>3066</v>
       </c>
       <c r="E790" t="n" s="0">
-        <v>1.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="791" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A791" s="4" t="s">
-        <v>3048</v>
+        <v>3067</v>
       </c>
       <c r="B791" s="6" t="s">
-        <v>19</v>
+        <v>3068</v>
       </c>
       <c r="C791" t="s" s="0">
-        <v>3049</v>
+        <v>3069</v>
       </c>
       <c r="D791" t="s" s="0">
-        <v>3050</v>
+        <v>3070</v>
       </c>
       <c r="E791" t="n" s="0">
-        <v>0.44</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="792" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A792" s="4" t="s">
-        <v>3051</v>
+        <v>3071</v>
       </c>
       <c r="B792" s="6" t="s">
-        <v>19</v>
+        <v>3072</v>
       </c>
       <c r="C792" t="s" s="0">
-        <v>3052</v>
+        <v>3073</v>
       </c>
       <c r="D792" t="s" s="0">
-        <v>3053</v>
+        <v>3074</v>
       </c>
       <c r="E792" t="n" s="0">
-        <v>1.49</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="793" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A793" s="4" t="s">
-        <v>3054</v>
+        <v>3075</v>
       </c>
       <c r="B793" s="6" t="s">
-        <v>3055</v>
+        <v>3076</v>
       </c>
       <c r="C793" t="s" s="0">
-        <v>3056</v>
+        <v>3077</v>
       </c>
       <c r="D793" t="s" s="0">
-        <v>3057</v>
+        <v>3078</v>
       </c>
       <c r="E793" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="794" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A794" s="4" t="s">
-        <v>3058</v>
+        <v>3079</v>
       </c>
       <c r="B794" s="6" t="s">
-        <v>3059</v>
+        <v>3080</v>
       </c>
       <c r="C794" t="s" s="0">
-        <v>3060</v>
+        <v>3081</v>
       </c>
       <c r="D794" t="s" s="0">
-        <v>3061</v>
+        <v>3082</v>
       </c>
       <c r="E794" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="795" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A795" s="4" t="s">
-        <v>3062</v>
+        <v>3083</v>
       </c>
       <c r="B795" s="6" t="s">
-        <v>3063</v>
+        <v>3084</v>
       </c>
       <c r="C795" t="s" s="0">
-        <v>3064</v>
+        <v>3085</v>
       </c>
       <c r="D795" t="s" s="0">
-        <v>3065</v>
+        <v>3086</v>
       </c>
       <c r="E795" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="796" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A796" s="4" t="s">
-        <v>3066</v>
+        <v>3087</v>
       </c>
       <c r="B796" s="6" t="s">
-        <v>3067</v>
+        <v>3088</v>
       </c>
       <c r="C796" t="s" s="0">
-        <v>3068</v>
+        <v>3089</v>
       </c>
       <c r="D796" t="s" s="0">
-        <v>3069</v>
+        <v>3090</v>
       </c>
       <c r="E796" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="797" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A797" s="4" t="s">
-        <v>3070</v>
+        <v>3091</v>
       </c>
       <c r="B797" s="6" t="s">
-        <v>3071</v>
+        <v>3092</v>
       </c>
       <c r="C797" t="s" s="0">
-        <v>3072</v>
+        <v>3093</v>
       </c>
       <c r="D797" t="s" s="0">
-        <v>3073</v>
+        <v>3094</v>
       </c>
       <c r="E797" t="n" s="0">
-        <v>0.09</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="798" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A798" s="4" t="s">
-        <v>3074</v>
+        <v>3095</v>
       </c>
       <c r="B798" s="6" t="s">
-        <v>3075</v>
+        <v>3096</v>
       </c>
       <c r="C798" t="s" s="0">
-        <v>3076</v>
+        <v>3097</v>
       </c>
       <c r="D798" t="s" s="0">
-        <v>3077</v>
+        <v>3098</v>
       </c>
       <c r="E798" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="799" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A799" s="4" t="s">
-        <v>3078</v>
+        <v>3099</v>
       </c>
       <c r="B799" s="6" t="s">
-        <v>3079</v>
+        <v>3100</v>
       </c>
       <c r="C799" t="s" s="0">
-        <v>3080</v>
+        <v>3101</v>
       </c>
       <c r="D799" t="s" s="0">
-        <v>3081</v>
+        <v>3102</v>
       </c>
       <c r="E799" t="n" s="0">
-        <v>0.07</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="800" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A800" s="4" t="s">
-        <v>3082</v>
+        <v>3103</v>
       </c>
       <c r="B800" s="6" t="s">
-        <v>3083</v>
+        <v>3104</v>
       </c>
       <c r="C800" t="s" s="0">
-        <v>3084</v>
+        <v>3105</v>
       </c>
       <c r="D800" t="s" s="0">
-        <v>3085</v>
+        <v>3106</v>
       </c>
       <c r="E800" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="801" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A801" s="4" t="s">
-        <v>3086</v>
+        <v>3107</v>
       </c>
       <c r="B801" s="6" t="s">
-        <v>3087</v>
+        <v>3108</v>
       </c>
       <c r="C801" t="s" s="0">
-        <v>3088</v>
+        <v>3109</v>
       </c>
       <c r="D801" t="s" s="0">
-        <v>3089</v>
+        <v>3110</v>
       </c>
       <c r="E801" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="802" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A802" s="4" t="s">
-        <v>3090</v>
+        <v>3111</v>
       </c>
       <c r="B802" s="6" t="s">
-        <v>3091</v>
+        <v>19</v>
       </c>
       <c r="C802" t="s" s="0">
-        <v>3092</v>
+        <v>3112</v>
       </c>
       <c r="D802" t="s" s="0">
-        <v>3093</v>
+        <v>3113</v>
       </c>
       <c r="E802" t="n" s="0">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="803" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A803" s="4" t="s">
-        <v>3094</v>
+        <v>3114</v>
       </c>
       <c r="B803" s="6" t="s">
-        <v>3095</v>
+        <v>19</v>
       </c>
       <c r="C803" t="s" s="0">
-        <v>3096</v>
+        <v>3115</v>
       </c>
       <c r="D803" t="s" s="0">
-        <v>3097</v>
+        <v>3116</v>
       </c>
       <c r="E803" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="804" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A804" s="4" t="s">
-        <v>3098</v>
+        <v>3117</v>
       </c>
       <c r="B804" s="6" t="s">
-        <v>3099</v>
+        <v>19</v>
       </c>
       <c r="C804" t="s" s="0">
-        <v>3100</v>
+        <v>3118</v>
       </c>
       <c r="D804" t="s" s="0">
-        <v>3101</v>
+        <v>3119</v>
       </c>
       <c r="E804" t="n" s="0">
-        <v>0.08</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="805" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A805" s="4" t="s">
-        <v>3102</v>
+        <v>3120</v>
       </c>
       <c r="B805" s="6" t="s">
-        <v>3103</v>
+        <v>19</v>
       </c>
       <c r="C805" t="s" s="0">
-        <v>3104</v>
+        <v>3121</v>
       </c>
       <c r="D805" t="s" s="0">
-        <v>3105</v>
+        <v>3122</v>
       </c>
       <c r="E805" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="806" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A806" s="4" t="s">
-        <v>3106</v>
+        <v>3123</v>
       </c>
       <c r="B806" s="6" t="s">
-        <v>3107</v>
+        <v>3124</v>
       </c>
       <c r="C806" t="s" s="0">
-        <v>3108</v>
+        <v>3125</v>
       </c>
       <c r="D806" t="s" s="0">
-        <v>3109</v>
+        <v>3126</v>
       </c>
       <c r="E806" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="807" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A807" s="4" t="s">
-        <v>3110</v>
+        <v>3127</v>
       </c>
       <c r="B807" s="6" t="s">
-        <v>3111</v>
+        <v>3128</v>
       </c>
       <c r="C807" t="s" s="0">
-        <v>3112</v>
+        <v>3129</v>
       </c>
       <c r="D807" t="s" s="0">
-        <v>3113</v>
+        <v>3130</v>
       </c>
       <c r="E807" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="808" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A808" s="4" t="s">
-        <v>3114</v>
+        <v>3131</v>
       </c>
       <c r="B808" s="6" t="s">
-        <v>3115</v>
+        <v>3132</v>
       </c>
       <c r="C808" t="s" s="0">
-        <v>3116</v>
+        <v>3133</v>
       </c>
       <c r="D808" t="s" s="0">
-        <v>3117</v>
+        <v>3134</v>
       </c>
       <c r="E808" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="809" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A809" s="4" t="s">
-        <v>3118</v>
+        <v>3135</v>
       </c>
       <c r="B809" s="6" t="s">
-        <v>3119</v>
+        <v>3136</v>
       </c>
       <c r="C809" t="s" s="0">
-        <v>3120</v>
+        <v>3137</v>
       </c>
       <c r="D809" t="s" s="0">
-        <v>3121</v>
+        <v>3138</v>
       </c>
       <c r="E809" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="810" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A810" s="4" t="s">
-        <v>3122</v>
+        <v>3139</v>
       </c>
       <c r="B810" s="6" t="s">
-        <v>3123</v>
+        <v>3140</v>
       </c>
       <c r="C810" t="s" s="0">
-        <v>3124</v>
+        <v>3141</v>
       </c>
       <c r="D810" t="s" s="0">
-        <v>3125</v>
+        <v>3142</v>
       </c>
       <c r="E810" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="811" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A811" s="4" t="s">
-        <v>3126</v>
+        <v>3143</v>
       </c>
       <c r="B811" s="6" t="s">
-        <v>3127</v>
+        <v>3144</v>
       </c>
       <c r="C811" t="s" s="0">
-        <v>3128</v>
+        <v>3145</v>
       </c>
       <c r="D811" t="s" s="0">
-        <v>3129</v>
+        <v>3146</v>
       </c>
       <c r="E811" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="812" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A812" s="4" t="s">
-        <v>3130</v>
+        <v>3147</v>
       </c>
       <c r="B812" s="6" t="s">
-        <v>3131</v>
+        <v>3148</v>
       </c>
       <c r="C812" t="s" s="0">
-        <v>3132</v>
+        <v>3149</v>
       </c>
       <c r="D812" t="s" s="0">
-        <v>3133</v>
+        <v>3150</v>
       </c>
       <c r="E812" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="813" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A813" s="4" t="s">
-        <v>3134</v>
+        <v>3151</v>
       </c>
       <c r="B813" s="6" t="s">
-        <v>3135</v>
+        <v>3152</v>
       </c>
       <c r="C813" t="s" s="0">
-        <v>3136</v>
+        <v>3153</v>
       </c>
       <c r="D813" t="s" s="0">
-        <v>3137</v>
+        <v>3154</v>
       </c>
       <c r="E813" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="814" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A814" s="4" t="s">
-        <v>3138</v>
+        <v>3155</v>
       </c>
       <c r="B814" s="6" t="s">
-        <v>19</v>
+        <v>3156</v>
       </c>
       <c r="C814" t="s" s="0">
-        <v>3139</v>
+        <v>3157</v>
       </c>
       <c r="D814" t="s" s="0">
-        <v>3140</v>
+        <v>3158</v>
       </c>
       <c r="E814" t="n" s="0">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="815" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A815" s="4" t="s">
-        <v>3141</v>
+        <v>3159</v>
       </c>
       <c r="B815" s="6" t="s">
-        <v>3142</v>
+        <v>3160</v>
       </c>
       <c r="C815" t="s" s="0">
-        <v>3143</v>
+        <v>3161</v>
       </c>
       <c r="D815" t="s" s="0">
-        <v>3144</v>
+        <v>3162</v>
       </c>
       <c r="E815" t="n" s="0">
-        <v>0.01</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="816" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A816" s="4" t="s">
-        <v>3145</v>
+        <v>3163</v>
       </c>
       <c r="B816" s="6" t="s">
-        <v>3146</v>
+        <v>3164</v>
       </c>
       <c r="C816" t="s" s="0">
-        <v>3147</v>
+        <v>3165</v>
       </c>
       <c r="D816" t="s" s="0">
-        <v>3148</v>
+        <v>3166</v>
       </c>
       <c r="E816" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="817" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A817" s="4" t="s">
-        <v>3149</v>
+        <v>3167</v>
       </c>
       <c r="B817" s="6" t="s">
-        <v>19</v>
+        <v>3168</v>
       </c>
       <c r="C817" t="s" s="0">
-        <v>3150</v>
+        <v>3169</v>
       </c>
       <c r="D817" t="s" s="0">
-        <v>3151</v>
+        <v>3170</v>
       </c>
       <c r="E817" t="n" s="0">
-        <v>0.06</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="818" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A818" s="4" t="s">
-        <v>3152</v>
+        <v>3171</v>
       </c>
       <c r="B818" s="6" t="s">
-        <v>19</v>
+        <v>3172</v>
       </c>
       <c r="C818" t="s" s="0">
-        <v>3153</v>
+        <v>3173</v>
       </c>
       <c r="D818" t="s" s="0">
-        <v>3154</v>
+        <v>3174</v>
       </c>
       <c r="E818" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="819" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A819" s="4" t="s">
-        <v>3155</v>
+        <v>3175</v>
       </c>
       <c r="B819" s="6" t="s">
-        <v>3156</v>
+        <v>3176</v>
       </c>
       <c r="C819" t="s" s="0">
-        <v>3157</v>
+        <v>3177</v>
       </c>
       <c r="D819" t="s" s="0">
-        <v>19</v>
+        <v>3178</v>
       </c>
       <c r="E819" t="n" s="0">
-        <v>-0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="820" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A820" s="4" t="s">
-        <v>3158</v>
+        <v>3179</v>
       </c>
       <c r="B820" s="6" t="s">
-        <v>3159</v>
+        <v>3180</v>
       </c>
       <c r="C820" t="s" s="0">
-        <v>3160</v>
+        <v>3181</v>
       </c>
       <c r="D820" t="s" s="0">
-        <v>3161</v>
+        <v>3182</v>
       </c>
       <c r="E820" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="821" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A821" s="4" t="s">
-        <v>3162</v>
+        <v>3183</v>
       </c>
       <c r="B821" s="6" t="s">
-        <v>3163</v>
+        <v>3184</v>
       </c>
       <c r="C821" t="s" s="0">
-        <v>3164</v>
+        <v>3185</v>
       </c>
       <c r="D821" t="s" s="0">
-        <v>3165</v>
+        <v>3186</v>
       </c>
       <c r="E821" t="n" s="0">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="822" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A822" s="4" t="s">
-        <v>3166</v>
+        <v>3187</v>
       </c>
       <c r="B822" s="6" t="s">
-        <v>3167</v>
+        <v>3188</v>
       </c>
       <c r="C822" t="s" s="0">
-        <v>3168</v>
+        <v>3189</v>
       </c>
       <c r="D822" t="s" s="0">
-        <v>3169</v>
+        <v>3190</v>
       </c>
       <c r="E822" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="823" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A823" s="4" t="s">
-        <v>3170</v>
+        <v>3191</v>
       </c>
       <c r="B823" s="6" t="s">
-        <v>3171</v>
+        <v>3192</v>
       </c>
       <c r="C823" t="s" s="0">
-        <v>3172</v>
+        <v>3193</v>
       </c>
       <c r="D823" t="s" s="0">
-        <v>3173</v>
+        <v>3194</v>
       </c>
       <c r="E823" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="824" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A824" s="4" t="s">
-        <v>3174</v>
+        <v>3195</v>
       </c>
       <c r="B824" s="6" t="s">
-        <v>3175</v>
+        <v>3196</v>
       </c>
       <c r="C824" t="s" s="0">
-        <v>3176</v>
+        <v>3197</v>
       </c>
       <c r="D824" t="s" s="0">
-        <v>3177</v>
+        <v>3198</v>
       </c>
       <c r="E824" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="825" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A825" s="4" t="s">
-        <v>3178</v>
+        <v>3199</v>
       </c>
       <c r="B825" s="6" t="s">
-        <v>3179</v>
+        <v>3200</v>
       </c>
       <c r="C825" t="s" s="0">
-        <v>3180</v>
+        <v>3201</v>
       </c>
       <c r="D825" t="s" s="0">
-        <v>3181</v>
+        <v>3202</v>
       </c>
       <c r="E825" t="n" s="0">
-        <v>0.01</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="826" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A826" s="4" t="s">
-        <v>3182</v>
+        <v>3203</v>
       </c>
       <c r="B826" s="6" t="s">
-        <v>3183</v>
+        <v>19</v>
       </c>
       <c r="C826" t="s" s="0">
-        <v>3184</v>
+        <v>3204</v>
       </c>
       <c r="D826" t="s" s="0">
-        <v>3185</v>
+        <v>3205</v>
       </c>
       <c r="E826" t="n" s="0">
-        <v>0.03</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="827" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A827" s="4" t="s">
-        <v>3186</v>
+        <v>3206</v>
       </c>
       <c r="B827" s="6" t="s">
-        <v>3187</v>
+        <v>3207</v>
       </c>
       <c r="C827" t="s" s="0">
-        <v>3188</v>
+        <v>3208</v>
       </c>
       <c r="D827" t="s" s="0">
-        <v>3189</v>
+        <v>3209</v>
       </c>
       <c r="E827" t="n" s="0">
-        <v>0.56</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="828" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A828" s="4" t="s">
-        <v>3190</v>
+        <v>3210</v>
       </c>
       <c r="B828" s="6" t="s">
-        <v>3191</v>
+        <v>3211</v>
       </c>
       <c r="C828" t="s" s="0">
-        <v>3192</v>
+        <v>3212</v>
       </c>
       <c r="D828" t="s" s="0">
-        <v>3193</v>
+        <v>3213</v>
       </c>
       <c r="E828" t="n" s="0">
-        <v>0.05</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="829" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A829" s="4" t="s">
-        <v>3194</v>
+        <v>3214</v>
       </c>
       <c r="B829" s="6" t="s">
-        <v>3195</v>
+        <v>3215</v>
       </c>
       <c r="C829" t="s" s="0">
-        <v>3196</v>
+        <v>3216</v>
       </c>
       <c r="D829" t="s" s="0">
-        <v>3197</v>
+        <v>3217</v>
       </c>
       <c r="E829" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="830" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A830" s="4" t="s">
-        <v>3198</v>
+        <v>3218</v>
       </c>
       <c r="B830" s="6" t="s">
-        <v>3199</v>
+        <v>3219</v>
       </c>
       <c r="C830" t="s" s="0">
-        <v>3200</v>
+        <v>3220</v>
       </c>
       <c r="D830" t="s" s="0">
-        <v>3201</v>
+        <v>3221</v>
       </c>
       <c r="E830" t="n" s="0">
-        <v>0.04</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="831" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A831" s="4" t="s">
-        <v>3202</v>
+        <v>3222</v>
       </c>
       <c r="B831" s="6" t="s">
-        <v>3203</v>
+        <v>3223</v>
       </c>
       <c r="C831" t="s" s="0">
-        <v>3204</v>
+        <v>3224</v>
       </c>
       <c r="D831" t="s" s="0">
-        <v>3205</v>
+        <v>3225</v>
       </c>
       <c r="E831" t="n" s="0">
-        <v>0.06</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="832" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A832" s="4" t="s">
-        <v>3206</v>
+        <v>3226</v>
       </c>
       <c r="B832" s="6" t="s">
-        <v>3207</v>
+        <v>3227</v>
       </c>
       <c r="C832" t="s" s="0">
-        <v>3208</v>
+        <v>3228</v>
       </c>
       <c r="D832" t="s" s="0">
-        <v>3209</v>
+        <v>3229</v>
       </c>
       <c r="E832" t="n" s="0">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="833" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A833" s="4" t="s">
-        <v>3210</v>
+        <v>3230</v>
       </c>
       <c r="B833" s="6" t="s">
-        <v>3211</v>
+        <v>3231</v>
       </c>
       <c r="C833" t="s" s="0">
-        <v>3212</v>
+        <v>3232</v>
       </c>
       <c r="D833" t="s" s="0">
-        <v>3213</v>
+        <v>3233</v>
       </c>
       <c r="E833" t="n" s="0">
-        <v>0.01</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="834" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A834" s="4" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
       <c r="B834" s="6" t="s">
-        <v>3215</v>
+        <v>3235</v>
       </c>
       <c r="C834" t="s" s="0">
-        <v>3216</v>
+        <v>3236</v>
       </c>
       <c r="D834" t="s" s="0">
-        <v>3217</v>
+        <v>3237</v>
       </c>
       <c r="E834" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="835" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A835" s="4" t="s">
-        <v>3218</v>
+        <v>3238</v>
       </c>
       <c r="B835" s="6" t="s">
-        <v>3219</v>
+        <v>3239</v>
       </c>
       <c r="C835" t="s" s="0">
-        <v>3220</v>
+        <v>3240</v>
       </c>
       <c r="D835" t="s" s="0">
-        <v>3221</v>
+        <v>3241</v>
       </c>
       <c r="E835" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="836" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A836" s="4" t="s">
-        <v>3222</v>
+        <v>3242</v>
       </c>
       <c r="B836" s="6" t="s">
-        <v>3223</v>
+        <v>3243</v>
       </c>
       <c r="C836" t="s" s="0">
-        <v>3224</v>
+        <v>3244</v>
       </c>
       <c r="D836" t="s" s="0">
-        <v>3225</v>
+        <v>3245</v>
       </c>
       <c r="E836" t="n" s="0">
-        <v>0.02</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="837" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A837" s="4" t="s">
-        <v>3226</v>
+        <v>3246</v>
       </c>
       <c r="B837" s="6" t="s">
-        <v>3227</v>
+        <v>3247</v>
       </c>
       <c r="C837" t="s" s="0">
-        <v>3228</v>
+        <v>3248</v>
       </c>
       <c r="D837" t="s" s="0">
-        <v>3229</v>
+        <v>3249</v>
       </c>
       <c r="E837" t="n" s="0">
-        <v>0.04</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="838" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A838" s="4" t="s">
-        <v>3230</v>
+        <v>3250</v>
       </c>
       <c r="B838" s="6" t="s">
-        <v>3231</v>
+        <v>3251</v>
       </c>
       <c r="C838" t="s" s="0">
-        <v>3232</v>
+        <v>3252</v>
       </c>
       <c r="D838" t="s" s="0">
-        <v>3233</v>
+        <v>3253</v>
       </c>
       <c r="E838" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="839" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A839" s="4" t="s">
-        <v>3234</v>
+        <v>3254</v>
       </c>
       <c r="B839" s="6" t="s">
-        <v>3235</v>
+        <v>3255</v>
       </c>
       <c r="C839" t="s" s="0">
-        <v>3236</v>
+        <v>3256</v>
       </c>
       <c r="D839" t="s" s="0">
-        <v>3237</v>
+        <v>3257</v>
       </c>
       <c r="E839" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="840" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A840" s="4" t="s">
-        <v>3238</v>
+        <v>3258</v>
       </c>
       <c r="B840" s="6" t="s">
-        <v>3239</v>
+        <v>3259</v>
       </c>
       <c r="C840" t="s" s="0">
-        <v>3240</v>
+        <v>3260</v>
       </c>
       <c r="D840" t="s" s="0">
-        <v>3241</v>
+        <v>3261</v>
       </c>
       <c r="E840" t="n" s="0">
-        <v>0.33</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="841" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A841" s="4" t="s">
-        <v>3242</v>
+        <v>3262</v>
       </c>
       <c r="B841" s="6" t="s">
-        <v>3243</v>
+        <v>3263</v>
       </c>
       <c r="C841" t="s" s="0">
-        <v>3244</v>
+        <v>3264</v>
       </c>
       <c r="D841" t="s" s="0">
-        <v>3245</v>
+        <v>3265</v>
       </c>
       <c r="E841" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="842" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A842" s="4" t="s">
-        <v>3246</v>
+        <v>3266</v>
       </c>
       <c r="B842" s="6" t="s">
-        <v>19</v>
+        <v>3267</v>
       </c>
       <c r="C842" t="s" s="0">
-        <v>3247</v>
+        <v>3268</v>
       </c>
       <c r="D842" t="s" s="0">
-        <v>3248</v>
+        <v>3269</v>
       </c>
       <c r="E842" t="n" s="0">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="843" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A843" s="4" t="s">
-        <v>3249</v>
+        <v>3270</v>
       </c>
       <c r="B843" s="6" t="s">
-        <v>3250</v>
+        <v>3271</v>
       </c>
       <c r="C843" t="s" s="0">
-        <v>3251</v>
+        <v>3272</v>
       </c>
       <c r="D843" t="s" s="0">
-        <v>3252</v>
+        <v>3273</v>
       </c>
       <c r="E843" t="n" s="0">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="844" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A844" s="4" t="s">
-        <v>3253</v>
+        <v>3274</v>
       </c>
       <c r="B844" s="6" t="s">
-        <v>3254</v>
+        <v>3275</v>
       </c>
       <c r="C844" t="s" s="0">
-        <v>3255</v>
+        <v>3276</v>
       </c>
       <c r="D844" t="s" s="0">
-        <v>3256</v>
+        <v>3277</v>
       </c>
       <c r="E844" t="n" s="0">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="845" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A845" s="4" t="s">
-        <v>3257</v>
+        <v>3278</v>
       </c>
       <c r="B845" s="6" t="s">
-        <v>3258</v>
+        <v>3279</v>
       </c>
       <c r="C845" t="s" s="0">
-        <v>3259</v>
+        <v>3280</v>
       </c>
       <c r="D845" t="s" s="0">
-        <v>3260</v>
+        <v>3281</v>
       </c>
       <c r="E845" t="n" s="0">
-        <v>0.86</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="846" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A846" s="4" t="s">
-        <v>3261</v>
+        <v>3282</v>
       </c>
       <c r="B846" s="6" t="s">
-        <v>3262</v>
+        <v>3283</v>
       </c>
       <c r="C846" t="s" s="0">
-        <v>3263</v>
+        <v>3284</v>
       </c>
       <c r="D846" t="s" s="0">
-        <v>3264</v>
+        <v>3285</v>
       </c>
       <c r="E846" t="n" s="0">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="847" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A847" s="4" t="s">
-        <v>3265</v>
+        <v>3286</v>
       </c>
       <c r="B847" s="6" t="s">
-        <v>3266</v>
+        <v>3287</v>
       </c>
       <c r="C847" t="s" s="0">
-        <v>3267</v>
+        <v>3288</v>
       </c>
       <c r="D847" t="s" s="0">
-        <v>3268</v>
+        <v>3289</v>
       </c>
       <c r="E847" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="848" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A848" s="4" t="s">
-        <v>3269</v>
+        <v>3290</v>
       </c>
       <c r="B848" s="6" t="s">
-        <v>3270</v>
+        <v>3291</v>
       </c>
       <c r="C848" t="s" s="0">
-        <v>3271</v>
+        <v>3292</v>
       </c>
       <c r="D848" t="s" s="0">
-        <v>3272</v>
+        <v>3293</v>
       </c>
       <c r="E848" t="n" s="0">
-        <v>0.04</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="849" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A849" s="4" t="s">
-        <v>3273</v>
+        <v>3294</v>
       </c>
       <c r="B849" s="6" t="s">
-        <v>3274</v>
+        <v>3295</v>
       </c>
       <c r="C849" t="s" s="0">
-        <v>3275</v>
+        <v>3296</v>
       </c>
       <c r="D849" t="s" s="0">
-        <v>3276</v>
+        <v>3297</v>
       </c>
       <c r="E849" t="n" s="0">
-        <v>0.03</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="850" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A850" s="4" t="s">
-        <v>3277</v>
+        <v>3298</v>
       </c>
       <c r="B850" s="6" t="s">
-        <v>3278</v>
+        <v>3299</v>
       </c>
       <c r="C850" t="s" s="0">
-        <v>3279</v>
+        <v>3300</v>
       </c>
       <c r="D850" t="s" s="0">
-        <v>3280</v>
+        <v>3301</v>
       </c>
       <c r="E850" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="851" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A851" s="4" t="s">
-        <v>3281</v>
+        <v>3302</v>
       </c>
       <c r="B851" s="6" t="s">
-        <v>3282</v>
+        <v>3303</v>
       </c>
       <c r="C851" t="s" s="0">
-        <v>3283</v>
+        <v>3304</v>
       </c>
       <c r="D851" t="s" s="0">
-        <v>3284</v>
+        <v>3305</v>
       </c>
       <c r="E851" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="852" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A852" s="4" t="s">
-        <v>3285</v>
+        <v>3306</v>
       </c>
       <c r="B852" s="6" t="s">
-        <v>3286</v>
+        <v>3307</v>
       </c>
       <c r="C852" t="s" s="0">
-        <v>3287</v>
+        <v>3308</v>
       </c>
       <c r="D852" t="s" s="0">
-        <v>3288</v>
+        <v>3309</v>
       </c>
       <c r="E852" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="853" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A853" s="4" t="s">
-        <v>3289</v>
+        <v>3310</v>
       </c>
       <c r="B853" s="6" t="s">
-        <v>3290</v>
+        <v>3311</v>
       </c>
       <c r="C853" t="s" s="0">
-        <v>3291</v>
+        <v>3312</v>
       </c>
       <c r="D853" t="s" s="0">
-        <v>3292</v>
+        <v>3313</v>
       </c>
       <c r="E853" t="n" s="0">
-        <v>0.07</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="854" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A854" s="4" t="s">
-        <v>3293</v>
+        <v>3314</v>
       </c>
       <c r="B854" s="6" t="s">
-        <v>3294</v>
+        <v>3315</v>
       </c>
       <c r="C854" t="s" s="0">
-        <v>3295</v>
+        <v>3316</v>
       </c>
       <c r="D854" t="s" s="0">
-        <v>3296</v>
+        <v>3317</v>
       </c>
       <c r="E854" t="n" s="0">
-        <v>0.06</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="855" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A855" s="4" t="s">
-        <v>3297</v>
+        <v>3318</v>
       </c>
       <c r="B855" s="6" t="s">
-        <v>3298</v>
+        <v>3319</v>
       </c>
       <c r="C855" t="s" s="0">
-        <v>3299</v>
+        <v>3320</v>
       </c>
       <c r="D855" t="s" s="0">
-        <v>3300</v>
+        <v>3321</v>
       </c>
       <c r="E855" t="n" s="0">
-        <v>0.01</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="856" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A856" s="4" t="s">
-        <v>3301</v>
+        <v>3322</v>
       </c>
       <c r="B856" s="6" t="s">
-        <v>3302</v>
+        <v>19</v>
       </c>
       <c r="C856" t="s" s="0">
-        <v>3303</v>
+        <v>3323</v>
       </c>
       <c r="D856" t="s" s="0">
-        <v>3304</v>
+        <v>3324</v>
       </c>
       <c r="E856" t="n" s="0">
-        <v>0.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="857" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A857" s="4" t="s">
-        <v>3305</v>
+        <v>3325</v>
       </c>
       <c r="B857" s="6" t="s">
-        <v>19</v>
+        <v>3326</v>
       </c>
       <c r="C857" t="s" s="0">
-        <v>3306</v>
+        <v>3327</v>
       </c>
       <c r="D857" t="s" s="0">
-        <v>3307</v>
+        <v>3328</v>
       </c>
       <c r="E857" t="n" s="0">
-        <v>0.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="858" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A858" s="4" t="s">
-        <v>3308</v>
+        <v>3329</v>
       </c>
       <c r="B858" s="6" t="s">
-        <v>3309</v>
+        <v>3330</v>
       </c>
       <c r="C858" t="s" s="0">
-        <v>3310</v>
+        <v>3331</v>
       </c>
       <c r="D858" t="s" s="0">
-        <v>3311</v>
+        <v>3332</v>
       </c>
       <c r="E858" t="n" s="0">
-        <v>0.04</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="859" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A859" s="4" t="s">
-        <v>3312</v>
+        <v>3333</v>
       </c>
       <c r="B859" s="6" t="s">
-        <v>3313</v>
+        <v>3334</v>
       </c>
       <c r="C859" t="s" s="0">
-        <v>3314</v>
+        <v>3335</v>
       </c>
       <c r="D859" t="s" s="0">
-        <v>3315</v>
+        <v>3336</v>
       </c>
       <c r="E859" t="n" s="0">
-        <v>0.07</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="860" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A860" s="4" t="s">
-        <v>3316</v>
+        <v>3337</v>
       </c>
       <c r="B860" s="6" t="s">
-        <v>3317</v>
+        <v>3338</v>
       </c>
       <c r="C860" t="s" s="0">
-        <v>3318</v>
+        <v>3339</v>
       </c>
       <c r="D860" t="s" s="0">
-        <v>3319</v>
+        <v>3340</v>
       </c>
       <c r="E860" t="n" s="0">
-        <v>0.07</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="861" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A861" s="4" t="s">
-        <v>3320</v>
+        <v>3341</v>
       </c>
       <c r="B861" s="6" t="s">
-        <v>3321</v>
+        <v>3342</v>
       </c>
       <c r="C861" t="s" s="0">
-        <v>3322</v>
+        <v>3343</v>
       </c>
       <c r="D861" t="s" s="0">
-        <v>3323</v>
+        <v>3344</v>
       </c>
       <c r="E861" t="n" s="0">
-        <v>0.14</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="862" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A862" s="4" t="s">
-        <v>3324</v>
+        <v>3345</v>
       </c>
       <c r="B862" s="6" t="s">
-        <v>3325</v>
+        <v>3346</v>
       </c>
       <c r="C862" t="s" s="0">
-        <v>3326</v>
+        <v>3347</v>
       </c>
       <c r="D862" t="s" s="0">
-        <v>3327</v>
+        <v>3348</v>
       </c>
       <c r="E862" t="n" s="0">
-        <v>0.25</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="863" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A863" s="4" t="s">
-        <v>3328</v>
+        <v>3349</v>
       </c>
       <c r="B863" s="6" t="s">
-        <v>3329</v>
+        <v>3350</v>
       </c>
       <c r="C863" t="s" s="0">
-        <v>3330</v>
+        <v>3351</v>
       </c>
       <c r="D863" t="s" s="0">
-        <v>3331</v>
+        <v>3352</v>
       </c>
       <c r="E863" t="n" s="0">
-        <v>0.0</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="864" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A864" s="4" t="s">
-        <v>3332</v>
+        <v>3353</v>
       </c>
       <c r="B864" s="6" t="s">
-        <v>19</v>
+        <v>3354</v>
       </c>
       <c r="C864" t="s" s="0">
-        <v>3333</v>
+        <v>3355</v>
       </c>
       <c r="D864" t="s" s="0">
-        <v>3334</v>
+        <v>3356</v>
       </c>
       <c r="E864" t="n" s="0">
-        <v>0.09</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="865" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A865" s="4" t="s">
-        <v>3335</v>
+        <v>3357</v>
       </c>
       <c r="B865" s="6" t="s">
-        <v>3336</v>
+        <v>3358</v>
       </c>
       <c r="C865" t="s" s="0">
-        <v>3337</v>
+        <v>3359</v>
       </c>
       <c r="D865" t="s" s="0">
-        <v>3338</v>
+        <v>3360</v>
       </c>
       <c r="E865" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="866" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A866" s="4" t="s">
-        <v>3339</v>
+        <v>3361</v>
       </c>
       <c r="B866" s="6" t="s">
-        <v>3340</v>
+        <v>3362</v>
       </c>
       <c r="C866" t="s" s="0">
-        <v>3341</v>
+        <v>3363</v>
       </c>
       <c r="D866" t="s" s="0">
-        <v>3342</v>
+        <v>3364</v>
       </c>
       <c r="E866" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="867" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A867" s="4" t="s">
-        <v>3343</v>
+        <v>3365</v>
       </c>
       <c r="B867" s="6" t="s">
-        <v>3344</v>
+        <v>3366</v>
       </c>
       <c r="C867" t="s" s="0">
-        <v>3345</v>
+        <v>3367</v>
       </c>
       <c r="D867" t="s" s="0">
-        <v>3346</v>
+        <v>3368</v>
       </c>
       <c r="E867" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="868" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A868" s="4" t="s">
-        <v>3347</v>
+        <v>3369</v>
       </c>
       <c r="B868" s="6" t="s">
-        <v>3348</v>
+        <v>3370</v>
       </c>
       <c r="C868" t="s" s="0">
-        <v>3349</v>
+        <v>3371</v>
       </c>
       <c r="D868" t="s" s="0">
-        <v>3350</v>
+        <v>3372</v>
       </c>
       <c r="E868" t="n" s="0">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="869" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A869" s="4" t="s">
-        <v>3351</v>
+        <v>3373</v>
       </c>
       <c r="B869" s="6" t="s">
-        <v>3352</v>
+        <v>3374</v>
       </c>
       <c r="C869" t="s" s="0">
-        <v>3353</v>
+        <v>3375</v>
       </c>
       <c r="D869" t="s" s="0">
-        <v>3354</v>
+        <v>3376</v>
       </c>
       <c r="E869" t="n" s="0">
-        <v>0.15</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="870" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A870" s="4" t="s">
-        <v>3355</v>
+        <v>3377</v>
       </c>
       <c r="B870" s="6" t="s">
-        <v>3356</v>
+        <v>3378</v>
       </c>
       <c r="C870" t="s" s="0">
-        <v>3357</v>
+        <v>3379</v>
       </c>
       <c r="D870" t="s" s="0">
-        <v>3358</v>
+        <v>3380</v>
       </c>
       <c r="E870" t="n" s="0">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="871" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A871" s="4" t="s">
-        <v>3359</v>
+        <v>3381</v>
       </c>
       <c r="B871" s="6" t="s">
-        <v>3360</v>
+        <v>3382</v>
       </c>
       <c r="C871" t="s" s="0">
-        <v>3361</v>
+        <v>19</v>
       </c>
       <c r="D871" t="s" s="0">
-        <v>3362</v>
+        <v>19</v>
       </c>
       <c r="E871" t="n" s="0">
-        <v>0.01</v>
+        <v>-0.07</v>
       </c>
     </row>
     <row r="872" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A872" s="4" t="s">
-        <v>3363</v>
+        <v>3383</v>
       </c>
       <c r="B872" s="6" t="s">
-        <v>3364</v>
+        <v>3384</v>
       </c>
       <c r="C872" t="s" s="0">
-        <v>3365</v>
+        <v>3385</v>
       </c>
       <c r="D872" t="s" s="0">
-        <v>3366</v>
+        <v>3386</v>
       </c>
       <c r="E872" t="n" s="0">
-        <v>0.04</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="873" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A873" s="4" t="s">
-        <v>3367</v>
+        <v>3387</v>
       </c>
       <c r="B873" s="6" t="s">
-        <v>3368</v>
+        <v>3388</v>
       </c>
       <c r="C873" t="s" s="0">
-        <v>3369</v>
+        <v>3389</v>
       </c>
       <c r="D873" t="s" s="0">
-        <v>3370</v>
+        <v>3390</v>
       </c>
       <c r="E873" t="n" s="0">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="874" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A874" s="4" t="s">
-        <v>3371</v>
+        <v>3391</v>
       </c>
       <c r="B874" s="6" t="s">
-        <v>3372</v>
+        <v>3392</v>
       </c>
       <c r="C874" t="s" s="0">
-        <v>3373</v>
+        <v>3393</v>
       </c>
       <c r="D874" t="s" s="0">
-        <v>3374</v>
+        <v>3394</v>
       </c>
       <c r="E874" t="n" s="0">
-        <v>0.01</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="875" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A875" s="4" t="s">
-        <v>3375</v>
+        <v>3395</v>
       </c>
       <c r="B875" s="6" t="s">
-        <v>19</v>
+        <v>3396</v>
       </c>
       <c r="C875" t="s" s="0">
-        <v>3376</v>
+        <v>3397</v>
       </c>
       <c r="D875" t="s" s="0">
-        <v>3377</v>
+        <v>3398</v>
       </c>
       <c r="E875" t="n" s="0">
-        <v>0.1</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="876" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A876" s="4" t="s">
-        <v>3378</v>
+        <v>3399</v>
       </c>
       <c r="B876" s="6" t="s">
-        <v>3379</v>
+        <v>3400</v>
       </c>
       <c r="C876" t="s" s="0">
-        <v>3380</v>
+        <v>3401</v>
       </c>
       <c r="D876" t="s" s="0">
-        <v>3381</v>
+        <v>3402</v>
       </c>
       <c r="E876" t="n" s="0">
-        <v>0.21</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="877" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A877" s="4" t="s">
-        <v>3382</v>
+        <v>3403</v>
       </c>
       <c r="B877" s="6" t="s">
-        <v>3383</v>
+        <v>3404</v>
       </c>
       <c r="C877" t="s" s="0">
-        <v>3384</v>
+        <v>3405</v>
       </c>
       <c r="D877" t="s" s="0">
-        <v>3385</v>
+        <v>3406</v>
       </c>
       <c r="E877" t="n" s="0">
-        <v>0.13</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="878" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A878" s="4" t="s">
-        <v>3386</v>
+        <v>3407</v>
       </c>
       <c r="B878" s="6" t="s">
-        <v>19</v>
+        <v>3408</v>
       </c>
       <c r="C878" t="s" s="0">
-        <v>3387</v>
+        <v>3409</v>
       </c>
       <c r="D878" t="s" s="0">
-        <v>3388</v>
+        <v>3410</v>
       </c>
       <c r="E878" t="n" s="0">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="879" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A879" s="4" t="s">
-        <v>3389</v>
+        <v>3411</v>
       </c>
       <c r="B879" s="6" t="s">
-        <v>3390</v>
+        <v>3412</v>
       </c>
       <c r="C879" t="s" s="0">
-        <v>3391</v>
+        <v>3413</v>
       </c>
       <c r="D879" t="s" s="0">
-        <v>3392</v>
+        <v>3414</v>
       </c>
       <c r="E879" t="n" s="0">
-        <v>0.03</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="880" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A880" s="4" t="s">
-        <v>3393</v>
+        <v>3415</v>
       </c>
       <c r="B880" s="6" t="s">
-        <v>19</v>
+        <v>3416</v>
       </c>
       <c r="C880" t="s" s="0">
-        <v>3394</v>
+        <v>3417</v>
       </c>
       <c r="D880" t="s" s="0">
-        <v>3395</v>
+        <v>3418</v>
       </c>
       <c r="E880" t="n" s="0">
-        <v>0.33</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="881" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A881" s="4" t="s">
-        <v>3396</v>
+        <v>3419</v>
       </c>
       <c r="B881" s="6" t="s">
-        <v>19</v>
+        <v>3420</v>
       </c>
       <c r="C881" t="s" s="0">
-        <v>3397</v>
+        <v>3421</v>
       </c>
       <c r="D881" t="s" s="0">
-        <v>3398</v>
+        <v>3422</v>
       </c>
       <c r="E881" t="n" s="0">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="882" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A882" s="4" t="s">
-        <v>3399</v>
+        <v>3423</v>
       </c>
       <c r="B882" s="6" t="s">
-        <v>3400</v>
+        <v>3424</v>
       </c>
       <c r="C882" t="s" s="0">
-        <v>3401</v>
+        <v>3425</v>
       </c>
       <c r="D882" t="s" s="0">
-        <v>3402</v>
+        <v>3426</v>
       </c>
       <c r="E882" t="n" s="0">
-        <v>0.21</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="883" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A883" s="4" t="s">
-        <v>3403</v>
+        <v>3427</v>
       </c>
       <c r="B883" s="6" t="s">
-        <v>3404</v>
+        <v>3428</v>
       </c>
       <c r="C883" t="s" s="0">
-        <v>3405</v>
+        <v>3429</v>
       </c>
       <c r="D883" t="s" s="0">
-        <v>3406</v>
+        <v>3430</v>
       </c>
       <c r="E883" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="884" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A884" s="4" t="s">
-        <v>3407</v>
+        <v>3431</v>
       </c>
       <c r="B884" s="6" t="s">
-        <v>3408</v>
+        <v>3432</v>
       </c>
       <c r="C884" t="s" s="0">
-        <v>3409</v>
+        <v>3433</v>
       </c>
       <c r="D884" t="s" s="0">
-        <v>3410</v>
+        <v>3434</v>
       </c>
       <c r="E884" t="n" s="0">
-        <v>0.16</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="885" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A885" s="4" t="s">
-        <v>3411</v>
+        <v>3435</v>
       </c>
       <c r="B885" s="6" t="s">
-        <v>3412</v>
+        <v>3436</v>
       </c>
       <c r="C885" t="s" s="0">
-        <v>3413</v>
+        <v>3437</v>
       </c>
       <c r="D885" t="s" s="0">
-        <v>3414</v>
+        <v>3438</v>
       </c>
       <c r="E885" t="n" s="0">
-        <v>0.14</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="886" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A886" s="4" t="s">
-        <v>3415</v>
+        <v>3439</v>
       </c>
       <c r="B886" s="6" t="s">
-        <v>3416</v>
+        <v>3440</v>
       </c>
       <c r="C886" t="s" s="0">
-        <v>3417</v>
+        <v>3441</v>
       </c>
       <c r="D886" t="s" s="0">
-        <v>3418</v>
+        <v>3442</v>
       </c>
       <c r="E886" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="887" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A887" s="4" t="s">
-        <v>3419</v>
+        <v>3443</v>
       </c>
       <c r="B887" s="6" t="s">
-        <v>3420</v>
+        <v>3444</v>
       </c>
       <c r="C887" t="s" s="0">
-        <v>3421</v>
+        <v>3445</v>
       </c>
       <c r="D887" t="s" s="0">
-        <v>3422</v>
+        <v>3446</v>
       </c>
       <c r="E887" t="n" s="0">
-        <v>0.72</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="888" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A888" s="4" t="s">
-        <v>3423</v>
+        <v>3447</v>
       </c>
       <c r="B888" s="6" t="s">
-        <v>3424</v>
+        <v>3448</v>
       </c>
       <c r="C888" t="s" s="0">
-        <v>3425</v>
+        <v>3449</v>
       </c>
       <c r="D888" t="s" s="0">
-        <v>3426</v>
+        <v>3450</v>
       </c>
       <c r="E888" t="n" s="0">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="889" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A889" s="4" t="s">
-        <v>3427</v>
+        <v>3451</v>
       </c>
       <c r="B889" s="6" t="s">
-        <v>3428</v>
+        <v>3452</v>
       </c>
       <c r="C889" t="s" s="0">
-        <v>3429</v>
+        <v>3453</v>
       </c>
       <c r="D889" t="s" s="0">
-        <v>3430</v>
+        <v>3454</v>
       </c>
       <c r="E889" t="n" s="0">
-        <v>0.39</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="890" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A890" s="4" t="s">
-        <v>3431</v>
+        <v>3455</v>
       </c>
       <c r="B890" s="6" t="s">
-        <v>3432</v>
+        <v>3456</v>
       </c>
       <c r="C890" t="s" s="0">
-        <v>3433</v>
+        <v>3457</v>
       </c>
       <c r="D890" t="s" s="0">
-        <v>3434</v>
+        <v>3458</v>
       </c>
       <c r="E890" t="n" s="0">
-        <v>0.22</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="891" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A891" s="4" t="s">
-        <v>3435</v>
+        <v>3459</v>
       </c>
       <c r="B891" s="6" t="s">
-        <v>3436</v>
+        <v>3460</v>
       </c>
       <c r="C891" t="s" s="0">
-        <v>3437</v>
+        <v>3461</v>
       </c>
       <c r="D891" t="s" s="0">
-        <v>3438</v>
+        <v>3462</v>
       </c>
       <c r="E891" t="n" s="0">
-        <v>0.08</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="892" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A892" s="4" t="s">
-        <v>3439</v>
+        <v>3463</v>
       </c>
       <c r="B892" s="6" t="s">
-        <v>3440</v>
+        <v>3464</v>
       </c>
       <c r="C892" t="s" s="0">
-        <v>3441</v>
+        <v>3465</v>
       </c>
       <c r="D892" t="s" s="0">
-        <v>3442</v>
+        <v>3466</v>
       </c>
       <c r="E892" t="n" s="0">
-        <v>2.86</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="893" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A893" s="4" t="s">
-        <v>3443</v>
+        <v>3467</v>
       </c>
       <c r="B893" s="6" t="s">
-        <v>3444</v>
+        <v>3468</v>
       </c>
       <c r="C893" t="s" s="0">
-        <v>3445</v>
+        <v>3469</v>
       </c>
       <c r="D893" t="s" s="0">
-        <v>3446</v>
+        <v>3470</v>
       </c>
       <c r="E893" t="n" s="0">
-        <v>2.63</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="894" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A894" s="4" t="s">
-        <v>3447</v>
+        <v>3471</v>
       </c>
       <c r="B894" s="6" t="s">
-        <v>3448</v>
+        <v>3472</v>
       </c>
       <c r="C894" t="s" s="0">
-        <v>3449</v>
+        <v>3473</v>
       </c>
       <c r="D894" t="s" s="0">
-        <v>3450</v>
+        <v>3474</v>
       </c>
       <c r="E894" t="n" s="0">
-        <v>5.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="895" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A895" s="4" t="s">
-        <v>3451</v>
+        <v>3475</v>
       </c>
       <c r="B895" s="6" t="s">
-        <v>3452</v>
+        <v>19</v>
       </c>
       <c r="C895" t="s" s="0">
-        <v>3453</v>
+        <v>3476</v>
       </c>
       <c r="D895" t="s" s="0">
-        <v>3454</v>
+        <v>3477</v>
       </c>
       <c r="E895" t="n" s="0">
-        <v>0.19</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="896" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A896" s="4" t="s">
-        <v>3455</v>
+        <v>3478</v>
       </c>
       <c r="B896" s="6" t="s">
-        <v>3456</v>
+        <v>3479</v>
       </c>
       <c r="C896" t="s" s="0">
-        <v>3457</v>
+        <v>3480</v>
       </c>
       <c r="D896" t="s" s="0">
-        <v>3458</v>
+        <v>3481</v>
       </c>
       <c r="E896" t="n" s="0">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="897" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A897" s="4" t="s">
-        <v>3459</v>
+        <v>3482</v>
       </c>
       <c r="B897" s="6" t="s">
-        <v>3460</v>
+        <v>3483</v>
       </c>
       <c r="C897" t="s" s="0">
-        <v>3461</v>
+        <v>3484</v>
       </c>
       <c r="D897" t="s" s="0">
-        <v>3462</v>
+        <v>3485</v>
       </c>
       <c r="E897" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="898" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A898" s="4" t="s">
-        <v>3463</v>
+        <v>3486</v>
       </c>
       <c r="B898" s="6" t="s">
-        <v>3464</v>
+        <v>3487</v>
       </c>
       <c r="C898" t="s" s="0">
-        <v>3465</v>
+        <v>3488</v>
       </c>
       <c r="D898" t="s" s="0">
-        <v>3466</v>
+        <v>3489</v>
       </c>
       <c r="E898" t="n" s="0">
-        <v>0.01</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="899" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A899" s="4" t="s">
-        <v>3467</v>
+        <v>3490</v>
       </c>
       <c r="B899" s="6" t="s">
-        <v>19</v>
+        <v>3491</v>
       </c>
       <c r="C899" t="s" s="0">
-        <v>3468</v>
+        <v>3492</v>
       </c>
       <c r="D899" t="s" s="0">
-        <v>3469</v>
+        <v>3493</v>
       </c>
       <c r="E899" t="n" s="0">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="900" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A900" s="4" t="s">
-        <v>3470</v>
+        <v>3494</v>
       </c>
       <c r="B900" s="6" t="s">
-        <v>3471</v>
+        <v>3495</v>
       </c>
       <c r="C900" t="s" s="0">
-        <v>3472</v>
+        <v>3496</v>
       </c>
       <c r="D900" t="s" s="0">
-        <v>3473</v>
+        <v>3497</v>
       </c>
       <c r="E900" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="901" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A901" s="4" t="s">
-        <v>3474</v>
+        <v>3498</v>
       </c>
       <c r="B901" s="6" t="s">
-        <v>3475</v>
+        <v>3499</v>
       </c>
       <c r="C901" t="s" s="0">
-        <v>3476</v>
+        <v>3500</v>
       </c>
       <c r="D901" t="s" s="0">
-        <v>3477</v>
+        <v>3501</v>
       </c>
       <c r="E901" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="902" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A902" s="4" t="s">
-        <v>3478</v>
+        <v>3502</v>
       </c>
       <c r="B902" s="6" t="s">
-        <v>3479</v>
+        <v>3503</v>
       </c>
       <c r="C902" t="s" s="0">
-        <v>3480</v>
+        <v>3504</v>
       </c>
       <c r="D902" t="s" s="0">
-        <v>3481</v>
+        <v>3505</v>
       </c>
       <c r="E902" t="n" s="0">
-        <v>0.06</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="903" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A903" s="4" t="s">
-        <v>3482</v>
+        <v>3506</v>
       </c>
       <c r="B903" s="6" t="s">
-        <v>3483</v>
+        <v>3507</v>
       </c>
       <c r="C903" t="s" s="0">
-        <v>3484</v>
+        <v>3508</v>
       </c>
       <c r="D903" t="s" s="0">
-        <v>3485</v>
+        <v>3509</v>
       </c>
       <c r="E903" t="n" s="0">
-        <v>0.01</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="904" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A904" s="4" t="s">
-        <v>3486</v>
+        <v>3510</v>
       </c>
       <c r="B904" s="6" t="s">
-        <v>3487</v>
+        <v>3511</v>
       </c>
       <c r="C904" t="s" s="0">
-        <v>3488</v>
+        <v>3512</v>
       </c>
       <c r="D904" t="s" s="0">
-        <v>3489</v>
+        <v>3513</v>
       </c>
       <c r="E904" t="n" s="0">
-        <v>0.01</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="905" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A905" s="4" t="s">
-        <v>3490</v>
+        <v>3514</v>
       </c>
       <c r="B905" s="6" t="s">
-        <v>3491</v>
+        <v>3515</v>
       </c>
       <c r="C905" t="s" s="0">
-        <v>3492</v>
+        <v>3516</v>
       </c>
       <c r="D905" t="s" s="0">
-        <v>3493</v>
+        <v>3517</v>
       </c>
       <c r="E905" t="n" s="0">
-        <v>0.07</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="906" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A906" s="4" t="s">
-        <v>3494</v>
+        <v>3518</v>
       </c>
       <c r="B906" s="6" t="s">
-        <v>3495</v>
+        <v>3519</v>
       </c>
       <c r="C906" t="s" s="0">
-        <v>3496</v>
+        <v>3520</v>
       </c>
       <c r="D906" t="s" s="0">
-        <v>3497</v>
+        <v>3521</v>
       </c>
       <c r="E906" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="907" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A907" s="4" t="s">
-        <v>3498</v>
+        <v>3522</v>
       </c>
       <c r="B907" s="6" t="s">
-        <v>3499</v>
+        <v>3523</v>
       </c>
       <c r="C907" t="s" s="0">
-        <v>3500</v>
+        <v>3524</v>
       </c>
       <c r="D907" t="s" s="0">
-        <v>3501</v>
+        <v>3525</v>
       </c>
       <c r="E907" t="n" s="0">
-        <v>0.19</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="908" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A908" s="4" t="s">
-        <v>3502</v>
+        <v>3526</v>
       </c>
       <c r="B908" s="6" t="s">
-        <v>3503</v>
+        <v>3527</v>
       </c>
       <c r="C908" t="s" s="0">
-        <v>3504</v>
+        <v>3528</v>
       </c>
       <c r="D908" t="s" s="0">
-        <v>3505</v>
+        <v>3529</v>
       </c>
       <c r="E908" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="909" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A909" s="4" t="s">
-        <v>3506</v>
+        <v>3530</v>
       </c>
       <c r="B909" s="6" t="s">
-        <v>3507</v>
+        <v>3531</v>
       </c>
       <c r="C909" t="s" s="0">
-        <v>3508</v>
+        <v>3532</v>
       </c>
       <c r="D909" t="s" s="0">
-        <v>3509</v>
+        <v>3533</v>
       </c>
       <c r="E909" t="n" s="0">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="910" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A910" s="4" t="s">
-        <v>3510</v>
+        <v>3534</v>
       </c>
       <c r="B910" s="6" t="s">
-        <v>3511</v>
+        <v>3535</v>
       </c>
       <c r="C910" t="s" s="0">
-        <v>3512</v>
+        <v>3536</v>
       </c>
       <c r="D910" t="s" s="0">
-        <v>3513</v>
+        <v>3537</v>
       </c>
       <c r="E910" t="n" s="0">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="911" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A911" s="4" t="s">
-        <v>3514</v>
+        <v>3538</v>
       </c>
       <c r="B911" s="6" t="s">
-        <v>3515</v>
+        <v>3539</v>
       </c>
       <c r="C911" t="s" s="0">
-        <v>3516</v>
+        <v>3540</v>
       </c>
       <c r="D911" t="s" s="0">
-        <v>3517</v>
+        <v>3541</v>
       </c>
       <c r="E911" t="n" s="0">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="912" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A912" s="4" t="s">
-        <v>3518</v>
+        <v>3542</v>
       </c>
       <c r="B912" s="6" t="s">
-        <v>3519</v>
+        <v>3543</v>
       </c>
       <c r="C912" t="s" s="0">
-        <v>3520</v>
+        <v>3544</v>
       </c>
       <c r="D912" t="s" s="0">
-        <v>3521</v>
+        <v>3545</v>
       </c>
       <c r="E912" t="n" s="0">
-        <v>0.5</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="913" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A913" s="4" t="s">
-        <v>3522</v>
+        <v>3546</v>
       </c>
       <c r="B913" s="6" t="s">
-        <v>3523</v>
+        <v>3547</v>
       </c>
       <c r="C913" t="s" s="0">
-        <v>3524</v>
+        <v>3548</v>
       </c>
       <c r="D913" t="s" s="0">
-        <v>3525</v>
+        <v>3549</v>
       </c>
       <c r="E913" t="n" s="0">
         <v>0.03</v>
       </c>
     </row>
     <row r="914" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A914" s="4" t="s">
-        <v>3526</v>
+        <v>3550</v>
       </c>
       <c r="B914" s="6" t="s">
-        <v>3527</v>
+        <v>3551</v>
       </c>
       <c r="C914" t="s" s="0">
-        <v>3528</v>
+        <v>3552</v>
       </c>
       <c r="D914" t="s" s="0">
-        <v>3529</v>
+        <v>3553</v>
       </c>
       <c r="E914" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="915" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A915" s="4" t="s">
-        <v>3530</v>
+        <v>3554</v>
       </c>
       <c r="B915" s="6" t="s">
-        <v>3531</v>
+        <v>3555</v>
       </c>
       <c r="C915" t="s" s="0">
-        <v>3532</v>
+        <v>3556</v>
       </c>
       <c r="D915" t="s" s="0">
-        <v>3533</v>
+        <v>3557</v>
       </c>
       <c r="E915" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="916" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A916" s="4" t="s">
-        <v>3534</v>
+        <v>3558</v>
       </c>
       <c r="B916" s="6" t="s">
-        <v>3535</v>
+        <v>19</v>
       </c>
       <c r="C916" t="s" s="0">
-        <v>3536</v>
+        <v>3559</v>
       </c>
       <c r="D916" t="s" s="0">
-        <v>3537</v>
+        <v>3560</v>
       </c>
       <c r="E916" t="n" s="0">
-        <v>0.01</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="917" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A917" s="4" t="s">
-        <v>3538</v>
+        <v>3561</v>
       </c>
       <c r="B917" s="6" t="s">
-        <v>3539</v>
+        <v>19</v>
       </c>
       <c r="C917" t="s" s="0">
-        <v>3540</v>
+        <v>3562</v>
       </c>
       <c r="D917" t="s" s="0">
-        <v>3541</v>
+        <v>3563</v>
       </c>
       <c r="E917" t="n" s="0">
-        <v>0.02</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="918" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A918" s="4" t="s">
-        <v>3542</v>
+        <v>3564</v>
       </c>
       <c r="B918" s="6" t="s">
-        <v>3543</v>
+        <v>19</v>
       </c>
       <c r="C918" t="s" s="0">
-        <v>3544</v>
+        <v>3565</v>
       </c>
       <c r="D918" t="s" s="0">
-        <v>3545</v>
+        <v>3566</v>
       </c>
       <c r="E918" t="n" s="0">
-        <v>0.02</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="919" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A919" s="4" t="s">
-        <v>3546</v>
+        <v>3567</v>
       </c>
       <c r="B919" s="6" t="s">
-        <v>3547</v>
+        <v>19</v>
       </c>
       <c r="C919" t="s" s="0">
-        <v>3548</v>
+        <v>3568</v>
       </c>
       <c r="D919" t="s" s="0">
-        <v>3549</v>
+        <v>3569</v>
       </c>
       <c r="E919" t="n" s="0">
-        <v>0.27</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="920" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A920" s="4" t="s">
-        <v>3550</v>
+        <v>3570</v>
       </c>
       <c r="B920" s="6" t="s">
-        <v>3551</v>
+        <v>3571</v>
       </c>
       <c r="C920" t="s" s="0">
-        <v>3552</v>
+        <v>3572</v>
       </c>
       <c r="D920" t="s" s="0">
-        <v>3553</v>
+        <v>3573</v>
       </c>
       <c r="E920" t="n" s="0">
-        <v>0.13</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="921" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A921" s="4" t="s">
-        <v>3554</v>
+        <v>3574</v>
       </c>
       <c r="B921" s="6" t="s">
-        <v>3555</v>
+        <v>3575</v>
       </c>
       <c r="C921" t="s" s="0">
-        <v>3556</v>
+        <v>3576</v>
       </c>
       <c r="D921" t="s" s="0">
-        <v>3557</v>
+        <v>3577</v>
       </c>
       <c r="E921" t="n" s="0">
-        <v>0.01</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="922" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A922" s="4" t="s">
-        <v>3558</v>
+        <v>3578</v>
       </c>
       <c r="B922" s="6" t="s">
-        <v>3559</v>
+        <v>3579</v>
       </c>
       <c r="C922" t="s" s="0">
-        <v>3560</v>
+        <v>3580</v>
       </c>
       <c r="D922" t="s" s="0">
-        <v>3561</v>
+        <v>3581</v>
       </c>
       <c r="E922" t="n" s="0">
-        <v>0.04</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="923" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A923" s="4" t="s">
-        <v>3562</v>
+        <v>3582</v>
       </c>
       <c r="B923" s="6" t="s">
-        <v>3563</v>
+        <v>3583</v>
       </c>
       <c r="C923" t="s" s="0">
-        <v>3564</v>
+        <v>3584</v>
       </c>
       <c r="D923" t="s" s="0">
-        <v>3565</v>
+        <v>3585</v>
       </c>
       <c r="E923" t="n" s="0">
-        <v>0.05</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="924" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A924" s="4" t="s">
-        <v>3566</v>
+        <v>3586</v>
       </c>
       <c r="B924" s="6" t="s">
-        <v>3567</v>
+        <v>3587</v>
       </c>
       <c r="C924" t="s" s="0">
-        <v>3568</v>
+        <v>3588</v>
       </c>
       <c r="D924" t="s" s="0">
-        <v>3569</v>
+        <v>3589</v>
       </c>
       <c r="E924" t="n" s="0">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="925" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A925" s="4" t="s">
-        <v>3570</v>
+        <v>3590</v>
       </c>
       <c r="B925" s="6" t="s">
-        <v>3571</v>
+        <v>3591</v>
       </c>
       <c r="C925" t="s" s="0">
-        <v>3572</v>
+        <v>3592</v>
       </c>
       <c r="D925" t="s" s="0">
-        <v>3573</v>
+        <v>3593</v>
       </c>
       <c r="E925" t="n" s="0">
-        <v>0.02</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="926" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A926" s="4" t="s">
-        <v>3574</v>
+        <v>3594</v>
       </c>
       <c r="B926" s="6" t="s">
-        <v>3575</v>
+        <v>3595</v>
       </c>
       <c r="C926" t="s" s="0">
-        <v>3576</v>
+        <v>3596</v>
       </c>
       <c r="D926" t="s" s="0">
-        <v>3577</v>
+        <v>3597</v>
       </c>
       <c r="E926" t="n" s="0">
-        <v>0.11</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="927" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A927" s="4" t="s">
-        <v>3578</v>
+        <v>3598</v>
       </c>
       <c r="B927" s="6" t="s">
-        <v>3579</v>
+        <v>3599</v>
       </c>
       <c r="C927" t="s" s="0">
-        <v>3580</v>
+        <v>3600</v>
       </c>
       <c r="D927" t="s" s="0">
-        <v>3581</v>
+        <v>3601</v>
       </c>
       <c r="E927" t="n" s="0">
-        <v>0.12</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="928" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A928" s="4" t="s">
-        <v>3582</v>
+        <v>3602</v>
       </c>
       <c r="B928" s="6" t="s">
-        <v>3583</v>
+        <v>3603</v>
       </c>
       <c r="C928" t="s" s="0">
-        <v>3584</v>
+        <v>3604</v>
       </c>
       <c r="D928" t="s" s="0">
-        <v>3585</v>
+        <v>3605</v>
       </c>
       <c r="E928" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="929" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A929" s="4" t="s">
-        <v>3586</v>
+        <v>3606</v>
       </c>
       <c r="B929" s="6" t="s">
-        <v>3587</v>
+        <v>3607</v>
       </c>
       <c r="C929" t="s" s="0">
-        <v>3588</v>
+        <v>3608</v>
       </c>
       <c r="D929" t="s" s="0">
-        <v>3589</v>
+        <v>3609</v>
       </c>
       <c r="E929" t="n" s="0">
-        <v>0.02</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="930" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A930" s="4" t="s">
-        <v>3590</v>
+        <v>3610</v>
       </c>
       <c r="B930" s="6" t="s">
-        <v>3591</v>
+        <v>3611</v>
       </c>
       <c r="C930" t="s" s="0">
-        <v>3592</v>
+        <v>3612</v>
       </c>
       <c r="D930" t="s" s="0">
-        <v>3593</v>
+        <v>3613</v>
       </c>
       <c r="E930" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="931" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A931" s="4" t="s">
-        <v>3594</v>
+        <v>3614</v>
       </c>
       <c r="B931" s="6" t="s">
-        <v>3595</v>
+        <v>3615</v>
       </c>
       <c r="C931" t="s" s="0">
-        <v>3596</v>
+        <v>3616</v>
       </c>
       <c r="D931" t="s" s="0">
-        <v>3597</v>
+        <v>3617</v>
       </c>
       <c r="E931" t="n" s="0">
-        <v>0.01</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="932" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A932" s="4" t="s">
-        <v>3598</v>
+        <v>3618</v>
       </c>
       <c r="B932" s="6" t="s">
-        <v>3599</v>
+        <v>3619</v>
       </c>
       <c r="C932" t="s" s="0">
-        <v>3600</v>
+        <v>3620</v>
       </c>
       <c r="D932" t="s" s="0">
-        <v>3601</v>
+        <v>3621</v>
       </c>
       <c r="E932" t="n" s="0">
-        <v>0.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="933" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A933" s="4" t="s">
-        <v>3602</v>
+        <v>3622</v>
       </c>
       <c r="B933" s="6" t="s">
-        <v>3603</v>
+        <v>3623</v>
       </c>
       <c r="C933" t="s" s="0">
-        <v>3604</v>
+        <v>3624</v>
       </c>
       <c r="D933" t="s" s="0">
-        <v>3605</v>
+        <v>3625</v>
       </c>
       <c r="E933" t="n" s="0">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="934" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A934" s="4" t="s">
-        <v>3606</v>
+        <v>3626</v>
       </c>
       <c r="B934" s="6" t="s">
-        <v>3607</v>
+        <v>3627</v>
       </c>
       <c r="C934" t="s" s="0">
-        <v>3608</v>
+        <v>3628</v>
       </c>
       <c r="D934" t="s" s="0">
-        <v>3609</v>
+        <v>3629</v>
       </c>
       <c r="E934" t="n" s="0">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="935" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A935" s="4" t="s">
-        <v>3610</v>
+        <v>3630</v>
       </c>
       <c r="B935" s="6" t="s">
-        <v>3611</v>
+        <v>3631</v>
       </c>
       <c r="C935" t="s" s="0">
-        <v>3612</v>
+        <v>3632</v>
       </c>
       <c r="D935" t="s" s="0">
-        <v>3613</v>
+        <v>3633</v>
       </c>
       <c r="E935" t="n" s="0">
-        <v>0.02</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="936" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A936" s="4" t="s">
-        <v>3614</v>
+        <v>3634</v>
       </c>
       <c r="B936" s="6" t="s">
-        <v>3615</v>
+        <v>3635</v>
       </c>
       <c r="C936" t="s" s="0">
-        <v>3616</v>
+        <v>3636</v>
       </c>
       <c r="D936" t="s" s="0">
-        <v>3617</v>
+        <v>3637</v>
       </c>
       <c r="E936" t="n" s="0">
-        <v>0.17</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="937" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A937" s="4" t="s">
-        <v>3618</v>
+        <v>3638</v>
       </c>
       <c r="B937" s="6" t="s">
-        <v>3619</v>
+        <v>3639</v>
       </c>
       <c r="C937" t="s" s="0">
-        <v>3620</v>
+        <v>3640</v>
       </c>
       <c r="D937" t="s" s="0">
-        <v>3621</v>
+        <v>3641</v>
       </c>
       <c r="E937" t="n" s="0">
-        <v>0.03</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="938" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A938" s="4" t="s">
-        <v>3622</v>
+        <v>3642</v>
       </c>
       <c r="B938" s="6" t="s">
-        <v>3623</v>
+        <v>3643</v>
       </c>
       <c r="C938" t="s" s="0">
-        <v>3624</v>
+        <v>3644</v>
       </c>
       <c r="D938" t="s" s="0">
-        <v>3625</v>
+        <v>3645</v>
       </c>
       <c r="E938" t="n" s="0">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="939" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A939" s="4" t="s">
-        <v>3626</v>
+        <v>3646</v>
       </c>
       <c r="B939" s="6" t="s">
-        <v>3627</v>
+        <v>3647</v>
       </c>
       <c r="C939" t="s" s="0">
-        <v>3628</v>
+        <v>3648</v>
       </c>
       <c r="D939" t="s" s="0">
-        <v>3629</v>
+        <v>3649</v>
       </c>
       <c r="E939" t="n" s="0">
         <v>0.02</v>
       </c>
     </row>
     <row r="940" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A940" s="4" t="s">
-        <v>3630</v>
+        <v>3650</v>
       </c>
       <c r="B940" s="6" t="s">
-        <v>3631</v>
+        <v>3651</v>
       </c>
       <c r="C940" t="s" s="0">
-        <v>3632</v>
+        <v>3652</v>
       </c>
       <c r="D940" t="s" s="0">
-        <v>3633</v>
+        <v>3653</v>
       </c>
       <c r="E940" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="941" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A941" s="4" t="s">
-        <v>3634</v>
+        <v>3654</v>
       </c>
       <c r="B941" s="6" t="s">
-        <v>3635</v>
+        <v>3655</v>
       </c>
       <c r="C941" t="s" s="0">
-        <v>3636</v>
+        <v>3656</v>
       </c>
       <c r="D941" t="s" s="0">
-        <v>3637</v>
+        <v>3657</v>
       </c>
       <c r="E941" t="n" s="0">
-        <v>0.16</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="942" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A942" s="4" t="s">
-        <v>3638</v>
+        <v>3658</v>
       </c>
       <c r="B942" s="6" t="s">
-        <v>3639</v>
+        <v>3659</v>
       </c>
       <c r="C942" t="s" s="0">
-        <v>3640</v>
+        <v>3660</v>
       </c>
       <c r="D942" t="s" s="0">
-        <v>3641</v>
+        <v>3661</v>
       </c>
       <c r="E942" t="n" s="0">
         <v>0.01</v>
       </c>
     </row>
     <row r="943" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A943" s="4" t="s">
-        <v>3642</v>
+        <v>3662</v>
       </c>
       <c r="B943" s="6" t="s">
-        <v>3643</v>
+        <v>3663</v>
       </c>
       <c r="C943" t="s" s="0">
-        <v>3644</v>
+        <v>3664</v>
       </c>
       <c r="D943" t="s" s="0">
-        <v>3645</v>
+        <v>3665</v>
       </c>
       <c r="E943" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="944" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A944" s="4" t="s">
+        <v>3666</v>
+      </c>
+      <c r="B944" s="6" t="s">
+        <v>3667</v>
+      </c>
+      <c r="C944" t="s" s="0">
+        <v>3668</v>
+      </c>
+      <c r="D944" t="s" s="0">
+        <v>3669</v>
+      </c>
+      <c r="E944" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="945" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A945" s="4" t="s">
+        <v>3670</v>
+      </c>
+      <c r="B945" s="6" t="s">
+        <v>3671</v>
+      </c>
+      <c r="C945" t="s" s="0">
+        <v>3672</v>
+      </c>
+      <c r="D945" t="s" s="0">
+        <v>3673</v>
+      </c>
+      <c r="E945" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="946" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A946" s="4" t="s">
+        <v>3674</v>
+      </c>
+      <c r="B946" s="6" t="s">
+        <v>3675</v>
+      </c>
+      <c r="C946" t="s" s="0">
+        <v>3676</v>
+      </c>
+      <c r="D946" t="s" s="0">
+        <v>3677</v>
+      </c>
+      <c r="E946" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="947" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A947" s="4" t="s">
+        <v>3678</v>
+      </c>
+      <c r="B947" s="6" t="s">
+        <v>3679</v>
+      </c>
+      <c r="C947" t="s" s="0">
+        <v>3680</v>
+      </c>
+      <c r="D947" t="s" s="0">
+        <v>3681</v>
+      </c>
+      <c r="E947" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="948" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A948" s="4" t="s">
+        <v>3682</v>
+      </c>
+      <c r="B948" s="6" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C948" t="s" s="0">
+        <v>3684</v>
+      </c>
+      <c r="D948" t="s" s="0">
+        <v>3685</v>
+      </c>
+      <c r="E948" t="n" s="0">
         <v>0.05</v>
       </c>
     </row>
-    <row r="948" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A948" s="2" t="s">
+    <row r="949" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A949" s="4" t="s">
+        <v>3686</v>
+      </c>
+      <c r="B949" s="6" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C949" t="s" s="0">
+        <v>3688</v>
+      </c>
+      <c r="D949" t="s" s="0">
         <v>19</v>
       </c>
-      <c r="B948" s="2"/>
-[...2 lines deleted...]
-      <c r="A949" s="2" t="s">
+      <c r="E949" t="n" s="0">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="950" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A950" s="4" t="s">
+        <v>3689</v>
+      </c>
+      <c r="B950" s="6" t="s">
+        <v>3690</v>
+      </c>
+      <c r="C950" t="s" s="0">
+        <v>3691</v>
+      </c>
+      <c r="D950" t="s" s="0">
+        <v>3692</v>
+      </c>
+      <c r="E950" t="n" s="0">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="951" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A951" s="4" t="s">
+        <v>3693</v>
+      </c>
+      <c r="B951" s="6" t="s">
+        <v>3694</v>
+      </c>
+      <c r="C951" t="s" s="0">
+        <v>3695</v>
+      </c>
+      <c r="D951" t="s" s="0">
+        <v>3696</v>
+      </c>
+      <c r="E951" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="952" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A952" s="4" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B952" s="6" t="s">
+        <v>3698</v>
+      </c>
+      <c r="C952" t="s" s="0">
+        <v>3699</v>
+      </c>
+      <c r="D952" t="s" s="0">
+        <v>3700</v>
+      </c>
+      <c r="E952" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="953" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A953" s="4" t="s">
+        <v>3701</v>
+      </c>
+      <c r="B953" s="6" t="s">
+        <v>3702</v>
+      </c>
+      <c r="C953" t="s" s="0">
+        <v>3703</v>
+      </c>
+      <c r="D953" t="s" s="0">
+        <v>3704</v>
+      </c>
+      <c r="E953" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="954" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A954" s="4" t="s">
+        <v>3705</v>
+      </c>
+      <c r="B954" s="6" t="s">
+        <v>3706</v>
+      </c>
+      <c r="C954" t="s" s="0">
+        <v>3707</v>
+      </c>
+      <c r="D954" t="s" s="0">
+        <v>3708</v>
+      </c>
+      <c r="E954" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="955" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A955" s="4" t="s">
+        <v>3709</v>
+      </c>
+      <c r="B955" s="6" t="s">
+        <v>3710</v>
+      </c>
+      <c r="C955" t="s" s="0">
+        <v>3711</v>
+      </c>
+      <c r="D955" t="s" s="0">
+        <v>3712</v>
+      </c>
+      <c r="E955" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="956" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A956" s="4" t="s">
+        <v>3713</v>
+      </c>
+      <c r="B956" s="6" t="s">
+        <v>3714</v>
+      </c>
+      <c r="C956" t="s" s="0">
+        <v>3715</v>
+      </c>
+      <c r="D956" t="s" s="0">
+        <v>3716</v>
+      </c>
+      <c r="E956" t="n" s="0">
+        <v>0.66</v>
+      </c>
+    </row>
+    <row r="957" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A957" s="4" t="s">
+        <v>3717</v>
+      </c>
+      <c r="B957" s="6" t="s">
+        <v>3718</v>
+      </c>
+      <c r="C957" t="s" s="0">
+        <v>3719</v>
+      </c>
+      <c r="D957" t="s" s="0">
+        <v>3720</v>
+      </c>
+      <c r="E957" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="958" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A958" s="4" t="s">
+        <v>3721</v>
+      </c>
+      <c r="B958" s="6" t="s">
+        <v>3722</v>
+      </c>
+      <c r="C958" t="s" s="0">
+        <v>3723</v>
+      </c>
+      <c r="D958" t="s" s="0">
+        <v>3724</v>
+      </c>
+      <c r="E958" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="959" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A959" s="4" t="s">
+        <v>3725</v>
+      </c>
+      <c r="B959" s="6" t="s">
+        <v>3726</v>
+      </c>
+      <c r="C959" t="s" s="0">
+        <v>3727</v>
+      </c>
+      <c r="D959" t="s" s="0">
+        <v>3728</v>
+      </c>
+      <c r="E959" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="960" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A960" s="4" t="s">
+        <v>3729</v>
+      </c>
+      <c r="B960" s="6" t="s">
+        <v>3730</v>
+      </c>
+      <c r="C960" t="s" s="0">
+        <v>3731</v>
+      </c>
+      <c r="D960" t="s" s="0">
+        <v>3732</v>
+      </c>
+      <c r="E960" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="961" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A961" s="4" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B961" s="6" t="s">
+        <v>3734</v>
+      </c>
+      <c r="C961" t="s" s="0">
+        <v>3735</v>
+      </c>
+      <c r="D961" t="s" s="0">
+        <v>3736</v>
+      </c>
+      <c r="E961" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="962" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A962" s="4" t="s">
+        <v>3737</v>
+      </c>
+      <c r="B962" s="6" t="s">
+        <v>3738</v>
+      </c>
+      <c r="C962" t="s" s="0">
+        <v>3739</v>
+      </c>
+      <c r="D962" t="s" s="0">
+        <v>3740</v>
+      </c>
+      <c r="E962" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="963" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A963" s="4" t="s">
+        <v>3741</v>
+      </c>
+      <c r="B963" s="6" t="s">
+        <v>3742</v>
+      </c>
+      <c r="C963" t="s" s="0">
+        <v>3743</v>
+      </c>
+      <c r="D963" t="s" s="0">
+        <v>3744</v>
+      </c>
+      <c r="E963" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="964" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A964" s="4" t="s">
+        <v>3745</v>
+      </c>
+      <c r="B964" s="6" t="s">
+        <v>3746</v>
+      </c>
+      <c r="C964" t="s" s="0">
+        <v>3747</v>
+      </c>
+      <c r="D964" t="s" s="0">
+        <v>3748</v>
+      </c>
+      <c r="E964" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="965" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A965" s="4" t="s">
+        <v>3749</v>
+      </c>
+      <c r="B965" s="6" t="s">
+        <v>3750</v>
+      </c>
+      <c r="C965" t="s" s="0">
+        <v>3751</v>
+      </c>
+      <c r="D965" t="s" s="0">
+        <v>3752</v>
+      </c>
+      <c r="E965" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="966" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A966" s="4" t="s">
+        <v>3753</v>
+      </c>
+      <c r="B966" s="6" t="s">
+        <v>3754</v>
+      </c>
+      <c r="C966" t="s" s="0">
+        <v>3755</v>
+      </c>
+      <c r="D966" t="s" s="0">
+        <v>3756</v>
+      </c>
+      <c r="E966" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="967" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A967" s="4" t="s">
+        <v>3757</v>
+      </c>
+      <c r="B967" s="6" t="s">
+        <v>3758</v>
+      </c>
+      <c r="C967" t="s" s="0">
+        <v>3759</v>
+      </c>
+      <c r="D967" t="s" s="0">
+        <v>3760</v>
+      </c>
+      <c r="E967" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="968" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A968" s="4" t="s">
+        <v>3761</v>
+      </c>
+      <c r="B968" s="6" t="s">
+        <v>3762</v>
+      </c>
+      <c r="C968" t="s" s="0">
+        <v>3763</v>
+      </c>
+      <c r="D968" t="s" s="0">
+        <v>3764</v>
+      </c>
+      <c r="E968" t="n" s="0">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="969" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A969" s="4" t="s">
+        <v>3765</v>
+      </c>
+      <c r="B969" s="6" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C969" t="s" s="0">
+        <v>3767</v>
+      </c>
+      <c r="D969" t="s" s="0">
+        <v>3768</v>
+      </c>
+      <c r="E969" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="970" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A970" s="4" t="s">
+        <v>3769</v>
+      </c>
+      <c r="B970" s="6" t="s">
+        <v>3770</v>
+      </c>
+      <c r="C970" t="s" s="0">
+        <v>3771</v>
+      </c>
+      <c r="D970" t="s" s="0">
+        <v>3772</v>
+      </c>
+      <c r="E970" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="971" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A971" s="4" t="s">
+        <v>3773</v>
+      </c>
+      <c r="B971" s="6" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C971" t="s" s="0">
+        <v>3775</v>
+      </c>
+      <c r="D971" t="s" s="0">
+        <v>3776</v>
+      </c>
+      <c r="E971" t="n" s="0">
+        <v>0.28</v>
+      </c>
+    </row>
+    <row r="972" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A972" s="4" t="s">
+        <v>3777</v>
+      </c>
+      <c r="B972" s="6" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C972" t="s" s="0">
+        <v>3779</v>
+      </c>
+      <c r="D972" t="s" s="0">
+        <v>3780</v>
+      </c>
+      <c r="E972" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="973" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A973" s="4" t="s">
+        <v>3781</v>
+      </c>
+      <c r="B973" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B949" s="2"/>
-[...2 lines deleted...]
-      <c r="A950" s="2" t="s">
+      <c r="C973" t="s" s="0">
+        <v>3782</v>
+      </c>
+      <c r="D973" t="s" s="0">
+        <v>3783</v>
+      </c>
+      <c r="E973" t="n" s="0">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="974" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A974" s="4" t="s">
+        <v>3784</v>
+      </c>
+      <c r="B974" s="6" t="s">
+        <v>3785</v>
+      </c>
+      <c r="C974" t="s" s="0">
+        <v>3786</v>
+      </c>
+      <c r="D974" t="s" s="0">
+        <v>3787</v>
+      </c>
+      <c r="E974" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="975" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A975" s="4" t="s">
+        <v>3788</v>
+      </c>
+      <c r="B975" s="6" t="s">
+        <v>3789</v>
+      </c>
+      <c r="C975" t="s" s="0">
+        <v>3790</v>
+      </c>
+      <c r="D975" t="s" s="0">
+        <v>3791</v>
+      </c>
+      <c r="E975" t="n" s="0">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="976" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A976" s="4" t="s">
+        <v>3792</v>
+      </c>
+      <c r="B976" s="6" t="s">
+        <v>3793</v>
+      </c>
+      <c r="C976" t="s" s="0">
+        <v>3794</v>
+      </c>
+      <c r="D976" t="s" s="0">
+        <v>3795</v>
+      </c>
+      <c r="E976" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="977" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A977" s="4" t="s">
+        <v>3796</v>
+      </c>
+      <c r="B977" s="6" t="s">
+        <v>3797</v>
+      </c>
+      <c r="C977" t="s" s="0">
+        <v>3798</v>
+      </c>
+      <c r="D977" t="s" s="0">
+        <v>3799</v>
+      </c>
+      <c r="E977" t="n" s="0">
+        <v>0.76</v>
+      </c>
+    </row>
+    <row r="978" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A978" s="4" t="s">
+        <v>3800</v>
+      </c>
+      <c r="B978" s="6" t="s">
+        <v>3801</v>
+      </c>
+      <c r="C978" t="s" s="0">
+        <v>3802</v>
+      </c>
+      <c r="D978" t="s" s="0">
+        <v>3803</v>
+      </c>
+      <c r="E978" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="979" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A979" s="4" t="s">
+        <v>3804</v>
+      </c>
+      <c r="B979" s="6" t="s">
+        <v>3805</v>
+      </c>
+      <c r="C979" t="s" s="0">
+        <v>3806</v>
+      </c>
+      <c r="D979" t="s" s="0">
+        <v>3807</v>
+      </c>
+      <c r="E979" t="n" s="0">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="980" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A980" s="4" t="s">
+        <v>3808</v>
+      </c>
+      <c r="B980" s="6" t="s">
+        <v>3809</v>
+      </c>
+      <c r="C980" t="s" s="0">
+        <v>3810</v>
+      </c>
+      <c r="D980" t="s" s="0">
+        <v>3811</v>
+      </c>
+      <c r="E980" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="981" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A981" s="4" t="s">
+        <v>3812</v>
+      </c>
+      <c r="B981" s="6" t="s">
+        <v>3813</v>
+      </c>
+      <c r="C981" t="s" s="0">
+        <v>3814</v>
+      </c>
+      <c r="D981" t="s" s="0">
+        <v>3815</v>
+      </c>
+      <c r="E981" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="982" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A982" s="4" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B982" s="6" t="s">
+        <v>3817</v>
+      </c>
+      <c r="C982" t="s" s="0">
+        <v>3818</v>
+      </c>
+      <c r="D982" t="s" s="0">
+        <v>3819</v>
+      </c>
+      <c r="E982" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="983" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A983" s="4" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B983" s="6" t="s">
+        <v>3821</v>
+      </c>
+      <c r="C983" t="s" s="0">
+        <v>3822</v>
+      </c>
+      <c r="D983" t="s" s="0">
+        <v>3823</v>
+      </c>
+      <c r="E983" t="n" s="0">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="984" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A984" s="4" t="s">
+        <v>3824</v>
+      </c>
+      <c r="B984" s="6" t="s">
+        <v>3825</v>
+      </c>
+      <c r="C984" t="s" s="0">
+        <v>3826</v>
+      </c>
+      <c r="D984" t="s" s="0">
+        <v>3827</v>
+      </c>
+      <c r="E984" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="985" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A985" s="4" t="s">
+        <v>3828</v>
+      </c>
+      <c r="B985" s="6" t="s">
+        <v>3829</v>
+      </c>
+      <c r="C985" t="s" s="0">
+        <v>3830</v>
+      </c>
+      <c r="D985" t="s" s="0">
+        <v>3831</v>
+      </c>
+      <c r="E985" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="986" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A986" s="4" t="s">
+        <v>3832</v>
+      </c>
+      <c r="B986" s="6" t="s">
+        <v>3833</v>
+      </c>
+      <c r="C986" t="s" s="0">
+        <v>3834</v>
+      </c>
+      <c r="D986" t="s" s="0">
+        <v>3835</v>
+      </c>
+      <c r="E986" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="987" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A987" s="4" t="s">
+        <v>3836</v>
+      </c>
+      <c r="B987" s="6" t="s">
+        <v>3837</v>
+      </c>
+      <c r="C987" t="s" s="0">
+        <v>3838</v>
+      </c>
+      <c r="D987" t="s" s="0">
+        <v>3839</v>
+      </c>
+      <c r="E987" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="988" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A988" s="4" t="s">
+        <v>3840</v>
+      </c>
+      <c r="B988" s="6" t="s">
+        <v>3841</v>
+      </c>
+      <c r="C988" t="s" s="0">
+        <v>3842</v>
+      </c>
+      <c r="D988" t="s" s="0">
+        <v>3843</v>
+      </c>
+      <c r="E988" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="989" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A989" s="4" t="s">
+        <v>3844</v>
+      </c>
+      <c r="B989" s="6" t="s">
+        <v>3845</v>
+      </c>
+      <c r="C989" t="s" s="0">
+        <v>3846</v>
+      </c>
+      <c r="D989" t="s" s="0">
+        <v>3847</v>
+      </c>
+      <c r="E989" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="990" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A990" s="4" t="s">
+        <v>3848</v>
+      </c>
+      <c r="B990" s="6" t="s">
+        <v>3849</v>
+      </c>
+      <c r="C990" t="s" s="0">
+        <v>3850</v>
+      </c>
+      <c r="D990" t="s" s="0">
+        <v>3851</v>
+      </c>
+      <c r="E990" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="991" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A991" s="4" t="s">
+        <v>3852</v>
+      </c>
+      <c r="B991" s="6" t="s">
+        <v>3853</v>
+      </c>
+      <c r="C991" t="s" s="0">
+        <v>3854</v>
+      </c>
+      <c r="D991" t="s" s="0">
+        <v>3855</v>
+      </c>
+      <c r="E991" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="992" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A992" s="4" t="s">
+        <v>3856</v>
+      </c>
+      <c r="B992" s="6" t="s">
+        <v>3857</v>
+      </c>
+      <c r="C992" t="s" s="0">
+        <v>3858</v>
+      </c>
+      <c r="D992" t="s" s="0">
+        <v>3859</v>
+      </c>
+      <c r="E992" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="993" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A993" s="4" t="s">
+        <v>3860</v>
+      </c>
+      <c r="B993" s="6" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C993" t="s" s="0">
+        <v>3862</v>
+      </c>
+      <c r="D993" t="s" s="0">
+        <v>3863</v>
+      </c>
+      <c r="E993" t="n" s="0">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="994" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A994" s="4" t="s">
+        <v>3864</v>
+      </c>
+      <c r="B994" s="6" t="s">
+        <v>3865</v>
+      </c>
+      <c r="C994" t="s" s="0">
+        <v>3866</v>
+      </c>
+      <c r="D994" t="s" s="0">
+        <v>3867</v>
+      </c>
+      <c r="E994" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="995" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A995" s="4" t="s">
+        <v>3868</v>
+      </c>
+      <c r="B995" s="6" t="s">
+        <v>3869</v>
+      </c>
+      <c r="C995" t="s" s="0">
+        <v>3870</v>
+      </c>
+      <c r="D995" t="s" s="0">
+        <v>3871</v>
+      </c>
+      <c r="E995" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="996" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A996" s="4" t="s">
+        <v>3872</v>
+      </c>
+      <c r="B996" s="6" t="s">
+        <v>3873</v>
+      </c>
+      <c r="C996" t="s" s="0">
+        <v>3874</v>
+      </c>
+      <c r="D996" t="s" s="0">
+        <v>3875</v>
+      </c>
+      <c r="E996" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="997" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A997" s="4" t="s">
+        <v>3876</v>
+      </c>
+      <c r="B997" s="6" t="s">
+        <v>3877</v>
+      </c>
+      <c r="C997" t="s" s="0">
+        <v>3878</v>
+      </c>
+      <c r="D997" t="s" s="0">
+        <v>3879</v>
+      </c>
+      <c r="E997" t="n" s="0">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="998" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A998" s="4" t="s">
+        <v>3880</v>
+      </c>
+      <c r="B998" s="6" t="s">
+        <v>3881</v>
+      </c>
+      <c r="C998" t="s" s="0">
+        <v>3882</v>
+      </c>
+      <c r="D998" t="s" s="0">
+        <v>3883</v>
+      </c>
+      <c r="E998" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="999" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A999" s="4" t="s">
+        <v>3884</v>
+      </c>
+      <c r="B999" s="6" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C999" t="s" s="0">
+        <v>3886</v>
+      </c>
+      <c r="D999" t="s" s="0">
+        <v>3887</v>
+      </c>
+      <c r="E999" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1000" s="4" t="s">
+        <v>3888</v>
+      </c>
+      <c r="B1000" s="6" t="s">
+        <v>3889</v>
+      </c>
+      <c r="C1000" t="s" s="0">
+        <v>3890</v>
+      </c>
+      <c r="D1000" t="s" s="0">
+        <v>3891</v>
+      </c>
+      <c r="E1000" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1001" s="4" t="s">
+        <v>3892</v>
+      </c>
+      <c r="B1001" s="6" t="s">
+        <v>3893</v>
+      </c>
+      <c r="C1001" t="s" s="0">
+        <v>3894</v>
+      </c>
+      <c r="D1001" t="s" s="0">
+        <v>3895</v>
+      </c>
+      <c r="E1001" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1002" s="4" t="s">
+        <v>3896</v>
+      </c>
+      <c r="B1002" s="6" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C1002" t="s" s="0">
+        <v>3898</v>
+      </c>
+      <c r="D1002" t="s" s="0">
+        <v>3899</v>
+      </c>
+      <c r="E1002" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1003" s="4" t="s">
+        <v>3900</v>
+      </c>
+      <c r="B1003" s="6" t="s">
+        <v>3901</v>
+      </c>
+      <c r="C1003" t="s" s="0">
+        <v>3902</v>
+      </c>
+      <c r="D1003" t="s" s="0">
+        <v>3903</v>
+      </c>
+      <c r="E1003" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1004" s="4" t="s">
+        <v>3904</v>
+      </c>
+      <c r="B1004" s="6" t="s">
+        <v>3905</v>
+      </c>
+      <c r="C1004" t="s" s="0">
+        <v>3906</v>
+      </c>
+      <c r="D1004" t="s" s="0">
+        <v>3907</v>
+      </c>
+      <c r="E1004" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1005" s="4" t="s">
+        <v>3908</v>
+      </c>
+      <c r="B1005" s="6" t="s">
+        <v>3909</v>
+      </c>
+      <c r="C1005" t="s" s="0">
+        <v>3910</v>
+      </c>
+      <c r="D1005" t="s" s="0">
+        <v>3911</v>
+      </c>
+      <c r="E1005" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1006" s="4" t="s">
+        <v>3912</v>
+      </c>
+      <c r="B1006" s="6" t="s">
+        <v>3913</v>
+      </c>
+      <c r="C1006" t="s" s="0">
+        <v>3914</v>
+      </c>
+      <c r="D1006" t="s" s="0">
+        <v>3915</v>
+      </c>
+      <c r="E1006" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1007" s="4" t="s">
+        <v>3916</v>
+      </c>
+      <c r="B1007" s="6" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C1007" t="s" s="0">
+        <v>3918</v>
+      </c>
+      <c r="D1007" t="s" s="0">
+        <v>3919</v>
+      </c>
+      <c r="E1007" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1008" s="4" t="s">
+        <v>3920</v>
+      </c>
+      <c r="B1008" s="6" t="s">
+        <v>3921</v>
+      </c>
+      <c r="C1008" t="s" s="0">
+        <v>3922</v>
+      </c>
+      <c r="D1008" t="s" s="0">
+        <v>3923</v>
+      </c>
+      <c r="E1008" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1009" s="4" t="s">
+        <v>3924</v>
+      </c>
+      <c r="B1009" s="6" t="s">
+        <v>3925</v>
+      </c>
+      <c r="C1009" t="s" s="0">
+        <v>3926</v>
+      </c>
+      <c r="D1009" t="s" s="0">
+        <v>3927</v>
+      </c>
+      <c r="E1009" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1010" s="4" t="s">
+        <v>3928</v>
+      </c>
+      <c r="B1010" s="6" t="s">
+        <v>3929</v>
+      </c>
+      <c r="C1010" t="s" s="0">
+        <v>3930</v>
+      </c>
+      <c r="D1010" t="s" s="0">
+        <v>3931</v>
+      </c>
+      <c r="E1010" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1011" s="4" t="s">
+        <v>3932</v>
+      </c>
+      <c r="B1011" s="6" t="s">
+        <v>3933</v>
+      </c>
+      <c r="C1011" t="s" s="0">
+        <v>3934</v>
+      </c>
+      <c r="D1011" t="s" s="0">
+        <v>3935</v>
+      </c>
+      <c r="E1011" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1012" s="4" t="s">
+        <v>3936</v>
+      </c>
+      <c r="B1012" s="6" t="s">
+        <v>3937</v>
+      </c>
+      <c r="C1012" t="s" s="0">
+        <v>3938</v>
+      </c>
+      <c r="D1012" t="s" s="0">
+        <v>3939</v>
+      </c>
+      <c r="E1012" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1013" s="4" t="s">
+        <v>3940</v>
+      </c>
+      <c r="B1013" s="6" t="s">
+        <v>3941</v>
+      </c>
+      <c r="C1013" t="s" s="0">
+        <v>3942</v>
+      </c>
+      <c r="D1013" t="s" s="0">
+        <v>3943</v>
+      </c>
+      <c r="E1013" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1014" s="4" t="s">
+        <v>3944</v>
+      </c>
+      <c r="B1014" s="6" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C1014" t="s" s="0">
+        <v>3946</v>
+      </c>
+      <c r="D1014" t="s" s="0">
+        <v>3947</v>
+      </c>
+      <c r="E1014" t="n" s="0">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1015" s="4" t="s">
+        <v>3948</v>
+      </c>
+      <c r="B1015" s="6" t="s">
+        <v>3949</v>
+      </c>
+      <c r="C1015" t="s" s="0">
+        <v>3950</v>
+      </c>
+      <c r="D1015" t="s" s="0">
+        <v>3951</v>
+      </c>
+      <c r="E1015" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1016" s="4" t="s">
+        <v>3952</v>
+      </c>
+      <c r="B1016" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B950" s="2"/>
-[...18 lines deleted...]
-      <c r="A953" s="9" t="s">
+      <c r="C1016" t="s" s="0">
+        <v>3953</v>
+      </c>
+      <c r="D1016" t="s" s="0">
+        <v>3954</v>
+      </c>
+      <c r="E1016" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1017" s="4" t="s">
+        <v>3955</v>
+      </c>
+      <c r="B1017" s="6" t="s">
+        <v>3956</v>
+      </c>
+      <c r="C1017" t="s" s="0">
+        <v>3957</v>
+      </c>
+      <c r="D1017" t="s" s="0">
+        <v>3958</v>
+      </c>
+      <c r="E1017" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1018" s="4" t="s">
+        <v>3959</v>
+      </c>
+      <c r="B1018" s="6" t="s">
+        <v>3960</v>
+      </c>
+      <c r="C1018" t="s" s="0">
+        <v>3961</v>
+      </c>
+      <c r="D1018" t="s" s="0">
+        <v>3962</v>
+      </c>
+      <c r="E1018" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1019" s="4" t="s">
+        <v>3963</v>
+      </c>
+      <c r="B1019" s="6" t="s">
+        <v>3964</v>
+      </c>
+      <c r="C1019" t="s" s="0">
+        <v>3965</v>
+      </c>
+      <c r="D1019" t="s" s="0">
+        <v>3966</v>
+      </c>
+      <c r="E1019" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1020" s="4" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B1020" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B953" s="9"/>
-[...4 lines deleted...]
-      <c r="A954" s="2" t="s">
+      <c r="C1020" t="s" s="0">
+        <v>3968</v>
+      </c>
+      <c r="D1020" t="s" s="0">
+        <v>3969</v>
+      </c>
+      <c r="E1020" t="n" s="0">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1021" s="4" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1021" s="6" t="s">
+        <v>3971</v>
+      </c>
+      <c r="C1021" t="s" s="0">
+        <v>3972</v>
+      </c>
+      <c r="D1021" t="s" s="0">
+        <v>3973</v>
+      </c>
+      <c r="E1021" t="n" s="0">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1022" s="4" t="s">
+        <v>3974</v>
+      </c>
+      <c r="B1022" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B954" s="2"/>
-[...2 lines deleted...]
-      <c r="A955" s="7" t="str">
+      <c r="C1022" t="s" s="0">
+        <v>3975</v>
+      </c>
+      <c r="D1022" t="s" s="0">
+        <v>3976</v>
+      </c>
+      <c r="E1022" t="n" s="0">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1023" s="4" t="s">
+        <v>3977</v>
+      </c>
+      <c r="B1023" s="6" t="s">
+        <v>3978</v>
+      </c>
+      <c r="C1023" t="s" s="0">
+        <v>3979</v>
+      </c>
+      <c r="D1023" t="s" s="0">
+        <v>3980</v>
+      </c>
+      <c r="E1023" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1024" s="4" t="s">
+        <v>3981</v>
+      </c>
+      <c r="B1024" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1024" t="s" s="0">
+        <v>3982</v>
+      </c>
+      <c r="D1024" t="s" s="0">
+        <v>3983</v>
+      </c>
+      <c r="E1024" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1025" s="4" t="s">
+        <v>3984</v>
+      </c>
+      <c r="B1025" s="6" t="s">
+        <v>3985</v>
+      </c>
+      <c r="C1025" t="s" s="0">
+        <v>3986</v>
+      </c>
+      <c r="D1025" t="s" s="0">
+        <v>3987</v>
+      </c>
+      <c r="E1025" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1026" s="4" t="s">
+        <v>3988</v>
+      </c>
+      <c r="B1026" s="6" t="s">
+        <v>3989</v>
+      </c>
+      <c r="C1026" t="s" s="0">
+        <v>3990</v>
+      </c>
+      <c r="D1026" t="s" s="0">
+        <v>3991</v>
+      </c>
+      <c r="E1026" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1027" s="4" t="s">
+        <v>3992</v>
+      </c>
+      <c r="B1027" s="6" t="s">
+        <v>3993</v>
+      </c>
+      <c r="C1027" t="s" s="0">
+        <v>3994</v>
+      </c>
+      <c r="D1027" t="s" s="0">
+        <v>3995</v>
+      </c>
+      <c r="E1027" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1028" s="4" t="s">
+        <v>3996</v>
+      </c>
+      <c r="B1028" s="6" t="s">
+        <v>3997</v>
+      </c>
+      <c r="C1028" t="s" s="0">
+        <v>3998</v>
+      </c>
+      <c r="D1028" t="s" s="0">
+        <v>3999</v>
+      </c>
+      <c r="E1028" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1029" s="4" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B1029" s="6" t="s">
+        <v>4001</v>
+      </c>
+      <c r="C1029" t="s" s="0">
+        <v>4002</v>
+      </c>
+      <c r="D1029" t="s" s="0">
+        <v>4003</v>
+      </c>
+      <c r="E1029" t="n" s="0">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1030" s="4" t="s">
+        <v>4004</v>
+      </c>
+      <c r="B1030" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1030" t="s" s="0">
+        <v>4005</v>
+      </c>
+      <c r="D1030" t="s" s="0">
+        <v>4006</v>
+      </c>
+      <c r="E1030" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1031" s="4" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B1031" s="6" t="s">
+        <v>4008</v>
+      </c>
+      <c r="C1031" t="s" s="0">
+        <v>4009</v>
+      </c>
+      <c r="D1031" t="s" s="0">
+        <v>4010</v>
+      </c>
+      <c r="E1031" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1032" s="4" t="s">
+        <v>4011</v>
+      </c>
+      <c r="B1032" s="6" t="s">
+        <v>4012</v>
+      </c>
+      <c r="C1032" t="s" s="0">
+        <v>4013</v>
+      </c>
+      <c r="D1032" t="s" s="0">
+        <v>4014</v>
+      </c>
+      <c r="E1032" t="n" s="0">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1033" s="4" t="s">
+        <v>4015</v>
+      </c>
+      <c r="B1033" s="6" t="s">
+        <v>4016</v>
+      </c>
+      <c r="C1033" t="s" s="0">
+        <v>4017</v>
+      </c>
+      <c r="D1033" t="s" s="0">
+        <v>4018</v>
+      </c>
+      <c r="E1033" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1034" s="4" t="s">
+        <v>4019</v>
+      </c>
+      <c r="B1034" s="6" t="s">
+        <v>4020</v>
+      </c>
+      <c r="C1034" t="s" s="0">
+        <v>4021</v>
+      </c>
+      <c r="D1034" t="s" s="0">
+        <v>4022</v>
+      </c>
+      <c r="E1034" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1035" s="4" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B1035" s="6" t="s">
+        <v>4024</v>
+      </c>
+      <c r="C1035" t="s" s="0">
+        <v>4025</v>
+      </c>
+      <c r="D1035" t="s" s="0">
+        <v>4026</v>
+      </c>
+      <c r="E1035" t="n" s="0">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1036" s="4" t="s">
+        <v>4027</v>
+      </c>
+      <c r="B1036" s="6" t="s">
+        <v>4028</v>
+      </c>
+      <c r="C1036" t="s" s="0">
+        <v>4029</v>
+      </c>
+      <c r="D1036" t="s" s="0">
+        <v>4030</v>
+      </c>
+      <c r="E1036" t="n" s="0">
+        <v>0.34</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1037" s="4" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B1037" s="6" t="s">
+        <v>4032</v>
+      </c>
+      <c r="C1037" t="s" s="0">
+        <v>4033</v>
+      </c>
+      <c r="D1037" t="s" s="0">
+        <v>4034</v>
+      </c>
+      <c r="E1037" t="n" s="0">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1038" s="4" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B1038" s="6" t="s">
+        <v>4036</v>
+      </c>
+      <c r="C1038" t="s" s="0">
+        <v>4037</v>
+      </c>
+      <c r="D1038" t="s" s="0">
+        <v>4038</v>
+      </c>
+      <c r="E1038" t="n" s="0">
+        <v>2.7</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1039" s="4" t="s">
+        <v>4039</v>
+      </c>
+      <c r="B1039" s="6" t="s">
+        <v>4040</v>
+      </c>
+      <c r="C1039" t="s" s="0">
+        <v>4041</v>
+      </c>
+      <c r="D1039" t="s" s="0">
+        <v>4042</v>
+      </c>
+      <c r="E1039" t="n" s="0">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1040" s="4" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1040" s="6" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C1040" t="s" s="0">
+        <v>4045</v>
+      </c>
+      <c r="D1040" t="s" s="0">
+        <v>4046</v>
+      </c>
+      <c r="E1040" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1041" s="4" t="s">
+        <v>4047</v>
+      </c>
+      <c r="B1041" s="6" t="s">
+        <v>4048</v>
+      </c>
+      <c r="C1041" t="s" s="0">
+        <v>4049</v>
+      </c>
+      <c r="D1041" t="s" s="0">
+        <v>4050</v>
+      </c>
+      <c r="E1041" t="n" s="0">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1042" s="4" t="s">
+        <v>4051</v>
+      </c>
+      <c r="B1042" s="6" t="s">
+        <v>4052</v>
+      </c>
+      <c r="C1042" t="s" s="0">
+        <v>4053</v>
+      </c>
+      <c r="D1042" t="s" s="0">
+        <v>4054</v>
+      </c>
+      <c r="E1042" t="n" s="0">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1043" s="4" t="s">
+        <v>4055</v>
+      </c>
+      <c r="B1043" s="6" t="s">
+        <v>4056</v>
+      </c>
+      <c r="C1043" t="s" s="0">
+        <v>4057</v>
+      </c>
+      <c r="D1043" t="s" s="0">
+        <v>4058</v>
+      </c>
+      <c r="E1043" t="n" s="0">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1044" s="4" t="s">
+        <v>4059</v>
+      </c>
+      <c r="B1044" s="6" t="s">
+        <v>4060</v>
+      </c>
+      <c r="C1044" t="s" s="0">
+        <v>4061</v>
+      </c>
+      <c r="D1044" t="s" s="0">
+        <v>4062</v>
+      </c>
+      <c r="E1044" t="n" s="0">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1045" s="4" t="s">
+        <v>4063</v>
+      </c>
+      <c r="B1045" s="6" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C1045" t="s" s="0">
+        <v>4065</v>
+      </c>
+      <c r="D1045" t="s" s="0">
+        <v>4066</v>
+      </c>
+      <c r="E1045" t="n" s="0">
+        <v>2.94</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1046" s="4" t="s">
+        <v>4067</v>
+      </c>
+      <c r="B1046" s="6" t="s">
+        <v>4068</v>
+      </c>
+      <c r="C1046" t="s" s="0">
+        <v>4069</v>
+      </c>
+      <c r="D1046" t="s" s="0">
+        <v>4070</v>
+      </c>
+      <c r="E1046" t="n" s="0">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1047" s="4" t="s">
+        <v>4071</v>
+      </c>
+      <c r="B1047" s="6" t="s">
+        <v>4072</v>
+      </c>
+      <c r="C1047" t="s" s="0">
+        <v>4073</v>
+      </c>
+      <c r="D1047" t="s" s="0">
+        <v>4074</v>
+      </c>
+      <c r="E1047" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1048" s="4" t="s">
+        <v>4075</v>
+      </c>
+      <c r="B1048" s="6" t="s">
+        <v>4076</v>
+      </c>
+      <c r="C1048" t="s" s="0">
+        <v>4077</v>
+      </c>
+      <c r="D1048" t="s" s="0">
+        <v>4078</v>
+      </c>
+      <c r="E1048" t="n" s="0">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1049" s="4" t="s">
+        <v>4079</v>
+      </c>
+      <c r="B1049" s="6" t="s">
+        <v>4080</v>
+      </c>
+      <c r="C1049" t="s" s="0">
+        <v>4081</v>
+      </c>
+      <c r="D1049" t="s" s="0">
+        <v>4082</v>
+      </c>
+      <c r="E1049" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1050" s="4" t="s">
+        <v>4083</v>
+      </c>
+      <c r="B1050" s="6" t="s">
+        <v>4084</v>
+      </c>
+      <c r="C1050" t="s" s="0">
+        <v>4085</v>
+      </c>
+      <c r="D1050" t="s" s="0">
+        <v>4086</v>
+      </c>
+      <c r="E1050" t="n" s="0">
+        <v>0.14</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1051" s="4" t="s">
+        <v>4087</v>
+      </c>
+      <c r="B1051" s="6" t="s">
+        <v>4088</v>
+      </c>
+      <c r="C1051" t="s" s="0">
+        <v>4089</v>
+      </c>
+      <c r="D1051" t="s" s="0">
+        <v>4090</v>
+      </c>
+      <c r="E1051" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1052" s="4" t="s">
+        <v>4091</v>
+      </c>
+      <c r="B1052" s="6" t="s">
+        <v>4092</v>
+      </c>
+      <c r="C1052" t="s" s="0">
+        <v>4093</v>
+      </c>
+      <c r="D1052" t="s" s="0">
+        <v>4094</v>
+      </c>
+      <c r="E1052" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1053" s="4" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1053" s="6" t="s">
+        <v>4096</v>
+      </c>
+      <c r="C1053" t="s" s="0">
+        <v>4097</v>
+      </c>
+      <c r="D1053" t="s" s="0">
+        <v>4098</v>
+      </c>
+      <c r="E1053" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1054" s="4" t="s">
+        <v>4099</v>
+      </c>
+      <c r="B1054" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1054" t="s" s="0">
+        <v>4100</v>
+      </c>
+      <c r="D1054" t="s" s="0">
+        <v>4101</v>
+      </c>
+      <c r="E1054" t="n" s="0">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1055" s="4" t="s">
+        <v>4102</v>
+      </c>
+      <c r="B1055" s="6" t="s">
+        <v>4103</v>
+      </c>
+      <c r="C1055" t="s" s="0">
+        <v>4104</v>
+      </c>
+      <c r="D1055" t="s" s="0">
+        <v>4105</v>
+      </c>
+      <c r="E1055" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1056" s="4" t="s">
+        <v>4106</v>
+      </c>
+      <c r="B1056" s="6" t="s">
+        <v>4107</v>
+      </c>
+      <c r="C1056" t="s" s="0">
+        <v>4108</v>
+      </c>
+      <c r="D1056" t="s" s="0">
+        <v>4109</v>
+      </c>
+      <c r="E1056" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1057" s="4" t="s">
+        <v>4110</v>
+      </c>
+      <c r="B1057" s="6" t="s">
+        <v>4111</v>
+      </c>
+      <c r="C1057" t="s" s="0">
+        <v>4112</v>
+      </c>
+      <c r="D1057" t="s" s="0">
+        <v>4113</v>
+      </c>
+      <c r="E1057" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1058" s="4" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B1058" s="6" t="s">
+        <v>4115</v>
+      </c>
+      <c r="C1058" t="s" s="0">
+        <v>4116</v>
+      </c>
+      <c r="D1058" t="s" s="0">
+        <v>4117</v>
+      </c>
+      <c r="E1058" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1059" s="4" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1059" s="6" t="s">
+        <v>4119</v>
+      </c>
+      <c r="C1059" t="s" s="0">
+        <v>4120</v>
+      </c>
+      <c r="D1059" t="s" s="0">
+        <v>4121</v>
+      </c>
+      <c r="E1059" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1060" s="4" t="s">
+        <v>4122</v>
+      </c>
+      <c r="B1060" s="6" t="s">
+        <v>4123</v>
+      </c>
+      <c r="C1060" t="s" s="0">
+        <v>4124</v>
+      </c>
+      <c r="D1060" t="s" s="0">
+        <v>4125</v>
+      </c>
+      <c r="E1060" t="n" s="0">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1061" s="4" t="s">
+        <v>4126</v>
+      </c>
+      <c r="B1061" s="6" t="s">
+        <v>4127</v>
+      </c>
+      <c r="C1061" t="s" s="0">
+        <v>4128</v>
+      </c>
+      <c r="D1061" t="s" s="0">
+        <v>4129</v>
+      </c>
+      <c r="E1061" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1062" s="4" t="s">
+        <v>4130</v>
+      </c>
+      <c r="B1062" s="6" t="s">
+        <v>4131</v>
+      </c>
+      <c r="C1062" t="s" s="0">
+        <v>4132</v>
+      </c>
+      <c r="D1062" t="s" s="0">
+        <v>4133</v>
+      </c>
+      <c r="E1062" t="n" s="0">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1063" s="4" t="s">
+        <v>4134</v>
+      </c>
+      <c r="B1063" s="6" t="s">
+        <v>4135</v>
+      </c>
+      <c r="C1063" t="s" s="0">
+        <v>4136</v>
+      </c>
+      <c r="D1063" t="s" s="0">
+        <v>4137</v>
+      </c>
+      <c r="E1063" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1064" s="4" t="s">
+        <v>4138</v>
+      </c>
+      <c r="B1064" s="6" t="s">
+        <v>4139</v>
+      </c>
+      <c r="C1064" t="s" s="0">
+        <v>4140</v>
+      </c>
+      <c r="D1064" t="s" s="0">
+        <v>4141</v>
+      </c>
+      <c r="E1064" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1065" s="4" t="s">
+        <v>4142</v>
+      </c>
+      <c r="B1065" s="6" t="s">
+        <v>4143</v>
+      </c>
+      <c r="C1065" t="s" s="0">
+        <v>4144</v>
+      </c>
+      <c r="D1065" t="s" s="0">
+        <v>4145</v>
+      </c>
+      <c r="E1065" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1066" s="4" t="s">
+        <v>4146</v>
+      </c>
+      <c r="B1066" s="6" t="s">
+        <v>4147</v>
+      </c>
+      <c r="C1066" t="s" s="0">
+        <v>4148</v>
+      </c>
+      <c r="D1066" t="s" s="0">
+        <v>4149</v>
+      </c>
+      <c r="E1066" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1067" s="4" t="s">
+        <v>4150</v>
+      </c>
+      <c r="B1067" s="6" t="s">
+        <v>4151</v>
+      </c>
+      <c r="C1067" t="s" s="0">
+        <v>4152</v>
+      </c>
+      <c r="D1067" t="s" s="0">
+        <v>4153</v>
+      </c>
+      <c r="E1067" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1068" s="4" t="s">
+        <v>4154</v>
+      </c>
+      <c r="B1068" s="6" t="s">
+        <v>4155</v>
+      </c>
+      <c r="C1068" t="s" s="0">
+        <v>4156</v>
+      </c>
+      <c r="D1068" t="s" s="0">
+        <v>4157</v>
+      </c>
+      <c r="E1068" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1069" s="4" t="s">
+        <v>4158</v>
+      </c>
+      <c r="B1069" s="6" t="s">
+        <v>4159</v>
+      </c>
+      <c r="C1069" t="s" s="0">
+        <v>4160</v>
+      </c>
+      <c r="D1069" t="s" s="0">
+        <v>4161</v>
+      </c>
+      <c r="E1069" t="n" s="0">
+        <v>0.43</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1070" s="4" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B1070" s="6" t="s">
+        <v>4163</v>
+      </c>
+      <c r="C1070" t="s" s="0">
+        <v>4164</v>
+      </c>
+      <c r="D1070" t="s" s="0">
+        <v>4165</v>
+      </c>
+      <c r="E1070" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1071" s="4" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B1071" s="6" t="s">
+        <v>4167</v>
+      </c>
+      <c r="C1071" t="s" s="0">
+        <v>4168</v>
+      </c>
+      <c r="D1071" t="s" s="0">
+        <v>4169</v>
+      </c>
+      <c r="E1071" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1072" s="4" t="s">
+        <v>4170</v>
+      </c>
+      <c r="B1072" s="6" t="s">
+        <v>4171</v>
+      </c>
+      <c r="C1072" t="s" s="0">
+        <v>4172</v>
+      </c>
+      <c r="D1072" t="s" s="0">
+        <v>4173</v>
+      </c>
+      <c r="E1072" t="n" s="0">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1073" s="4" t="s">
+        <v>4174</v>
+      </c>
+      <c r="B1073" s="6" t="s">
+        <v>4175</v>
+      </c>
+      <c r="C1073" t="s" s="0">
+        <v>4176</v>
+      </c>
+      <c r="D1073" t="s" s="0">
+        <v>4177</v>
+      </c>
+      <c r="E1073" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1074" s="4" t="s">
+        <v>4178</v>
+      </c>
+      <c r="B1074" s="6" t="s">
+        <v>4179</v>
+      </c>
+      <c r="C1074" t="s" s="0">
+        <v>4180</v>
+      </c>
+      <c r="D1074" t="s" s="0">
+        <v>4181</v>
+      </c>
+      <c r="E1074" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1075" s="4" t="s">
+        <v>4182</v>
+      </c>
+      <c r="B1075" s="6" t="s">
+        <v>4183</v>
+      </c>
+      <c r="C1075" t="s" s="0">
+        <v>4184</v>
+      </c>
+      <c r="D1075" t="s" s="0">
+        <v>4185</v>
+      </c>
+      <c r="E1075" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1076" s="4" t="s">
+        <v>4186</v>
+      </c>
+      <c r="B1076" s="6" t="s">
+        <v>4187</v>
+      </c>
+      <c r="C1076" t="s" s="0">
+        <v>4188</v>
+      </c>
+      <c r="D1076" t="s" s="0">
+        <v>4189</v>
+      </c>
+      <c r="E1076" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1077" s="4" t="s">
+        <v>4190</v>
+      </c>
+      <c r="B1077" s="6" t="s">
+        <v>4191</v>
+      </c>
+      <c r="C1077" t="s" s="0">
+        <v>4192</v>
+      </c>
+      <c r="D1077" t="s" s="0">
+        <v>4193</v>
+      </c>
+      <c r="E1077" t="n" s="0">
+        <v>0.29</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1078" s="4" t="s">
+        <v>4194</v>
+      </c>
+      <c r="B1078" s="6" t="s">
+        <v>4195</v>
+      </c>
+      <c r="C1078" t="s" s="0">
+        <v>4196</v>
+      </c>
+      <c r="D1078" t="s" s="0">
+        <v>4197</v>
+      </c>
+      <c r="E1078" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1079" s="4" t="s">
+        <v>4198</v>
+      </c>
+      <c r="B1079" s="6" t="s">
+        <v>4199</v>
+      </c>
+      <c r="C1079" t="s" s="0">
+        <v>4200</v>
+      </c>
+      <c r="D1079" t="s" s="0">
+        <v>4201</v>
+      </c>
+      <c r="E1079" t="n" s="0">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1080" s="4" t="s">
+        <v>4202</v>
+      </c>
+      <c r="B1080" s="6" t="s">
+        <v>4203</v>
+      </c>
+      <c r="C1080" t="s" s="0">
+        <v>4204</v>
+      </c>
+      <c r="D1080" t="s" s="0">
+        <v>4205</v>
+      </c>
+      <c r="E1080" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1081" s="4" t="s">
+        <v>4206</v>
+      </c>
+      <c r="B1081" s="6" t="s">
+        <v>4207</v>
+      </c>
+      <c r="C1081" t="s" s="0">
+        <v>4208</v>
+      </c>
+      <c r="D1081" t="s" s="0">
+        <v>4209</v>
+      </c>
+      <c r="E1081" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1082" s="4" t="s">
+        <v>4210</v>
+      </c>
+      <c r="B1082" s="6" t="s">
+        <v>4211</v>
+      </c>
+      <c r="C1082" t="s" s="0">
+        <v>4212</v>
+      </c>
+      <c r="D1082" t="s" s="0">
+        <v>4213</v>
+      </c>
+      <c r="E1082" t="n" s="0">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1083" s="4" t="s">
+        <v>4214</v>
+      </c>
+      <c r="B1083" s="6" t="s">
+        <v>4215</v>
+      </c>
+      <c r="C1083" t="s" s="0">
+        <v>4216</v>
+      </c>
+      <c r="D1083" t="s" s="0">
+        <v>4217</v>
+      </c>
+      <c r="E1083" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1084" s="4" t="s">
+        <v>4218</v>
+      </c>
+      <c r="B1084" s="6" t="s">
+        <v>4219</v>
+      </c>
+      <c r="C1084" t="s" s="0">
+        <v>4220</v>
+      </c>
+      <c r="D1084" t="s" s="0">
+        <v>4221</v>
+      </c>
+      <c r="E1084" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1085" s="4" t="s">
+        <v>4222</v>
+      </c>
+      <c r="B1085" s="6" t="s">
+        <v>4223</v>
+      </c>
+      <c r="C1085" t="s" s="0">
+        <v>4224</v>
+      </c>
+      <c r="D1085" t="s" s="0">
+        <v>4225</v>
+      </c>
+      <c r="E1085" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1086" s="4" t="s">
+        <v>4226</v>
+      </c>
+      <c r="B1086" s="6" t="s">
+        <v>4227</v>
+      </c>
+      <c r="C1086" t="s" s="0">
+        <v>4228</v>
+      </c>
+      <c r="D1086" t="s" s="0">
+        <v>4229</v>
+      </c>
+      <c r="E1086" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1087" s="4" t="s">
+        <v>4230</v>
+      </c>
+      <c r="B1087" s="6" t="s">
+        <v>4231</v>
+      </c>
+      <c r="C1087" t="s" s="0">
+        <v>4232</v>
+      </c>
+      <c r="D1087" t="s" s="0">
+        <v>4233</v>
+      </c>
+      <c r="E1087" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1088" s="4" t="s">
+        <v>4234</v>
+      </c>
+      <c r="B1088" s="6" t="s">
+        <v>4235</v>
+      </c>
+      <c r="C1088" t="s" s="0">
+        <v>4236</v>
+      </c>
+      <c r="D1088" t="s" s="0">
+        <v>4237</v>
+      </c>
+      <c r="E1088" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1089" s="4" t="s">
+        <v>4238</v>
+      </c>
+      <c r="B1089" s="6" t="s">
+        <v>4239</v>
+      </c>
+      <c r="C1089" t="s" s="0">
+        <v>4240</v>
+      </c>
+      <c r="D1089" t="s" s="0">
+        <v>4241</v>
+      </c>
+      <c r="E1089" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1090" s="4" t="s">
+        <v>4242</v>
+      </c>
+      <c r="B1090" s="6" t="s">
+        <v>4243</v>
+      </c>
+      <c r="C1090" t="s" s="0">
+        <v>4244</v>
+      </c>
+      <c r="D1090" t="s" s="0">
+        <v>4245</v>
+      </c>
+      <c r="E1090" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1091" s="4" t="s">
+        <v>4246</v>
+      </c>
+      <c r="B1091" s="6" t="s">
+        <v>4247</v>
+      </c>
+      <c r="C1091" t="s" s="0">
+        <v>4248</v>
+      </c>
+      <c r="D1091" t="s" s="0">
+        <v>4249</v>
+      </c>
+      <c r="E1091" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1092" s="4" t="s">
+        <v>4250</v>
+      </c>
+      <c r="B1092" s="6" t="s">
+        <v>4251</v>
+      </c>
+      <c r="C1092" t="s" s="0">
+        <v>4252</v>
+      </c>
+      <c r="D1092" t="s" s="0">
+        <v>4253</v>
+      </c>
+      <c r="E1092" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1093" s="4" t="s">
+        <v>4254</v>
+      </c>
+      <c r="B1093" s="6" t="s">
+        <v>4255</v>
+      </c>
+      <c r="C1093" t="s" s="0">
+        <v>4256</v>
+      </c>
+      <c r="D1093" t="s" s="0">
+        <v>4257</v>
+      </c>
+      <c r="E1093" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1094" s="4" t="s">
+        <v>4258</v>
+      </c>
+      <c r="B1094" s="6" t="s">
+        <v>4259</v>
+      </c>
+      <c r="C1094" t="s" s="0">
+        <v>4260</v>
+      </c>
+      <c r="D1094" t="s" s="0">
+        <v>4261</v>
+      </c>
+      <c r="E1094" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1095" s="4" t="s">
+        <v>4262</v>
+      </c>
+      <c r="B1095" s="6" t="s">
+        <v>4263</v>
+      </c>
+      <c r="C1095" t="s" s="0">
+        <v>4264</v>
+      </c>
+      <c r="D1095" t="s" s="0">
+        <v>4265</v>
+      </c>
+      <c r="E1095" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1096" s="4" t="s">
+        <v>4266</v>
+      </c>
+      <c r="B1096" s="6" t="s">
+        <v>4267</v>
+      </c>
+      <c r="C1096" t="s" s="0">
+        <v>4268</v>
+      </c>
+      <c r="D1096" t="s" s="0">
+        <v>4269</v>
+      </c>
+      <c r="E1096" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1097" s="4" t="s">
+        <v>4270</v>
+      </c>
+      <c r="B1097" s="6" t="s">
+        <v>4271</v>
+      </c>
+      <c r="C1097" t="s" s="0">
+        <v>4272</v>
+      </c>
+      <c r="D1097" t="s" s="0">
+        <v>4273</v>
+      </c>
+      <c r="E1097" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1098" s="4" t="s">
+        <v>4274</v>
+      </c>
+      <c r="B1098" s="6" t="s">
+        <v>4275</v>
+      </c>
+      <c r="C1098" t="s" s="0">
+        <v>4276</v>
+      </c>
+      <c r="D1098" t="s" s="0">
+        <v>4277</v>
+      </c>
+      <c r="E1098" t="n" s="0">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1099" s="4" t="s">
+        <v>4278</v>
+      </c>
+      <c r="B1099" s="6" t="s">
+        <v>4279</v>
+      </c>
+      <c r="C1099" t="s" s="0">
+        <v>4280</v>
+      </c>
+      <c r="D1099" t="s" s="0">
+        <v>4281</v>
+      </c>
+      <c r="E1099" t="n" s="0">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1100" s="4" t="s">
+        <v>4282</v>
+      </c>
+      <c r="B1100" s="6" t="s">
+        <v>4283</v>
+      </c>
+      <c r="C1100" t="s" s="0">
+        <v>4284</v>
+      </c>
+      <c r="D1100" t="s" s="0">
+        <v>4285</v>
+      </c>
+      <c r="E1100" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1101" s="4" t="s">
+        <v>4286</v>
+      </c>
+      <c r="B1101" s="6" t="s">
+        <v>4287</v>
+      </c>
+      <c r="C1101" t="s" s="0">
+        <v>4288</v>
+      </c>
+      <c r="D1101" t="s" s="0">
+        <v>4289</v>
+      </c>
+      <c r="E1101" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1102" s="4" t="s">
+        <v>4290</v>
+      </c>
+      <c r="B1102" s="6" t="s">
+        <v>4291</v>
+      </c>
+      <c r="C1102" t="s" s="0">
+        <v>4292</v>
+      </c>
+      <c r="D1102" t="s" s="0">
+        <v>4293</v>
+      </c>
+      <c r="E1102" t="n" s="0">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1103" s="4" t="s">
+        <v>4294</v>
+      </c>
+      <c r="B1103" s="6" t="s">
+        <v>4295</v>
+      </c>
+      <c r="C1103" t="s" s="0">
+        <v>4296</v>
+      </c>
+      <c r="D1103" t="s" s="0">
+        <v>4297</v>
+      </c>
+      <c r="E1103" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1104" s="4" t="s">
+        <v>4298</v>
+      </c>
+      <c r="B1104" s="6" t="s">
+        <v>4299</v>
+      </c>
+      <c r="C1104" t="s" s="0">
+        <v>4300</v>
+      </c>
+      <c r="D1104" t="s" s="0">
+        <v>4301</v>
+      </c>
+      <c r="E1104" t="n" s="0">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1105" s="4" t="s">
+        <v>4302</v>
+      </c>
+      <c r="B1105" s="6" t="s">
+        <v>4303</v>
+      </c>
+      <c r="C1105" t="s" s="0">
+        <v>4304</v>
+      </c>
+      <c r="D1105" t="s" s="0">
+        <v>4305</v>
+      </c>
+      <c r="E1105" t="n" s="0">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1106" s="4" t="s">
+        <v>4306</v>
+      </c>
+      <c r="B1106" s="6" t="s">
+        <v>4307</v>
+      </c>
+      <c r="C1106" t="s" s="0">
+        <v>4308</v>
+      </c>
+      <c r="D1106" t="s" s="0">
+        <v>4309</v>
+      </c>
+      <c r="E1106" t="n" s="0">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1107" s="4" t="s">
+        <v>4310</v>
+      </c>
+      <c r="B1107" s="6" t="s">
+        <v>4311</v>
+      </c>
+      <c r="C1107" t="s" s="0">
+        <v>4312</v>
+      </c>
+      <c r="D1107" t="s" s="0">
+        <v>4313</v>
+      </c>
+      <c r="E1107" t="n" s="0">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1108" s="4" t="s">
+        <v>4314</v>
+      </c>
+      <c r="B1108" s="6" t="s">
+        <v>4315</v>
+      </c>
+      <c r="C1108" t="s" s="0">
+        <v>4316</v>
+      </c>
+      <c r="D1108" t="s" s="0">
+        <v>4317</v>
+      </c>
+      <c r="E1108" t="n" s="0">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1113" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1113" s="2"/>
+    </row>
+    <row r="1114" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1114" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1114" s="2"/>
+    </row>
+    <row r="1115" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1115" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1115" s="2"/>
+    </row>
+    <row r="1116" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1116" s="11" t="s">
+        <v>4319</v>
+      </c>
+      <c r="B1116" s="11"/>
+      <c r="C1116" s="12"/>
+      <c r="D1116" s="12"/>
+    </row>
+    <row r="1117" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1117" s="10" t="s">
+        <v>4320</v>
+      </c>
+      <c r="B1117" s="9"/>
+      <c r="C1117" s="9"/>
+      <c r="D1117" s="9"/>
+    </row>
+    <row r="1118" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1118" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1118" s="9"/>
+      <c r="C1118" s="9"/>
+      <c r="D1118" s="9"/>
+    </row>
+    <row r="1119" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1119" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1119" s="2"/>
+    </row>
+    <row r="1120" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1120" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
       </c>
-      <c r="B955" s="2"/>
-[...2 lines deleted...]
-      <c r="A956" s="2" t="s">
+      <c r="B1120" s="2"/>
+    </row>
+    <row r="1121" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1121" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B956" s="2"/>
-[...2 lines deleted...]
-      <c r="A957" s="2" t="s">
+      <c r="B1121" s="2"/>
+    </row>
+    <row r="1122" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1122" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B957" s="2"/>
+      <c r="B1122" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A951:D951"/>
-    <mergeCell ref="A952:D953"/>
+    <mergeCell ref="A1116:D1116"/>
+    <mergeCell ref="A1117:D1118"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>