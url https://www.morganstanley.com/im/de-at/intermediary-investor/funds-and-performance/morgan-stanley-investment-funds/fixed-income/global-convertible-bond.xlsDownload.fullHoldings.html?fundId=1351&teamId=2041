--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -10,86 +10,86 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="195" windowWidth="19155" windowHeight="7425"/>
   </bookViews>
   <sheets>
     <sheet name="Fund Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="559" uniqueCount="511">
   <si>
     <t>Morgan Stanley Investment Management</t>
   </si>
   <si>
     <t>Vehicle Name</t>
   </si>
   <si>
     <t>Fund Name</t>
   </si>
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global Convertible Bond Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> Alle Positionen | Per 31-Okt-2025</t>
+    <t xml:space="preserve"> Alle Positionen | Per 30-Nov-2025</t>
   </si>
   <si>
     <t>Name des Wertpapiers</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% Portfolio</t>
   </si>
   <si>
     <t>ACCOR SA:0.700 07DEC2027</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>FR0013521085</t>
   </si>
@@ -297,50 +297,59 @@
   <si>
     <t>CENTERPOINT ENERGY INC:3.000 01AUG2028</t>
   </si>
   <si>
     <t>15189TBQ9</t>
   </si>
   <si>
     <t>US15189TBQ94</t>
   </si>
   <si>
     <t>BPQYKM2</t>
   </si>
   <si>
     <t>CENTERPOINT ENERGY INC:4.250 15AUG2026</t>
   </si>
   <si>
     <t>15189TBD8</t>
   </si>
   <si>
     <t>US15189TBD81</t>
   </si>
   <si>
     <t>BQ0N6T1</t>
   </si>
   <si>
+    <t>CHINA PACIFIC INSURANCE GROUP CO LTD:0.000 18SEP2030</t>
+  </si>
+  <si>
+    <t>XS3165356158</t>
+  </si>
+  <si>
+    <t>BVTBDV2</t>
+  </si>
+  <si>
     <t>CHOW TAI FOOK JEWELLERY GROUP LTD:0.375 30JUN2030</t>
   </si>
   <si>
     <t>XS3101384447</t>
   </si>
   <si>
     <t>BTMLWN0</t>
   </si>
   <si>
     <t>CLOUDFLARE INC:0.000 15AUG2026</t>
   </si>
   <si>
     <t>18915MAC1</t>
   </si>
   <si>
     <t>US18915MAC10</t>
   </si>
   <si>
     <t>BMHWT94</t>
   </si>
   <si>
     <t>CLOUDFLARE INC:0.000 15JUN2030</t>
   </si>
   <si>
     <t>18915MAE7</t>
@@ -366,50 +375,62 @@
   <si>
     <t>COINBASE GLOBAL INC:0.000 01OCT2032</t>
   </si>
   <si>
     <t>19260QAJ6</t>
   </si>
   <si>
     <t>US19260QAJ67</t>
   </si>
   <si>
     <t>BVDH9J6</t>
   </si>
   <si>
     <t>COLFAX CORP:3.875 15OCT2028</t>
   </si>
   <si>
     <t>194014AB2</t>
   </si>
   <si>
     <t>US194014AB28</t>
   </si>
   <si>
     <t>BT3KL84</t>
   </si>
   <si>
+    <t>COMMVAULT SYSTEMS INC:0.000 15SEP2030</t>
+  </si>
+  <si>
+    <t>204166AA0</t>
+  </si>
+  <si>
+    <t>US204166AA06</t>
+  </si>
+  <si>
+    <t>BT7N0W6</t>
+  </si>
+  <si>
     <t>CORE SCIENTIFIC INC:0.000 15JUN2031</t>
   </si>
   <si>
     <t>21874AAE6</t>
   </si>
   <si>
     <t>US21874AAE64</t>
   </si>
   <si>
     <t>BPGMQC8</t>
   </si>
   <si>
     <t>CTRIP.COM INTERNATIONAL LTD:0.750 15JUN2029</t>
   </si>
   <si>
     <t>89677QAB3</t>
   </si>
   <si>
     <t>US89677QAB32</t>
   </si>
   <si>
     <t>BQXSTT4</t>
   </si>
   <si>
     <t>CYTOKINETICS INCORPORATED:3.500 01JUL2027</t>
@@ -672,60 +693,60 @@
   <si>
     <t>BPG90K5</t>
   </si>
   <si>
     <t>HON HAI PRECISION INDUSTRY CO LTD:0.000 24OCT2029</t>
   </si>
   <si>
     <t>XS2886113278</t>
   </si>
   <si>
     <t>BSFSPN2</t>
   </si>
   <si>
     <t>IREN LTD:0.000 01JUL2031</t>
   </si>
   <si>
     <t>46270CAE9</t>
   </si>
   <si>
     <t>US46270CAE93</t>
   </si>
   <si>
     <t>BTMR1F3</t>
   </si>
   <si>
-    <t>ISIS PHARMACEUTICALS, INC.:1.750 15JUN2028</t>
-[...8 lines deleted...]
-    <t>BPBP9X4</t>
+    <t>ISIS PHARMACEUTICALS, INC.:0.000 01DEC2030</t>
+  </si>
+  <si>
+    <t>462222AG5</t>
+  </si>
+  <si>
+    <t>US462222AG55</t>
+  </si>
+  <si>
+    <t>BSBFYT6</t>
   </si>
   <si>
     <t>ITRON INC:0.000 15MAR2026</t>
   </si>
   <si>
     <t>465741AN6</t>
   </si>
   <si>
     <t>US465741AN69</t>
   </si>
   <si>
     <t>BMZQ125</t>
   </si>
   <si>
     <t>JAZZ INVESTMENTS I LTD:2.000 15JUN2026</t>
   </si>
   <si>
     <t>472145AF8</t>
   </si>
   <si>
     <t>US472145AF83</t>
   </si>
   <si>
     <t>BNT2JN3</t>
   </si>
@@ -852,84 +873,72 @@
   <si>
     <t>LIVE NATION ENTERTAINMENT INC:2.875 15OCT2031</t>
   </si>
   <si>
     <t>538034BD0</t>
   </si>
   <si>
     <t>US538034BD03</t>
   </si>
   <si>
     <t>BTMMSS0</t>
   </si>
   <si>
     <t>LUMENTUM HOLDINGS INC:0.375 15MAR2032</t>
   </si>
   <si>
     <t>55024UAJ8</t>
   </si>
   <si>
     <t>US55024UAJ88</t>
   </si>
   <si>
     <t>BW01T09</t>
   </si>
   <si>
-    <t>LUMENTUM HOLDINGS INC:0.500 15JUN2028</t>
-[...10 lines deleted...]
-  <si>
     <t>MARATHON DIGITAL HOLDINGS INC:0.000 01JUN2031</t>
   </si>
   <si>
     <t>565788AG1</t>
   </si>
   <si>
     <t>US565788AG10</t>
   </si>
   <si>
     <t>BPGMQ62</t>
   </si>
   <si>
     <t>MARATHON DIGITAL HOLDINGS INC:0.000 01MAR2030</t>
   </si>
   <si>
-    <t>565788AE6</t>
-[...5 lines deleted...]
-    <t>BS2HLH8</t>
+    <t>565788AF3</t>
+  </si>
+  <si>
+    <t>US565788AF37</t>
+  </si>
+  <si>
+    <t>BVQZS78</t>
   </si>
   <si>
     <t>MARRIOTT VACATIONS WORLDWIDE CORP:3.250 15DEC2027</t>
   </si>
   <si>
     <t>57164YAF4</t>
   </si>
   <si>
     <t>US57164YAF43</t>
   </si>
   <si>
     <t>BMBTQK1</t>
   </si>
   <si>
     <t>MERIT MEDICAL SYST, INC.:3.000 01FEB2029</t>
   </si>
   <si>
     <t>589889AA2</t>
   </si>
   <si>
     <t>US589889AA22</t>
   </si>
   <si>
     <t>BSD6D12</t>
   </si>
@@ -939,57 +948,57 @@
   <si>
     <t>59001ABF8</t>
   </si>
   <si>
     <t>US59001ABF84</t>
   </si>
   <si>
     <t>BT6C9P0</t>
   </si>
   <si>
     <t>MICROCHIP TECH INC:0.750 01JUN2030</t>
   </si>
   <si>
     <t>595017BG8</t>
   </si>
   <si>
     <t>US595017BG84</t>
   </si>
   <si>
     <t>BQTWW24</t>
   </si>
   <si>
     <t>MICROSTRATEGY INC:0.000 01DEC2029</t>
   </si>
   <si>
-    <t>594972AR2</t>
-[...5 lines deleted...]
-    <t>BS9FS74</t>
+    <t>594972AS0</t>
+  </si>
+  <si>
+    <t>US594972AS04</t>
+  </si>
+  <si>
+    <t>BV106K7</t>
   </si>
   <si>
     <t>MKS INSTRUMENTS, INC.:1.250 01JUN2030</t>
   </si>
   <si>
     <t>55306NAB0</t>
   </si>
   <si>
     <t>US55306NAB01</t>
   </si>
   <si>
     <t>BP6WP65</t>
   </si>
   <si>
     <t>NCL CORP:1.125 15FEB2027</t>
   </si>
   <si>
     <t>62886HBD2</t>
   </si>
   <si>
     <t>US62886HBD26</t>
   </si>
   <si>
     <t>BP6WK82</t>
   </si>
@@ -1080,59 +1089,50 @@
   <si>
     <t>BTQG156</t>
   </si>
   <si>
     <t>PG&amp;E CORP:PFD 6.000 01DEC2027</t>
   </si>
   <si>
     <t>69331C306</t>
   </si>
   <si>
     <t>US69331C3060</t>
   </si>
   <si>
     <t>BPGN2R8</t>
   </si>
   <si>
     <t>PING AN INSURANCE GROUP CO OF CHINA LTD:0.000 11JUN2030</t>
   </si>
   <si>
     <t>XS2924174381</t>
   </si>
   <si>
     <t>BN6TDL3</t>
   </si>
   <si>
-    <t>PING AN INSURANCE GROUP CO OF CHINA LTD:0.875 22JUL2029</t>
-[...7 lines deleted...]
-  <si>
     <t>POST HOLDINGS INC:2.500 15AUG2027</t>
   </si>
   <si>
     <t>737446AT1</t>
   </si>
   <si>
     <t>US737446AT14</t>
   </si>
   <si>
     <t>BQ7YLL4</t>
   </si>
   <si>
     <t>PPL CAPITAL FUNDING INC:2.875 15MAR2028</t>
   </si>
   <si>
     <t>69352PAS2</t>
   </si>
   <si>
     <t>US69352PAS20</t>
   </si>
   <si>
     <t>BPH27M4</t>
   </si>
   <si>
     <t>PROGRESS SOFTWARE CORP:3.500 01MAR2030</t>
@@ -1267,50 +1267,62 @@
     <t>BQC4DW4</t>
   </si>
   <si>
     <t>SNOWFLAKE INC:0.000 01OCT2029</t>
   </si>
   <si>
     <t>833445AD1</t>
   </si>
   <si>
     <t>US833445AD10</t>
   </si>
   <si>
     <t>BR54Q29</t>
   </si>
   <si>
     <t>SOUTHERN COMPANY (THE):3.250 15JUN2028</t>
   </si>
   <si>
     <t>842587EC7</t>
   </si>
   <si>
     <t>US842587EC73</t>
   </si>
   <si>
     <t>BS7YG91</t>
+  </si>
+  <si>
+    <t>SOUTHERN COMPANY (THE):PFD 7.125 15DEC2028</t>
+  </si>
+  <si>
+    <t>842587842</t>
+  </si>
+  <si>
+    <t>US8425878423</t>
+  </si>
+  <si>
+    <t>BMHXRD7</t>
   </si>
   <si>
     <t>SPOTIFY USA INC:0.000 15MAR2026</t>
   </si>
   <si>
     <t>84921RAB6</t>
   </si>
   <si>
     <t>US84921RAB69</t>
   </si>
   <si>
     <t>BN4QDL6</t>
   </si>
   <si>
     <t>STMICROELECTRONICS NV:0.000 04AUG2027</t>
   </si>
   <si>
     <t>XS2211997239</t>
   </si>
   <si>
     <t>BN4RFF7</t>
   </si>
   <si>
     <t>SUPER MICRO COMPUTER INC:0.000 15JUN2030</t>
   </si>
@@ -1930,2434 +1942,2451 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E155"/>
+  <dimension ref="A1:E156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="46.5703125"/>
     <col min="2" max="2" bestFit="true" customWidth="true" width="16.0"/>
     <col min="3" max="3" customWidth="true" width="13.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="4" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="2"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>14</v>
       </c>
       <c r="D9" t="s" s="0">
         <v>15</v>
       </c>
       <c r="E9" t="s" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
-        <v>0.62</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>1.02</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>1.29</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>0.97</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>34</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.77</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>37</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>38</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>1.17</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>41</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>42</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.75</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>45</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>46</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.68</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>49</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>50</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.42</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>53</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>54</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.6</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>56</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>57</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.23</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>60</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>61</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.67</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>-0.06</v>
+        <v>-0.11</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>65</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>66</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.92</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>69</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>70</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.98</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>73</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>74</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.69</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>77</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>78</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.78</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>81</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>82</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.72</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>84</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>85</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>86</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.34</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>89</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>90</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.87</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>93</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>94</v>
       </c>
       <c r="E30" t="n" s="0">
-        <v>0.5</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C31" t="s" s="0">
         <v>96</v>
       </c>
       <c r="D31" t="s" s="0">
         <v>97</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.36</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C32" t="s" s="0">
         <v>99</v>
       </c>
-      <c r="C32" t="s" s="0">
+      <c r="D32" t="s" s="0">
         <v>100</v>
       </c>
-      <c r="D32" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="n" s="0">
-        <v>0.58</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="B33" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="B33" s="6" t="s">
+      <c r="C33" t="s" s="0">
         <v>103</v>
       </c>
-      <c r="C33" t="s" s="0">
+      <c r="D33" t="s" s="0">
         <v>104</v>
       </c>
-      <c r="D33" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E33" t="n" s="0">
-        <v>1.06</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B34" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="B34" s="6" t="s">
+      <c r="C34" t="s" s="0">
         <v>107</v>
       </c>
-      <c r="C34" t="s" s="0">
+      <c r="D34" t="s" s="0">
         <v>108</v>
       </c>
-      <c r="D34" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E34" t="n" s="0">
-        <v>0.85</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="B35" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="B35" s="6" t="s">
+      <c r="C35" t="s" s="0">
         <v>111</v>
       </c>
-      <c r="C35" t="s" s="0">
+      <c r="D35" t="s" s="0">
         <v>112</v>
       </c>
-      <c r="D35" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E35" t="n" s="0">
-        <v>2.34</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B36" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="B36" s="6" t="s">
+      <c r="C36" t="s" s="0">
         <v>115</v>
       </c>
-      <c r="C36" t="s" s="0">
+      <c r="D36" t="s" s="0">
         <v>116</v>
       </c>
-      <c r="D36" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E36" t="n" s="0">
-        <v>0.55</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B37" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="B37" s="6" t="s">
+      <c r="C37" t="s" s="0">
         <v>119</v>
       </c>
-      <c r="C37" t="s" s="0">
+      <c r="D37" t="s" s="0">
         <v>120</v>
       </c>
-      <c r="D37" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E37" t="n" s="0">
-        <v>0.58</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B38" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="B38" s="6" t="s">
+      <c r="C38" t="s" s="0">
         <v>123</v>
       </c>
-      <c r="C38" t="s" s="0">
+      <c r="D38" t="s" s="0">
         <v>124</v>
       </c>
-      <c r="D38" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E38" t="n" s="0">
-        <v>1.14</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B39" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="B39" s="6" t="s">
+      <c r="C39" t="s" s="0">
         <v>127</v>
       </c>
-      <c r="C39" t="s" s="0">
+      <c r="D39" t="s" s="0">
         <v>128</v>
       </c>
-      <c r="D39" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E39" t="n" s="0">
-        <v>0.35</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B40" s="6" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C40" t="s" s="0">
         <v>131</v>
       </c>
       <c r="D40" t="s" s="0">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E40" t="n" s="0">
-        <v>1.37</v>
+        <v>1.17</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C41" t="s" s="0">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D41" t="s" s="0">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E41" t="n" s="0">
-        <v>1.12</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="C42" t="s" s="0">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D42" t="s" s="0">
         <v>138</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>0.67</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>18</v>
+        <v>140</v>
       </c>
       <c r="C43" t="s" s="0">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D43" t="s" s="0">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>0.82</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C44" t="s" s="0">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D44" t="s" s="0">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.65</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C45" t="s" s="0">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D45" t="s" s="0">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.66</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>149</v>
+        <v>18</v>
       </c>
       <c r="C46" t="s" s="0">
         <v>150</v>
       </c>
       <c r="D46" t="s" s="0">
         <v>151</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>1.18</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>152</v>
       </c>
       <c r="B47" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C47" t="s" s="0">
         <v>153</v>
       </c>
-      <c r="C47" t="s" s="0">
+      <c r="D47" t="s" s="0">
         <v>154</v>
       </c>
-      <c r="D47" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E47" t="n" s="0">
-        <v>0.54</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="B48" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="B48" s="6" t="s">
+      <c r="C48" t="s" s="0">
         <v>157</v>
       </c>
-      <c r="C48" t="s" s="0">
+      <c r="D48" t="s" s="0">
         <v>158</v>
       </c>
-      <c r="D48" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E48" t="n" s="0">
-        <v>0.94</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="B49" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="B49" s="6" t="s">
+      <c r="C49" t="s" s="0">
         <v>161</v>
       </c>
-      <c r="C49" t="s" s="0">
+      <c r="D49" t="s" s="0">
         <v>162</v>
       </c>
-      <c r="D49" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E49" t="n" s="0">
-        <v>0.94</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B50" s="6" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>165</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>166</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.94</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>168</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>169</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>170</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.41</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B52" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C52" t="s" s="0">
         <v>172</v>
       </c>
-      <c r="C52" t="s" s="0">
+      <c r="D52" t="s" s="0">
         <v>173</v>
       </c>
-      <c r="D52" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E52" t="n" s="0">
-        <v>0.58</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="B53" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="B53" s="6" t="s">
+      <c r="C53" t="s" s="0">
         <v>176</v>
       </c>
-      <c r="C53" t="s" s="0">
+      <c r="D53" t="s" s="0">
         <v>177</v>
       </c>
-      <c r="D53" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E53" t="n" s="0">
-        <v>0.7</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B54" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="B54" s="6" t="s">
+      <c r="C54" t="s" s="0">
         <v>180</v>
       </c>
-      <c r="C54" t="s" s="0">
+      <c r="D54" t="s" s="0">
         <v>181</v>
       </c>
-      <c r="D54" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E54" t="n" s="0">
-        <v>0.33</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="B55" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="B55" s="6" t="s">
+      <c r="C55" t="s" s="0">
         <v>184</v>
       </c>
-      <c r="C55" t="s" s="0">
+      <c r="D55" t="s" s="0">
         <v>185</v>
       </c>
-      <c r="D55" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E55" t="n" s="0">
-        <v>0.75</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="B56" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="B56" s="6" t="s">
+      <c r="C56" t="s" s="0">
         <v>188</v>
       </c>
-      <c r="C56" t="s" s="0">
+      <c r="D56" t="s" s="0">
         <v>189</v>
       </c>
-      <c r="D56" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E56" t="n" s="0">
-        <v>0.81</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="B57" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="B57" s="6" t="s">
+      <c r="C57" t="s" s="0">
         <v>192</v>
       </c>
-      <c r="C57" t="s" s="0">
+      <c r="D57" t="s" s="0">
         <v>193</v>
       </c>
-      <c r="D57" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E57" t="n" s="0">
-        <v>0.82</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B58" s="6" t="s">
         <v>195</v>
       </c>
-      <c r="B58" s="6" t="s">
+      <c r="C58" t="s" s="0">
         <v>196</v>
       </c>
-      <c r="C58" t="s" s="0">
+      <c r="D58" t="s" s="0">
         <v>197</v>
       </c>
-      <c r="D58" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E58" t="n" s="0">
-        <v>0.98</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="B59" s="6" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C59" t="s" s="0">
         <v>200</v>
       </c>
       <c r="D59" t="s" s="0">
         <v>201</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.7</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>202</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>18</v>
+        <v>203</v>
       </c>
       <c r="C60" t="s" s="0">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D60" t="s" s="0">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>1.01</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="C61" t="s" s="0">
         <v>207</v>
       </c>
       <c r="D61" t="s" s="0">
         <v>208</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>209</v>
       </c>
       <c r="B62" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C62" t="s" s="0">
         <v>210</v>
       </c>
-      <c r="C62" t="s" s="0">
+      <c r="D62" t="s" s="0">
         <v>211</v>
       </c>
-      <c r="D62" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E62" t="n" s="0">
-        <v>1.05</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="B63" s="6" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C63" t="s" s="0">
         <v>214</v>
       </c>
       <c r="D63" t="s" s="0">
         <v>215</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.94</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>216</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>217</v>
       </c>
       <c r="C64" t="s" s="0">
         <v>218</v>
       </c>
       <c r="D64" t="s" s="0">
         <v>219</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>0.09</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>220</v>
       </c>
       <c r="B65" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C65" t="s" s="0">
         <v>221</v>
       </c>
-      <c r="C65" t="s" s="0">
+      <c r="D65" t="s" s="0">
         <v>222</v>
       </c>
-      <c r="D65" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E65" t="n" s="0">
-        <v>1.21</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="B66" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="B66" s="6" t="s">
+      <c r="C66" t="s" s="0">
         <v>225</v>
       </c>
-      <c r="C66" t="s" s="0">
+      <c r="D66" t="s" s="0">
         <v>226</v>
       </c>
-      <c r="D66" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E66" t="n" s="0">
-        <v>0.45</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="B67" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="B67" s="6" t="s">
+      <c r="C67" t="s" s="0">
         <v>229</v>
       </c>
-      <c r="C67" t="s" s="0">
+      <c r="D67" t="s" s="0">
         <v>230</v>
       </c>
-      <c r="D67" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E67" t="n" s="0">
-        <v>0.66</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="B68" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="B68" s="6" t="s">
+      <c r="C68" t="s" s="0">
         <v>233</v>
       </c>
-      <c r="C68" t="s" s="0">
+      <c r="D68" t="s" s="0">
         <v>234</v>
       </c>
-      <c r="D68" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E68" t="n" s="0">
-        <v>0.71</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B69" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="B69" s="6" t="s">
+      <c r="C69" t="s" s="0">
         <v>237</v>
       </c>
-      <c r="C69" t="s" s="0">
+      <c r="D69" t="s" s="0">
         <v>238</v>
       </c>
-      <c r="D69" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E69" t="n" s="0">
-        <v>1.6</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="B70" s="6" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C70" t="s" s="0">
         <v>241</v>
       </c>
       <c r="D70" t="s" s="0">
         <v>242</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.62</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>243</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>244</v>
       </c>
       <c r="C71" t="s" s="0">
         <v>245</v>
       </c>
       <c r="D71" t="s" s="0">
         <v>246</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>0.57</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>247</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C72" t="s" s="0">
         <v>248</v>
       </c>
       <c r="D72" t="s" s="0">
         <v>249</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.45</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>250</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>18</v>
+        <v>251</v>
       </c>
       <c r="C73" t="s" s="0">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D73" t="s" s="0">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.46</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>1.18</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>257</v>
+        <v>18</v>
       </c>
       <c r="C75" t="s" s="0">
         <v>258</v>
       </c>
       <c r="D75" t="s" s="0">
         <v>259</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.9</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>260</v>
       </c>
       <c r="B76" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C76" t="s" s="0">
         <v>261</v>
       </c>
-      <c r="C76" t="s" s="0">
+      <c r="D76" t="s" s="0">
         <v>262</v>
       </c>
-      <c r="D76" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E76" t="n" s="0">
-        <v>0.41</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B77" s="6" t="s">
         <v>264</v>
       </c>
-      <c r="B77" s="6" t="s">
+      <c r="C77" t="s" s="0">
         <v>265</v>
       </c>
-      <c r="C77" t="s" s="0">
+      <c r="D77" t="s" s="0">
         <v>266</v>
       </c>
-      <c r="D77" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E77" t="n" s="0">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="B78" s="6" t="s">
         <v>268</v>
       </c>
-      <c r="B78" s="6" t="s">
+      <c r="C78" t="s" s="0">
         <v>269</v>
       </c>
-      <c r="C78" t="s" s="0">
+      <c r="D78" t="s" s="0">
         <v>270</v>
       </c>
-      <c r="D78" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="n" s="0">
-        <v>0.48</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="B79" s="6" t="s">
         <v>272</v>
       </c>
-      <c r="B79" s="6" t="s">
+      <c r="C79" t="s" s="0">
         <v>273</v>
       </c>
-      <c r="C79" t="s" s="0">
+      <c r="D79" t="s" s="0">
         <v>274</v>
       </c>
-      <c r="D79" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E79" t="n" s="0">
-        <v>0.33</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="B80" s="6" t="s">
         <v>276</v>
       </c>
-      <c r="B80" s="6" t="s">
+      <c r="C80" t="s" s="0">
         <v>277</v>
       </c>
-      <c r="C80" t="s" s="0">
+      <c r="D80" t="s" s="0">
         <v>278</v>
       </c>
-      <c r="D80" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E80" t="n" s="0">
-        <v>1.54</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B81" s="6" t="s">
         <v>280</v>
       </c>
-      <c r="B81" s="6" t="s">
+      <c r="C81" t="s" s="0">
         <v>281</v>
       </c>
-      <c r="C81" t="s" s="0">
+      <c r="D81" t="s" s="0">
         <v>282</v>
       </c>
-      <c r="D81" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="n" s="0">
-        <v>0.55</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="B82" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="B82" s="6" t="s">
+      <c r="C82" t="s" s="0">
         <v>285</v>
       </c>
-      <c r="C82" t="s" s="0">
+      <c r="D82" t="s" s="0">
         <v>286</v>
       </c>
-      <c r="D82" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E82" t="n" s="0">
-        <v>0.52</v>
+        <v>2.28</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B83" s="6" t="s">
         <v>288</v>
       </c>
-      <c r="B83" s="6" t="s">
+      <c r="C83" t="s" s="0">
         <v>289</v>
       </c>
-      <c r="C83" t="s" s="0">
+      <c r="D83" t="s" s="0">
         <v>290</v>
       </c>
-      <c r="D83" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E83" t="n" s="0">
-        <v>0.43</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B84" s="6" t="s">
         <v>292</v>
       </c>
-      <c r="B84" s="6" t="s">
+      <c r="C84" t="s" s="0">
         <v>293</v>
       </c>
-      <c r="C84" t="s" s="0">
+      <c r="D84" t="s" s="0">
         <v>294</v>
       </c>
-      <c r="D84" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E84" t="n" s="0">
-        <v>0.69</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B85" s="6" t="s">
         <v>296</v>
       </c>
-      <c r="B85" s="6" t="s">
+      <c r="C85" t="s" s="0">
         <v>297</v>
       </c>
-      <c r="C85" t="s" s="0">
+      <c r="D85" t="s" s="0">
         <v>298</v>
       </c>
-      <c r="D85" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E85" t="n" s="0">
-        <v>0.69</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="B86" s="6" t="s">
         <v>300</v>
       </c>
-      <c r="B86" s="6" t="s">
+      <c r="C86" t="s" s="0">
         <v>301</v>
       </c>
-      <c r="C86" t="s" s="0">
+      <c r="D86" t="s" s="0">
         <v>302</v>
       </c>
-      <c r="D86" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E86" t="n" s="0">
-        <v>0.58</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B87" s="6" t="s">
         <v>304</v>
       </c>
-      <c r="B87" s="6" t="s">
+      <c r="C87" t="s" s="0">
         <v>305</v>
       </c>
-      <c r="C87" t="s" s="0">
+      <c r="D87" t="s" s="0">
         <v>306</v>
       </c>
-      <c r="D87" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E87" t="n" s="0">
-        <v>0.59</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="B88" s="6" t="s">
         <v>308</v>
       </c>
-      <c r="B88" s="6" t="s">
+      <c r="C88" t="s" s="0">
         <v>309</v>
       </c>
-      <c r="C88" t="s" s="0">
+      <c r="D88" t="s" s="0">
         <v>310</v>
       </c>
-      <c r="D88" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E88" t="n" s="0">
-        <v>1.76</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="B89" s="6" t="s">
         <v>312</v>
       </c>
-      <c r="B89" s="6" t="s">
+      <c r="C89" t="s" s="0">
         <v>313</v>
       </c>
-      <c r="C89" t="s" s="0">
+      <c r="D89" t="s" s="0">
         <v>314</v>
       </c>
-      <c r="D89" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E89" t="n" s="0">
-        <v>1.09</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="B90" s="6" t="s">
         <v>316</v>
       </c>
-      <c r="B90" s="6" t="s">
+      <c r="C90" t="s" s="0">
         <v>317</v>
       </c>
-      <c r="C90" t="s" s="0">
+      <c r="D90" t="s" s="0">
         <v>318</v>
       </c>
-      <c r="D90" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E90" t="n" s="0">
-        <v>1.03</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="B91" s="6" t="s">
         <v>320</v>
       </c>
-      <c r="B91" s="6" t="s">
+      <c r="C91" t="s" s="0">
         <v>321</v>
       </c>
-      <c r="C91" t="s" s="0">
+      <c r="D91" t="s" s="0">
         <v>322</v>
       </c>
-      <c r="D91" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E91" t="n" s="0">
-        <v>0.88</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="B92" s="6" t="s">
         <v>324</v>
       </c>
-      <c r="B92" s="6" t="s">
+      <c r="C92" t="s" s="0">
         <v>325</v>
       </c>
-      <c r="C92" t="s" s="0">
+      <c r="D92" t="s" s="0">
         <v>326</v>
       </c>
-      <c r="D92" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E92" t="n" s="0">
-        <v>0.89</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B93" s="6" t="s">
         <v>328</v>
       </c>
-      <c r="B93" s="6" t="s">
+      <c r="C93" t="s" s="0">
         <v>329</v>
       </c>
-      <c r="C93" t="s" s="0">
+      <c r="D93" t="s" s="0">
         <v>330</v>
       </c>
-      <c r="D93" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E93" t="n" s="0">
-        <v>0.88</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B94" s="6" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C94" t="s" s="0">
         <v>333</v>
       </c>
       <c r="D94" t="s" s="0">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.13</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C95" t="s" s="0">
         <v>336</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>1.09</v>
+        <v>-0.13</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B96" s="6" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C96" t="s" s="0">
         <v>339</v>
       </c>
       <c r="D96" t="s" s="0">
         <v>340</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>0.63</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>341</v>
       </c>
       <c r="B97" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C97" t="s" s="0">
         <v>342</v>
       </c>
-      <c r="C97" t="s" s="0">
+      <c r="D97" t="s" s="0">
         <v>343</v>
       </c>
-      <c r="D97" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="n" s="0">
-        <v>0.95</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="B98" s="6" t="s">
         <v>345</v>
       </c>
-      <c r="B98" s="6" t="s">
+      <c r="C98" t="s" s="0">
         <v>346</v>
       </c>
-      <c r="C98" t="s" s="0">
+      <c r="D98" t="s" s="0">
         <v>347</v>
       </c>
-      <c r="D98" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E98" t="n" s="0">
-        <v>1.13</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="B99" s="6" t="s">
         <v>349</v>
       </c>
-      <c r="B99" s="6" t="s">
+      <c r="C99" t="s" s="0">
         <v>350</v>
       </c>
-      <c r="C99" t="s" s="0">
+      <c r="D99" t="s" s="0">
         <v>351</v>
       </c>
-      <c r="D99" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E99" t="n" s="0">
-        <v>0.2</v>
+        <v>1.17</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="B100" s="6" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C100" t="s" s="0">
         <v>354</v>
       </c>
       <c r="D100" t="s" s="0">
         <v>355</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.98</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>356</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C101" t="s" s="0">
         <v>357</v>
       </c>
       <c r="D101" t="s" s="0">
         <v>358</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>2.02</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>359</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>360</v>
       </c>
       <c r="C102" t="s" s="0">
         <v>361</v>
       </c>
       <c r="D102" t="s" s="0">
         <v>362</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>0.7</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
         <v>363</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>364</v>
       </c>
       <c r="C103" t="s" s="0">
         <v>365</v>
       </c>
       <c r="D103" t="s" s="0">
         <v>366</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.74</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>368</v>
       </c>
       <c r="C104" t="s" s="0">
         <v>369</v>
       </c>
       <c r="D104" t="s" s="0">
         <v>370</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.68</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
         <v>371</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C105" t="s" s="0">
         <v>372</v>
       </c>
       <c r="D105" t="s" s="0">
         <v>373</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.73</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
         <v>374</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C106" t="s" s="0">
         <v>375</v>
       </c>
       <c r="D106" t="s" s="0">
         <v>376</v>
       </c>
       <c r="E106" t="n" s="0">
         <v>0.11</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
         <v>377</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C107" t="s" s="0">
         <v>378</v>
       </c>
       <c r="D107" t="s" s="0">
         <v>379</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>1.04</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
         <v>380</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C108" t="s" s="0">
         <v>381</v>
       </c>
       <c r="D108" t="s" s="0">
         <v>382</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.8</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
         <v>383</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C109" t="s" s="0">
         <v>384</v>
       </c>
       <c r="D109" t="s" s="0">
         <v>385</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.83</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
         <v>386</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>387</v>
       </c>
       <c r="C110" t="s" s="0">
         <v>388</v>
       </c>
       <c r="D110" t="s" s="0">
         <v>389</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>0.96</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
         <v>390</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C111" t="s" s="0">
         <v>391</v>
       </c>
       <c r="D111" t="s" s="0">
         <v>392</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.58</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
         <v>393</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>394</v>
       </c>
       <c r="C112" t="s" s="0">
         <v>395</v>
       </c>
       <c r="D112" t="s" s="0">
         <v>396</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.64</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
         <v>397</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C113" t="s" s="0">
         <v>398</v>
       </c>
       <c r="D113" t="s" s="0">
         <v>399</v>
       </c>
       <c r="E113" t="n" s="0">
-        <v>0.61</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
         <v>400</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>401</v>
       </c>
       <c r="C114" t="s" s="0">
         <v>402</v>
       </c>
       <c r="D114" t="s" s="0">
         <v>403</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
         <v>404</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C115" t="s" s="0">
         <v>405</v>
       </c>
       <c r="D115" t="s" s="0">
         <v>406</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.81</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
         <v>407</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>408</v>
       </c>
       <c r="C116" t="s" s="0">
         <v>409</v>
       </c>
       <c r="D116" t="s" s="0">
         <v>410</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.86</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
         <v>411</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>412</v>
       </c>
       <c r="C117" t="s" s="0">
         <v>413</v>
       </c>
       <c r="D117" t="s" s="0">
         <v>414</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.35</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
         <v>415</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>416</v>
       </c>
       <c r="C118" t="s" s="0">
         <v>417</v>
       </c>
       <c r="D118" t="s" s="0">
         <v>418</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.71</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
         <v>419</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>420</v>
       </c>
       <c r="C119" t="s" s="0">
         <v>421</v>
       </c>
       <c r="D119" t="s" s="0">
         <v>422</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.64</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
         <v>423</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>18</v>
+        <v>424</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.7</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>427</v>
+        <v>18</v>
       </c>
       <c r="C121" t="s" s="0">
         <v>428</v>
       </c>
       <c r="D121" t="s" s="0">
         <v>429</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>1.02</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
         <v>430</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>431</v>
       </c>
       <c r="C122" t="s" s="0">
         <v>432</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>18</v>
+        <v>433</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>1.11</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D123" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>-0.21</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D124" t="s" s="0">
-        <v>439</v>
+        <v>18</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>0.47</v>
+        <v>-0.21</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
         <v>440</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>18</v>
+        <v>441</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.63</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E126" t="n" s="0">
-        <v>0.82</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>447</v>
+        <v>18</v>
       </c>
       <c r="C127" t="s" s="0">
         <v>448</v>
       </c>
       <c r="D127" t="s" s="0">
         <v>449</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.73</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
         <v>450</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>451</v>
       </c>
       <c r="C128" t="s" s="0">
         <v>452</v>
       </c>
       <c r="D128" t="s" s="0">
         <v>453</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.55</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
         <v>454</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>455</v>
       </c>
       <c r="C129" t="s" s="0">
         <v>456</v>
       </c>
       <c r="D129" t="s" s="0">
         <v>457</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.69</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
         <v>458</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>459</v>
       </c>
       <c r="C130" t="s" s="0">
         <v>460</v>
       </c>
       <c r="D130" t="s" s="0">
         <v>461</v>
       </c>
       <c r="E130" t="n" s="0">
-        <v>0.59</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
         <v>462</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>463</v>
       </c>
       <c r="C131" t="s" s="0">
         <v>464</v>
       </c>
       <c r="D131" t="s" s="0">
         <v>465</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.59</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
         <v>466</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>18</v>
+        <v>467</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>0.73</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>470</v>
+        <v>18</v>
       </c>
       <c r="C133" t="s" s="0">
         <v>471</v>
       </c>
       <c r="D133" t="s" s="0">
         <v>472</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.42</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
         <v>473</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>474</v>
       </c>
       <c r="C134" t="s" s="0">
         <v>475</v>
       </c>
       <c r="D134" t="s" s="0">
         <v>476</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.81</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
         <v>477</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>478</v>
       </c>
       <c r="C135" t="s" s="0">
         <v>479</v>
       </c>
       <c r="D135" t="s" s="0">
         <v>480</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.68</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
         <v>481</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>482</v>
       </c>
       <c r="C136" t="s" s="0">
         <v>483</v>
       </c>
       <c r="D136" t="s" s="0">
         <v>484</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.66</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
         <v>485</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>486</v>
       </c>
       <c r="C137" t="s" s="0">
         <v>487</v>
       </c>
       <c r="D137" t="s" s="0">
         <v>488</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.95</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
         <v>489</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>490</v>
       </c>
       <c r="C138" t="s" s="0">
         <v>491</v>
       </c>
       <c r="D138" t="s" s="0">
         <v>492</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.41</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
         <v>493</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>494</v>
       </c>
       <c r="C139" t="s" s="0">
         <v>495</v>
       </c>
       <c r="D139" t="s" s="0">
         <v>496</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>1.1</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
         <v>497</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>18</v>
+        <v>498</v>
       </c>
       <c r="C140" t="s" s="0">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D140" t="s" s="0">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.55</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>501</v>
+        <v>18</v>
       </c>
       <c r="C141" t="s" s="0">
         <v>502</v>
       </c>
       <c r="D141" t="s" s="0">
         <v>503</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.66</v>
-[...8 lines deleted...]
-    <row r="147" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="C142" t="s" s="0">
+        <v>506</v>
+      </c>
+      <c r="D142" t="s" s="0">
+        <v>507</v>
+      </c>
+      <c r="E142" t="n" s="0">
+        <v>0.63</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B147" s="2"/>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B148" s="2"/>
     </row>
-    <row r="149" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="D150" s="9"/>
+    <row r="149" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B149" s="2"/>
+    </row>
+    <row r="150" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="11" t="s">
+        <v>509</v>
+      </c>
+      <c r="B150" s="11"/>
+      <c r="C150" s="12"/>
+      <c r="D150" s="12"/>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A151" s="9" t="s">
-        <v>18</v>
+      <c r="A151" s="10" t="s">
+        <v>510</v>
       </c>
       <c r="B151" s="9"/>
       <c r="C151" s="9"/>
       <c r="D151" s="9"/>
     </row>
-    <row r="152" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A152" s="2" t="s">
+    <row r="152" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A152" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B152" s="2"/>
-[...2 lines deleted...]
-      <c r="A153" s="7" t="str">
+      <c r="B152" s="9"/>
+      <c r="C152" s="9"/>
+      <c r="D152" s="9"/>
+    </row>
+    <row r="153" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B153" s="2"/>
+    </row>
+    <row r="154" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A154" s="7" t="str">
         <f ca="1">CONCATENATE("©",YEAR(TODAY())," Morgan Stanley.")</f>
         <v>©2020 Morgan Stanley.</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="B154" s="2"/>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B155" s="2"/>
+    </row>
+    <row r="156" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A156" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B156" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A5:E5"/>
-    <mergeCell ref="A149:D149"/>
-    <mergeCell ref="A150:D151"/>
+    <mergeCell ref="A150:D150"/>
+    <mergeCell ref="A151:D152"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>