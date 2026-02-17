--- v1 (2025-12-19)
+++ v2 (2026-02-17)
@@ -45,105 +45,105 @@
   <si>
     <t xml:space="preserve"> All Fund Holdings | as of 12-Dec-2012</t>
   </si>
   <si>
     <t>SECURITY NAME</t>
   </si>
   <si>
     <t>% OF PORTFOLIO</t>
   </si>
   <si>
     <t>Please consider the investment objective, risks, charges and expenses of the fund carefully before investing. The prospectus contains this and other information about the fund. To obtain a prospectus, download one at morganstanley.com/im. Please read the prospectus carefully before investing.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management (MSIM) is the asset management division of Morgan Stanley.</t>
   </si>
   <si>
     <t>Holdings are as of the date indicated and subject to change. These securities and percentage allocations are only for illustrative purposes and do not constitute, and should not be construed as, investment advice or recommendations with respect to the securities or investments mentioned. There is no assurance that any strategy will achieve its investment objective. Investing involves risks including the possible loss of principal. Please refer to the fund’s prospectus for more complete risk information.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Funds</t>
   </si>
   <si>
     <t xml:space="preserve">Global Convertible Bond Fund </t>
   </si>
   <si>
-    <t xml:space="preserve"> Alle Positionen | Per 30-Nov-2025</t>
+    <t xml:space="preserve"> Alle Positionen | Per 31-Jän-2026</t>
   </si>
   <si>
     <t>Name des Wertpapiers</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>% Portfolio</t>
   </si>
   <si>
     <t>ACCOR SA:0.700 07DEC2027</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>FR0013521085</t>
   </si>
   <si>
     <t>BLGYBX2</t>
   </si>
   <si>
     <t>AFFIRM HOLDINGS INC:0.750 15DEC2029</t>
   </si>
   <si>
-    <t>00827BAC0</t>
-[...8 lines deleted...]
-    <t>AKAMAI TECH, INC.:0.250 15MAY2033</t>
+    <t>00827BAD8</t>
+  </si>
+  <si>
+    <t>US00827BAD82</t>
+  </si>
+  <si>
+    <t>BV6GX09</t>
+  </si>
+  <si>
+    <t>AKAMAI TECH INC:0.250 15MAY2033</t>
   </si>
   <si>
     <t>00971TAP6</t>
   </si>
   <si>
     <t>US00971TAP66</t>
   </si>
   <si>
     <t>BMV9QK1</t>
   </si>
   <si>
-    <t>AKAMAI TECH, INC.:1.125 15FEB2029</t>
+    <t>AKAMAI TECH INC:1.125 15FEB2029</t>
   </si>
   <si>
     <t>00971TAN1</t>
   </si>
   <si>
     <t>US00971TAN19</t>
   </si>
   <si>
     <t>BLD94J7</t>
   </si>
   <si>
     <t>ALIBABA GROUP HOLDING LTD:0.000 09JUL2032</t>
   </si>
   <si>
     <t>XS3086574004</t>
   </si>
   <si>
     <t>BVMQM62</t>
   </si>
   <si>
     <t>ALIBABA GROUP HOLDING LTD:0.000 15SEP2032</t>
   </si>
   <si>
     <t>USG01719AP11</t>
   </si>
@@ -225,1268 +225,1259 @@
   <si>
     <t>BCMGNUSD</t>
   </si>
   <si>
     <t>BAIDU INC:0.000 12MAR2032</t>
   </si>
   <si>
     <t>XS3015248209</t>
   </si>
   <si>
     <t>BPG2TX0</t>
   </si>
   <si>
     <t>BARCLAYS BANK PLC:1.000 16FEB2029</t>
   </si>
   <si>
     <t>06744EDH7</t>
   </si>
   <si>
     <t>US06744EDH71</t>
   </si>
   <si>
     <t>BMCZMF5</t>
   </si>
   <si>
-    <t>BILL.COM HOLDINGS INC:0.000 01APR2030</t>
-[...8 lines deleted...]
-    <t>BQ82B95</t>
+    <t>BILL HOLDINGS INC:0.000 01APR2030</t>
+  </si>
+  <si>
+    <t>090043AF7</t>
+  </si>
+  <si>
+    <t>US090043AF78</t>
+  </si>
+  <si>
+    <t>BV3PQ66</t>
   </si>
   <si>
     <t>BLACKLINE INC:1.000 01JUN2029</t>
   </si>
   <si>
     <t>09239BAF6</t>
   </si>
   <si>
     <t>US09239BAF67</t>
   </si>
   <si>
     <t>BVH6Z02</t>
   </si>
   <si>
     <t>BOSTON PROP:2.000 01OCT2030</t>
   </si>
   <si>
     <t>10112RBM5</t>
   </si>
   <si>
     <t>US10112RBM51</t>
   </si>
   <si>
     <t>BVBM5F1</t>
   </si>
   <si>
-    <t>BRIDGEBIO PHARMA INC:1.750 01MAR2031</t>
-[...8 lines deleted...]
-    <t>BRQN8K7</t>
+    <t>BRIDGEBIO PHARMA INC:0.750 01FEB2033</t>
+  </si>
+  <si>
+    <t>10806XAK8</t>
+  </si>
+  <si>
+    <t>US10806XAK81</t>
+  </si>
+  <si>
+    <t>BVMZK54</t>
   </si>
   <si>
     <t>CENTERPOINT ENERGY INC:3.000 01AUG2028</t>
   </si>
   <si>
     <t>15189TBQ9</t>
   </si>
   <si>
     <t>US15189TBQ94</t>
   </si>
   <si>
     <t>BPQYKM2</t>
   </si>
   <si>
     <t>CENTERPOINT ENERGY INC:4.250 15AUG2026</t>
   </si>
   <si>
     <t>15189TBD8</t>
   </si>
   <si>
     <t>US15189TBD81</t>
   </si>
   <si>
     <t>BQ0N6T1</t>
   </si>
   <si>
+    <t>CHECK POINT SOFTWARE TECH LTD:0.000 15DEC2030</t>
+  </si>
+  <si>
+    <t>162775AA8</t>
+  </si>
+  <si>
+    <t>US162775AA82</t>
+  </si>
+  <si>
+    <t>BWK9LF2</t>
+  </si>
+  <si>
     <t>CHINA PACIFIC INSURANCE GROUP CO LTD:0.000 18SEP2030</t>
   </si>
   <si>
     <t>XS3165356158</t>
   </si>
   <si>
     <t>BVTBDV2</t>
   </si>
   <si>
     <t>CHOW TAI FOOK JEWELLERY GROUP LTD:0.375 30JUN2030</t>
   </si>
   <si>
     <t>XS3101384447</t>
   </si>
   <si>
     <t>BTMLWN0</t>
   </si>
   <si>
+    <t>CLEANSPARK INC:0.000 15FEB2032</t>
+  </si>
+  <si>
+    <t>18452BAD2</t>
+  </si>
+  <si>
+    <t>US18452BAD29</t>
+  </si>
+  <si>
+    <t>BQB3NP5</t>
+  </si>
+  <si>
     <t>CLOUDFLARE INC:0.000 15AUG2026</t>
   </si>
   <si>
     <t>18915MAC1</t>
   </si>
   <si>
     <t>US18915MAC10</t>
   </si>
   <si>
     <t>BMHWT94</t>
   </si>
   <si>
     <t>CLOUDFLARE INC:0.000 15JUN2030</t>
   </si>
   <si>
     <t>18915MAE7</t>
   </si>
   <si>
     <t>US18915MAE75</t>
   </si>
   <si>
     <t>BN6MY75</t>
   </si>
   <si>
+    <t>CMOC CAPITAL LTD:0.000 24JAN2027</t>
+  </si>
+  <si>
+    <t>XS3280521728</t>
+  </si>
+  <si>
+    <t>BTQHHN9</t>
+  </si>
+  <si>
     <t>CMS ENERGY CORP:3.375 01MAY2028</t>
   </si>
   <si>
     <t>125896BX7</t>
   </si>
   <si>
     <t>US125896BX77</t>
   </si>
   <si>
     <t>BL56979</t>
   </si>
   <si>
-    <t>COINBASE GLOBAL INC:0.000 01OCT2032</t>
+    <t>COINBASE GLOBAL INC (PRE-REINCORPORATION:0.000 01OCT2032</t>
   </si>
   <si>
     <t>19260QAJ6</t>
   </si>
   <si>
     <t>US19260QAJ67</t>
   </si>
   <si>
     <t>BVDH9J6</t>
   </si>
   <si>
-    <t>COLFAX CORP:3.875 15OCT2028</t>
+    <t>COMMVAULT SYSTEMS INC:0.000 15SEP2030</t>
+  </si>
+  <si>
+    <t>204166AA0</t>
+  </si>
+  <si>
+    <t>US204166AA06</t>
+  </si>
+  <si>
+    <t>BT7N0W6</t>
+  </si>
+  <si>
+    <t>CORE SCIENTIFIC INC:0.000 15JUN2031</t>
+  </si>
+  <si>
+    <t>21874AAE6</t>
+  </si>
+  <si>
+    <t>US21874AAE64</t>
+  </si>
+  <si>
+    <t>BPGMQC8</t>
+  </si>
+  <si>
+    <t>COREWEAVE INC:1.750 01DEC2031</t>
+  </si>
+  <si>
+    <t>21873SAD0</t>
+  </si>
+  <si>
+    <t>US21873SAD09</t>
+  </si>
+  <si>
+    <t>BVVDV90</t>
+  </si>
+  <si>
+    <t>CYTOKINETICS INCORPORATED:3.500 01JUL2027</t>
+  </si>
+  <si>
+    <t>23282WAC4</t>
+  </si>
+  <si>
+    <t>US23282WAC47</t>
+  </si>
+  <si>
+    <t>BRBQ4V4</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>XXXX1</t>
+  </si>
+  <si>
+    <t>DATADOG INC:0.000 01DEC2029</t>
+  </si>
+  <si>
+    <t>23804LAD5</t>
+  </si>
+  <si>
+    <t>US23804LAD55</t>
+  </si>
+  <si>
+    <t>BS46C81</t>
+  </si>
+  <si>
+    <t>DAVIDE CAMPARI MILANO NV:2.375 17JAN2029</t>
+  </si>
+  <si>
+    <t>XS2740429589</t>
+  </si>
+  <si>
+    <t>BR88MC0</t>
+  </si>
+  <si>
+    <t>DEEP DEVELOPMENT 2025 LIMITED:0.750 20MAY2032</t>
+  </si>
+  <si>
+    <t>XS3037621086</t>
+  </si>
+  <si>
+    <t>BV99G28</t>
+  </si>
+  <si>
+    <t>DELIVERY HERO SE:3.250 21FEB2030</t>
+  </si>
+  <si>
+    <t>DE000A30V5R1</t>
+  </si>
+  <si>
+    <t>BNKBK25</t>
+  </si>
+  <si>
+    <t>DIGITAL RLTY:1.875 15NOV2029</t>
+  </si>
+  <si>
+    <t>25389JAX4</t>
+  </si>
+  <si>
+    <t>US25389JAX46</t>
+  </si>
+  <si>
+    <t>BPNYX15</t>
+  </si>
+  <si>
+    <t>DIGITALOCEAN HOLDINGS INC:0.000 15AUG2030</t>
+  </si>
+  <si>
+    <t>25402DAC6</t>
+  </si>
+  <si>
+    <t>US25402DAC65</t>
+  </si>
+  <si>
+    <t>BTY4DJ0</t>
+  </si>
+  <si>
+    <t>DOORDASH INC:0.000 15MAY2030</t>
+  </si>
+  <si>
+    <t>25809KAA3</t>
+  </si>
+  <si>
+    <t>US25809KAA34</t>
+  </si>
+  <si>
+    <t>BL9X932</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY CORP:4.125 15APR2026</t>
+  </si>
+  <si>
+    <t>26441CBY0</t>
+  </si>
+  <si>
+    <t>US26441CBY03</t>
+  </si>
+  <si>
+    <t>BSVHT19</t>
+  </si>
+  <si>
+    <t>ENI SPA:2.950 14SEP2030</t>
+  </si>
+  <si>
+    <t>XS2637952610</t>
+  </si>
+  <si>
+    <t>BP6JK50</t>
+  </si>
+  <si>
+    <t>ENOVIS CORP:3.875 15OCT2028</t>
   </si>
   <si>
     <t>194014AB2</t>
   </si>
   <si>
     <t>US194014AB28</t>
   </si>
   <si>
     <t>BT3KL84</t>
   </si>
   <si>
-    <t>COMMVAULT SYSTEMS INC:0.000 15SEP2030</t>
-[...23 lines deleted...]
-    <t>CTRIP.COM INTERNATIONAL LTD:0.750 15JUN2029</t>
+    <t>EURONET WORLDWIDE INC.:0.625 01OCT2030</t>
+  </si>
+  <si>
+    <t>298736AM1</t>
+  </si>
+  <si>
+    <t>US298736AM13</t>
+  </si>
+  <si>
+    <t>BW01653</t>
+  </si>
+  <si>
+    <t>EVERGY INC:4.500 15DEC2027</t>
+  </si>
+  <si>
+    <t>30034WAD8</t>
+  </si>
+  <si>
+    <t>US30034WAD83</t>
+  </si>
+  <si>
+    <t>BTLT053</t>
+  </si>
+  <si>
+    <t>EVOLENT HEALTH INC:3.500 01DEC2029</t>
+  </si>
+  <si>
+    <t>30050BAH4</t>
+  </si>
+  <si>
+    <t>US30050BAH42</t>
+  </si>
+  <si>
+    <t>BTLT042</t>
+  </si>
+  <si>
+    <t>EXACT SCIENCES CORP:0.375 01MAR2028</t>
+  </si>
+  <si>
+    <t>30063PAC9</t>
+  </si>
+  <si>
+    <t>US30063PAC95</t>
+  </si>
+  <si>
+    <t>BLH8Z42</t>
+  </si>
+  <si>
+    <t>FEDERAL REALTY OP LP:3.250 15JAN2029</t>
+  </si>
+  <si>
+    <t>313747BD8</t>
+  </si>
+  <si>
+    <t>US313747BD82</t>
+  </si>
+  <si>
+    <t>BPRSLK8</t>
+  </si>
+  <si>
+    <t>GALAXY DIGITAL HOLDINGS LP (PRE-REINCORP:0.500 01MAY2031</t>
+  </si>
+  <si>
+    <t>36317GAC0</t>
+  </si>
+  <si>
+    <t>US36317GAC06</t>
+  </si>
+  <si>
+    <t>BRJBJ38</t>
+  </si>
+  <si>
+    <t>GLOBAL PAYMENTS INC.:1.500 01MAR2031</t>
+  </si>
+  <si>
+    <t>37940XAU6</t>
+  </si>
+  <si>
+    <t>US37940XAU63</t>
+  </si>
+  <si>
+    <t>BV6KH54</t>
+  </si>
+  <si>
+    <t>GRAB HOLDINGS LTD:0.000 15JUN2030</t>
+  </si>
+  <si>
+    <t>USG4124CAA74</t>
+  </si>
+  <si>
+    <t>BTCJS81</t>
+  </si>
+  <si>
+    <t>HAEMONETICS CORP:2.500 01JUN2029</t>
+  </si>
+  <si>
+    <t>405024AD2</t>
+  </si>
+  <si>
+    <t>US405024AD24</t>
+  </si>
+  <si>
+    <t>BNBV2G2</t>
+  </si>
+  <si>
+    <t>HALOZYME THERAPEUTICS INC:1.000 15AUG2028</t>
+  </si>
+  <si>
+    <t>40637HAF6</t>
+  </si>
+  <si>
+    <t>US40637HAF64</t>
+  </si>
+  <si>
+    <t>BPG90K5</t>
+  </si>
+  <si>
+    <t>HON HAI PRECISION INDUSTRY CO LTD:0.000 24OCT2029</t>
+  </si>
+  <si>
+    <t>XS2886113278</t>
+  </si>
+  <si>
+    <t>BSFSPN2</t>
+  </si>
+  <si>
+    <t>INTEGER HOLDINGS CORP:1.875 15MAR2030</t>
+  </si>
+  <si>
+    <t>45826HAC3</t>
+  </si>
+  <si>
+    <t>US45826HAC34</t>
+  </si>
+  <si>
+    <t>BSF0HG5</t>
+  </si>
+  <si>
+    <t>IONIS PHARMACEUTICALS INC:0.000 01DEC2030</t>
+  </si>
+  <si>
+    <t>462222AG5</t>
+  </si>
+  <si>
+    <t>US462222AG55</t>
+  </si>
+  <si>
+    <t>BSBFYT6</t>
+  </si>
+  <si>
+    <t>IREN LTD:0.000 01JUL2031</t>
+  </si>
+  <si>
+    <t>46270CAE9</t>
+  </si>
+  <si>
+    <t>US46270CAE93</t>
+  </si>
+  <si>
+    <t>BTMR1F3</t>
+  </si>
+  <si>
+    <t>IREN LTD:0.250 01JUN2032</t>
+  </si>
+  <si>
+    <t>46270CAG4</t>
+  </si>
+  <si>
+    <t>US46270CAG42</t>
+  </si>
+  <si>
+    <t>BVMC839</t>
+  </si>
+  <si>
+    <t>ITRON INC:0.000 15MAR2026</t>
+  </si>
+  <si>
+    <t>465741AN6</t>
+  </si>
+  <si>
+    <t>US465741AN69</t>
+  </si>
+  <si>
+    <t>BMZQ125</t>
+  </si>
+  <si>
+    <t>JAZZ INVESTMENTS I LTD:2.000 15JUN2026</t>
+  </si>
+  <si>
+    <t>472145AF8</t>
+  </si>
+  <si>
+    <t>US472145AF83</t>
+  </si>
+  <si>
+    <t>BNT2JN3</t>
+  </si>
+  <si>
+    <t>JAZZ INVESTMENTS I LTD:3.125 15SEP2030</t>
+  </si>
+  <si>
+    <t>472145AH4</t>
+  </si>
+  <si>
+    <t>US472145AH40</t>
+  </si>
+  <si>
+    <t>BQZ9CQ3</t>
+  </si>
+  <si>
+    <t>JD.COM INC:0.250 01JUN2029</t>
+  </si>
+  <si>
+    <t>47215PAJ5</t>
+  </si>
+  <si>
+    <t>US47215PAJ57</t>
+  </si>
+  <si>
+    <t>BVK9C29</t>
+  </si>
+  <si>
+    <t>JINKAI INVESTMENT HOLDINGS LTD:0.000 05FEB2031</t>
+  </si>
+  <si>
+    <t>XS3257747207</t>
+  </si>
+  <si>
+    <t>BVBJPH4</t>
+  </si>
+  <si>
+    <t>KANSAI PAINT CO LTD:0.000 08MAR2029</t>
+  </si>
+  <si>
+    <t>XS2771423170</t>
+  </si>
+  <si>
+    <t>BPJN480</t>
+  </si>
+  <si>
+    <t>LANTHEUS HOLDINGS INC:2.625 15DEC2027</t>
+  </si>
+  <si>
+    <t>516544AB9</t>
+  </si>
+  <si>
+    <t>US516544AB96</t>
+  </si>
+  <si>
+    <t>BNDQSP6</t>
+  </si>
+  <si>
+    <t>LEG PROPERTIES BV:1.000 04SEP2030</t>
+  </si>
+  <si>
+    <t>DE000A3L21D1</t>
+  </si>
+  <si>
+    <t>BSQNDQ5</t>
+  </si>
+  <si>
+    <t>LENOVO GROUP LTD:2.500 26AUG2029</t>
+  </si>
+  <si>
+    <t>XS2523390867</t>
+  </si>
+  <si>
+    <t>BQT3MH2</t>
+  </si>
+  <si>
+    <t>LG CHEM LTD:1.750 16JUN2028</t>
+  </si>
+  <si>
+    <t>XS3072393450</t>
+  </si>
+  <si>
+    <t>BNYHXS6</t>
+  </si>
+  <si>
+    <t>LI AUTO INC:0.250 01MAY2028</t>
+  </si>
+  <si>
+    <t>50202MAB8</t>
+  </si>
+  <si>
+    <t>US50202MAB81</t>
+  </si>
+  <si>
+    <t>BN2QQT7</t>
+  </si>
+  <si>
+    <t>LIBERTY BROADBAND CORP:3.125 31MAR2053</t>
+  </si>
+  <si>
+    <t>530307AE7</t>
+  </si>
+  <si>
+    <t>US530307AE75</t>
+  </si>
+  <si>
+    <t>BNGF8H2</t>
+  </si>
+  <si>
+    <t>LIBERTY MEDIA CORP:2.250 15AUG2027</t>
+  </si>
+  <si>
+    <t>531229AQ5</t>
+  </si>
+  <si>
+    <t>US531229AQ58</t>
+  </si>
+  <si>
+    <t>2LG7T47</t>
+  </si>
+  <si>
+    <t>LIVE NATION ENTERTAINMENT INC:2.875 15JAN2030</t>
+  </si>
+  <si>
+    <t>538034BC2</t>
+  </si>
+  <si>
+    <t>US538034BC20</t>
+  </si>
+  <si>
+    <t>BTBKNG8</t>
+  </si>
+  <si>
+    <t>LIVE NATION ENTERTAINMENT INC:2.875 15OCT2031</t>
+  </si>
+  <si>
+    <t>538034BD0</t>
+  </si>
+  <si>
+    <t>US538034BD03</t>
+  </si>
+  <si>
+    <t>BTMMSS0</t>
+  </si>
+  <si>
+    <t>LUMENTUM HOLDINGS INC:0.375 15MAR2032</t>
+  </si>
+  <si>
+    <t>55024UAJ8</t>
+  </si>
+  <si>
+    <t>US55024UAJ88</t>
+  </si>
+  <si>
+    <t>BW01T09</t>
+  </si>
+  <si>
+    <t>MARA HOLDINGS INC:0.000 01JUN2031</t>
+  </si>
+  <si>
+    <t>565788AH9</t>
+  </si>
+  <si>
+    <t>US565788AH92</t>
+  </si>
+  <si>
+    <t>BPSPWZ0</t>
+  </si>
+  <si>
+    <t>MARA HOLDINGS INC:0.000 01MAR2030</t>
+  </si>
+  <si>
+    <t>565788AF3</t>
+  </si>
+  <si>
+    <t>US565788AF37</t>
+  </si>
+  <si>
+    <t>BVQZS78</t>
+  </si>
+  <si>
+    <t>MARRIOTT VACATIONS WORLDWIDE CORP:3.250 15DEC2027</t>
+  </si>
+  <si>
+    <t>57164YAF4</t>
+  </si>
+  <si>
+    <t>US57164YAF43</t>
+  </si>
+  <si>
+    <t>BMBTQK1</t>
+  </si>
+  <si>
+    <t>MERIT MEDICAL SYST INC:3.000 01FEB2029</t>
+  </si>
+  <si>
+    <t>589889AA2</t>
+  </si>
+  <si>
+    <t>US589889AA22</t>
+  </si>
+  <si>
+    <t>BSD6D12</t>
+  </si>
+  <si>
+    <t>MERITAGE HOMES CORP:1.750 15MAY2028</t>
+  </si>
+  <si>
+    <t>59001ABF8</t>
+  </si>
+  <si>
+    <t>US59001ABF84</t>
+  </si>
+  <si>
+    <t>BT6C9P0</t>
+  </si>
+  <si>
+    <t>MICROCHIP TECH INC:0.750 01JUN2030</t>
+  </si>
+  <si>
+    <t>595017BG8</t>
+  </si>
+  <si>
+    <t>US595017BG84</t>
+  </si>
+  <si>
+    <t>BQTWW24</t>
+  </si>
+  <si>
+    <t>MKS INSTRUMENTS INC:1.250 01JUN2030</t>
+  </si>
+  <si>
+    <t>55306NAB0</t>
+  </si>
+  <si>
+    <t>US55306NAB01</t>
+  </si>
+  <si>
+    <t>BP6WP65</t>
+  </si>
+  <si>
+    <t>NEBIUS GROUP NV:1.000 15SEP2030</t>
+  </si>
+  <si>
+    <t>63954QAE6</t>
+  </si>
+  <si>
+    <t>US63954QAE61</t>
+  </si>
+  <si>
+    <t>BRJJLN6</t>
+  </si>
+  <si>
+    <t>NEXTERA ENERGY CAPITAL HOLDINGS INC:3.000 01MAR2027</t>
+  </si>
+  <si>
+    <t>65339KCY4</t>
+  </si>
+  <si>
+    <t>US65339KCY47</t>
+  </si>
+  <si>
+    <t>BV0VV39</t>
+  </si>
+  <si>
+    <t>NOVA LTD:0.000 15SEP2030</t>
+  </si>
+  <si>
+    <t>66982MAA2</t>
+  </si>
+  <si>
+    <t>US66982MAA27</t>
+  </si>
+  <si>
+    <t>BT8PB40</t>
+  </si>
+  <si>
+    <t>NUTANIX INC:0.500 15DEC2029</t>
+  </si>
+  <si>
+    <t>67059NAK4</t>
+  </si>
+  <si>
+    <t>US67059NAK46</t>
+  </si>
+  <si>
+    <t>BTBKSP2</t>
+  </si>
+  <si>
+    <t>Net Other Assets</t>
+  </si>
+  <si>
+    <t>XXXX2</t>
+  </si>
+  <si>
+    <t>ON SEMICONDUCTOR CORP:0.500 01MAR2029</t>
+  </si>
+  <si>
+    <t>682189AU9</t>
+  </si>
+  <si>
+    <t>US682189AU93</t>
+  </si>
+  <si>
+    <t>BQC4YF4</t>
+  </si>
+  <si>
+    <t>PARK24 CO LTD:0.000 24FEB2028</t>
+  </si>
+  <si>
+    <t>XS2584105055</t>
+  </si>
+  <si>
+    <t>BMZM9T6</t>
+  </si>
+  <si>
+    <t>PARSONS CORP:2.625 01MAR2029</t>
+  </si>
+  <si>
+    <t>70202LAD4</t>
+  </si>
+  <si>
+    <t>US70202LAD47</t>
+  </si>
+  <si>
+    <t>BTLN4X1</t>
+  </si>
+  <si>
+    <t>PG&amp;E CORP:4.250 01DEC2027</t>
+  </si>
+  <si>
+    <t>69331CAL2</t>
+  </si>
+  <si>
+    <t>US69331CAL28</t>
+  </si>
+  <si>
+    <t>BTQG156</t>
+  </si>
+  <si>
+    <t>PG&amp;E CORP:PFD 6.000 01DEC2027</t>
+  </si>
+  <si>
+    <t>69331C306</t>
+  </si>
+  <si>
+    <t>US69331C3060</t>
+  </si>
+  <si>
+    <t>BPGN2R8</t>
+  </si>
+  <si>
+    <t>PING AN INSURANCE GROUP CO OF CHINA LTD:0.000 11JUN2030</t>
+  </si>
+  <si>
+    <t>XS2924174381</t>
+  </si>
+  <si>
+    <t>BN6TDL3</t>
+  </si>
+  <si>
+    <t>POST HOLDINGS INC:2.500 15AUG2027</t>
+  </si>
+  <si>
+    <t>737446AT1</t>
+  </si>
+  <si>
+    <t>US737446AT14</t>
+  </si>
+  <si>
+    <t>BQ7YLL4</t>
+  </si>
+  <si>
+    <t>PPL CAPITAL FUNDING INC:2.875 15MAR2028</t>
+  </si>
+  <si>
+    <t>69352PAS2</t>
+  </si>
+  <si>
+    <t>US69352PAS20</t>
+  </si>
+  <si>
+    <t>BPH27M4</t>
+  </si>
+  <si>
+    <t>PROGRESS SOFTWARE CORP:3.500 01MAR2030</t>
+  </si>
+  <si>
+    <t>743312AD2</t>
+  </si>
+  <si>
+    <t>US743312AD29</t>
+  </si>
+  <si>
+    <t>BMGTN27</t>
+  </si>
+  <si>
+    <t>QIAGEN NV:2.500 10SEP2031</t>
+  </si>
+  <si>
+    <t>DE000A3L06J9</t>
+  </si>
+  <si>
+    <t>BT061R4</t>
+  </si>
+  <si>
+    <t>QUANTA COMPUTER INCORP:0.000 16SEP2029</t>
+  </si>
+  <si>
+    <t>XS2894149595</t>
+  </si>
+  <si>
+    <t>BPLZX54</t>
+  </si>
+  <si>
+    <t>RAG-STIFTUNG:1.875 16NOV2029</t>
+  </si>
+  <si>
+    <t>DE000A30VPN9</t>
+  </si>
+  <si>
+    <t>BQXQ675</t>
+  </si>
+  <si>
+    <t>RESONAC HOLDINGS CORP:0.000 29DEC2028</t>
+  </si>
+  <si>
+    <t>XS2809275899</t>
+  </si>
+  <si>
+    <t>BRJQK29</t>
+  </si>
+  <si>
+    <t>RIVIAN AUTOMOTIVE INC:4.625 15MAR2029</t>
+  </si>
+  <si>
+    <t>76954AAB9</t>
+  </si>
+  <si>
+    <t>US76954AAB98</t>
+  </si>
+  <si>
+    <t>BMX5G41</t>
+  </si>
+  <si>
+    <t>ROHM CO LTD.:0.000 24APR2031</t>
+  </si>
+  <si>
+    <t>XS2799622068</t>
+  </si>
+  <si>
+    <t>BSVJZQ2</t>
+  </si>
+  <si>
+    <t>RUBRIK INC:0.000 15JUN2030</t>
+  </si>
+  <si>
+    <t>781154AC3</t>
+  </si>
+  <si>
+    <t>US781154AC39</t>
+  </si>
+  <si>
+    <t>BTFGH82</t>
+  </si>
+  <si>
+    <t>SASOL FINANCING USA LLC:4.500 08NOV2027</t>
+  </si>
+  <si>
+    <t>XS2546248373</t>
+  </si>
+  <si>
+    <t>BQ0KQV4</t>
+  </si>
+  <si>
+    <t>SEMTECH CORP:0.000 15OCT2030</t>
+  </si>
+  <si>
+    <t>816850AJ0</t>
+  </si>
+  <si>
+    <t>US816850AJ09</t>
+  </si>
+  <si>
+    <t>BNVZ4J1</t>
+  </si>
+  <si>
+    <t>SF HOLDING INVESTMENT LTD:0.000 08JUL2026</t>
+  </si>
+  <si>
+    <t>XS3108363030</t>
+  </si>
+  <si>
+    <t>BNDR3F4</t>
+  </si>
+  <si>
+    <t>SHIFT4 PAYMENTS INC:0.500 01AUG2027</t>
+  </si>
+  <si>
+    <t>82452JAD1</t>
+  </si>
+  <si>
+    <t>US82452JAD19</t>
+  </si>
+  <si>
+    <t>BQC4DW4</t>
+  </si>
+  <si>
+    <t>SNOWFLAKE INC:0.000 01OCT2029</t>
+  </si>
+  <si>
+    <t>833445AD1</t>
+  </si>
+  <si>
+    <t>US833445AD10</t>
+  </si>
+  <si>
+    <t>BR54Q29</t>
+  </si>
+  <si>
+    <t>SOUTHERN COMPANY (THE):3.250 15JUN2028</t>
+  </si>
+  <si>
+    <t>842587EC7</t>
+  </si>
+  <si>
+    <t>US842587EC73</t>
+  </si>
+  <si>
+    <t>BS7YG91</t>
+  </si>
+  <si>
+    <t>SOUTHERN COMPANY (THE):PFD 7.125 15DEC2028</t>
+  </si>
+  <si>
+    <t>842587842</t>
+  </si>
+  <si>
+    <t>US8425878423</t>
+  </si>
+  <si>
+    <t>BMHXRD7</t>
+  </si>
+  <si>
+    <t>SPOTIFY USA INC:0.000 15MAR2026</t>
+  </si>
+  <si>
+    <t>84921RAB6</t>
+  </si>
+  <si>
+    <t>US84921RAB69</t>
+  </si>
+  <si>
+    <t>BN4QDL6</t>
+  </si>
+  <si>
+    <t>SUPER MICRO COMPUTER INC:0.000 15JUN2030</t>
+  </si>
+  <si>
+    <t>86800UAE4</t>
+  </si>
+  <si>
+    <t>US86800UAE47</t>
+  </si>
+  <si>
+    <t>BT299Z5</t>
+  </si>
+  <si>
+    <t>SX5E 12/18/26 C5400 INDEX</t>
+  </si>
+  <si>
+    <t>99C3TRW24</t>
+  </si>
+  <si>
+    <t>DE000C1YDFB5</t>
+  </si>
+  <si>
+    <t>SX5E 12/18/26 C5800 INDEX</t>
+  </si>
+  <si>
+    <t>99CQBBNV3</t>
+  </si>
+  <si>
+    <t>DE000F0N5VS5</t>
+  </si>
+  <si>
+    <t>SYNAPTICS INC:0.750 01DEC2031</t>
+  </si>
+  <si>
+    <t>87157DAJ8</t>
+  </si>
+  <si>
+    <t>US87157DAJ81</t>
+  </si>
+  <si>
+    <t>BTGVCN6</t>
+  </si>
+  <si>
+    <t>TOKYU CORP:0.000 30SEP2030</t>
+  </si>
+  <si>
+    <t>XS2635167963</t>
+  </si>
+  <si>
+    <t>BRRJ9D4</t>
+  </si>
+  <si>
+    <t>TRIP.COM GROUP LTD:0.750 15JUN2029</t>
   </si>
   <si>
     <t>89677QAB3</t>
   </si>
   <si>
     <t>US89677QAB32</t>
   </si>
   <si>
     <t>BQXSTT4</t>
   </si>
   <si>
-    <t>CYTOKINETICS INCORPORATED:3.500 01JUL2027</t>
-[...56 lines deleted...]
-    <t>DEUTSCHE ANNINGTON IMMOBILIEN SE:0.875 20MAY2032</t>
+    <t>TUI AG:1.950 26JUL2031</t>
+  </si>
+  <si>
+    <t>DE000A383JQ7</t>
+  </si>
+  <si>
+    <t>BRXD6C8</t>
+  </si>
+  <si>
+    <t>TYLER TECHNOLOGIES INC:0.250 15MAR2026</t>
+  </si>
+  <si>
+    <t>902252AB1</t>
+  </si>
+  <si>
+    <t>US902252AB17</t>
+  </si>
+  <si>
+    <t>BMXFKH2</t>
+  </si>
+  <si>
+    <t>UBER TECHNOLOGIES INC:0.000 15MAY2028</t>
+  </si>
+  <si>
+    <t>90353TAR1</t>
+  </si>
+  <si>
+    <t>US90353TAR14</t>
+  </si>
+  <si>
+    <t>BVBCYT8</t>
+  </si>
+  <si>
+    <t>UBER TECHNOLOGIES INC:0.875 01DEC2028</t>
+  </si>
+  <si>
+    <t>90353TAM2</t>
+  </si>
+  <si>
+    <t>US90353TAM27</t>
+  </si>
+  <si>
+    <t>BPG4F94</t>
+  </si>
+  <si>
+    <t>VINCI SA:0.700 18FEB2030</t>
+  </si>
+  <si>
+    <t>FR001400XE50</t>
+  </si>
+  <si>
+    <t>BSPRG36</t>
+  </si>
+  <si>
+    <t>VONOVIA SE:0.875 20MAY2032</t>
   </si>
   <si>
     <t>DE000A4DFHL5</t>
   </si>
   <si>
     <t>BTZJ9J6</t>
   </si>
   <si>
-    <t>DIGITAL RLTY:1.875 15NOV2029</t>
-[...964 lines deleted...]
-  <si>
     <t>WISTRON CORP:0.000 23OCT2030</t>
   </si>
   <si>
     <t>BMIFNWE40</t>
   </si>
   <si>
     <t>XS3202703834</t>
   </si>
   <si>
     <t>BT7JSY2</t>
   </si>
   <si>
     <t>WIX.COM LTD:0.000 15SEP2030</t>
   </si>
   <si>
     <t>92940WAE9</t>
   </si>
   <si>
     <t>US92940WAE93</t>
   </si>
   <si>
     <t>BVMN401</t>
   </si>
   <si>
     <t>WORKIVA INC:1.250 15AUG2028</t>
@@ -1503,69 +1494,78 @@
   <si>
     <t>WYNN MACAU LTD:4.500 07MAR2029</t>
   </si>
   <si>
     <t>98313RAJ5</t>
   </si>
   <si>
     <t>US98313RAJ59</t>
   </si>
   <si>
     <t>BPJL9Q7</t>
   </si>
   <si>
     <t>XPLR INFRASTRUCTURE LP:2.500 15JUN2026</t>
   </si>
   <si>
     <t>65341BAG1</t>
   </si>
   <si>
     <t>US65341BAG14</t>
   </si>
   <si>
     <t>BLC85B4</t>
   </si>
   <si>
-    <t>YANDEX NV:1.000 15SEP2030</t>
-[...10 lines deleted...]
-  <si>
     <t>ZHEN DING TECHNOLOGY HOLDING LTD:0.000 25SEP2030</t>
   </si>
   <si>
     <t>XS3170882131</t>
   </si>
   <si>
     <t>BRJTZG7</t>
+  </si>
+  <si>
+    <t>ZOETIS INC:0.250 15JUN2029</t>
+  </si>
+  <si>
+    <t>98978VAY9</t>
+  </si>
+  <si>
+    <t>US98978VAY92</t>
+  </si>
+  <si>
+    <t>BSSBFL6</t>
+  </si>
+  <si>
+    <t>ZOOMLION HEAVY INDUSTRY SCIENCE AND TECH:0.700 05FEB2031</t>
+  </si>
+  <si>
+    <t>XS3279617560</t>
+  </si>
+  <si>
+    <t>BVBFQH9</t>
   </si>
   <si>
     <t>ZSCALER INC:0.000 15JUL2028</t>
   </si>
   <si>
     <t>98980GAC6</t>
   </si>
   <si>
     <t>US98980GAC69</t>
   </si>
   <si>
     <t>BRVW2V8</t>
   </si>
   <si>
     <t>Portfoliobestände entsprechen dem Stand zum angegebenen Datum und können sich jederzeit ändern. Diese Angaben zu Wertpapieren und prozentualen Allokationen dienen ausschließlich zur Veranschaulichung und sind keine Anlageberatung oder Empfehlung in Bezug auf die angegebenen Wertpapiere oder Anlagen und sollten auch nicht als solche verstanden werden. Es besteht keine Garantie dafür, dass eine Strategie ihr Anlageziel erreicht. Anlagen sind mit Risiken verbunden, die auch einen möglichen Kapitalverlust umfassen. Ausführlichere Risikoinformationen finden Sie im Verkaufsprospekt des Fonds.</t>
   </si>
   <si>
     <t>Setzen Sie sich bitte gründlich mit dem Anlageziel, den Anlagerisiken sowie den Kosten und Gebühren des Fonds auseinander, bevor Sie eine Anlageentscheidung treffen. Diese und andere Informationen über den Fonds sind im Verkaufsprospekt aufgeführt. Sie erhalten den Verkaufsprospekt als Download unter morganstanley.com/im. Bitte lesen Sie den Verkaufsprospekt vor einer Anlage aufmerksam durch.</t>
   </si>
   <si>
     <t>Morgan Stanley Investment Management („MSIM“) ist die Sparte Vermögensverwaltung von Morgan Stanley.</t>
   </si>
 </sst>
 </file>
 
@@ -2040,2278 +2040,2278 @@
       </c>
       <c r="C10" t="s" s="0">
         <v>19</v>
       </c>
       <c r="D10" t="s" s="0">
         <v>20</v>
       </c>
       <c r="E10" t="n" s="0">
         <v>0.65</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>23</v>
       </c>
       <c r="D11" t="s" s="0">
         <v>24</v>
       </c>
       <c r="E11" t="n" s="0">
-        <v>1.04</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>27</v>
       </c>
       <c r="D12" t="s" s="0">
         <v>28</v>
       </c>
       <c r="E12" t="n" s="0">
-        <v>1.49</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s" s="0">
         <v>31</v>
       </c>
       <c r="D13" t="s" s="0">
         <v>32</v>
       </c>
       <c r="E13" t="n" s="0">
-        <v>1.06</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C14" t="s" s="0">
         <v>34</v>
       </c>
       <c r="D14" t="s" s="0">
         <v>35</v>
       </c>
       <c r="E14" t="n" s="0">
-        <v>0.78</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C15" t="s" s="0">
         <v>37</v>
       </c>
       <c r="D15" t="s" s="0">
         <v>38</v>
       </c>
       <c r="E15" t="n" s="0">
-        <v>1.15</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s" s="0">
         <v>41</v>
       </c>
       <c r="D16" t="s" s="0">
         <v>42</v>
       </c>
       <c r="E16" t="n" s="0">
-        <v>0.72</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C17" t="s" s="0">
         <v>45</v>
       </c>
       <c r="D17" t="s" s="0">
         <v>46</v>
       </c>
       <c r="E17" t="n" s="0">
-        <v>0.7</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s" s="0">
         <v>49</v>
       </c>
       <c r="D18" t="s" s="0">
         <v>50</v>
       </c>
       <c r="E18" t="n" s="0">
-        <v>0.49</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C19" t="s" s="0">
         <v>53</v>
       </c>
       <c r="D19" t="s" s="0">
         <v>54</v>
       </c>
       <c r="E19" t="n" s="0">
-        <v>0.63</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C20" t="s" s="0">
         <v>56</v>
       </c>
       <c r="D20" t="s" s="0">
         <v>57</v>
       </c>
       <c r="E20" t="n" s="0">
-        <v>1.29</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s" s="0">
         <v>60</v>
       </c>
       <c r="D21" t="s" s="0">
         <v>61</v>
       </c>
       <c r="E21" t="n" s="0">
-        <v>0.69</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s" s="0">
         <v>18</v>
       </c>
       <c r="D22" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E22" t="n" s="0">
-        <v>-0.11</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C23" t="s" s="0">
         <v>65</v>
       </c>
       <c r="D23" t="s" s="0">
         <v>66</v>
       </c>
       <c r="E23" t="n" s="0">
-        <v>0.94</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s" s="0">
         <v>69</v>
       </c>
       <c r="D24" t="s" s="0">
         <v>70</v>
       </c>
       <c r="E24" t="n" s="0">
-        <v>0.99</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s" s="0">
         <v>73</v>
       </c>
       <c r="D25" t="s" s="0">
         <v>74</v>
       </c>
       <c r="E25" t="n" s="0">
-        <v>0.73</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C26" t="s" s="0">
         <v>77</v>
       </c>
       <c r="D26" t="s" s="0">
         <v>78</v>
       </c>
       <c r="E26" t="n" s="0">
-        <v>0.81</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C27" t="s" s="0">
         <v>81</v>
       </c>
       <c r="D27" t="s" s="0">
         <v>82</v>
       </c>
       <c r="E27" t="n" s="0">
-        <v>0.76</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>84</v>
       </c>
       <c r="C28" t="s" s="0">
         <v>85</v>
       </c>
       <c r="D28" t="s" s="0">
         <v>86</v>
       </c>
       <c r="E28" t="n" s="0">
-        <v>0.38</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C29" t="s" s="0">
         <v>89</v>
       </c>
       <c r="D29" t="s" s="0">
         <v>90</v>
       </c>
       <c r="E29" t="n" s="0">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C30" t="s" s="0">
         <v>93</v>
       </c>
       <c r="D30" t="s" s="0">
         <v>94</v>
       </c>
       <c r="E30" t="n" s="0">
         <v>0.53</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="C31" t="s" s="0">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D31" t="s" s="0">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E31" t="n" s="0">
-        <v>0.99</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C32" t="s" s="0">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D32" t="s" s="0">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E32" t="n" s="0">
-        <v>0.35</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="C33" t="s" s="0">
         <v>103</v>
       </c>
       <c r="D33" t="s" s="0">
         <v>104</v>
       </c>
       <c r="E33" t="n" s="0">
-        <v>0.51</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C34" t="s" s="0">
         <v>107</v>
       </c>
       <c r="D34" t="s" s="0">
         <v>108</v>
       </c>
       <c r="E34" t="n" s="0">
-        <v>0.96</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C35" t="s" s="0">
         <v>111</v>
       </c>
       <c r="D35" t="s" s="0">
         <v>112</v>
       </c>
       <c r="E35" t="n" s="0">
-        <v>0.88</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C36" t="s" s="0">
         <v>115</v>
       </c>
       <c r="D36" t="s" s="0">
         <v>116</v>
       </c>
       <c r="E36" t="n" s="0">
-        <v>2.13</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B37" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C37" t="s" s="0">
         <v>118</v>
       </c>
-      <c r="C37" t="s" s="0">
+      <c r="D37" t="s" s="0">
         <v>119</v>
       </c>
-      <c r="D37" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E37" t="n" s="0">
-        <v>0.56</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B38" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="B38" s="6" t="s">
+      <c r="C38" t="s" s="0">
         <v>122</v>
       </c>
-      <c r="C38" t="s" s="0">
+      <c r="D38" t="s" s="0">
         <v>123</v>
       </c>
-      <c r="D38" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E38" t="n" s="0">
-        <v>0.7</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B39" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="B39" s="6" t="s">
+      <c r="C39" t="s" s="0">
         <v>126</v>
       </c>
-      <c r="C39" t="s" s="0">
+      <c r="D39" t="s" s="0">
         <v>127</v>
       </c>
-      <c r="D39" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E39" t="n" s="0">
-        <v>0.52</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B40" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="B40" s="6" t="s">
+      <c r="C40" t="s" s="0">
         <v>130</v>
       </c>
-      <c r="C40" t="s" s="0">
+      <c r="D40" t="s" s="0">
         <v>131</v>
       </c>
-      <c r="D40" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E40" t="n" s="0">
-        <v>1.17</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B41" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="B41" s="6" t="s">
+      <c r="C41" t="s" s="0">
         <v>134</v>
       </c>
-      <c r="C41" t="s" s="0">
+      <c r="D41" t="s" s="0">
         <v>135</v>
       </c>
-      <c r="D41" t="s" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E41" t="n" s="0">
-        <v>0.38</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="B42" s="6" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C42" t="s" s="0">
         <v>138</v>
       </c>
       <c r="D42" t="s" s="0">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E42" t="n" s="0">
-        <v>1.89</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C43" t="s" s="0">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D43" t="s" s="0">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E43" t="n" s="0">
-        <v>1.15</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>18</v>
+        <v>145</v>
       </c>
       <c r="C44" t="s" s="0">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D44" t="s" s="0">
         <v>145</v>
       </c>
       <c r="E44" t="n" s="0">
-        <v>0.69</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="C45" t="s" s="0">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D45" t="s" s="0">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E45" t="n" s="0">
-        <v>0.86</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C46" t="s" s="0">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D46" t="s" s="0">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E46" t="n" s="0">
-        <v>0.68</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C47" t="s" s="0">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D47" t="s" s="0">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E47" t="n" s="0">
-        <v>0.68</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="C48" t="s" s="0">
         <v>157</v>
       </c>
       <c r="D48" t="s" s="0">
         <v>158</v>
       </c>
       <c r="E48" t="n" s="0">
-        <v>1.18</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>159</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C49" t="s" s="0">
         <v>161</v>
       </c>
       <c r="D49" t="s" s="0">
         <v>162</v>
       </c>
       <c r="E49" t="n" s="0">
-        <v>0.59</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>163</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>164</v>
       </c>
       <c r="C50" t="s" s="0">
         <v>165</v>
       </c>
       <c r="D50" t="s" s="0">
         <v>166</v>
       </c>
       <c r="E50" t="n" s="0">
-        <v>0.87</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>168</v>
       </c>
       <c r="C51" t="s" s="0">
         <v>169</v>
       </c>
       <c r="D51" t="s" s="0">
         <v>170</v>
       </c>
       <c r="E51" t="n" s="0">
-        <v>0.97</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>18</v>
+        <v>172</v>
       </c>
       <c r="C52" t="s" s="0">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D52" t="s" s="0">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E52" t="n" s="0">
-        <v>0.98</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="C53" t="s" s="0">
         <v>176</v>
       </c>
       <c r="D53" t="s" s="0">
         <v>177</v>
       </c>
       <c r="E53" t="n" s="0">
-        <v>0.42</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>178</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>179</v>
       </c>
       <c r="C54" t="s" s="0">
         <v>180</v>
       </c>
       <c r="D54" t="s" s="0">
         <v>181</v>
       </c>
       <c r="E54" t="n" s="0">
-        <v>0.59</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>182</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>183</v>
       </c>
       <c r="C55" t="s" s="0">
         <v>184</v>
       </c>
       <c r="D55" t="s" s="0">
         <v>185</v>
       </c>
       <c r="E55" t="n" s="0">
-        <v>0.73</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
         <v>186</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>187</v>
       </c>
       <c r="C56" t="s" s="0">
         <v>188</v>
       </c>
       <c r="D56" t="s" s="0">
         <v>189</v>
       </c>
       <c r="E56" t="n" s="0">
-        <v>0.31</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
         <v>190</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C57" t="s" s="0">
         <v>192</v>
       </c>
       <c r="D57" t="s" s="0">
         <v>193</v>
       </c>
       <c r="E57" t="n" s="0">
-        <v>0.83</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
         <v>194</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>195</v>
       </c>
       <c r="C58" t="s" s="0">
         <v>196</v>
       </c>
       <c r="D58" t="s" s="0">
         <v>197</v>
       </c>
       <c r="E58" t="n" s="0">
         <v>0.85</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
         <v>198</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>199</v>
       </c>
       <c r="C59" t="s" s="0">
         <v>200</v>
       </c>
       <c r="D59" t="s" s="0">
         <v>201</v>
       </c>
       <c r="E59" t="n" s="0">
-        <v>0.72</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>202</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>203</v>
       </c>
       <c r="C60" t="s" s="0">
         <v>204</v>
       </c>
       <c r="D60" t="s" s="0">
         <v>205</v>
       </c>
       <c r="E60" t="n" s="0">
-        <v>1.0</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>206</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>18</v>
+        <v>207</v>
       </c>
       <c r="C61" t="s" s="0">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D61" t="s" s="0">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E61" t="n" s="0">
-        <v>0.7</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C62" t="s" s="0">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D62" t="s" s="0">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E62" t="n" s="0">
-        <v>0.98</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C63" t="s" s="0">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D63" t="s" s="0">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E63" t="n" s="0">
-        <v>0.68</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C64" t="s" s="0">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D64" t="s" s="0">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E64" t="n" s="0">
-        <v>1.14</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C65" t="s" s="0">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D65" t="s" s="0">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E65" t="n" s="0">
-        <v>0.91</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C66" t="s" s="0">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D66" t="s" s="0">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E66" t="n" s="0">
-        <v>0.08</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C67" t="s" s="0">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D67" t="s" s="0">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E67" t="n" s="0">
-        <v>0.86</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C68" t="s" s="0">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D68" t="s" s="0">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E68" t="n" s="0">
-        <v>0.47</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C69" t="s" s="0">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D69" t="s" s="0">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E69" t="n" s="0">
-        <v>0.76</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C70" t="s" s="0">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D70" t="s" s="0">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E70" t="n" s="0">
-        <v>0.82</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C71" t="s" s="0">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D71" t="s" s="0">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E71" t="n" s="0">
-        <v>1.6</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>18</v>
+        <v>249</v>
       </c>
       <c r="C72" t="s" s="0">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D72" t="s" s="0">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="E72" t="n" s="0">
-        <v>0.62</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C73" t="s" s="0">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D73" t="s" s="0">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E73" t="n" s="0">
-        <v>0.59</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C74" t="s" s="0">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D74" t="s" s="0">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E74" t="n" s="0">
-        <v>0.46</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C75" t="s" s="0">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D75" t="s" s="0">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E75" t="n" s="0">
-        <v>0.43</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>18</v>
+        <v>263</v>
       </c>
       <c r="C76" t="s" s="0">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D76" t="s" s="0">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="E76" t="n" s="0">
-        <v>1.09</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>264</v>
+        <v>18</v>
       </c>
       <c r="C77" t="s" s="0">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D77" t="s" s="0">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E77" t="n" s="0">
-        <v>0.9</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>268</v>
+        <v>18</v>
       </c>
       <c r="C78" t="s" s="0">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D78" t="s" s="0">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E78" t="n" s="0">
-        <v>0.42</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>272</v>
+        <v>18</v>
       </c>
       <c r="C79" t="s" s="0">
         <v>273</v>
       </c>
       <c r="D79" t="s" s="0">
         <v>274</v>
       </c>
       <c r="E79" t="n" s="0">
-        <v>0.81</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
         <v>275</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>276</v>
       </c>
       <c r="C80" t="s" s="0">
         <v>277</v>
       </c>
       <c r="D80" t="s" s="0">
         <v>278</v>
       </c>
       <c r="E80" t="n" s="0">
-        <v>0.47</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>279</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>280</v>
       </c>
       <c r="C81" t="s" s="0">
         <v>281</v>
       </c>
       <c r="D81" t="s" s="0">
         <v>282</v>
       </c>
       <c r="E81" t="n" s="0">
-        <v>0.33</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
         <v>283</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>284</v>
       </c>
       <c r="C82" t="s" s="0">
         <v>285</v>
       </c>
       <c r="D82" t="s" s="0">
         <v>286</v>
       </c>
       <c r="E82" t="n" s="0">
-        <v>2.28</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
         <v>287</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>288</v>
       </c>
       <c r="C83" t="s" s="0">
         <v>289</v>
       </c>
       <c r="D83" t="s" s="0">
         <v>290</v>
       </c>
       <c r="E83" t="n" s="0">
         <v>0.49</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
         <v>291</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>292</v>
       </c>
       <c r="C84" t="s" s="0">
         <v>293</v>
       </c>
       <c r="D84" t="s" s="0">
         <v>294</v>
       </c>
       <c r="E84" t="n" s="0">
-        <v>0.37</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
         <v>295</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>296</v>
       </c>
       <c r="C85" t="s" s="0">
         <v>297</v>
       </c>
       <c r="D85" t="s" s="0">
         <v>298</v>
       </c>
       <c r="E85" t="n" s="0">
-        <v>0.72</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
         <v>299</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>300</v>
       </c>
       <c r="C86" t="s" s="0">
         <v>301</v>
       </c>
       <c r="D86" t="s" s="0">
         <v>302</v>
       </c>
       <c r="E86" t="n" s="0">
-        <v>0.71</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
         <v>303</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>304</v>
       </c>
       <c r="C87" t="s" s="0">
         <v>305</v>
       </c>
       <c r="D87" t="s" s="0">
         <v>306</v>
       </c>
       <c r="E87" t="n" s="0">
-        <v>0.6</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
         <v>307</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>308</v>
       </c>
       <c r="C88" t="s" s="0">
         <v>309</v>
       </c>
       <c r="D88" t="s" s="0">
         <v>310</v>
       </c>
       <c r="E88" t="n" s="0">
-        <v>0.6</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
         <v>311</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>312</v>
       </c>
       <c r="C89" t="s" s="0">
         <v>313</v>
       </c>
       <c r="D89" t="s" s="0">
         <v>314</v>
       </c>
       <c r="E89" t="n" s="0">
-        <v>0.75</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
         <v>315</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>316</v>
       </c>
       <c r="C90" t="s" s="0">
         <v>317</v>
       </c>
       <c r="D90" t="s" s="0">
         <v>318</v>
       </c>
       <c r="E90" t="n" s="0">
-        <v>1.18</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>319</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>320</v>
       </c>
       <c r="C91" t="s" s="0">
         <v>321</v>
       </c>
       <c r="D91" t="s" s="0">
         <v>322</v>
       </c>
       <c r="E91" t="n" s="0">
-        <v>1.03</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
         <v>323</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>324</v>
       </c>
       <c r="C92" t="s" s="0">
         <v>325</v>
       </c>
       <c r="D92" t="s" s="0">
         <v>326</v>
       </c>
       <c r="E92" t="n" s="0">
-        <v>0.95</v>
+        <v>1.58</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
         <v>327</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>328</v>
       </c>
       <c r="C93" t="s" s="0">
         <v>329</v>
       </c>
       <c r="D93" t="s" s="0">
         <v>330</v>
       </c>
       <c r="E93" t="n" s="0">
-        <v>0.59</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>331</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>332</v>
       </c>
       <c r="C94" t="s" s="0">
         <v>333</v>
       </c>
       <c r="D94" t="s" s="0">
         <v>334</v>
       </c>
       <c r="E94" t="n" s="0">
-        <v>0.77</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
         <v>335</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>336</v>
       </c>
       <c r="C95" t="s" s="0">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D95" t="s" s="0">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="E95" t="n" s="0">
-        <v>-0.13</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C96" t="s" s="0">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D96" t="s" s="0">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E96" t="n" s="0">
-        <v>1.13</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>18</v>
+        <v>344</v>
       </c>
       <c r="C97" t="s" s="0">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D97" t="s" s="0">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E97" t="n" s="0">
-        <v>0.64</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C98" t="s" s="0">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D98" t="s" s="0">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E98" t="n" s="0">
-        <v>0.99</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>349</v>
+        <v>18</v>
       </c>
       <c r="C99" t="s" s="0">
         <v>350</v>
       </c>
       <c r="D99" t="s" s="0">
         <v>351</v>
       </c>
       <c r="E99" t="n" s="0">
-        <v>1.17</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>352</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>353</v>
       </c>
       <c r="C100" t="s" s="0">
         <v>354</v>
       </c>
       <c r="D100" t="s" s="0">
         <v>355</v>
       </c>
       <c r="E100" t="n" s="0">
-        <v>0.21</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>356</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>18</v>
+        <v>357</v>
       </c>
       <c r="C101" t="s" s="0">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D101" t="s" s="0">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E101" t="n" s="0">
-        <v>1.01</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C102" t="s" s="0">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D102" t="s" s="0">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E102" t="n" s="0">
-        <v>0.73</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="C103" t="s" s="0">
         <v>365</v>
       </c>
       <c r="D103" t="s" s="0">
         <v>366</v>
       </c>
       <c r="E103" t="n" s="0">
-        <v>0.76</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
         <v>367</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>368</v>
       </c>
       <c r="C104" t="s" s="0">
         <v>369</v>
       </c>
       <c r="D104" t="s" s="0">
         <v>370</v>
       </c>
       <c r="E104" t="n" s="0">
-        <v>0.69</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
         <v>371</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>18</v>
+        <v>372</v>
       </c>
       <c r="C105" t="s" s="0">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D105" t="s" s="0">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E105" t="n" s="0">
-        <v>0.76</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>18</v>
+        <v>376</v>
       </c>
       <c r="C106" t="s" s="0">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D106" t="s" s="0">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E106" t="n" s="0">
-        <v>0.11</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C107" t="s" s="0">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D107" t="s" s="0">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E107" t="n" s="0">
-        <v>1.03</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C108" t="s" s="0">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D108" t="s" s="0">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E108" t="n" s="0">
-        <v>0.79</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C109" t="s" s="0">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D109" t="s" s="0">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="E109" t="n" s="0">
-        <v>0.9</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>387</v>
+        <v>18</v>
       </c>
       <c r="C110" t="s" s="0">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D110" t="s" s="0">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E110" t="n" s="0">
-        <v>1.13</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>18</v>
+        <v>392</v>
       </c>
       <c r="C111" t="s" s="0">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D111" t="s" s="0">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="E111" t="n" s="0">
-        <v>0.56</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>394</v>
+        <v>18</v>
       </c>
       <c r="C112" t="s" s="0">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D112" t="s" s="0">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E112" t="n" s="0">
-        <v>0.65</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>18</v>
+        <v>399</v>
       </c>
       <c r="C113" t="s" s="0">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D113" t="s" s="0">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="E113" t="n" s="0">
         <v>0.62</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>401</v>
+        <v>18</v>
       </c>
       <c r="C114" t="s" s="0">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D114" t="s" s="0">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E114" t="n" s="0">
-        <v>0.06</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>18</v>
+        <v>406</v>
       </c>
       <c r="C115" t="s" s="0">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D115" t="s" s="0">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E115" t="n" s="0">
-        <v>0.83</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>408</v>
+        <v>18</v>
       </c>
       <c r="C116" t="s" s="0">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D116" t="s" s="0">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E116" t="n" s="0">
-        <v>0.89</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C117" t="s" s="0">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D117" t="s" s="0">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E117" t="n" s="0">
-        <v>0.34</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C118" t="s" s="0">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D118" t="s" s="0">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E118" t="n" s="0">
-        <v>0.72</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C119" t="s" s="0">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D119" t="s" s="0">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E119" t="n" s="0">
-        <v>0.3</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C120" t="s" s="0">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D120" t="s" s="0">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E120" t="n" s="0">
-        <v>0.61</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>18</v>
+        <v>429</v>
       </c>
       <c r="C121" t="s" s="0">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D121" t="s" s="0">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E121" t="n" s="0">
-        <v>0.71</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C122" t="s" s="0">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D122" t="s" s="0">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E122" t="n" s="0">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C123" t="s" s="0">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D123" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E123" t="n" s="0">
-        <v>1.1</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C124" t="s" s="0">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D124" t="s" s="0">
         <v>18</v>
       </c>
       <c r="E124" t="n" s="0">
-        <v>-0.21</v>
+        <v>-0.31</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C125" t="s" s="0">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D125" t="s" s="0">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E125" t="n" s="0">
-        <v>0.49</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C126" t="s" s="0">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D126" t="s" s="0">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E126" t="n" s="0">
         <v>0.65</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>18</v>
+        <v>450</v>
       </c>
       <c r="C127" t="s" s="0">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D127" t="s" s="0">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="E127" t="n" s="0">
-        <v>0.89</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>451</v>
+        <v>18</v>
       </c>
       <c r="C128" t="s" s="0">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D128" t="s" s="0">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="E128" t="n" s="0">
-        <v>0.74</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C129" t="s" s="0">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D129" t="s" s="0">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E129" t="n" s="0">
-        <v>0.52</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C130" t="s" s="0">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D130" t="s" s="0">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E130" t="n" s="0">
         <v>0.68</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C131" t="s" s="0">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D131" t="s" s="0">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E131" t="n" s="0">
-        <v>0.57</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>467</v>
+        <v>18</v>
       </c>
       <c r="C132" t="s" s="0">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D132" t="s" s="0">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E132" t="n" s="0">
-        <v>0.66</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C133" t="s" s="0">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D133" t="s" s="0">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E133" t="n" s="0">
-        <v>0.77</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C134" t="s" s="0">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D134" t="s" s="0">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E134" t="n" s="0">
-        <v>0.53</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C135" t="s" s="0">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D135" t="s" s="0">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E135" t="n" s="0">
-        <v>0.81</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C136" t="s" s="0">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D136" t="s" s="0">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E136" t="n" s="0">
-        <v>0.6</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C137" t="s" s="0">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D137" t="s" s="0">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E137" t="n" s="0">
-        <v>0.69</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C138" t="s" s="0">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D138" t="s" s="0">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E138" t="n" s="0">
-        <v>0.98</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>494</v>
+        <v>18</v>
       </c>
       <c r="C139" t="s" s="0">
         <v>495</v>
       </c>
       <c r="D139" t="s" s="0">
         <v>496</v>
       </c>
       <c r="E139" t="n" s="0">
-        <v>0.43</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
         <v>497</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>498</v>
       </c>
       <c r="C140" t="s" s="0">
         <v>499</v>
       </c>
       <c r="D140" t="s" s="0">
         <v>500</v>
       </c>
       <c r="E140" t="n" s="0">
-        <v>0.94</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
         <v>501</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C141" t="s" s="0">
         <v>502</v>
       </c>
       <c r="D141" t="s" s="0">
         <v>503</v>
       </c>
       <c r="E141" t="n" s="0">
-        <v>0.55</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
         <v>504</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>505</v>
       </c>
       <c r="C142" t="s" s="0">
         <v>506</v>
       </c>
       <c r="D142" t="s" s="0">
         <v>507</v>
       </c>
       <c r="E142" t="n" s="0">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="147" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B147" s="2"/>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B148" s="2"/>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B149" s="2"/>
     </row>
     <row r="150" spans="1:4" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="11" t="s">
         <v>509</v>
       </c>
       <c r="B150" s="11"/>